--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -78,51 +78,51 @@
       <protection locked="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:G631"/>
+  <dimension ref="A1:G630"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="8.25" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="18.15" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="19.8" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="20.900000000000002" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="14.3" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="16.5" min="6" max="6" bestFit="1" customWidth="1"/>
     <col width="63.800000000000004" min="7" max="7" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Dan Grad</t>
         </is>
       </c>
@@ -231,51 +231,51 @@
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Furrer</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="n">
-        <v>7112</v>
+        <v>7586</v>
       </c>
       <c r="B5" s="4" t="n">
         <v>6</v>
       </c>
       <c r="C5" s="4" t="inlineStr">
         <is>
           <t>Luca</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Giovanni</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
@@ -657,84 +657,84 @@
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>Kuster</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>SSKU</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="n">
-        <v>7116</v>
+        <v>7587</v>
       </c>
       <c r="B19" s="4" t="n">
         <v>5</v>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Manon</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>Mötteli</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>Shozindo</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>SSKF</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="n">
-        <v>7115</v>
+        <v>7588</v>
       </c>
       <c r="B20" s="4" t="n">
         <v>5</v>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Roland</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>Mötteli</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>Shozindo</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
@@ -967,13825 +967,13833 @@
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Daniel</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>Schelbert</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G28" s="4"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="n">
-        <v>7113</v>
+        <v>3526</v>
       </c>
       <c r="B29" s="4" t="n">
         <v>5</v>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Wolfgang</t>
+          <t>Walter</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Stämpfli</t>
+          <t>Stürzinger </t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G29" s="4"/>
     </row>
     <row r="30">
       <c r="A30" s="4" t="n">
-        <v>3526</v>
+        <v>3543</v>
       </c>
       <c r="B30" s="4" t="n">
         <v>5</v>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Walter</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Stürzinger </t>
+          <t>Surber</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G30" s="4"/>
     </row>
     <row r="31">
       <c r="A31" s="4" t="n">
-        <v>3543</v>
+        <v>7589</v>
       </c>
       <c r="B31" s="4" t="n">
         <v>5</v>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Gowridh</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Surber</t>
+          <t>Vibulananthan</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G31" s="4"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="n">
-        <v>7114</v>
+        <v>59</v>
       </c>
       <c r="B32" s="4" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Gowridh</t>
+          <t>Verena</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Vibulananthan</t>
+          <t>Alessio</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G32" s="4"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B33" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Verena</t>
+          <t>Guiseppe</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>Alessio</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G33" s="4"/>
     </row>
     <row r="34">
       <c r="A34" s="4" t="n">
-        <v>58</v>
+        <v>236</v>
       </c>
       <c r="B34" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Guiseppe</t>
+          <t>Andre</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Alessio</t>
+          <t>Bättig</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G34" s="4"/>
     </row>
     <row r="35">
       <c r="A35" s="4" t="n">
-        <v>236</v>
+        <v>251</v>
       </c>
       <c r="B35" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Andre</t>
+          <t>Nik</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Bättig</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G35" s="4"/>
     </row>
     <row r="36">
       <c r="A36" s="4" t="n">
-        <v>251</v>
+        <v>358</v>
       </c>
       <c r="B36" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Nik</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Bieri</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G36" s="4"/>
     </row>
     <row r="37">
       <c r="A37" s="4" t="n">
-        <v>358</v>
+        <v>461</v>
       </c>
       <c r="B37" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Radisa</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>Bieri</t>
+          <t>Brankovic</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G37" s="4"/>
     </row>
     <row r="38">
       <c r="A38" s="4" t="n">
-        <v>461</v>
+        <v>619</v>
       </c>
       <c r="B38" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Radisa</t>
+          <t>Lucio</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>Brankovic</t>
+          <t>Carraro</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G38" s="4"/>
+      <c r="G38" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="n">
-        <v>619</v>
+        <v>688</v>
       </c>
       <c r="B39" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Lucio</t>
+          <t>Salvatore</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>Carraro</t>
+          <t>Coco</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G39" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G39" s="4"/>
     </row>
     <row r="40">
       <c r="A40" s="4" t="n">
-        <v>688</v>
+        <v>832</v>
       </c>
       <c r="B40" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Salvatore</t>
+          <t>Egon</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>Coco</t>
+          <t>Diem</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G40" s="4"/>
     </row>
     <row r="41">
       <c r="A41" s="4" t="n">
-        <v>832</v>
+        <v>1042</v>
       </c>
       <c r="B41" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Egon</t>
+          <t>Bettina</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>Diem</t>
+          <t>Fedier</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G41" s="4"/>
     </row>
     <row r="42">
       <c r="A42" s="4" t="n">
-        <v>1042</v>
+        <v>1446</v>
       </c>
       <c r="B42" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Bettina</t>
+          <t>Gertrud</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>Fedier</t>
+          <t>Hadorn</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G42" s="4"/>
     </row>
     <row r="43">
       <c r="A43" s="4" t="n">
-        <v>1446</v>
+        <v>1569</v>
       </c>
       <c r="B43" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Gertrud</t>
+          <t>Ralph</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>Hadorn</t>
+          <t>Hödl</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G43" s="4"/>
     </row>
     <row r="44">
       <c r="A44" s="4" t="n">
-        <v>1569</v>
+        <v>1724</v>
       </c>
       <c r="B44" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Ralph</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>Hödl</t>
+          <t>Jauch</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G44" s="4"/>
+      <c r="G44" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="45">
       <c r="A45" s="4" t="n">
-        <v>1724</v>
+        <v>1912</v>
       </c>
       <c r="B45" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>Jauch</t>
+          <t>Kobler</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G45" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G45" s="4"/>
     </row>
     <row r="46">
       <c r="A46" s="4" t="n">
-        <v>1912</v>
+        <v>1954</v>
       </c>
       <c r="B46" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Robert</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>Kobler</t>
+          <t>Korolnik</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G46" s="4"/>
     </row>
     <row r="47">
       <c r="A47" s="4" t="n">
-        <v>1954</v>
+        <v>1990</v>
       </c>
       <c r="B47" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Robert</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>Korolnik</t>
+          <t>Krummenacher</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G47" s="4"/>
     </row>
     <row r="48">
       <c r="A48" s="4" t="n">
-        <v>1990</v>
+        <v>7590</v>
       </c>
       <c r="B48" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Zoran</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>Krummenacher</t>
+          <t>Pavlovic</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G48" s="4"/>
+      <c r="G48" s="4" t="inlineStr">
+        <is>
+          <t>SSKF</t>
+        </is>
+      </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="n">
-        <v>7118</v>
+        <v>2926</v>
       </c>
       <c r="B49" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Zoran</t>
+          <t>Nebojsa</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>Pavlovic</t>
+          <t>Rokvic</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G49" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G49" s="4"/>
     </row>
     <row r="50">
       <c r="A50" s="4" t="n">
-        <v>2717</v>
+        <v>2932</v>
       </c>
       <c r="B50" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Mirac</t>
+          <t>Mariann</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>Pinarci</t>
+          <t>Romano</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G50" s="4"/>
+      <c r="G50" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="n">
-        <v>2926</v>
+        <v>3056</v>
       </c>
       <c r="B51" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Nebojsa</t>
+          <t>Nicolino</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>Rokvic</t>
+          <t>Sanna</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G51" s="4"/>
+      <c r="G51" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="52">
       <c r="A52" s="4" t="n">
-        <v>2932</v>
+        <v>3148</v>
       </c>
       <c r="B52" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Mariann</t>
+          <t>Philipp</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>Romano</t>
+          <t>Schleucher</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G52" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G52" s="4"/>
     </row>
     <row r="53">
       <c r="A53" s="4" t="n">
-        <v>3056</v>
+        <v>3152</v>
       </c>
       <c r="B53" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Nicolino</t>
+          <t>Susanna</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>Sanna</t>
+          <t>Schlüchter</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G53" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G53" s="4"/>
     </row>
     <row r="54">
       <c r="A54" s="4" t="n">
-        <v>3148</v>
+        <v>3276</v>
       </c>
       <c r="B54" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Philipp</t>
+          <t>Gerald</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>Schleucher</t>
+          <t>Schwyter</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G54" s="4"/>
     </row>
     <row r="55">
       <c r="A55" s="4" t="n">
-        <v>3152</v>
+        <v>7591</v>
       </c>
       <c r="B55" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Susanna</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>Schlüchter</t>
+          <t>Seiler</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G55" s="4"/>
     </row>
     <row r="56">
       <c r="A56" s="4" t="n">
-        <v>3276</v>
+        <v>3699</v>
       </c>
       <c r="B56" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Gerald</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>Schwyter</t>
+          <t>Van Dam</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G56" s="4"/>
     </row>
     <row r="57">
       <c r="A57" s="4" t="n">
-        <v>7117</v>
+        <v>35</v>
       </c>
       <c r="B57" s="4" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Michaela</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>Seiler</t>
+          <t>Affrini</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G57" s="4"/>
     </row>
     <row r="58">
       <c r="A58" s="4" t="n">
-        <v>3699</v>
+        <v>7598</v>
       </c>
       <c r="B58" s="4" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>Van Dam</t>
+          <t>Altenburger</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G58" s="4"/>
     </row>
     <row r="59">
       <c r="A59" s="4" t="n">
-        <v>35</v>
+        <v>232</v>
       </c>
       <c r="B59" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Michaela</t>
+          <t>Romina</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>Affrini</t>
+          <t>Baschung</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G59" s="4"/>
     </row>
     <row r="60">
       <c r="A60" s="4" t="n">
-        <v>7140</v>
+        <v>286</v>
       </c>
       <c r="B60" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>Altenburger</t>
+          <t>Bellotti</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G60" s="4"/>
     </row>
     <row r="61">
       <c r="A61" s="4" t="n">
-        <v>232</v>
+        <v>297</v>
       </c>
       <c r="B61" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Romina</t>
+          <t>René</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>Baschung</t>
+          <t>Benninger</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G61" s="4"/>
     </row>
     <row r="62">
       <c r="A62" s="4" t="n">
-        <v>286</v>
+        <v>7597</v>
       </c>
       <c r="B62" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Hussein</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>Bellotti</t>
+          <t>Ben Yahia</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G62" s="4"/>
+      <c r="G62" s="4" t="inlineStr">
+        <is>
+          <t>SSKF</t>
+        </is>
+      </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="n">
-        <v>297</v>
+        <v>7593</v>
       </c>
       <c r="B63" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>René</t>
+          <t>Anass</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>Benninger</t>
+          <t>Ben Yahia</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G63" s="4"/>
     </row>
     <row r="64">
       <c r="A64" s="4" t="n">
-        <v>7119</v>
+        <v>359</v>
       </c>
       <c r="B64" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Hussein</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>Ben Yahia</t>
+          <t>Bieri</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G64" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G64" s="4"/>
     </row>
     <row r="65">
       <c r="A65" s="4" t="n">
-        <v>7123</v>
+        <v>402</v>
       </c>
       <c r="B65" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Anass</t>
+          <t>Christa</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>Ben Yahia</t>
+          <t>Blöchlinger</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G65" s="4"/>
     </row>
     <row r="66">
       <c r="A66" s="4" t="n">
-        <v>359</v>
+        <v>499</v>
       </c>
       <c r="B66" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Patrick</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>Bieri</t>
+          <t>Brunner</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G66" s="4"/>
+      <c r="G66" s="4" t="inlineStr">
+        <is>
+          <t>SSKU</t>
+        </is>
+      </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="n">
-        <v>402</v>
+        <v>603</v>
       </c>
       <c r="B67" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Christa</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>Blöchlinger</t>
+          <t>Cangina</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G67" s="4"/>
     </row>
     <row r="68">
       <c r="A68" s="4" t="n">
-        <v>499</v>
+        <v>644</v>
       </c>
       <c r="B68" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Faik</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>Brunner</t>
+          <t>Celikovic</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G68" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G68" s="4"/>
     </row>
     <row r="69">
       <c r="A69" s="4" t="n">
-        <v>603</v>
+        <v>789</v>
       </c>
       <c r="B69" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Vukasin</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>Cangina</t>
+          <t>Dedic</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G69" s="4"/>
     </row>
     <row r="70">
       <c r="A70" s="4" t="n">
-        <v>644</v>
+        <v>795</v>
       </c>
       <c r="B70" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Faik</t>
+          <t>Davide</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>Celikovic</t>
+          <t>Dell Angelo</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G70" s="4"/>
     </row>
     <row r="71">
       <c r="A71" s="4" t="n">
-        <v>789</v>
+        <v>783</v>
       </c>
       <c r="B71" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Vukasin</t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>Dedic</t>
+          <t>De Sequeira</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G71" s="4"/>
     </row>
     <row r="72">
       <c r="A72" s="4" t="n">
-        <v>795</v>
+        <v>814</v>
       </c>
       <c r="B72" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Davide</t>
+          <t>Nenad</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>Dell Angelo</t>
+          <t>Despotovic</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G72" s="4"/>
     </row>
     <row r="73">
       <c r="A73" s="4" t="n">
-        <v>783</v>
+        <v>7599</v>
       </c>
       <c r="B73" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Marcello</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>De Sequeira</t>
+          <t>Di Sante</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G73" s="4"/>
+      <c r="G73" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="74">
       <c r="A74" s="4" t="n">
-        <v>814</v>
+        <v>1005</v>
       </c>
       <c r="B74" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Nenad</t>
+          <t>Fabienne</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>Despotovic</t>
+          <t>Erni</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G74" s="4"/>
+      <c r="G74" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="75">
       <c r="A75" s="4" t="n">
-        <v>7139</v>
+        <v>7600</v>
       </c>
       <c r="B75" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Marcello</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>Di Sante</t>
+          <t>Ferrari</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>SSKU</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="4" t="n">
-        <v>1005</v>
+        <v>1100</v>
       </c>
       <c r="B76" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Fabienne</t>
+          <t>Liam</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>Erni</t>
+          <t>Fitze</t>
         </is>
       </c>
       <c r="E76" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G76" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G76" s="4"/>
     </row>
     <row r="77">
       <c r="A77" s="4" t="n">
-        <v>7138</v>
+        <v>1102</v>
       </c>
       <c r="B77" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>Ferrari</t>
+          <t>Flach</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G77" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G77" s="4"/>
     </row>
     <row r="78">
       <c r="A78" s="4" t="n">
-        <v>1100</v>
+        <v>1211</v>
       </c>
       <c r="B78" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Liam</t>
+          <t>Ueli</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>Fitze</t>
+          <t>Gander</t>
         </is>
       </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G78" s="4"/>
+      <c r="G78" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="79">
       <c r="A79" s="4" t="n">
-        <v>1102</v>
+        <v>1274</v>
       </c>
       <c r="B79" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Felicia</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>Flach</t>
+          <t>Gerber-Nuzzo</t>
         </is>
       </c>
       <c r="E79" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G79" s="4"/>
+      <c r="G79" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="80">
       <c r="A80" s="4" t="n">
-        <v>1211</v>
+        <v>1306</v>
       </c>
       <c r="B80" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Ueli</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>Gander</t>
+          <t>Giovannone</t>
         </is>
       </c>
       <c r="E80" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G80" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G80" s="4"/>
     </row>
     <row r="81">
       <c r="A81" s="4" t="n">
-        <v>1274</v>
+        <v>7601</v>
       </c>
       <c r="B81" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Felicia</t>
+          <t>Bernadette</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>Gerber-Nuzzo</t>
+          <t>Goetschmann</t>
         </is>
       </c>
       <c r="E81" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G81" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="4" t="n">
-        <v>1306</v>
+        <v>7602</v>
       </c>
       <c r="B82" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Shwabdhesh</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>Giovannone</t>
+          <t>Gowridhasan</t>
         </is>
       </c>
       <c r="E82" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G82" s="4"/>
     </row>
     <row r="83">
       <c r="A83" s="4" t="n">
-        <v>7137</v>
+        <v>1413</v>
       </c>
       <c r="B83" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Bernadette</t>
+          <t>Orhan</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>Goetschmann</t>
+          <t>Gülal</t>
         </is>
       </c>
       <c r="E83" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G83" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G83" s="4"/>
     </row>
     <row r="84">
       <c r="A84" s="4" t="n">
-        <v>7136</v>
+        <v>1512</v>
       </c>
       <c r="B84" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Shwabdhesh</t>
+          <t>Adolf</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>Gowridhasan</t>
+          <t>Hegglin</t>
         </is>
       </c>
       <c r="E84" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G84" s="4"/>
     </row>
     <row r="85">
       <c r="A85" s="4" t="n">
-        <v>1413</v>
+        <v>1539</v>
       </c>
       <c r="B85" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Orhan</t>
+          <t>Christoph</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
-          <t>Gülal</t>
+          <t>Hermann</t>
         </is>
       </c>
       <c r="E85" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G85" s="4"/>
     </row>
     <row r="86">
       <c r="A86" s="4" t="n">
-        <v>1512</v>
+        <v>1557</v>
       </c>
       <c r="B86" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Adolf</t>
+          <t>René</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>Hegglin</t>
+          <t>Heusser</t>
         </is>
       </c>
       <c r="E86" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G86" s="4"/>
     </row>
     <row r="87">
       <c r="A87" s="4" t="n">
-        <v>1539</v>
+        <v>7603</v>
       </c>
       <c r="B87" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Christoph</t>
+          <t>Hans-Rudolf</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
-          <t>Hermann</t>
+          <t>Hochstrasser</t>
         </is>
       </c>
       <c r="E87" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G87" s="4"/>
     </row>
     <row r="88">
       <c r="A88" s="4" t="n">
-        <v>1557</v>
+        <v>1580</v>
       </c>
       <c r="B88" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>René</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
-          <t>Heusser</t>
+          <t>Hofmann</t>
         </is>
       </c>
       <c r="E88" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G88" s="4"/>
     </row>
     <row r="89">
       <c r="A89" s="4" t="n">
-        <v>7135</v>
+        <v>7604</v>
       </c>
       <c r="B89" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Hans-Rudolf</t>
+          <t>Erich</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
-          <t>Hochstrasser</t>
+          <t>Huber</t>
         </is>
       </c>
       <c r="E89" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G89" s="4"/>
     </row>
     <row r="90">
       <c r="A90" s="4" t="n">
-        <v>1580</v>
+        <v>1679</v>
       </c>
       <c r="B90" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
-          <t>Hofmann</t>
+          <t>Inderkum</t>
         </is>
       </c>
       <c r="E90" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G90" s="4"/>
     </row>
     <row r="91">
       <c r="A91" s="4" t="n">
-        <v>7134</v>
+        <v>7596</v>
       </c>
       <c r="B91" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Erich</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
-          <t>Huber</t>
+          <t>Keller</t>
         </is>
       </c>
       <c r="E91" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G91" s="4"/>
+      <c r="G91" s="4" t="inlineStr">
+        <is>
+          <t>SSKF</t>
+        </is>
+      </c>
     </row>
     <row r="92">
       <c r="A92" s="4" t="n">
-        <v>1679</v>
+        <v>7613</v>
       </c>
       <c r="B92" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Nadia</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
-          <t>Inderkum</t>
+          <t>Keller</t>
         </is>
       </c>
       <c r="E92" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G92" s="4"/>
+      <c r="G92" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="93">
       <c r="A93" s="4" t="n">
-        <v>7133</v>
+        <v>1876</v>
       </c>
       <c r="B93" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Nadia</t>
+          <t>Samuel</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
-          <t>Keller</t>
+          <t>Kirchhof</t>
         </is>
       </c>
       <c r="E93" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G93" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="4" t="n">
-        <v>7120</v>
+        <v>7612</v>
       </c>
       <c r="B94" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Isabella</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
-          <t>Keller</t>
+          <t>Klingenfuss</t>
         </is>
       </c>
       <c r="E94" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G94" s="4" t="inlineStr">
         <is>
-          <t>SSKF</t>
+          <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="4" t="n">
-        <v>1876</v>
+        <v>1900</v>
       </c>
       <c r="B95" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Samuel</t>
+          <t>Hans</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
-          <t>Kirchhof</t>
+          <t>Knobel</t>
         </is>
       </c>
       <c r="E95" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G95" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G95" s="4"/>
     </row>
     <row r="96">
       <c r="A96" s="4" t="n">
-        <v>7132</v>
+        <v>2020</v>
       </c>
       <c r="B96" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Isabella</t>
+          <t>Doris</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
-          <t>Klingenfuss</t>
+          <t>Kuster</t>
         </is>
       </c>
       <c r="E96" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G96" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G96" s="4"/>
     </row>
     <row r="97">
       <c r="A97" s="4" t="n">
-        <v>1900</v>
+        <v>2072</v>
       </c>
       <c r="B97" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Hans</t>
+          <t>Danny</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
-          <t>Knobel</t>
+          <t>Le Rose</t>
         </is>
       </c>
       <c r="E97" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G97" s="4"/>
     </row>
     <row r="98">
       <c r="A98" s="4" t="n">
-        <v>2020</v>
+        <v>2108</v>
       </c>
       <c r="B98" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Doris</t>
+          <t>Ilija</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
-          <t>Kuster</t>
+          <t>Letic</t>
         </is>
       </c>
       <c r="E98" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G98" s="4"/>
+      <c r="G98" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="99">
       <c r="A99" s="4" t="n">
-        <v>2072</v>
+        <v>2160</v>
       </c>
       <c r="B99" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Danny</t>
+          <t>Tania</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
-          <t>Le Rose</t>
+          <t>Loureiro</t>
         </is>
       </c>
       <c r="E99" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G99" s="4"/>
     </row>
     <row r="100">
       <c r="A100" s="4" t="n">
-        <v>2108</v>
+        <v>7611</v>
       </c>
       <c r="B100" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Ilija</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
-          <t>Letic</t>
+          <t>Luder</t>
         </is>
       </c>
       <c r="E100" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shozindo</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G100" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>SSKF</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="4" t="n">
-        <v>2160</v>
+        <v>2183</v>
       </c>
       <c r="B101" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Tania</t>
+          <t>Armand</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
-          <t>Loureiro</t>
+          <t>Luraschi</t>
         </is>
       </c>
       <c r="E101" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G101" s="4"/>
     </row>
     <row r="102">
       <c r="A102" s="4" t="n">
-        <v>7131</v>
+        <v>2315</v>
       </c>
       <c r="B102" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Larissa</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
-          <t>Luder</t>
+          <t>Meier</t>
         </is>
       </c>
       <c r="E102" s="4" t="inlineStr">
         <is>
-          <t>Shozindo</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G102" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G102" s="4"/>
     </row>
     <row r="103">
       <c r="A103" s="4" t="n">
-        <v>2183</v>
+        <v>2479</v>
       </c>
       <c r="B103" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Armand</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
-          <t>Luraschi</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E103" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G103" s="4"/>
     </row>
     <row r="104">
       <c r="A104" s="4" t="n">
-        <v>2315</v>
+        <v>2525</v>
       </c>
       <c r="B104" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Larissa</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
-          <t>Meier</t>
+          <t>Neidhart</t>
         </is>
       </c>
       <c r="E104" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G104" s="4"/>
     </row>
     <row r="105">
       <c r="A105" s="4" t="n">
-        <v>2479</v>
+        <v>2559</v>
       </c>
       <c r="B105" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Miljoko</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Nikolic</t>
         </is>
       </c>
       <c r="E105" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G105" s="4"/>
     </row>
     <row r="106">
       <c r="A106" s="4" t="n">
-        <v>2525</v>
+        <v>2560</v>
       </c>
       <c r="B106" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Rico</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
-          <t>Neidhart</t>
+          <t>Nil</t>
         </is>
       </c>
       <c r="E106" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G106" s="4"/>
     </row>
     <row r="107">
       <c r="A107" s="4" t="n">
-        <v>2559</v>
+        <v>2613</v>
       </c>
       <c r="B107" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Miljoko</t>
+          <t>Slobodan</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
-          <t>Nikolic</t>
+          <t>Pajcin</t>
         </is>
       </c>
       <c r="E107" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G107" s="4"/>
     </row>
     <row r="108">
       <c r="A108" s="4" t="n">
-        <v>2560</v>
+        <v>2653</v>
       </c>
       <c r="B108" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Rico</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
-          <t>Nil</t>
+          <t>Perego</t>
         </is>
       </c>
       <c r="E108" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G108" s="4"/>
+      <c r="G108" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="109">
       <c r="A109" s="4" t="n">
-        <v>2613</v>
+        <v>7610</v>
       </c>
       <c r="B109" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Slobodan</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
-          <t>Pajcin</t>
+          <t>Poli</t>
         </is>
       </c>
       <c r="E109" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G109" s="4"/>
+      <c r="G109" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="110">
       <c r="A110" s="4" t="n">
-        <v>2653</v>
+        <v>7609</v>
       </c>
       <c r="B110" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Antonia</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
-          <t>Perego</t>
+          <t>Real</t>
         </is>
       </c>
       <c r="E110" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G110" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G110" s="4"/>
     </row>
     <row r="111">
       <c r="A111" s="4" t="n">
-        <v>7130</v>
+        <v>7595</v>
       </c>
       <c r="B111" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
-          <t>Poli</t>
+          <t>Rhis</t>
         </is>
       </c>
       <c r="E111" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G111" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G111" s="4"/>
     </row>
     <row r="112">
       <c r="A112" s="4" t="n">
-        <v>7129</v>
+        <v>2942</v>
       </c>
       <c r="B112" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Antonia</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
-          <t>Real</t>
+          <t>Rossé</t>
         </is>
       </c>
       <c r="E112" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G112" s="4"/>
     </row>
     <row r="113">
       <c r="A113" s="4" t="n">
-        <v>7121</v>
+        <v>3087</v>
       </c>
       <c r="B113" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Eric</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
-          <t>Rhis</t>
+          <t>Schaaning</t>
         </is>
       </c>
       <c r="E113" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G113" s="4"/>
     </row>
     <row r="114">
       <c r="A114" s="4" t="n">
-        <v>2942</v>
+        <v>7594</v>
       </c>
       <c r="B114" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Sven</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
-          <t>Rossé</t>
+          <t>Schenker</t>
         </is>
       </c>
       <c r="E114" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G114" s="4"/>
     </row>
     <row r="115">
       <c r="A115" s="4" t="n">
-        <v>3087</v>
+        <v>3176</v>
       </c>
       <c r="B115" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>Eric</t>
+          <t>Tobias</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
-          <t>Schaaning</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E115" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G115" s="4"/>
     </row>
     <row r="116">
       <c r="A116" s="4" t="n">
-        <v>7122</v>
+        <v>3214</v>
       </c>
       <c r="B116" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
-          <t>Sven</t>
+          <t>Priska</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
-          <t>Schenker</t>
+          <t>Schnüriger</t>
         </is>
       </c>
       <c r="E116" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G116" s="4"/>
+      <c r="G116" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="117">
       <c r="A117" s="4" t="n">
-        <v>3176</v>
+        <v>7592</v>
       </c>
       <c r="B117" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
-          <t>Tobias</t>
+          <t>Dusko</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Stakic</t>
         </is>
       </c>
       <c r="E117" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G117" s="4"/>
+      <c r="G117" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="118">
       <c r="A118" s="4" t="n">
-        <v>3214</v>
+        <v>7608</v>
       </c>
       <c r="B118" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Priska</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
-          <t>Schnüriger</t>
+          <t>Suter</t>
         </is>
       </c>
       <c r="E118" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G118" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="4" t="n">
-        <v>7124</v>
+        <v>3607</v>
       </c>
       <c r="B119" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
-          <t>Dusko</t>
+          <t>Christoph</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>Stakic</t>
+          <t>Thurnheer</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G119" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G119" s="4"/>
     </row>
     <row r="120">
       <c r="A120" s="4" t="n">
-        <v>7128</v>
+        <v>7607</v>
       </c>
       <c r="B120" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Benito</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>Suter</t>
+          <t>Torres</t>
         </is>
       </c>
       <c r="E120" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G120" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="4" t="n">
-        <v>3607</v>
+        <v>3683</v>
       </c>
       <c r="B121" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
-          <t>Christoph</t>
+          <t>Franz</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
-          <t>Thurnheer</t>
+          <t>Ulrich</t>
         </is>
       </c>
       <c r="E121" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G121" s="4"/>
     </row>
     <row r="122">
       <c r="A122" s="4" t="n">
-        <v>7127</v>
+        <v>7606</v>
       </c>
       <c r="B122" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
-          <t>Benito</t>
+          <t>Iwan</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
-          <t>Torres</t>
+          <t>Vollenweider</t>
         </is>
       </c>
       <c r="E122" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G122" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G122" s="4"/>
     </row>
     <row r="123">
       <c r="A123" s="4" t="n">
-        <v>3683</v>
+        <v>7605</v>
       </c>
       <c r="B123" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>Franz</t>
+          <t>Nadja</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>Ulrich</t>
+          <t>Walti</t>
         </is>
       </c>
       <c r="E123" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G123" s="4"/>
+      <c r="G123" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="124">
       <c r="A124" s="4" t="n">
-        <v>7126</v>
+        <v>3892</v>
       </c>
       <c r="B124" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
-          <t>Iwan</t>
+          <t>Marina</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
-          <t>Vollenweider</t>
+          <t>Wobmann</t>
         </is>
       </c>
       <c r="E124" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G124" s="4"/>
+      <c r="G124" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="125">
       <c r="A125" s="4" t="n">
-        <v>7125</v>
+        <v>3893</v>
       </c>
       <c r="B125" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
-          <t>Nadja</t>
+          <t>Micha</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
-          <t>Walti</t>
+          <t>Wolfensberger</t>
         </is>
       </c>
       <c r="E125" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G125" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G125" s="4"/>
     </row>
     <row r="126">
       <c r="A126" s="4" t="n">
-        <v>3892</v>
+        <v>3904</v>
       </c>
       <c r="B126" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
-          <t>Marina</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>Wobmann</t>
+          <t>Wullschleger</t>
         </is>
       </c>
       <c r="E126" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G126" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G126" s="4"/>
     </row>
     <row r="127">
       <c r="A127" s="4" t="n">
-        <v>3893</v>
+        <v>7639</v>
       </c>
       <c r="B127" s="4" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
-          <t>Micha</t>
+          <t>Tanja</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>Wolfensberger</t>
+          <t>Achwanden</t>
         </is>
       </c>
       <c r="E127" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G127" s="4"/>
     </row>
     <row r="128">
       <c r="A128" s="4" t="n">
-        <v>3904</v>
+        <v>44</v>
       </c>
       <c r="B128" s="4" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Emre</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>Wullschleger</t>
+          <t>Akkus</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G128" s="4"/>
     </row>
     <row r="129">
       <c r="A129" s="4" t="n">
-        <v>7144</v>
+        <v>7636</v>
       </c>
       <c r="B129" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
-          <t>Tanja</t>
+          <t>Noah</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
-          <t>Achwanden</t>
+          <t>Altenburger </t>
         </is>
       </c>
       <c r="E129" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G129" s="4"/>
     </row>
     <row r="130">
       <c r="A130" s="4" t="n">
-        <v>44</v>
+        <v>7635</v>
       </c>
       <c r="B130" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>Emre</t>
+          <t>Daria</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>Akkus</t>
+          <t>Arnold</t>
         </is>
       </c>
       <c r="E130" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G130" s="4"/>
     </row>
     <row r="131">
       <c r="A131" s="4" t="n">
-        <v>7185</v>
+        <v>151</v>
       </c>
       <c r="B131" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
-          <t>Noah</t>
+          <t>Josef</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
-          <t>Altenburger </t>
+          <t>Atschreiter</t>
         </is>
       </c>
       <c r="E131" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G131" s="4"/>
     </row>
     <row r="132">
       <c r="A132" s="4" t="n">
-        <v>7184</v>
+        <v>7634</v>
       </c>
       <c r="B132" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
-          <t>Daria</t>
+          <t>Mirjam</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
-          <t>Arnold</t>
+          <t>Bachmann</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G132" s="4"/>
+      <c r="G132" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="133">
       <c r="A133" s="4" t="n">
-        <v>151</v>
+        <v>209</v>
       </c>
       <c r="B133" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
-          <t>Josef</t>
+          <t>Maurizia</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
-          <t>Atschreiter</t>
+          <t>Bänteli</t>
         </is>
       </c>
       <c r="E133" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G133" s="4"/>
     </row>
     <row r="134">
       <c r="A134" s="4" t="n">
-        <v>7183</v>
+        <v>317</v>
       </c>
       <c r="B134" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
-          <t>Mirjam</t>
+          <t>Amerino</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>Bachmann</t>
+          <t>Bernet</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G134" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G134" s="4"/>
     </row>
     <row r="135">
       <c r="A135" s="4" t="n">
-        <v>209</v>
+        <v>382</v>
       </c>
       <c r="B135" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
-          <t>Maurizia</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
-          <t>Bänteli</t>
+          <t>Bitschin</t>
         </is>
       </c>
       <c r="E135" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G135" s="4"/>
     </row>
     <row r="136">
       <c r="A136" s="4" t="n">
-        <v>317</v>
+        <v>386</v>
       </c>
       <c r="B136" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
-          <t>Amerino</t>
+          <t>Srdjan</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
-          <t>Bernet</t>
+          <t>Blagojevic</t>
         </is>
       </c>
       <c r="E136" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G136" s="4"/>
     </row>
     <row r="137">
       <c r="A137" s="4" t="n">
-        <v>382</v>
+        <v>407</v>
       </c>
       <c r="B137" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Anicic</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
-          <t>Bitschin</t>
+          <t>Boban</t>
         </is>
       </c>
       <c r="E137" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G137" s="4"/>
     </row>
     <row r="138">
       <c r="A138" s="4" t="n">
-        <v>386</v>
+        <v>410</v>
       </c>
       <c r="B138" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
-          <t>Srdjan</t>
+          <t>Brigitte</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
-          <t>Blagojevic</t>
+          <t>Bockorec</t>
         </is>
       </c>
       <c r="E138" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G138" s="4"/>
     </row>
     <row r="139">
       <c r="A139" s="4" t="n">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="B139" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
-          <t>Anicic</t>
+          <t>Isabelle</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
-          <t>Boban</t>
+          <t>Boesiger</t>
         </is>
       </c>
       <c r="E139" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G139" s="4"/>
     </row>
     <row r="140">
       <c r="A140" s="4" t="n">
-        <v>410</v>
+        <v>7633</v>
       </c>
       <c r="B140" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
-          <t>Brigitte</t>
+          <t>Matyas</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
-          <t>Bockorec</t>
+          <t>Bokor</t>
         </is>
       </c>
       <c r="E140" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G140" s="4"/>
+      <c r="G140" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="141">
       <c r="A141" s="4" t="n">
-        <v>416</v>
+        <v>486</v>
       </c>
       <c r="B141" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
-          <t>Isabelle</t>
+          <t>Armin</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>Boesiger</t>
+          <t>Brun</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G141" s="4"/>
     </row>
     <row r="142">
       <c r="A142" s="4" t="n">
-        <v>7182</v>
+        <v>7641</v>
       </c>
       <c r="B142" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
-          <t>Matyas</t>
+          <t>Philipp</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>Bokor</t>
+          <t>Bühler</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G142" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="4" t="n">
-        <v>486</v>
+        <v>7632</v>
       </c>
       <c r="B143" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
-          <t>Armin</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>Brun</t>
+          <t>Bühlmann</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G143" s="4"/>
+      <c r="G143" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="144">
       <c r="A144" s="4" t="n">
-        <v>7146</v>
+        <v>534</v>
       </c>
       <c r="B144" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
-          <t>Philipp</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>Bühler</t>
+          <t>Bünter</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="4" t="n">
-        <v>7181</v>
+        <v>548</v>
       </c>
       <c r="B145" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Larissa</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>Bühlmann</t>
+          <t>Bürgin</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G145" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G145" s="4"/>
     </row>
     <row r="146">
       <c r="A146" s="4" t="n">
-        <v>534</v>
+        <v>7631</v>
       </c>
       <c r="B146" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Claude</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
-          <t>Bünter</t>
+          <t>Burkhalter</t>
         </is>
       </c>
       <c r="E146" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G146" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G146" s="4"/>
     </row>
     <row r="147">
       <c r="A147" s="4" t="n">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="B147" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
-          <t>Larissa</t>
+          <t>Hans-Peter</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>Bürgin</t>
+          <t>Burkhardt</t>
         </is>
       </c>
       <c r="E147" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G147" s="4"/>
     </row>
     <row r="148">
       <c r="A148" s="4" t="n">
-        <v>7180</v>
+        <v>739</v>
       </c>
       <c r="B148" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
-          <t>Claude</t>
+          <t>Djordje</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
-          <t>Burkhalter</t>
+          <t>Damjanac</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G148" s="4"/>
     </row>
     <row r="149">
       <c r="A149" s="4" t="n">
-        <v>556</v>
+        <v>741</v>
       </c>
       <c r="B149" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
-          <t>Hans-Peter</t>
+          <t>Miroslav</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>Burkhardt</t>
+          <t>Danguzov</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G149" s="4"/>
     </row>
     <row r="150">
       <c r="A150" s="4" t="n">
-        <v>739</v>
+        <v>796</v>
       </c>
       <c r="B150" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
-          <t>Djordje</t>
+          <t>Daniele</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>Damjanac</t>
+          <t>Dell Angelo</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G150" s="4"/>
     </row>
     <row r="151">
       <c r="A151" s="4" t="n">
-        <v>741</v>
+        <v>7629</v>
       </c>
       <c r="B151" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
-          <t>Miroslav</t>
+          <t>Moira</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>Danguzov</t>
+          <t>Dillier</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G151" s="4"/>
+      <c r="G151" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="152">
       <c r="A152" s="4" t="n">
-        <v>796</v>
+        <v>7630</v>
       </c>
       <c r="B152" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
-          <t>Daniele</t>
+          <t>Emma</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>Dell Angelo</t>
+          <t>Dillier</t>
         </is>
       </c>
       <c r="E152" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G152" s="4"/>
+      <c r="G152" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="153">
       <c r="A153" s="4" t="n">
-        <v>7179</v>
+        <v>847</v>
       </c>
       <c r="B153" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
-          <t>Emma</t>
+          <t>Jelena</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
-          <t>Dillier</t>
+          <t>Dimic</t>
         </is>
       </c>
       <c r="E153" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G153" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G153" s="4"/>
     </row>
     <row r="154">
       <c r="A154" s="4" t="n">
-        <v>7178</v>
+        <v>827</v>
       </c>
       <c r="B154" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
-          <t>Moira</t>
+          <t>Marcello</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
-          <t>Dillier</t>
+          <t>Di Sante</t>
         </is>
       </c>
       <c r="E154" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G154" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="4" t="n">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="B155" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
-          <t>Jelena</t>
+          <t>Janos</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
-          <t>Dimic</t>
+          <t>Dobias</t>
         </is>
       </c>
       <c r="E155" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G155" s="4"/>
     </row>
     <row r="156">
       <c r="A156" s="4" t="n">
-        <v>827</v>
+        <v>887</v>
       </c>
       <c r="B156" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
-          <t>Marcello</t>
+          <t>Stefanie</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
-          <t>Di Sante</t>
+          <t>Dota</t>
         </is>
       </c>
       <c r="E156" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G156" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G156" s="4"/>
     </row>
     <row r="157">
       <c r="A157" s="4" t="n">
-        <v>861</v>
+        <v>7628</v>
       </c>
       <c r="B157" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
-          <t>Janos</t>
+          <t>Chantal</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
-          <t>Dobias</t>
+          <t>Eller</t>
         </is>
       </c>
       <c r="E157" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G157" s="4"/>
     </row>
     <row r="158">
       <c r="A158" s="4" t="n">
-        <v>887</v>
+        <v>7637</v>
       </c>
       <c r="B158" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
-          <t>Stefanie</t>
+          <t>Livio</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
-          <t>Dota</t>
+          <t>Epp</t>
         </is>
       </c>
       <c r="E158" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G158" s="4"/>
     </row>
     <row r="159">
       <c r="A159" s="4" t="n">
-        <v>7177</v>
+        <v>1022</v>
       </c>
       <c r="B159" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
-          <t>Chantal</t>
+          <t>Moritz</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
-          <t>Eller</t>
+          <t>Falck</t>
         </is>
       </c>
       <c r="E159" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G159" s="4"/>
+      <c r="G159" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="160">
       <c r="A160" s="4" t="n">
-        <v>7143</v>
+        <v>7627</v>
       </c>
       <c r="B160" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
-          <t>Livio</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
-          <t>Epp</t>
+          <t>Felder</t>
         </is>
       </c>
       <c r="E160" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G160" s="4"/>
+      <c r="G160" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="161">
       <c r="A161" s="4" t="n">
-        <v>1022</v>
+        <v>7614</v>
       </c>
       <c r="B161" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
-          <t>Moritz</t>
+          <t>José Luis</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
-          <t>Falck</t>
+          <t>Fernandez</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G161" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>SSKF</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="4" t="n">
-        <v>7176</v>
+        <v>1068</v>
       </c>
       <c r="B162" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Alexis</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
-          <t>Felder</t>
+          <t>Ferrari</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G162" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G162" s="4"/>
     </row>
     <row r="163">
       <c r="A163" s="4" t="n">
-        <v>7141</v>
+        <v>1097</v>
       </c>
       <c r="B163" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
-          <t>José Luis</t>
+          <t>Rebekka</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
-          <t>Fernandez</t>
+          <t>Fischer</t>
         </is>
       </c>
       <c r="E163" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G163" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G163" s="4"/>
     </row>
     <row r="164">
       <c r="A164" s="4" t="n">
-        <v>1068</v>
+        <v>1205</v>
       </c>
       <c r="B164" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
-          <t>Alexis</t>
+          <t>Signorino</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
-          <t>Ferrari</t>
+          <t>Gambino</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G164" s="4"/>
     </row>
     <row r="165">
       <c r="A165" s="4" t="n">
-        <v>1097</v>
+        <v>1287</v>
       </c>
       <c r="B165" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
-          <t>Rebekka</t>
+          <t>Jana</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
-          <t>Fischer</t>
+          <t>Gfeller</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G165" s="4"/>
+      <c r="G165" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="166">
       <c r="A166" s="4" t="n">
-        <v>1205</v>
+        <v>1292</v>
       </c>
       <c r="B166" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
-          <t>Signorino</t>
+          <t>Ridha</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
-          <t>Gambino</t>
+          <t>Ghnichi</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G166" s="4"/>
     </row>
     <row r="167">
       <c r="A167" s="4" t="n">
-        <v>1287</v>
+        <v>1305</v>
       </c>
       <c r="B167" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
-          <t>Jana</t>
+          <t>Sergio</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>Gfeller</t>
+          <t>Giovanelli</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G167" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G167" s="4"/>
     </row>
     <row r="168">
       <c r="A168" s="4" t="n">
-        <v>1292</v>
+        <v>1314</v>
       </c>
       <c r="B168" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
-          <t>Ridha</t>
+          <t>Santo</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
-          <t>Ghnichi</t>
+          <t>Giuga</t>
         </is>
       </c>
       <c r="E168" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G168" s="4"/>
     </row>
     <row r="169">
       <c r="A169" s="4" t="n">
-        <v>1305</v>
+        <v>7626</v>
       </c>
       <c r="B169" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
-          <t>Sergio</t>
+          <t>Sabdheshnaa</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
-          <t>Giovanelli</t>
+          <t>Gowridhasan</t>
         </is>
       </c>
       <c r="E169" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G169" s="4"/>
     </row>
     <row r="170">
       <c r="A170" s="4" t="n">
-        <v>1314</v>
+        <v>1382</v>
       </c>
       <c r="B170" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
-          <t>Santo</t>
+          <t>Rebecca</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
-          <t>Giuga</t>
+          <t>Gross</t>
         </is>
       </c>
       <c r="E170" s="4" t="inlineStr">
         <is>
           <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G170" s="4"/>
     </row>
     <row r="171">
       <c r="A171" s="4" t="n">
-        <v>7175</v>
+        <v>7625</v>
       </c>
       <c r="B171" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
-          <t>Sabdheshnaa</t>
+          <t>Viktor</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
-          <t>Gowridhasan</t>
+          <t>Harder</t>
         </is>
       </c>
       <c r="E171" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G171" s="4"/>
     </row>
     <row r="172">
       <c r="A172" s="4" t="n">
-        <v>1382</v>
+        <v>1494</v>
       </c>
       <c r="B172" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
-          <t>Rebecca</t>
+          <t>Konrad</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
-          <t>Gross</t>
+          <t>Hauger</t>
         </is>
       </c>
       <c r="E172" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G172" s="4"/>
     </row>
     <row r="173">
       <c r="A173" s="4" t="n">
-        <v>7174</v>
+        <v>1508</v>
       </c>
       <c r="B173" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
-          <t>Viktor</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
-          <t>Harder</t>
+          <t>Hees</t>
         </is>
       </c>
       <c r="E173" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G173" s="4"/>
     </row>
     <row r="174">
       <c r="A174" s="4" t="n">
-        <v>1494</v>
+        <v>1568</v>
       </c>
       <c r="B174" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
-          <t>Konrad</t>
+          <t>Hans</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
-          <t>Hauger</t>
+          <t>Hochstrasser</t>
         </is>
       </c>
       <c r="E174" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G174" s="4"/>
     </row>
     <row r="175">
       <c r="A175" s="4" t="n">
-        <v>1508</v>
+        <v>1599</v>
       </c>
       <c r="B175" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Julian</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
-          <t>Hees</t>
+          <t>Hollinger</t>
         </is>
       </c>
       <c r="E175" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G175" s="4"/>
     </row>
     <row r="176">
       <c r="A176" s="4" t="n">
-        <v>1568</v>
+        <v>1624</v>
       </c>
       <c r="B176" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
-          <t>Hans</t>
+          <t>Erich</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
-          <t>Hochstrasser</t>
+          <t>Huber</t>
         </is>
       </c>
       <c r="E176" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G176" s="4"/>
     </row>
     <row r="177">
       <c r="A177" s="4" t="n">
-        <v>1599</v>
+        <v>7624</v>
       </c>
       <c r="B177" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
-          <t>Julian</t>
+          <t>Alexander</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
-          <t>Hollinger</t>
+          <t>Ischi</t>
         </is>
       </c>
       <c r="E177" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G177" s="4"/>
     </row>
     <row r="178">
       <c r="A178" s="4" t="n">
-        <v>1624</v>
+        <v>7623</v>
       </c>
       <c r="B178" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
-          <t>Erich</t>
+          <t>Mathias</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
-          <t>Huber</t>
+          <t>Juch</t>
         </is>
       </c>
       <c r="E178" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G178" s="4"/>
+      <c r="G178" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="179">
       <c r="A179" s="4" t="n">
-        <v>7173</v>
+        <v>7622</v>
       </c>
       <c r="B179" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
-          <t>Alexander</t>
+          <t>TIRON</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
-          <t>Ischi</t>
+          <t>JULIAN ANTONIZE</t>
         </is>
       </c>
       <c r="E179" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G179" s="4"/>
     </row>
     <row r="180">
       <c r="A180" s="4" t="n">
-        <v>7172</v>
+        <v>1792</v>
       </c>
       <c r="B180" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
-          <t>Mathias</t>
+          <t>Carina</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
-          <t>Juch</t>
+          <t>Kägi</t>
         </is>
       </c>
       <c r="E180" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G180" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G180" s="4"/>
     </row>
     <row r="181">
       <c r="A181" s="4" t="n">
-        <v>7171</v>
+        <v>1853</v>
       </c>
       <c r="B181" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
-          <t>TIRON</t>
+          <t>Nadia</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
-          <t>JULIAN ANTONIZE</t>
+          <t>Keller</t>
         </is>
       </c>
       <c r="E181" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G181" s="4"/>
+      <c r="G181" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="182">
       <c r="A182" s="4" t="n">
-        <v>1792</v>
+        <v>1864</v>
       </c>
       <c r="B182" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
-          <t>Carina</t>
+          <t>Erwin</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
-          <t>Kägi</t>
+          <t>Kessler</t>
         </is>
       </c>
       <c r="E182" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G182" s="4"/>
     </row>
     <row r="183">
       <c r="A183" s="4" t="n">
-        <v>1853</v>
+        <v>1886</v>
       </c>
       <c r="B183" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
-          <t>Nadia</t>
+          <t>Isabella</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
-          <t>Keller</t>
+          <t>Klingenfuss</t>
         </is>
       </c>
       <c r="E183" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G183" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="4" t="n">
-        <v>1864</v>
+        <v>1924</v>
       </c>
       <c r="B184" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
-          <t>Erwin</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
-          <t>Kessler</t>
+          <t>Kohler</t>
         </is>
       </c>
       <c r="E184" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G184" s="4"/>
     </row>
     <row r="185">
       <c r="A185" s="4" t="n">
-        <v>1886</v>
+        <v>1936</v>
       </c>
       <c r="B185" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
-          <t>Isabella</t>
+          <t>Karl</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
-          <t>Klingenfuss</t>
+          <t>Koller</t>
         </is>
       </c>
       <c r="E185" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G185" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G185" s="4"/>
     </row>
     <row r="186">
       <c r="A186" s="4" t="n">
-        <v>1924</v>
+        <v>1965</v>
       </c>
       <c r="B186" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
-          <t>Kohler</t>
+          <t>Krapf</t>
         </is>
       </c>
       <c r="E186" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G186" s="4"/>
     </row>
     <row r="187">
       <c r="A187" s="4" t="n">
-        <v>1936</v>
+        <v>1981</v>
       </c>
       <c r="B187" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
-          <t>Karl</t>
+          <t>Mile</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
-          <t>Koller</t>
+          <t>Krismanic</t>
         </is>
       </c>
       <c r="E187" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G187" s="4"/>
     </row>
     <row r="188">
       <c r="A188" s="4" t="n">
-        <v>1965</v>
+        <v>1995</v>
       </c>
       <c r="B188" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Dirk</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
-          <t>Krapf</t>
+          <t>Kuhlmann</t>
         </is>
       </c>
       <c r="E188" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G188" s="4"/>
+      <c r="G188" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="189">
       <c r="A189" s="4" t="n">
-        <v>1981</v>
+        <v>1996</v>
       </c>
       <c r="B189" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
-          <t>Mile</t>
+          <t>Emir</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
-          <t>Krismanic</t>
+          <t>Kujundzic</t>
         </is>
       </c>
       <c r="E189" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G189" s="4"/>
     </row>
     <row r="190">
       <c r="A190" s="4" t="n">
-        <v>1995</v>
+        <v>7640</v>
       </c>
       <c r="B190" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
-          <t>Dirk</t>
+          <t>Alessia</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
-          <t>Kuhlmann</t>
+          <t>Lao</t>
         </is>
       </c>
       <c r="E190" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G190" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G190" s="4"/>
     </row>
     <row r="191">
       <c r="A191" s="4" t="n">
-        <v>1996</v>
+        <v>2178</v>
       </c>
       <c r="B191" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
-          <t>Emir</t>
+          <t>Gerald</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
-          <t>Kujundzic</t>
+          <t>Lulei</t>
         </is>
       </c>
       <c r="E191" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G191" s="4"/>
     </row>
     <row r="192">
       <c r="A192" s="4" t="n">
-        <v>7145</v>
+        <v>2188</v>
       </c>
       <c r="B192" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
-          <t>Alessia</t>
+          <t>Cindy</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
-          <t>Lao</t>
+          <t>Lustenberger</t>
         </is>
       </c>
       <c r="E192" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G192" s="4"/>
     </row>
     <row r="193">
       <c r="A193" s="4" t="n">
-        <v>2178</v>
+        <v>2194</v>
       </c>
       <c r="B193" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
-          <t>Gerald</t>
+          <t>Walter</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
-          <t>Lulei</t>
+          <t>Lüthi</t>
         </is>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G193" s="4"/>
+      <c r="G193" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="194">
       <c r="A194" s="4" t="n">
-        <v>2188</v>
+        <v>2296</v>
       </c>
       <c r="B194" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
-          <t>Cindy</t>
+          <t>Doris</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
-          <t>Lustenberger</t>
+          <t>Meier</t>
         </is>
       </c>
       <c r="E194" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G194" s="4"/>
     </row>
     <row r="195">
       <c r="A195" s="4" t="n">
-        <v>2194</v>
+        <v>7621</v>
       </c>
       <c r="B195" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
-          <t>Walter</t>
+          <t>Andre</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
-          <t>Lüthi</t>
+          <t>Meier</t>
         </is>
       </c>
       <c r="E195" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G195" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G195" s="4"/>
     </row>
     <row r="196">
       <c r="A196" s="4" t="n">
-        <v>7170</v>
+        <v>2375</v>
       </c>
       <c r="B196" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
-          <t>Andre</t>
+          <t>Predrag</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
-          <t>Meier</t>
+          <t>Milic</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G196" s="4"/>
     </row>
     <row r="197">
       <c r="A197" s="4" t="n">
-        <v>2296</v>
+        <v>7620</v>
       </c>
       <c r="B197" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
-          <t>Doris</t>
+          <t>Céline</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
-          <t>Meier</t>
+          <t>Mötteli</t>
         </is>
       </c>
       <c r="E197" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shozindo</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G197" s="4"/>
+      <c r="G197" s="4" t="inlineStr">
+        <is>
+          <t>SSKF</t>
+        </is>
+      </c>
     </row>
     <row r="198">
       <c r="A198" s="4" t="n">
-        <v>2375</v>
+        <v>7619</v>
       </c>
       <c r="B198" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
-          <t>Predrag</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
-          <t>Milic</t>
+          <t>Mravljov</t>
         </is>
       </c>
       <c r="E198" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G198" s="4"/>
     </row>
     <row r="199">
       <c r="A199" s="4" t="n">
-        <v>7169</v>
+        <v>2511</v>
       </c>
       <c r="B199" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
-          <t>Céline</t>
+          <t>Björn</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
-          <t>Mötteli</t>
+          <t>Näf-Metzinger</t>
         </is>
       </c>
       <c r="E199" s="4" t="inlineStr">
         <is>
-          <t>Shozindo</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G199" s="4" t="inlineStr">
         <is>
-          <t>SSKF</t>
+          <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="4" t="n">
-        <v>7168</v>
+        <v>2550</v>
       </c>
       <c r="B200" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
-          <t>Mravljov</t>
+          <t>Nicolier</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G200" s="4"/>
     </row>
     <row r="201">
       <c r="A201" s="4" t="n">
-        <v>2511</v>
+        <v>2565</v>
       </c>
       <c r="B201" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
-          <t>Björn</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
-          <t>Näf-Metzinger</t>
+          <t>Notter</t>
         </is>
       </c>
       <c r="E201" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G201" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G201" s="4"/>
     </row>
     <row r="202">
       <c r="A202" s="4" t="n">
-        <v>2550</v>
+        <v>2583</v>
       </c>
       <c r="B202" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Colette</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
-          <t>Nicolier</t>
+          <t>Ochsner</t>
         </is>
       </c>
       <c r="E202" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G202" s="4"/>
     </row>
     <row r="203">
       <c r="A203" s="4" t="n">
-        <v>2565</v>
+        <v>2604</v>
       </c>
       <c r="B203" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Aleksandra</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
-          <t>Notter</t>
+          <t>Oser</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G203" s="4"/>
     </row>
     <row r="204">
       <c r="A204" s="4" t="n">
-        <v>2583</v>
+        <v>7642</v>
       </c>
       <c r="B204" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
-          <t>Colette</t>
+          <t>Rebecca</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
-          <t>Ochsner</t>
+          <t>Patrik</t>
         </is>
       </c>
       <c r="E204" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G204" s="4"/>
     </row>
     <row r="205">
       <c r="A205" s="4" t="n">
-        <v>2604</v>
+        <v>7618</v>
       </c>
       <c r="B205" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
-          <t>Aleksandra</t>
+          <t>Darko</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
-          <t>Oser</t>
+          <t>Pausner</t>
         </is>
       </c>
       <c r="E205" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G205" s="4"/>
     </row>
     <row r="206">
       <c r="A206" s="4" t="n">
-        <v>7147</v>
+        <v>2633</v>
       </c>
       <c r="B206" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
-          <t>Rebecca</t>
+          <t>Slobodan</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
-          <t>Patrik</t>
+          <t>Pavlovic</t>
         </is>
       </c>
       <c r="E206" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G206" s="4"/>
     </row>
     <row r="207">
       <c r="A207" s="4" t="n">
-        <v>7167</v>
+        <v>7617</v>
       </c>
       <c r="B207" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
-          <t>Darko</t>
+          <t>Manuel</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
-          <t>Pausner</t>
+          <t>Piasente</t>
         </is>
       </c>
       <c r="E207" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G207" s="4"/>
+      <c r="G207" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="208">
       <c r="A208" s="4" t="n">
-        <v>2633</v>
+        <v>2721</v>
       </c>
       <c r="B208" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
-          <t>Slobodan</t>
+          <t>Adriano</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
-          <t>Pavlovic</t>
+          <t>Pinto</t>
         </is>
       </c>
       <c r="E208" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G208" s="4"/>
     </row>
     <row r="209">
       <c r="A209" s="4" t="n">
-        <v>7166</v>
+        <v>2744</v>
       </c>
       <c r="B209" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
-          <t>Manuel</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
-          <t>Piasente</t>
+          <t>Poli</t>
         </is>
       </c>
       <c r="E209" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G209" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="4" t="n">
-        <v>2721</v>
+        <v>2760</v>
       </c>
       <c r="B210" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
-          <t>Adriano</t>
+          <t>Bogdan</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
-          <t>Pinto</t>
+          <t>Preda</t>
         </is>
       </c>
       <c r="E210" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G210" s="4"/>
     </row>
     <row r="211">
       <c r="A211" s="4" t="n">
-        <v>2744</v>
+        <v>2783</v>
       </c>
       <c r="B211" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Christine</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
-          <t>Poli</t>
+          <t>Räber</t>
         </is>
       </c>
       <c r="E211" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G211" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="4" t="n">
-        <v>2760</v>
+        <v>2797</v>
       </c>
       <c r="B212" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
-          <t>Bogdan</t>
+          <t>Armida</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
-          <t>Preda</t>
+          <t>Raffeiner</t>
         </is>
       </c>
       <c r="E212" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G212" s="4"/>
+      <c r="G212" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="213">
       <c r="A213" s="4" t="n">
-        <v>2783</v>
+        <v>7616</v>
       </c>
       <c r="B213" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
-          <t>Christine</t>
+          <t>Felix</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
-          <t>Räber</t>
+          <t>Rauh</t>
         </is>
       </c>
       <c r="E213" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G213" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G213" s="4"/>
     </row>
     <row r="214">
       <c r="A214" s="4" t="n">
-        <v>2797</v>
+        <v>7615</v>
       </c>
       <c r="B214" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
-          <t>Armida</t>
+          <t>Peraveen</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
-          <t>Raffeiner</t>
+          <t>Raveendran</t>
         </is>
       </c>
       <c r="E214" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G214" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="4" t="n">
-        <v>7165</v>
+        <v>2828</v>
       </c>
       <c r="B215" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
-          <t>Felix</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
-          <t>Rauh</t>
+          <t>Real</t>
         </is>
       </c>
       <c r="E215" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G215" s="4"/>
     </row>
     <row r="216">
       <c r="A216" s="4" t="n">
-        <v>7164</v>
+        <v>2837</v>
       </c>
       <c r="B216" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
-          <t>Peraveen</t>
+          <t>René</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
-          <t>Raveendran</t>
+          <t>Rechsteiner</t>
         </is>
       </c>
       <c r="E216" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G216" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G216" s="4"/>
     </row>
     <row r="217">
       <c r="A217" s="4" t="n">
-        <v>2828</v>
+        <v>2862</v>
       </c>
       <c r="B217" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
-          <t>Real</t>
+          <t>Rentsch-Tschopp</t>
         </is>
       </c>
       <c r="E217" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G217" s="4"/>
     </row>
     <row r="218">
       <c r="A218" s="4" t="n">
-        <v>2837</v>
+        <v>2866</v>
       </c>
       <c r="B218" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
-          <t>René</t>
+          <t>Simone</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
-          <t>Rechsteiner</t>
+          <t>Reusser</t>
         </is>
       </c>
       <c r="E218" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G218" s="4"/>
     </row>
     <row r="219">
       <c r="A219" s="4" t="n">
-        <v>2862</v>
+        <v>7648</v>
       </c>
       <c r="B219" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Knut</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
-          <t>Rentsch-Tschopp</t>
+          <t>Richter</t>
         </is>
       </c>
       <c r="E219" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G219" s="4"/>
     </row>
     <row r="220">
       <c r="A220" s="4" t="n">
-        <v>2866</v>
+        <v>2875</v>
       </c>
       <c r="B220" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
-          <t>Simone</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
-          <t>Reusser</t>
+          <t>Rickauer</t>
         </is>
       </c>
       <c r="E220" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G220" s="4"/>
     </row>
     <row r="221">
       <c r="A221" s="4" t="n">
-        <v>7163</v>
+        <v>2877</v>
       </c>
       <c r="B221" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
-          <t>Knut</t>
+          <t>Erich</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
-          <t>Richter</t>
+          <t>Rickenbacher</t>
         </is>
       </c>
       <c r="E221" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G221" s="4"/>
     </row>
     <row r="222">
       <c r="A222" s="4" t="n">
-        <v>2875</v>
+        <v>7649</v>
       </c>
       <c r="B222" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Elio</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
-          <t>Rickauer</t>
+          <t>Romano</t>
         </is>
       </c>
       <c r="E222" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G222" s="4"/>
+      <c r="G222" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="223">
       <c r="A223" s="4" t="n">
-        <v>2877</v>
+        <v>2982</v>
       </c>
       <c r="B223" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
-          <t>Erich</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
-          <t>Rickenbacher</t>
+          <t>Rüegg</t>
         </is>
       </c>
       <c r="E223" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G223" s="4"/>
+      <c r="G223" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="224">
       <c r="A224" s="4" t="n">
-        <v>7162</v>
+        <v>2993</v>
       </c>
       <c r="B224" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
-          <t>Elio</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
-          <t>Romano</t>
+          <t>Ruoss</t>
         </is>
       </c>
       <c r="E224" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G224" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G224" s="4"/>
     </row>
     <row r="225">
       <c r="A225" s="4" t="n">
-        <v>2982</v>
+        <v>2996</v>
       </c>
       <c r="B225" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Severin</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
-          <t>Rüegg</t>
+          <t>Ruoss</t>
         </is>
       </c>
       <c r="E225" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G225" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G225" s="4"/>
     </row>
     <row r="226">
       <c r="A226" s="4" t="n">
-        <v>2993</v>
+        <v>3002</v>
       </c>
       <c r="B226" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
-          <t>Ruoss</t>
+          <t>Rüsch</t>
         </is>
       </c>
       <c r="E226" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G226" s="4"/>
     </row>
     <row r="227">
       <c r="A227" s="4" t="n">
-        <v>2996</v>
+        <v>3041</v>
       </c>
       <c r="B227" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
-          <t>Severin</t>
+          <t>Fabio</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
-          <t>Ruoss</t>
+          <t>Salvagno</t>
         </is>
       </c>
       <c r="E227" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G227" s="4"/>
     </row>
     <row r="228">
       <c r="A228" s="4" t="n">
-        <v>3002</v>
+        <v>3085</v>
       </c>
       <c r="B228" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
-          <t>Rüsch</t>
+          <t>Scaduto</t>
         </is>
       </c>
       <c r="E228" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G228" s="4"/>
     </row>
     <row r="229">
       <c r="A229" s="4" t="n">
-        <v>3041</v>
+        <v>3118</v>
       </c>
       <c r="B229" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
-          <t>Fabio</t>
+          <t>Manfred</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
-          <t>Salvagno</t>
+          <t>Schelling</t>
         </is>
       </c>
       <c r="E229" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G229" s="4"/>
     </row>
     <row r="230">
       <c r="A230" s="4" t="n">
-        <v>3085</v>
+        <v>7644</v>
       </c>
       <c r="B230" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Rainer</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
-          <t>Scaduto</t>
+          <t>Schenkel</t>
         </is>
       </c>
       <c r="E230" s="4" t="inlineStr">
         <is>
           <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G230" s="4"/>
     </row>
     <row r="231">
       <c r="A231" s="4" t="n">
-        <v>3118</v>
+        <v>3207</v>
       </c>
       <c r="B231" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
-          <t>Manfred</t>
+          <t>Karl</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
-          <t>Schelling</t>
+          <t>Schnelli</t>
         </is>
       </c>
       <c r="E231" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G231" s="4"/>
     </row>
     <row r="232">
       <c r="A232" s="4" t="n">
-        <v>7149</v>
+        <v>3220</v>
       </c>
       <c r="B232" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
-          <t>Rainer</t>
+          <t>Norbert</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
-          <t>Schenkel</t>
+          <t>Schnyder</t>
         </is>
       </c>
       <c r="E232" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G232" s="4"/>
     </row>
     <row r="233">
       <c r="A233" s="4" t="n">
-        <v>3207</v>
+        <v>3225</v>
       </c>
       <c r="B233" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
-          <t>Karl</t>
+          <t>Evelyne</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
-          <t>Schnelli</t>
+          <t>Schoener</t>
         </is>
       </c>
       <c r="E233" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G233" s="4"/>
+      <c r="G233" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="234">
       <c r="A234" s="4" t="n">
-        <v>3220</v>
+        <v>7650</v>
       </c>
       <c r="B234" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
-          <t>Norbert</t>
+          <t>Henry</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
-          <t>Schnyder</t>
+          <t>Schönenberger</t>
         </is>
       </c>
       <c r="E234" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G234" s="4"/>
     </row>
     <row r="235">
       <c r="A235" s="4" t="n">
-        <v>3225</v>
+        <v>3278</v>
       </c>
       <c r="B235" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
-          <t>Evelyne</t>
+          <t>Adrian</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
-          <t>Schoener</t>
+          <t>Scola</t>
         </is>
       </c>
       <c r="E235" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G235" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="4" t="n">
-        <v>7161</v>
+        <v>7651</v>
       </c>
       <c r="B236" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
-          <t>Henry</t>
+          <t>Cihan</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
-          <t>Schönenberger</t>
+          <t>Selcuk</t>
         </is>
       </c>
       <c r="E236" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G236" s="4"/>
+      <c r="G236" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="237">
       <c r="A237" s="4" t="n">
-        <v>3278</v>
+        <v>7652</v>
       </c>
       <c r="B237" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
-          <t>Adrian</t>
+          <t>Jóni</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>Scola</t>
+          <t>Silva</t>
         </is>
       </c>
       <c r="E237" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G237" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="4" t="n">
-        <v>7160</v>
+        <v>7643</v>
       </c>
       <c r="B238" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
-          <t>Cihan</t>
+          <t>Vladimir</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
-          <t>Selcuk</t>
+          <t>Simokovic</t>
         </is>
       </c>
       <c r="E238" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G238" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G238" s="4"/>
     </row>
     <row r="239">
       <c r="A239" s="4" t="n">
-        <v>7159</v>
+        <v>3363</v>
       </c>
       <c r="B239" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
-          <t>Jóni</t>
+          <t>Mary</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
-          <t>Silva</t>
+          <t>Skocic</t>
         </is>
       </c>
       <c r="E239" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G239" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G239" s="4"/>
     </row>
     <row r="240">
       <c r="A240" s="4" t="n">
-        <v>7148</v>
+        <v>7653</v>
       </c>
       <c r="B240" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
-          <t>Vladimir</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
-          <t>Simokovic</t>
+          <t>Spörndli</t>
         </is>
       </c>
       <c r="E240" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G240" s="4"/>
     </row>
     <row r="241">
       <c r="A241" s="4" t="n">
-        <v>3363</v>
+        <v>3411</v>
       </c>
       <c r="B241" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
-          <t>Mary</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
-          <t>Skocic</t>
+          <t>Sprenger</t>
         </is>
       </c>
       <c r="E241" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G241" s="4"/>
     </row>
     <row r="242">
       <c r="A242" s="4" t="n">
-        <v>7158</v>
+        <v>3429</v>
       </c>
       <c r="B242" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Dusko</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
-          <t>Spörndli</t>
+          <t>Stakic</t>
         </is>
       </c>
       <c r="E242" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G242" s="4"/>
+      <c r="G242" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="243">
       <c r="A243" s="4" t="n">
-        <v>3411</v>
+        <v>3456</v>
       </c>
       <c r="B243" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Carlo</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
-          <t>Sprenger</t>
+          <t>Steiner</t>
         </is>
       </c>
       <c r="E243" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G243" s="4"/>
     </row>
     <row r="244">
       <c r="A244" s="4" t="n">
-        <v>3429</v>
+        <v>3459</v>
       </c>
       <c r="B244" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
-          <t>Dusko</t>
+          <t>Franzisca</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
-          <t>Stakic</t>
+          <t>Steiner</t>
         </is>
       </c>
       <c r="E244" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G244" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G244" s="4"/>
     </row>
     <row r="245">
       <c r="A245" s="4" t="n">
-        <v>3456</v>
+        <v>3465</v>
       </c>
       <c r="B245" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
-          <t>Carlo</t>
+          <t>Marlise</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>Steiner</t>
         </is>
       </c>
       <c r="E245" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G245" s="4"/>
     </row>
     <row r="246">
       <c r="A246" s="4" t="n">
-        <v>3465</v>
+        <v>7654</v>
       </c>
       <c r="B246" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
-          <t>Marlise</t>
+          <t>Werner</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
-          <t>Steiner</t>
+          <t>Suter</t>
         </is>
       </c>
       <c r="E246" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G246" s="4"/>
     </row>
     <row r="247">
       <c r="A247" s="4" t="n">
-        <v>3459</v>
+        <v>7655</v>
       </c>
       <c r="B247" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
-          <t>Franzisca</t>
+          <t>PAHEERATHAN</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
-          <t>Steiner</t>
+          <t>THEIVENTHIRAM</t>
         </is>
       </c>
       <c r="E247" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G247" s="4"/>
     </row>
     <row r="248">
       <c r="A248" s="4" t="n">
-        <v>7157</v>
+        <v>3610</v>
       </c>
       <c r="B248" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
-          <t>Werner</t>
+          <t>Regina</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
-          <t>Suter</t>
+          <t>Tiefenauer</t>
         </is>
       </c>
       <c r="E248" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G248" s="4"/>
     </row>
     <row r="249">
       <c r="A249" s="4" t="n">
-        <v>7156</v>
+        <v>3611</v>
       </c>
       <c r="B249" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
-          <t>PAHEERATHAN</t>
+          <t>Tamara</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
-          <t>THEIVENTHIRAM</t>
+          <t>Tiefenauer</t>
         </is>
       </c>
       <c r="E249" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G249" s="4"/>
     </row>
     <row r="250">
       <c r="A250" s="4" t="n">
-        <v>3610</v>
+        <v>3629</v>
       </c>
       <c r="B250" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C250" s="4" t="inlineStr">
         <is>
-          <t>Regina</t>
+          <t>Benito</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
-          <t>Tiefenauer</t>
+          <t>Torres</t>
         </is>
       </c>
       <c r="E250" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G250" s="4"/>
+      <c r="G250" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="251">
       <c r="A251" s="4" t="n">
-        <v>3611</v>
+        <v>3666</v>
       </c>
       <c r="B251" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C251" s="4" t="inlineStr">
         <is>
-          <t>Tamara</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
-          <t>Tiefenauer</t>
+          <t>Tschümperlin</t>
         </is>
       </c>
       <c r="E251" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G251" s="4"/>
     </row>
     <row r="252">
       <c r="A252" s="4" t="n">
-        <v>3629</v>
+        <v>7656</v>
       </c>
       <c r="B252" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C252" s="4" t="inlineStr">
         <is>
-          <t>Benito</t>
+          <t>Dragan</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
-          <t>Torres</t>
+          <t>Tuka</t>
         </is>
       </c>
       <c r="E252" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G252" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G252" s="4"/>
     </row>
     <row r="253">
       <c r="A253" s="4" t="n">
-        <v>3666</v>
+        <v>3687</v>
       </c>
       <c r="B253" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
-          <t>Tschümperlin</t>
+          <t>Unternährer</t>
         </is>
       </c>
       <c r="E253" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G253" s="4"/>
+      <c r="G253" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="254">
       <c r="A254" s="4" t="n">
-        <v>7155</v>
+        <v>3706</v>
       </c>
       <c r="B254" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C254" s="4" t="inlineStr">
         <is>
-          <t>Dragan</t>
+          <t>Slavko</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
-          <t>Tuka</t>
+          <t>Vasic</t>
         </is>
       </c>
       <c r="E254" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G254" s="4"/>
     </row>
     <row r="255">
       <c r="A255" s="4" t="n">
-        <v>3687</v>
+        <v>3705</v>
       </c>
       <c r="B255" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Jovana</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
-          <t>Unternährer</t>
+          <t>Vasic</t>
         </is>
       </c>
       <c r="E255" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G255" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G255" s="4"/>
     </row>
     <row r="256">
       <c r="A256" s="4" t="n">
-        <v>3705</v>
+        <v>3746</v>
       </c>
       <c r="B256" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C256" s="4" t="inlineStr">
         <is>
-          <t>Jovana</t>
+          <t>Heinz</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
-          <t>Vasic</t>
+          <t>Vogler</t>
         </is>
       </c>
       <c r="E256" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G256" s="4"/>
     </row>
     <row r="257">
       <c r="A257" s="4" t="n">
-        <v>3706</v>
+        <v>7657</v>
       </c>
       <c r="B257" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C257" s="4" t="inlineStr">
         <is>
-          <t>Slavko</t>
+          <t>Raphael</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
-          <t>Vasic</t>
+          <t>Vonaesch</t>
         </is>
       </c>
       <c r="E257" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G257" s="4"/>
+      <c r="G257" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="258">
       <c r="A258" s="4" t="n">
-        <v>3746</v>
+        <v>3782</v>
       </c>
       <c r="B258" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C258" s="4" t="inlineStr">
         <is>
-          <t>Heinz</t>
+          <t>Mergim</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
-          <t>Vogler</t>
+          <t>Vuknishaj</t>
         </is>
       </c>
       <c r="E258" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G258" s="4"/>
     </row>
     <row r="259">
       <c r="A259" s="4" t="n">
-        <v>7154</v>
+        <v>3790</v>
       </c>
       <c r="B259" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C259" s="4" t="inlineStr">
         <is>
-          <t>Raphael</t>
+          <t>Olivier</t>
         </is>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
-          <t>Vonaesch</t>
+          <t>Wacker</t>
         </is>
       </c>
       <c r="E259" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G259" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G259" s="4"/>
     </row>
     <row r="260">
       <c r="A260" s="4" t="n">
-        <v>3782</v>
+        <v>7658</v>
       </c>
       <c r="B260" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
-          <t>Mergim</t>
+          <t>Pezzei</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
-          <t>Vuknishaj</t>
+          <t>Werner</t>
         </is>
       </c>
       <c r="E260" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G260" s="4"/>
     </row>
     <row r="261">
       <c r="A261" s="4" t="n">
-        <v>3790</v>
+        <v>7647</v>
       </c>
       <c r="B261" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
-          <t>Olivier</t>
+          <t>Chantal</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
-          <t>Wacker</t>
+          <t>Wilhelmus</t>
         </is>
       </c>
       <c r="E261" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G261" s="4"/>
     </row>
     <row r="262">
       <c r="A262" s="4" t="n">
-        <v>7153</v>
+        <v>7646</v>
       </c>
       <c r="B262" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C262" s="4" t="inlineStr">
         <is>
-          <t>Pezzei</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D262" s="4" t="inlineStr">
         <is>
-          <t>Werner</t>
+          <t>Würsch</t>
         </is>
       </c>
       <c r="E262" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shozindo</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G262" s="4"/>
+      <c r="G262" s="4" t="inlineStr">
+        <is>
+          <t>SSKF</t>
+        </is>
+      </c>
     </row>
     <row r="263">
       <c r="A263" s="4" t="n">
-        <v>7152</v>
+        <v>7638</v>
       </c>
       <c r="B263" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C263" s="4" t="inlineStr">
         <is>
-          <t>Chantal</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D263" s="4" t="inlineStr">
         <is>
-          <t>Wilhelmus</t>
+          <t>Zahner</t>
         </is>
       </c>
       <c r="E263" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G263" s="4"/>
     </row>
     <row r="264">
       <c r="A264" s="4" t="n">
-        <v>7151</v>
+        <v>3969</v>
       </c>
       <c r="B264" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C264" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Irmgard</t>
         </is>
       </c>
       <c r="D264" s="4" t="inlineStr">
         <is>
-          <t>Würsch</t>
+          <t>Zobrist-Imholz</t>
         </is>
       </c>
       <c r="E264" s="4" t="inlineStr">
         <is>
-          <t>Shozindo</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G264" s="4" t="inlineStr">
         <is>
-          <t>SSKF</t>
+          <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="4" t="n">
-        <v>7142</v>
+        <v>7645</v>
       </c>
       <c r="B265" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C265" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
-          <t>Zahner</t>
+          <t>Zottele</t>
         </is>
       </c>
       <c r="E265" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G265" s="4"/>
     </row>
     <row r="266">
       <c r="A266" s="4" t="n">
-        <v>3969</v>
+        <v>3984</v>
       </c>
       <c r="B266" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C266" s="4" t="inlineStr">
         <is>
-          <t>Irmgard</t>
+          <t>Christine</t>
         </is>
       </c>
       <c r="D266" s="4" t="inlineStr">
         <is>
-          <t>Zobrist-Imholz</t>
+          <t>Zurbuchen</t>
         </is>
       </c>
       <c r="E266" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G266" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G266" s="4"/>
     </row>
     <row r="267">
       <c r="A267" s="4" t="n">
-        <v>7150</v>
+        <v>3992</v>
       </c>
       <c r="B267" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C267" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Rolf</t>
         </is>
       </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
-          <t>Zottele</t>
+          <t>Zurfluh</t>
         </is>
       </c>
       <c r="E267" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G267" s="4"/>
     </row>
     <row r="268">
       <c r="A268" s="4" t="n">
-        <v>3984</v>
+        <v>6</v>
       </c>
       <c r="B268" s="4" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C268" s="4" t="inlineStr">
         <is>
-          <t>Christine</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
-          <t>Zurbuchen</t>
+          <t>Abry</t>
         </is>
       </c>
       <c r="E268" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G268" s="4"/>
+      <c r="G268" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="269">
       <c r="A269" s="4" t="n">
-        <v>3992</v>
+        <v>7</v>
       </c>
       <c r="B269" s="4" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C269" s="4" t="inlineStr">
         <is>
-          <t>Rolf</t>
+          <t>Larissa</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
-          <t>Zurfluh</t>
+          <t>Abt</t>
         </is>
       </c>
       <c r="E269" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G269" s="4"/>
     </row>
     <row r="270">
       <c r="A270" s="4" t="n">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B270" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C270" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Susan</t>
         </is>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
-          <t>Abry</t>
+          <t>Abt</t>
         </is>
       </c>
       <c r="E270" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G270" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G270" s="4"/>
     </row>
     <row r="271">
       <c r="A271" s="4" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B271" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C271" s="4" t="inlineStr">
         <is>
-          <t>Susan</t>
+          <t>Nicola</t>
         </is>
       </c>
       <c r="D271" s="4" t="inlineStr">
         <is>
           <t>Abt</t>
         </is>
       </c>
       <c r="E271" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G271" s="4"/>
     </row>
     <row r="272">
       <c r="A272" s="4" t="n">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B272" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C272" s="4" t="inlineStr">
         <is>
-          <t>Larissa</t>
+          <t>Andrés</t>
         </is>
       </c>
       <c r="D272" s="4" t="inlineStr">
         <is>
-          <t>Abt</t>
+          <t>Acevedo</t>
         </is>
       </c>
       <c r="E272" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G272" s="4"/>
+      <c r="G272" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="273">
       <c r="A273" s="4" t="n">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B273" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C273" s="4" t="inlineStr">
         <is>
-          <t>Nicola</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D273" s="4" t="inlineStr">
         <is>
-          <t>Abt</t>
+          <t>Aebischer</t>
         </is>
       </c>
       <c r="E273" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G273" s="4"/>
     </row>
     <row r="274">
       <c r="A274" s="4" t="n">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="B274" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C274" s="4" t="inlineStr">
         <is>
-          <t>Andrés</t>
+          <t>Flamur</t>
         </is>
       </c>
       <c r="D274" s="4" t="inlineStr">
         <is>
-          <t>Acevedo</t>
+          <t>Ahmeti</t>
         </is>
       </c>
       <c r="E274" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G274" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G274" s="4"/>
     </row>
     <row r="275">
       <c r="A275" s="4" t="n">
-        <v>22</v>
+        <v>7715</v>
       </c>
       <c r="B275" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C275" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Amela</t>
         </is>
       </c>
       <c r="D275" s="4" t="inlineStr">
         <is>
-          <t>Aebischer</t>
+          <t>Alagic</t>
         </is>
       </c>
       <c r="E275" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G275" s="4"/>
+      <c r="G275" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="276">
       <c r="A276" s="4" t="n">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B276" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C276" s="4" t="inlineStr">
         <is>
-          <t>Flamur</t>
+          <t>Tanja</t>
         </is>
       </c>
       <c r="D276" s="4" t="inlineStr">
         <is>
-          <t>Ahmeti</t>
+          <t>Albert</t>
         </is>
       </c>
       <c r="E276" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G276" s="4"/>
     </row>
     <row r="277">
       <c r="A277" s="4" t="n">
-        <v>7301</v>
+        <v>66</v>
       </c>
       <c r="B277" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C277" s="4" t="inlineStr">
         <is>
-          <t>Amela</t>
+          <t>Jerone</t>
         </is>
       </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
-          <t>Alagic</t>
+          <t>Almer</t>
         </is>
       </c>
       <c r="E277" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G277" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G277" s="4"/>
     </row>
     <row r="278">
       <c r="A278" s="4" t="n">
-        <v>50</v>
+        <v>7714</v>
       </c>
       <c r="B278" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C278" s="4" t="inlineStr">
         <is>
-          <t>Tanja</t>
+          <t>ARISCH</t>
         </is>
       </c>
       <c r="D278" s="4" t="inlineStr">
         <is>
-          <t>Albert</t>
+          <t>ALVAIPILLAI</t>
         </is>
       </c>
       <c r="E278" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G278" s="4"/>
     </row>
     <row r="279">
       <c r="A279" s="4" t="n">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="B279" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C279" s="4" t="inlineStr">
         <is>
-          <t>Jerone</t>
+          <t>Alexandra</t>
         </is>
       </c>
       <c r="D279" s="4" t="inlineStr">
         <is>
-          <t>Almer</t>
+          <t>Amann</t>
         </is>
       </c>
       <c r="E279" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G279" s="4"/>
     </row>
     <row r="280">
       <c r="A280" s="4" t="n">
-        <v>7300</v>
+        <v>88</v>
       </c>
       <c r="B280" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C280" s="4" t="inlineStr">
         <is>
-          <t>ARISCH</t>
+          <t>Hermann</t>
         </is>
       </c>
       <c r="D280" s="4" t="inlineStr">
         <is>
-          <t>ALVAIPILLAI</t>
+          <t>Amrein</t>
         </is>
       </c>
       <c r="E280" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G280" s="4"/>
     </row>
     <row r="281">
       <c r="A281" s="4" t="n">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="B281" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C281" s="4" t="inlineStr">
         <is>
-          <t>Alexandra</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D281" s="4" t="inlineStr">
         <is>
-          <t>Amann</t>
+          <t>André</t>
         </is>
       </c>
       <c r="E281" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F281" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G281" s="4"/>
     </row>
     <row r="282">
       <c r="A282" s="4" t="n">
-        <v>88</v>
+        <v>7753</v>
       </c>
       <c r="B282" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C282" s="4" t="inlineStr">
         <is>
-          <t>Hermann</t>
+          <t>Thomas </t>
         </is>
       </c>
       <c r="D282" s="4" t="inlineStr">
         <is>
-          <t>Amrein</t>
+          <t>Andrist</t>
         </is>
       </c>
       <c r="E282" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G282" s="4"/>
+      <c r="G282" s="4" t="inlineStr">
+        <is>
+          <t>SSKF</t>
+        </is>
+      </c>
     </row>
     <row r="283">
       <c r="A283" s="4" t="n">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="B283" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C283" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Tatjana</t>
         </is>
       </c>
       <c r="D283" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Anicic</t>
         </is>
       </c>
       <c r="E283" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G283" s="4"/>
     </row>
     <row r="284">
       <c r="A284" s="4" t="n">
-        <v>7188</v>
+        <v>7713</v>
       </c>
       <c r="B284" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C284" s="4" t="inlineStr">
         <is>
-          <t>Thomas </t>
+          <t>Drago</t>
         </is>
       </c>
       <c r="D284" s="4" t="inlineStr">
         <is>
-          <t>Andrist</t>
+          <t>Anusic</t>
         </is>
       </c>
       <c r="E284" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G284" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G284" s="4"/>
     </row>
     <row r="285">
       <c r="A285" s="4" t="n">
-        <v>116</v>
+        <v>7712</v>
       </c>
       <c r="B285" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C285" s="4" t="inlineStr">
         <is>
-          <t>Tatjana</t>
+          <t>Jenny</t>
         </is>
       </c>
       <c r="D285" s="4" t="inlineStr">
         <is>
-          <t>Anicic</t>
+          <t>Anusic</t>
         </is>
       </c>
       <c r="E285" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F285" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G285" s="4"/>
     </row>
     <row r="286">
       <c r="A286" s="4" t="n">
-        <v>7298</v>
+        <v>133</v>
       </c>
       <c r="B286" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C286" s="4" t="inlineStr">
         <is>
-          <t>Jenny</t>
+          <t>Mario</t>
         </is>
       </c>
       <c r="D286" s="4" t="inlineStr">
         <is>
-          <t>Anusic</t>
+          <t>Argondizzo</t>
         </is>
       </c>
       <c r="E286" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F286" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G286" s="4"/>
     </row>
     <row r="287">
       <c r="A287" s="4" t="n">
-        <v>7299</v>
+        <v>7752</v>
       </c>
       <c r="B287" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C287" s="4" t="inlineStr">
         <is>
-          <t>Drago</t>
+          <t>Besnik</t>
         </is>
       </c>
       <c r="D287" s="4" t="inlineStr">
         <is>
-          <t>Anusic</t>
+          <t>Arifaj</t>
         </is>
       </c>
       <c r="E287" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F287" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G287" s="4"/>
+      <c r="G287" s="4" t="inlineStr">
+        <is>
+          <t>SSKU</t>
+        </is>
+      </c>
     </row>
     <row r="288">
       <c r="A288" s="4" t="n">
-        <v>133</v>
+        <v>7711</v>
       </c>
       <c r="B288" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C288" s="4" t="inlineStr">
         <is>
-          <t>Mario</t>
+          <t>RATHISSAN</t>
         </is>
       </c>
       <c r="D288" s="4" t="inlineStr">
         <is>
-          <t>Argondizzo</t>
+          <t>ARIYARATNAM</t>
         </is>
       </c>
       <c r="E288" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F288" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G288" s="4"/>
     </row>
     <row r="289">
       <c r="A289" s="4" t="n">
-        <v>7189</v>
+        <v>139</v>
       </c>
       <c r="B289" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C289" s="4" t="inlineStr">
         <is>
-          <t>Besnik</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D289" s="4" t="inlineStr">
         <is>
-          <t>Arifaj</t>
+          <t>Arnold</t>
         </is>
       </c>
       <c r="E289" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G289" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G289" s="4"/>
     </row>
     <row r="290">
       <c r="A290" s="4" t="n">
-        <v>7297</v>
+        <v>7710</v>
       </c>
       <c r="B290" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C290" s="4" t="inlineStr">
         <is>
-          <t>RATHISSAN</t>
+          <t>Noemi</t>
         </is>
       </c>
       <c r="D290" s="4" t="inlineStr">
         <is>
-          <t>ARIYARATNAM</t>
+          <t>Arnold </t>
         </is>
       </c>
       <c r="E290" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G290" s="4"/>
     </row>
     <row r="291">
       <c r="A291" s="4" t="n">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B291" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C291" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Goran</t>
         </is>
       </c>
       <c r="D291" s="4" t="inlineStr">
         <is>
-          <t>Arnold</t>
+          <t>Ašanin</t>
         </is>
       </c>
       <c r="E291" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F291" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G291" s="4"/>
     </row>
     <row r="292">
       <c r="A292" s="4" t="n">
-        <v>7296</v>
+        <v>7740</v>
       </c>
       <c r="B292" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C292" s="4" t="inlineStr">
         <is>
-          <t>Noemi</t>
+          <t>Adrian</t>
         </is>
       </c>
       <c r="D292" s="4" t="inlineStr">
         <is>
-          <t>Arnold </t>
+          <t>Avdimetaj</t>
         </is>
       </c>
       <c r="E292" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F292" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G292" s="4"/>
+      <c r="G292" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="293">
       <c r="A293" s="4" t="n">
-        <v>142</v>
+        <v>156</v>
       </c>
       <c r="B293" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C293" s="4" t="inlineStr">
         <is>
-          <t>Goran</t>
+          <t>Hasan Hüseyin</t>
         </is>
       </c>
       <c r="D293" s="4" t="inlineStr">
         <is>
-          <t>Ašanin</t>
+          <t>Avsar</t>
         </is>
       </c>
       <c r="E293" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F293" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G293" s="4"/>
+      <c r="G293" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="294">
       <c r="A294" s="4" t="n">
-        <v>7201</v>
+        <v>7709</v>
       </c>
       <c r="B294" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C294" s="4" t="inlineStr">
         <is>
-          <t>Adrian</t>
+          <t>HARISSHAN</t>
         </is>
       </c>
       <c r="D294" s="4" t="inlineStr">
         <is>
-          <t>Avdimetaj</t>
+          <t>BALAKUMAR</t>
         </is>
       </c>
       <c r="E294" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F294" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G294" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G294" s="4"/>
     </row>
     <row r="295">
       <c r="A295" s="4" t="n">
-        <v>156</v>
+        <v>200</v>
       </c>
       <c r="B295" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C295" s="4" t="inlineStr">
         <is>
-          <t>Hasan Hüseyin</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D295" s="4" t="inlineStr">
         <is>
-          <t>Avsar</t>
+          <t>Balli</t>
         </is>
       </c>
       <c r="E295" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F295" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G295" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G295" s="4"/>
     </row>
     <row r="296">
       <c r="A296" s="4" t="n">
-        <v>7295</v>
+        <v>199</v>
       </c>
       <c r="B296" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C296" s="4" t="inlineStr">
         <is>
-          <t>HARISSHAN</t>
+          <t>Brigitte</t>
         </is>
       </c>
       <c r="D296" s="4" t="inlineStr">
         <is>
-          <t>BALAKUMAR</t>
+          <t>Balli</t>
         </is>
       </c>
       <c r="E296" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F296" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G296" s="4"/>
     </row>
     <row r="297">
       <c r="A297" s="4" t="n">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="B297" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C297" s="4" t="inlineStr">
         <is>
-          <t>Brigitte</t>
+          <t>Kurt</t>
         </is>
       </c>
       <c r="D297" s="4" t="inlineStr">
         <is>
-          <t>Balli</t>
+          <t>Bannwart</t>
         </is>
       </c>
       <c r="E297" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F297" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G297" s="4"/>
     </row>
     <row r="298">
       <c r="A298" s="4" t="n">
-        <v>200</v>
+        <v>7708</v>
       </c>
       <c r="B298" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C298" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>MAUNISHAN</t>
         </is>
       </c>
       <c r="D298" s="4" t="inlineStr">
         <is>
-          <t>Balli</t>
+          <t>BASKARAN</t>
         </is>
       </c>
       <c r="E298" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F298" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G298" s="4"/>
     </row>
     <row r="299">
       <c r="A299" s="4" t="n">
-        <v>208</v>
+        <v>252</v>
       </c>
       <c r="B299" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C299" s="4" t="inlineStr">
         <is>
-          <t>Kurt</t>
+          <t>Noel</t>
         </is>
       </c>
       <c r="D299" s="4" t="inlineStr">
         <is>
-          <t>Bannwart</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E299" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F299" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G299" s="4"/>
+      <c r="G299" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="300">
       <c r="A300" s="4" t="n">
-        <v>7294</v>
+        <v>7707</v>
       </c>
       <c r="B300" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C300" s="4" t="inlineStr">
         <is>
-          <t>MAUNISHAN</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D300" s="4" t="inlineStr">
         <is>
-          <t>BASKARAN</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E300" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F300" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G300" s="4"/>
+      <c r="G300" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="301">
       <c r="A301" s="4" t="n">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B301" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C301" s="4" t="inlineStr">
         <is>
-          <t>Noel</t>
+          <t>Yannick</t>
         </is>
       </c>
       <c r="D301" s="4" t="inlineStr">
         <is>
           <t>Baumann</t>
         </is>
       </c>
       <c r="E301" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F301" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G301" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="4" t="n">
-        <v>7293</v>
+        <v>7738</v>
       </c>
       <c r="B302" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C302" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D302" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Berger </t>
         </is>
       </c>
       <c r="E302" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F302" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G302" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G302" s="4"/>
     </row>
     <row r="303">
       <c r="A303" s="4" t="n">
-        <v>257</v>
+        <v>333</v>
       </c>
       <c r="B303" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C303" s="4" t="inlineStr">
         <is>
-          <t>Yannick</t>
+          <t>Fredy</t>
         </is>
       </c>
       <c r="D303" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Betschart</t>
         </is>
       </c>
       <c r="E303" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F303" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G303" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G303" s="4"/>
     </row>
     <row r="304">
       <c r="A304" s="4" t="n">
-        <v>7203</v>
+        <v>376</v>
       </c>
       <c r="B304" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C304" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Jean-François</t>
         </is>
       </c>
       <c r="D304" s="4" t="inlineStr">
         <is>
-          <t>Berger </t>
+          <t>Bischoff</t>
         </is>
       </c>
       <c r="E304" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F304" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G304" s="4"/>
     </row>
     <row r="305">
       <c r="A305" s="4" t="n">
-        <v>333</v>
+        <v>379</v>
       </c>
       <c r="B305" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C305" s="4" t="inlineStr">
         <is>
-          <t>Fredy</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D305" s="4" t="inlineStr">
         <is>
-          <t>Betschart</t>
+          <t>Bissig</t>
         </is>
       </c>
       <c r="E305" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F305" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G305" s="4"/>
+      <c r="G305" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="306">
       <c r="A306" s="4" t="n">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B306" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C306" s="4" t="inlineStr">
         <is>
-          <t>Jean-François</t>
+          <t>Miki</t>
         </is>
       </c>
       <c r="D306" s="4" t="inlineStr">
         <is>
-          <t>Bischoff</t>
+          <t>Bissig</t>
         </is>
       </c>
       <c r="E306" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F306" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G306" s="4"/>
+      <c r="G306" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="307">
       <c r="A307" s="4" t="n">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B307" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C307" s="4" t="inlineStr">
         <is>
-          <t>Miki</t>
+          <t>Dominique</t>
         </is>
       </c>
       <c r="D307" s="4" t="inlineStr">
         <is>
-          <t>Bissig</t>
+          <t>Bitzer</t>
         </is>
       </c>
       <c r="E307" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F307" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G307" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G307" s="4"/>
     </row>
     <row r="308">
       <c r="A308" s="4" t="n">
-        <v>379</v>
+        <v>412</v>
       </c>
       <c r="B308" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C308" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Romina</t>
         </is>
       </c>
       <c r="D308" s="4" t="inlineStr">
         <is>
-          <t>Bissig</t>
+          <t>Bodmer</t>
         </is>
       </c>
       <c r="E308" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F308" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G308" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G308" s="4"/>
     </row>
     <row r="309">
       <c r="A309" s="4" t="n">
-        <v>383</v>
+        <v>414</v>
       </c>
       <c r="B309" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C309" s="4" t="inlineStr">
         <is>
-          <t>Dominique</t>
+          <t>Verena</t>
         </is>
       </c>
       <c r="D309" s="4" t="inlineStr">
         <is>
-          <t>Bitzer</t>
+          <t>Bodmer</t>
         </is>
       </c>
       <c r="E309" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F309" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G309" s="4"/>
     </row>
     <row r="310">
       <c r="A310" s="4" t="n">
-        <v>414</v>
+        <v>7706</v>
       </c>
       <c r="B310" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C310" s="4" t="inlineStr">
         <is>
-          <t>Verena</t>
+          <t>Matyas</t>
         </is>
       </c>
       <c r="D310" s="4" t="inlineStr">
         <is>
-          <t>Bodmer</t>
+          <t>Bokor</t>
         </is>
       </c>
       <c r="E310" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F310" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G310" s="4"/>
+      <c r="G310" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="311">
       <c r="A311" s="4" t="n">
-        <v>412</v>
+        <v>7741</v>
       </c>
       <c r="B311" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C311" s="4" t="inlineStr">
         <is>
-          <t>Romina</t>
+          <t>Gianfranco</t>
         </is>
       </c>
       <c r="D311" s="4" t="inlineStr">
         <is>
-          <t>Bodmer</t>
+          <t>Bortoluzzi</t>
         </is>
       </c>
       <c r="E311" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F311" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G311" s="4"/>
+      <c r="G311" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="312">
       <c r="A312" s="4" t="n">
-        <v>7292</v>
+        <v>439</v>
       </c>
       <c r="B312" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C312" s="4" t="inlineStr">
         <is>
-          <t>Matyas</t>
+          <t>Silas</t>
         </is>
       </c>
       <c r="D312" s="4" t="inlineStr">
         <is>
-          <t>Bokor</t>
+          <t>Bosco</t>
         </is>
       </c>
       <c r="E312" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F312" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G312" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G312" s="4"/>
     </row>
     <row r="313">
       <c r="A313" s="4" t="n">
-        <v>7200</v>
+        <v>440</v>
       </c>
       <c r="B313" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C313" s="4" t="inlineStr">
         <is>
-          <t>Gianfranco</t>
+          <t>Heinz</t>
         </is>
       </c>
       <c r="D313" s="4" t="inlineStr">
         <is>
-          <t>Bortoluzzi</t>
+          <t>Boss</t>
         </is>
       </c>
       <c r="E313" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F313" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G313" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G313" s="4"/>
     </row>
     <row r="314">
       <c r="A314" s="4" t="n">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="B314" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C314" s="4" t="inlineStr">
         <is>
-          <t>Silas</t>
+          <t>Wlad</t>
         </is>
       </c>
       <c r="D314" s="4" t="inlineStr">
         <is>
-          <t>Bosco</t>
+          <t>Bounkin</t>
         </is>
       </c>
       <c r="E314" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F314" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G314" s="4"/>
     </row>
     <row r="315">
       <c r="A315" s="4" t="n">
-        <v>440</v>
+        <v>7705</v>
       </c>
       <c r="B315" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C315" s="4" t="inlineStr">
         <is>
-          <t>Heinz</t>
+          <t>Dejan</t>
         </is>
       </c>
       <c r="D315" s="4" t="inlineStr">
         <is>
-          <t>Boss</t>
+          <t>Bozic</t>
         </is>
       </c>
       <c r="E315" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F315" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G315" s="4"/>
+      <c r="G315" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="316">
       <c r="A316" s="4" t="n">
-        <v>448</v>
+        <v>462</v>
       </c>
       <c r="B316" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C316" s="4" t="inlineStr">
         <is>
-          <t>Wlad</t>
+          <t>Gerhard</t>
         </is>
       </c>
       <c r="D316" s="4" t="inlineStr">
         <is>
-          <t>Bounkin</t>
+          <t>Bräunlich </t>
         </is>
       </c>
       <c r="E316" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F316" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G316" s="4"/>
     </row>
     <row r="317">
       <c r="A317" s="4" t="n">
-        <v>7291</v>
+        <v>469</v>
       </c>
       <c r="B317" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C317" s="4" t="inlineStr">
         <is>
-          <t>Dejan</t>
+          <t>Lorenz</t>
         </is>
       </c>
       <c r="D317" s="4" t="inlineStr">
         <is>
-          <t>Bozic</t>
+          <t>Breu</t>
         </is>
       </c>
       <c r="E317" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F317" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G317" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G317" s="4"/>
     </row>
     <row r="318">
       <c r="A318" s="4" t="n">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="B318" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C318" s="4" t="inlineStr">
         <is>
-          <t>Gerhard</t>
+          <t>Tobias</t>
         </is>
       </c>
       <c r="D318" s="4" t="inlineStr">
         <is>
-          <t>Bräunlich </t>
+          <t>Brezlan</t>
         </is>
       </c>
       <c r="E318" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F318" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G318" s="4"/>
     </row>
     <row r="319">
       <c r="A319" s="4" t="n">
-        <v>469</v>
+        <v>487</v>
       </c>
       <c r="B319" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C319" s="4" t="inlineStr">
         <is>
-          <t>Lorenz</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D319" s="4" t="inlineStr">
         <is>
-          <t>Breu</t>
+          <t>Brun</t>
         </is>
       </c>
       <c r="E319" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F319" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G319" s="4"/>
     </row>
     <row r="320">
       <c r="A320" s="4" t="n">
-        <v>470</v>
+        <v>7775</v>
       </c>
       <c r="B320" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C320" s="4" t="inlineStr">
         <is>
-          <t>Tobias</t>
+          <t>Loris</t>
         </is>
       </c>
       <c r="D320" s="4" t="inlineStr">
         <is>
-          <t>Brezlan</t>
+          <t>Brunner</t>
         </is>
       </c>
       <c r="E320" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F320" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G320" s="4"/>
+      <c r="G320" s="4" t="inlineStr">
+        <is>
+          <t>SSKU</t>
+        </is>
+      </c>
     </row>
     <row r="321">
       <c r="A321" s="4" t="n">
-        <v>487</v>
+        <v>514</v>
       </c>
       <c r="B321" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C321" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Käthi</t>
         </is>
       </c>
       <c r="D321" s="4" t="inlineStr">
         <is>
-          <t>Brun</t>
+          <t>Buchmann</t>
         </is>
       </c>
       <c r="E321" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F321" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G321" s="4"/>
     </row>
     <row r="322">
       <c r="A322" s="4" t="n">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="B322" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C322" s="4" t="inlineStr">
         <is>
-          <t>Käthi</t>
+          <t>Luca</t>
         </is>
       </c>
       <c r="D322" s="4" t="inlineStr">
         <is>
-          <t>Buchmann</t>
+          <t>Bühlmann</t>
         </is>
       </c>
       <c r="E322" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F322" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G322" s="4"/>
     </row>
     <row r="323">
       <c r="A323" s="4" t="n">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B323" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C323" s="4" t="inlineStr">
         <is>
-          <t>Luca</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D323" s="4" t="inlineStr">
         <is>
           <t>Bühlmann</t>
         </is>
       </c>
       <c r="E323" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F323" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G323" s="4"/>
+      <c r="G323" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="324">
       <c r="A324" s="4" t="n">
-        <v>530</v>
+        <v>543</v>
       </c>
       <c r="B324" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C324" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Conny</t>
         </is>
       </c>
       <c r="D324" s="4" t="inlineStr">
         <is>
-          <t>Bühlmann</t>
+          <t>Burgermeister</t>
         </is>
       </c>
       <c r="E324" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F324" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G324" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G324" s="4"/>
     </row>
     <row r="325">
       <c r="A325" s="4" t="n">
-        <v>543</v>
+        <v>581</v>
       </c>
       <c r="B325" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C325" s="4" t="inlineStr">
         <is>
-          <t>Conny</t>
+          <t>Mohamed</t>
         </is>
       </c>
       <c r="D325" s="4" t="inlineStr">
         <is>
-          <t>Burgermeister</t>
+          <t>Buysif</t>
         </is>
       </c>
       <c r="E325" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F325" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G325" s="4"/>
+      <c r="G325" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="326">
       <c r="A326" s="4" t="n">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B326" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C326" s="4" t="inlineStr">
         <is>
-          <t>Mohamed</t>
+          <t>Philippe</t>
         </is>
       </c>
       <c r="D326" s="4" t="inlineStr">
         <is>
-          <t>Buysif</t>
+          <t>Caduff</t>
         </is>
       </c>
       <c r="E326" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F326" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G326" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G326" s="4"/>
     </row>
     <row r="327">
       <c r="A327" s="4" t="n">
-        <v>587</v>
+        <v>631</v>
       </c>
       <c r="B327" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C327" s="4" t="inlineStr">
         <is>
-          <t>Philippe</t>
+          <t>Fidel Alejandro</t>
         </is>
       </c>
       <c r="D327" s="4" t="inlineStr">
         <is>
-          <t>Caduff</t>
+          <t>Castro</t>
         </is>
       </c>
       <c r="E327" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F327" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G327" s="4"/>
     </row>
     <row r="328">
       <c r="A328" s="4" t="n">
-        <v>631</v>
+        <v>647</v>
       </c>
       <c r="B328" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C328" s="4" t="inlineStr">
         <is>
-          <t>Fidel Alejandro</t>
+          <t>Atakan</t>
         </is>
       </c>
       <c r="D328" s="4" t="inlineStr">
         <is>
-          <t>Castro</t>
+          <t>Cetinkaya</t>
         </is>
       </c>
       <c r="E328" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F328" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G328" s="4"/>
     </row>
     <row r="329">
       <c r="A329" s="4" t="n">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="B329" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C329" s="4" t="inlineStr">
         <is>
-          <t>Atakan</t>
+          <t>Sinthuyan</t>
         </is>
       </c>
       <c r="D329" s="4" t="inlineStr">
         <is>
-          <t>Cetinkaya</t>
+          <t>Chandralingam</t>
         </is>
       </c>
       <c r="E329" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F329" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G329" s="4"/>
+      <c r="G329" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="330">
       <c r="A330" s="4" t="n">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B330" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C330" s="4" t="inlineStr">
         <is>
-          <t>Sinthuyan</t>
+          <t>Sujeeban</t>
         </is>
       </c>
       <c r="D330" s="4" t="inlineStr">
         <is>
           <t>Chandralingam</t>
         </is>
       </c>
       <c r="E330" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F330" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G330" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="4" t="n">
-        <v>653</v>
+        <v>7754</v>
       </c>
       <c r="B331" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C331" s="4" t="inlineStr">
         <is>
-          <t>Sujeeban</t>
+          <t>Taysir</t>
         </is>
       </c>
       <c r="D331" s="4" t="inlineStr">
         <is>
-          <t>Chandralingam</t>
+          <t>Chaouch Aoun</t>
         </is>
       </c>
       <c r="E331" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F331" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G331" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>SSKF</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="4" t="n">
-        <v>7187</v>
+        <v>692</v>
       </c>
       <c r="B332" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C332" s="4" t="inlineStr">
         <is>
-          <t>Taysir</t>
+          <t>Diego</t>
         </is>
       </c>
       <c r="D332" s="4" t="inlineStr">
         <is>
-          <t>Chaouch Aoun</t>
+          <t>Colagiovanni</t>
         </is>
       </c>
       <c r="E332" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F332" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G332" s="4" t="inlineStr">
         <is>
-          <t>SSKF</t>
+          <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="4" t="n">
-        <v>692</v>
+        <v>7704</v>
       </c>
       <c r="B333" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C333" s="4" t="inlineStr">
         <is>
-          <t>Diego</t>
+          <t>Anna</t>
         </is>
       </c>
       <c r="D333" s="4" t="inlineStr">
         <is>
-          <t>Colagiovanni</t>
+          <t>Conforte</t>
         </is>
       </c>
       <c r="E333" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F333" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G333" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="4" t="n">
-        <v>7290</v>
+        <v>708</v>
       </c>
       <c r="B334" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C334" s="4" t="inlineStr">
         <is>
-          <t>Anna</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D334" s="4" t="inlineStr">
         <is>
-          <t>Conforte</t>
+          <t>Crabas</t>
         </is>
       </c>
       <c r="E334" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F334" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G334" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G334" s="4"/>
     </row>
     <row r="335">
       <c r="A335" s="4" t="n">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="B335" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C335" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D335" s="4" t="inlineStr">
         <is>
-          <t>Crabas</t>
+          <t>Cremer</t>
         </is>
       </c>
       <c r="E335" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F335" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G335" s="4"/>
     </row>
     <row r="336">
       <c r="A336" s="4" t="n">
-        <v>711</v>
+        <v>7703</v>
       </c>
       <c r="B336" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C336" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Delia</t>
         </is>
       </c>
       <c r="D336" s="4" t="inlineStr">
         <is>
-          <t>Cremer</t>
+          <t>Croce</t>
         </is>
       </c>
       <c r="E336" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F336" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G336" s="4"/>
     </row>
     <row r="337">
       <c r="A337" s="4" t="n">
-        <v>7289</v>
+        <v>7702</v>
       </c>
       <c r="B337" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C337" s="4" t="inlineStr">
         <is>
-          <t>Delia</t>
+          <t>Su-Kyung</t>
         </is>
       </c>
       <c r="D337" s="4" t="inlineStr">
         <is>
-          <t>Croce</t>
+          <t>Croci</t>
         </is>
       </c>
       <c r="E337" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>SSKU</t>
         </is>
       </c>
       <c r="F337" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G337" s="4"/>
     </row>
     <row r="338">
       <c r="A338" s="4" t="n">
-        <v>7288</v>
+        <v>7701</v>
       </c>
       <c r="B338" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C338" s="4" t="inlineStr">
         <is>
-          <t>Su-Kyung</t>
+          <t>Kai Suo-Hjuon</t>
         </is>
       </c>
       <c r="D338" s="4" t="inlineStr">
         <is>
           <t>Croci</t>
         </is>
       </c>
       <c r="E338" s="4" t="inlineStr">
         <is>
           <t>SSKU</t>
         </is>
       </c>
       <c r="F338" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G338" s="4"/>
     </row>
     <row r="339">
       <c r="A339" s="4" t="n">
-        <v>7287</v>
+        <v>742</v>
       </c>
       <c r="B339" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C339" s="4" t="inlineStr">
         <is>
-          <t>Kai Suo-Hjuon</t>
+          <t>Nikola</t>
         </is>
       </c>
       <c r="D339" s="4" t="inlineStr">
         <is>
-          <t>Croci</t>
+          <t>Danguzov</t>
         </is>
       </c>
       <c r="E339" s="4" t="inlineStr">
         <is>
-          <t>SSKU</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F339" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G339" s="4"/>
+      <c r="G339" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="340">
       <c r="A340" s="4" t="n">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B340" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C340" s="4" t="inlineStr">
         <is>
-          <t>Nikola</t>
+          <t>Kathrin</t>
         </is>
       </c>
       <c r="D340" s="4" t="inlineStr">
         <is>
-          <t>Danguzov</t>
+          <t>Danioth</t>
         </is>
       </c>
       <c r="E340" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F340" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G340" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="4" t="n">
-        <v>743</v>
+        <v>788</v>
       </c>
       <c r="B341" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C341" s="4" t="inlineStr">
         <is>
-          <t>Kathrin</t>
+          <t>Mirjam</t>
         </is>
       </c>
       <c r="D341" s="4" t="inlineStr">
         <is>
-          <t>Danioth</t>
+          <t>Debon</t>
         </is>
       </c>
       <c r="E341" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F341" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G341" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="4" t="n">
-        <v>788</v>
+        <v>7700</v>
       </c>
       <c r="B342" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C342" s="4" t="inlineStr">
         <is>
-          <t>Mirjam</t>
+          <t>Manuel</t>
         </is>
       </c>
       <c r="D342" s="4" t="inlineStr">
         <is>
-          <t>Debon</t>
+          <t>Del Medico</t>
         </is>
       </c>
       <c r="E342" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F342" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G342" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="4" t="n">
-        <v>7286</v>
+        <v>777</v>
       </c>
       <c r="B343" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C343" s="4" t="inlineStr">
         <is>
-          <t>Manuel</t>
+          <t>Raffaele</t>
         </is>
       </c>
       <c r="D343" s="4" t="inlineStr">
         <is>
-          <t>Del Medico</t>
+          <t>De Paola</t>
         </is>
       </c>
       <c r="E343" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F343" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G343" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G343" s="4"/>
     </row>
     <row r="344">
       <c r="A344" s="4" t="n">
-        <v>777</v>
+        <v>815</v>
       </c>
       <c r="B344" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C344" s="4" t="inlineStr">
         <is>
-          <t>Raffaele</t>
+          <t>Violeta</t>
         </is>
       </c>
       <c r="D344" s="4" t="inlineStr">
         <is>
-          <t>De Paola</t>
+          <t>Despotovic</t>
         </is>
       </c>
       <c r="E344" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F344" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G344" s="4"/>
     </row>
     <row r="345">
       <c r="A345" s="4" t="n">
         <v>813</v>
       </c>
       <c r="B345" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C345" s="4" t="inlineStr">
         <is>
           <t>Ivana</t>
         </is>
       </c>
       <c r="D345" s="4" t="inlineStr">
         <is>
           <t>Despotovic</t>
         </is>
       </c>
       <c r="E345" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F345" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G345" s="4"/>
     </row>
     <row r="346">
       <c r="A346" s="4" t="n">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B346" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C346" s="4" t="inlineStr">
         <is>
-          <t>Violeta</t>
+          <t>Tamara</t>
         </is>
       </c>
       <c r="D346" s="4" t="inlineStr">
         <is>
-          <t>Despotovic</t>
+          <t>Deubelbeiss</t>
         </is>
       </c>
       <c r="E346" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F346" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G346" s="4"/>
     </row>
     <row r="347">
       <c r="A347" s="4" t="n">
-        <v>816</v>
+        <v>7736</v>
       </c>
       <c r="B347" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C347" s="4" t="inlineStr">
         <is>
-          <t>Tamara</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D347" s="4" t="inlineStr">
         <is>
-          <t>Deubelbeiss</t>
+          <t>Dillier</t>
         </is>
       </c>
       <c r="E347" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F347" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G347" s="4"/>
+      <c r="G347" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="348">
       <c r="A348" s="4" t="n">
         <v>845</v>
       </c>
       <c r="B348" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C348" s="4" t="inlineStr">
         <is>
           <t>Moritz</t>
         </is>
       </c>
       <c r="D348" s="4" t="inlineStr">
         <is>
           <t>Dillier</t>
         </is>
       </c>
       <c r="E348" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F348" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G348" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="4" t="n">
-        <v>7285</v>
+        <v>7756</v>
       </c>
       <c r="B349" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C349" s="4" t="inlineStr">
         <is>
           <t>Angela</t>
         </is>
       </c>
       <c r="D349" s="4" t="inlineStr">
         <is>
           <t>Dillier</t>
         </is>
       </c>
       <c r="E349" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F349" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G349" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="4" t="n">
-        <v>7284</v>
+        <v>846</v>
       </c>
       <c r="B350" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C350" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Angela</t>
         </is>
       </c>
       <c r="D350" s="4" t="inlineStr">
         <is>
-          <t>Dillier</t>
+          <t>Dimic</t>
         </is>
       </c>
       <c r="E350" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F350" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G350" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G350" s="4"/>
     </row>
     <row r="351">
       <c r="A351" s="4" t="n">
-        <v>846</v>
+        <v>888</v>
       </c>
       <c r="B351" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C351" s="4" t="inlineStr">
         <is>
-          <t>Angela</t>
+          <t>Petra</t>
         </is>
       </c>
       <c r="D351" s="4" t="inlineStr">
         <is>
-          <t>Dimic</t>
+          <t>Downey</t>
         </is>
       </c>
       <c r="E351" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F351" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G351" s="4"/>
     </row>
     <row r="352">
       <c r="A352" s="4" t="n">
-        <v>888</v>
+        <v>913</v>
       </c>
       <c r="B352" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C352" s="4" t="inlineStr">
         <is>
-          <t>Petra</t>
+          <t>Jonas</t>
         </is>
       </c>
       <c r="D352" s="4" t="inlineStr">
         <is>
-          <t>Downey</t>
+          <t>Dunst</t>
         </is>
       </c>
       <c r="E352" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F352" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G352" s="4"/>
     </row>
     <row r="353">
       <c r="A353" s="4" t="n">
-        <v>913</v>
+        <v>925</v>
       </c>
       <c r="B353" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C353" s="4" t="inlineStr">
         <is>
-          <t>Jonas</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D353" s="4" t="inlineStr">
         <is>
-          <t>Dunst</t>
+          <t>Dutka</t>
         </is>
       </c>
       <c r="E353" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F353" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G353" s="4"/>
+      <c r="G353" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="354">
       <c r="A354" s="4" t="n">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="B354" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C354" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D354" s="4" t="inlineStr">
         <is>
-          <t>Dutka</t>
+          <t>Eberle</t>
         </is>
       </c>
       <c r="E354" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F354" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G354" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G354" s="4"/>
     </row>
     <row r="355">
       <c r="A355" s="4" t="n">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B355" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C355" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D355" s="4" t="inlineStr">
         <is>
           <t>Eberle</t>
         </is>
       </c>
       <c r="E355" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F355" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G355" s="4"/>
     </row>
     <row r="356">
       <c r="A356" s="4" t="n">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B356" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C356" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D356" s="4" t="inlineStr">
         <is>
-          <t>Eberle</t>
+          <t>Eberli</t>
         </is>
       </c>
       <c r="E356" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F356" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G356" s="4"/>
     </row>
     <row r="357">
       <c r="A357" s="4" t="n">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="B357" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C357" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Joana</t>
         </is>
       </c>
       <c r="D357" s="4" t="inlineStr">
         <is>
-          <t>Eberli</t>
+          <t>Egger</t>
         </is>
       </c>
       <c r="E357" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F357" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G357" s="4"/>
     </row>
     <row r="358">
       <c r="A358" s="4" t="n">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="B358" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C358" s="4" t="inlineStr">
         <is>
-          <t>Joana</t>
+          <t>Godi</t>
         </is>
       </c>
       <c r="D358" s="4" t="inlineStr">
         <is>
-          <t>Egger</t>
+          <t>Eggimann</t>
         </is>
       </c>
       <c r="E358" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F358" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G358" s="4"/>
     </row>
     <row r="359">
       <c r="A359" s="4" t="n">
-        <v>954</v>
+        <v>7735</v>
       </c>
       <c r="B359" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C359" s="4" t="inlineStr">
         <is>
-          <t>Godi</t>
+          <t>Anny</t>
         </is>
       </c>
       <c r="D359" s="4" t="inlineStr">
         <is>
-          <t>Eggimann</t>
+          <t>Eichler</t>
         </is>
       </c>
       <c r="E359" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F359" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G359" s="4"/>
+      <c r="G359" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="360">
       <c r="A360" s="4" t="n">
-        <v>7283</v>
+        <v>973</v>
       </c>
       <c r="B360" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C360" s="4" t="inlineStr">
         <is>
-          <t>Anny</t>
+          <t>Alexander</t>
         </is>
       </c>
       <c r="D360" s="4" t="inlineStr">
         <is>
-          <t>Eichler</t>
+          <t>Eid</t>
         </is>
       </c>
       <c r="E360" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F360" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G360" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="4" t="n">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="B361" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C361" s="4" t="inlineStr">
         <is>
-          <t>Alexander</t>
+          <t>Nico</t>
         </is>
       </c>
       <c r="D361" s="4" t="inlineStr">
         <is>
-          <t>Eid</t>
+          <t>Elster</t>
         </is>
       </c>
       <c r="E361" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F361" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G361" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G361" s="4"/>
     </row>
     <row r="362">
       <c r="A362" s="4" t="n">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="B362" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C362" s="4" t="inlineStr">
         <is>
-          <t>Nico</t>
+          <t>Sabrina</t>
         </is>
       </c>
       <c r="D362" s="4" t="inlineStr">
         <is>
-          <t>Elster</t>
+          <t>Emane Meye</t>
         </is>
       </c>
       <c r="E362" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F362" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G362" s="4"/>
     </row>
     <row r="363">
       <c r="A363" s="4" t="n">
-        <v>983</v>
+        <v>7742</v>
       </c>
       <c r="B363" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C363" s="4" t="inlineStr">
         <is>
-          <t>Sabrina</t>
+          <t>Matteo</t>
         </is>
       </c>
       <c r="D363" s="4" t="inlineStr">
         <is>
-          <t>Emane Meye</t>
+          <t>Emanuele</t>
         </is>
       </c>
       <c r="E363" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F363" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G363" s="4"/>
+      <c r="G363" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="364">
       <c r="A364" s="4" t="n">
-        <v>7199</v>
+        <v>1003</v>
       </c>
       <c r="B364" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C364" s="4" t="inlineStr">
         <is>
-          <t>Matteo</t>
+          <t>Sarina</t>
         </is>
       </c>
       <c r="D364" s="4" t="inlineStr">
         <is>
-          <t>Emanuele</t>
+          <t>Erne</t>
         </is>
       </c>
       <c r="E364" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F364" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G364" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G364" s="4"/>
     </row>
     <row r="365">
       <c r="A365" s="4" t="n">
-        <v>1003</v>
+        <v>1069</v>
       </c>
       <c r="B365" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C365" s="4" t="inlineStr">
         <is>
-          <t>Sarina</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D365" s="4" t="inlineStr">
         <is>
-          <t>Erne</t>
+          <t>Ferrari</t>
         </is>
       </c>
       <c r="E365" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F365" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G365" s="4"/>
     </row>
     <row r="366">
       <c r="A366" s="4" t="n">
-        <v>1069</v>
+        <v>1086</v>
       </c>
       <c r="B366" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C366" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Monika</t>
         </is>
       </c>
       <c r="D366" s="4" t="inlineStr">
         <is>
-          <t>Ferrari</t>
+          <t>Fiegle</t>
         </is>
       </c>
       <c r="E366" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F366" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G366" s="4"/>
     </row>
     <row r="367">
       <c r="A367" s="4" t="n">
-        <v>1086</v>
+        <v>1094</v>
       </c>
       <c r="B367" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C367" s="4" t="inlineStr">
         <is>
-          <t>Monika</t>
+          <t>Gina</t>
         </is>
       </c>
       <c r="D367" s="4" t="inlineStr">
         <is>
-          <t>Fiegle</t>
+          <t>Fischer</t>
         </is>
       </c>
       <c r="E367" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F367" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G367" s="4"/>
     </row>
     <row r="368">
       <c r="A368" s="4" t="n">
-        <v>1096</v>
+        <v>7734</v>
       </c>
       <c r="B368" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C368" s="4" t="inlineStr">
         <is>
-          <t>Nicolas</t>
+          <t>Tamara</t>
         </is>
       </c>
       <c r="D368" s="4" t="inlineStr">
         <is>
           <t>Fischer</t>
         </is>
       </c>
       <c r="E368" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F368" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G368" s="4"/>
     </row>
     <row r="369">
       <c r="A369" s="4" t="n">
-        <v>7282</v>
+        <v>1095</v>
       </c>
       <c r="B369" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C369" s="4" t="inlineStr">
         <is>
-          <t>Tamara</t>
+          <t>Jakob</t>
         </is>
       </c>
       <c r="D369" s="4" t="inlineStr">
         <is>
           <t>Fischer</t>
         </is>
       </c>
       <c r="E369" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F369" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G369" s="4"/>
     </row>
     <row r="370">
       <c r="A370" s="4" t="n">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="B370" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C370" s="4" t="inlineStr">
         <is>
-          <t>Gina</t>
+          <t>Nicolas</t>
         </is>
       </c>
       <c r="D370" s="4" t="inlineStr">
         <is>
           <t>Fischer</t>
         </is>
       </c>
       <c r="E370" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F370" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G370" s="4"/>
     </row>
     <row r="371">
       <c r="A371" s="4" t="n">
-        <v>1095</v>
+        <v>7733</v>
       </c>
       <c r="B371" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C371" s="4" t="inlineStr">
         <is>
-          <t>Jakob</t>
+          <t>Neal</t>
         </is>
       </c>
       <c r="D371" s="4" t="inlineStr">
         <is>
-          <t>Fischer</t>
+          <t>Fitze</t>
         </is>
       </c>
       <c r="E371" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F371" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G371" s="4"/>
     </row>
     <row r="372">
       <c r="A372" s="4" t="n">
-        <v>7281</v>
+        <v>1136</v>
       </c>
       <c r="B372" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C372" s="4" t="inlineStr">
         <is>
-          <t>Neal</t>
+          <t>Dominic</t>
         </is>
       </c>
       <c r="D372" s="4" t="inlineStr">
         <is>
-          <t>Fitze</t>
+          <t>Frei</t>
         </is>
       </c>
       <c r="E372" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F372" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G372" s="4"/>
     </row>
     <row r="373">
       <c r="A373" s="4" t="n">
-        <v>1136</v>
+        <v>1147</v>
       </c>
       <c r="B373" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C373" s="4" t="inlineStr">
         <is>
-          <t>Dominic</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D373" s="4" t="inlineStr">
         <is>
-          <t>Frei</t>
+          <t>Frey</t>
         </is>
       </c>
       <c r="E373" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F373" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G373" s="4"/>
     </row>
     <row r="374">
       <c r="A374" s="4" t="n">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c r="B374" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C374" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Hans</t>
         </is>
       </c>
       <c r="D374" s="4" t="inlineStr">
         <is>
-          <t>Frey</t>
+          <t>Frischknecht</t>
         </is>
       </c>
       <c r="E374" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F374" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G374" s="4"/>
     </row>
     <row r="375">
       <c r="A375" s="4" t="n">
-        <v>1159</v>
+        <v>1179</v>
       </c>
       <c r="B375" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C375" s="4" t="inlineStr">
         <is>
-          <t>Hans</t>
+          <t>Dominik</t>
         </is>
       </c>
       <c r="D375" s="4" t="inlineStr">
         <is>
-          <t>Frischknecht</t>
+          <t>Furger</t>
         </is>
       </c>
       <c r="E375" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F375" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G375" s="4"/>
     </row>
     <row r="376">
       <c r="A376" s="4" t="n">
-        <v>1179</v>
+        <v>1188</v>
       </c>
       <c r="B376" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C376" s="4" t="inlineStr">
         <is>
-          <t>Dominik</t>
+          <t>Rita</t>
         </is>
       </c>
       <c r="D376" s="4" t="inlineStr">
         <is>
-          <t>Furger</t>
+          <t>Gadient</t>
         </is>
       </c>
       <c r="E376" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F376" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G376" s="4"/>
     </row>
     <row r="377">
       <c r="A377" s="4" t="n">
-        <v>1188</v>
+        <v>1207</v>
       </c>
       <c r="B377" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C377" s="4" t="inlineStr">
         <is>
-          <t>Rita</t>
+          <t>Tim</t>
         </is>
       </c>
       <c r="D377" s="4" t="inlineStr">
         <is>
-          <t>Gadient</t>
+          <t>Gamma</t>
         </is>
       </c>
       <c r="E377" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F377" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G377" s="4"/>
+      <c r="G377" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="378">
       <c r="A378" s="4" t="n">
-        <v>1207</v>
+        <v>7732</v>
       </c>
       <c r="B378" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C378" s="4" t="inlineStr">
         <is>
-          <t>Tim</t>
+          <t>Tabea</t>
         </is>
       </c>
       <c r="D378" s="4" t="inlineStr">
         <is>
           <t>Gamma</t>
         </is>
       </c>
       <c r="E378" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F378" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G378" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="4" t="n">
-        <v>7280</v>
+        <v>7772</v>
       </c>
       <c r="B379" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C379" s="4" t="inlineStr">
         <is>
-          <t>Tabea</t>
+          <t>Silvia</t>
         </is>
       </c>
       <c r="D379" s="4" t="inlineStr">
         <is>
-          <t>Gamma</t>
+          <t>Gander </t>
         </is>
       </c>
       <c r="E379" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F379" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G379" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G379" s="4"/>
     </row>
     <row r="380">
       <c r="A380" s="4" t="n">
-        <v>7207</v>
+        <v>7731</v>
       </c>
       <c r="B380" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C380" s="4" t="inlineStr">
         <is>
-          <t>Silvia</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D380" s="4" t="inlineStr">
         <is>
-          <t>Gander </t>
+          <t>Garofalo</t>
         </is>
       </c>
       <c r="E380" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F380" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G380" s="4"/>
+      <c r="G380" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="381">
       <c r="A381" s="4" t="n">
-        <v>7279</v>
+        <v>1224</v>
       </c>
       <c r="B381" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C381" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D381" s="4" t="inlineStr">
         <is>
-          <t>Garofalo</t>
+          <t>Gasser</t>
         </is>
       </c>
       <c r="E381" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F381" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G381" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G381" s="4"/>
     </row>
     <row r="382">
       <c r="A382" s="4" t="n">
-        <v>1224</v>
+        <v>1233</v>
       </c>
       <c r="B382" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C382" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D382" s="4" t="inlineStr">
         <is>
-          <t>Gasser</t>
+          <t>Gattiker</t>
         </is>
       </c>
       <c r="E382" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F382" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G382" s="4"/>
     </row>
     <row r="383">
       <c r="A383" s="4" t="n">
-        <v>1233</v>
+        <v>1247</v>
       </c>
       <c r="B383" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C383" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Jürg</t>
         </is>
       </c>
       <c r="D383" s="4" t="inlineStr">
         <is>
-          <t>Gattiker</t>
+          <t>Gehring</t>
         </is>
       </c>
       <c r="E383" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F383" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G383" s="4"/>
     </row>
     <row r="384">
       <c r="A384" s="4" t="n">
-        <v>1247</v>
+        <v>1255</v>
       </c>
       <c r="B384" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C384" s="4" t="inlineStr">
         <is>
-          <t>Jürg</t>
+          <t>Rahel</t>
         </is>
       </c>
       <c r="D384" s="4" t="inlineStr">
         <is>
-          <t>Gehring</t>
+          <t>Geisser</t>
         </is>
       </c>
       <c r="E384" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F384" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G384" s="4"/>
     </row>
     <row r="385">
       <c r="A385" s="4" t="n">
-        <v>1255</v>
+        <v>1278</v>
       </c>
       <c r="B385" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C385" s="4" t="inlineStr">
         <is>
-          <t>Rahel</t>
+          <t>Luana</t>
         </is>
       </c>
       <c r="D385" s="4" t="inlineStr">
         <is>
-          <t>Geisser</t>
+          <t>Germana</t>
         </is>
       </c>
       <c r="E385" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F385" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G385" s="4"/>
     </row>
     <row r="386">
       <c r="A386" s="4" t="n">
-        <v>1278</v>
+        <v>1316</v>
       </c>
       <c r="B386" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C386" s="4" t="inlineStr">
         <is>
-          <t>Luana</t>
+          <t>Jeton</t>
         </is>
       </c>
       <c r="D386" s="4" t="inlineStr">
         <is>
-          <t>Germana</t>
+          <t>Gjoklaj</t>
         </is>
       </c>
       <c r="E386" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F386" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G386" s="4"/>
     </row>
     <row r="387">
       <c r="A387" s="4" t="n">
-        <v>1316</v>
+        <v>7743</v>
       </c>
       <c r="B387" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C387" s="4" t="inlineStr">
         <is>
-          <t>Jeton</t>
+          <t>Eline</t>
         </is>
       </c>
       <c r="D387" s="4" t="inlineStr">
         <is>
-          <t>Gjoklaj</t>
+          <t>Gnos</t>
         </is>
       </c>
       <c r="E387" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F387" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G387" s="4"/>
+      <c r="G387" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="388">
       <c r="A388" s="4" t="n">
-        <v>7198</v>
+        <v>1351</v>
       </c>
       <c r="B388" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C388" s="4" t="inlineStr">
         <is>
-          <t>Eline</t>
+          <t>Irina</t>
         </is>
       </c>
       <c r="D388" s="4" t="inlineStr">
         <is>
-          <t>Gnos</t>
+          <t>Graf</t>
         </is>
       </c>
       <c r="E388" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F388" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G388" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G388" s="4"/>
     </row>
     <row r="389">
       <c r="A389" s="4" t="n">
         <v>1357</v>
       </c>
       <c r="B389" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C389" s="4" t="inlineStr">
         <is>
           <t>Mike</t>
         </is>
       </c>
       <c r="D389" s="4" t="inlineStr">
         <is>
           <t>Graf</t>
         </is>
       </c>
       <c r="E389" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F389" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G389" s="4"/>
     </row>
     <row r="390">
       <c r="A390" s="4" t="n">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="B390" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C390" s="4" t="inlineStr">
         <is>
-          <t>Irina</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D390" s="4" t="inlineStr">
         <is>
           <t>Graf</t>
         </is>
       </c>
       <c r="E390" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F390" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G390" s="4"/>
     </row>
     <row r="391">
       <c r="A391" s="4" t="n">
-        <v>1356</v>
+        <v>1381</v>
       </c>
       <c r="B391" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C391" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D391" s="4" t="inlineStr">
         <is>
-          <t>Graf</t>
+          <t>Gross</t>
         </is>
       </c>
       <c r="E391" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F391" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G391" s="4"/>
     </row>
     <row r="392">
       <c r="A392" s="4" t="n">
-        <v>1381</v>
+        <v>7730</v>
       </c>
       <c r="B392" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C392" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Carl Friedrich</t>
         </is>
       </c>
       <c r="D392" s="4" t="inlineStr">
         <is>
-          <t>Gross</t>
+          <t>Grössel</t>
         </is>
       </c>
       <c r="E392" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F392" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G392" s="4"/>
     </row>
     <row r="393">
       <c r="A393" s="4" t="n">
-        <v>7278</v>
+        <v>7729</v>
       </c>
       <c r="B393" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C393" s="4" t="inlineStr">
         <is>
-          <t>Carl Friedrich</t>
+          <t>Pia</t>
         </is>
       </c>
       <c r="D393" s="4" t="inlineStr">
         <is>
-          <t>Grössel</t>
+          <t>Gut</t>
         </is>
       </c>
       <c r="E393" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F393" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G393" s="4"/>
     </row>
     <row r="394">
       <c r="A394" s="4" t="n">
-        <v>7277</v>
+        <v>7728</v>
       </c>
       <c r="B394" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C394" s="4" t="inlineStr">
         <is>
-          <t>Pia</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D394" s="4" t="inlineStr">
         <is>
-          <t>Gut</t>
+          <t>Haas</t>
         </is>
       </c>
       <c r="E394" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F394" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G394" s="4"/>
+      <c r="G394" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="395">
       <c r="A395" s="4" t="n">
-        <v>7276</v>
+        <v>1443</v>
       </c>
       <c r="B395" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C395" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Karin</t>
         </is>
       </c>
       <c r="D395" s="4" t="inlineStr">
         <is>
-          <t>Haas</t>
+          <t>Haberkorn</t>
         </is>
       </c>
       <c r="E395" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F395" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G395" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G395" s="4"/>
     </row>
     <row r="396">
       <c r="A396" s="4" t="n">
-        <v>1443</v>
+        <v>1476</v>
       </c>
       <c r="B396" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C396" s="4" t="inlineStr">
         <is>
-          <t>Karin</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D396" s="4" t="inlineStr">
         <is>
-          <t>Haberkorn</t>
+          <t>Hänni</t>
         </is>
       </c>
       <c r="E396" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F396" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G396" s="4"/>
     </row>
     <row r="397">
       <c r="A397" s="4" t="n">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="B397" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C397" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Florian</t>
         </is>
       </c>
       <c r="D397" s="4" t="inlineStr">
         <is>
-          <t>Hänni</t>
+          <t>Hanselmann</t>
         </is>
       </c>
       <c r="E397" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F397" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G397" s="4"/>
     </row>
     <row r="398">
       <c r="A398" s="4" t="n">
-        <v>1477</v>
+        <v>1492</v>
       </c>
       <c r="B398" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C398" s="4" t="inlineStr">
         <is>
-          <t>Florian</t>
+          <t>Bernd</t>
         </is>
       </c>
       <c r="D398" s="4" t="inlineStr">
         <is>
-          <t>Hanselmann</t>
+          <t>Hatlanek</t>
         </is>
       </c>
       <c r="E398" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F398" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G398" s="4"/>
     </row>
     <row r="399">
       <c r="A399" s="4" t="n">
-        <v>1492</v>
+        <v>1513</v>
       </c>
       <c r="B399" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C399" s="4" t="inlineStr">
         <is>
-          <t>Bernd</t>
+          <t>Lucien</t>
         </is>
       </c>
       <c r="D399" s="4" t="inlineStr">
         <is>
-          <t>Hatlanek</t>
+          <t>Hehl</t>
         </is>
       </c>
       <c r="E399" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F399" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G399" s="4"/>
     </row>
     <row r="400">
       <c r="A400" s="4" t="n">
-        <v>1513</v>
+        <v>1527</v>
       </c>
       <c r="B400" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C400" s="4" t="inlineStr">
         <is>
-          <t>Lucien</t>
+          <t>Meret</t>
         </is>
       </c>
       <c r="D400" s="4" t="inlineStr">
         <is>
-          <t>Hehl</t>
+          <t>Helbling</t>
         </is>
       </c>
       <c r="E400" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F400" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G400" s="4"/>
+      <c r="G400" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="401">
       <c r="A401" s="4" t="n">
-        <v>1527</v>
+        <v>1533</v>
       </c>
       <c r="B401" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C401" s="4" t="inlineStr">
         <is>
-          <t>Meret</t>
+          <t>Thierry</t>
         </is>
       </c>
       <c r="D401" s="4" t="inlineStr">
         <is>
-          <t>Helbling</t>
+          <t>Heraief</t>
         </is>
       </c>
       <c r="E401" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F401" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G401" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G401" s="4"/>
     </row>
     <row r="402">
       <c r="A402" s="4" t="n">
-        <v>1533</v>
+        <v>1587</v>
       </c>
       <c r="B402" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C402" s="4" t="inlineStr">
         <is>
-          <t>Thierry</t>
+          <t>Melina</t>
         </is>
       </c>
       <c r="D402" s="4" t="inlineStr">
         <is>
-          <t>Heraief</t>
+          <t>Hofstetter</t>
         </is>
       </c>
       <c r="E402" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F402" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G402" s="4"/>
     </row>
     <row r="403">
       <c r="A403" s="4" t="n">
-        <v>1587</v>
+        <v>7773</v>
       </c>
       <c r="B403" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C403" s="4" t="inlineStr">
         <is>
-          <t>Melina</t>
+          <t>Heiko</t>
         </is>
       </c>
       <c r="D403" s="4" t="inlineStr">
         <is>
-          <t>Hofstetter</t>
+          <t>Holzinger </t>
         </is>
       </c>
       <c r="E403" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F403" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G403" s="4"/>
     </row>
     <row r="404">
       <c r="A404" s="4" t="n">
-        <v>7206</v>
+        <v>1617</v>
       </c>
       <c r="B404" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C404" s="4" t="inlineStr">
         <is>
-          <t>Heiko</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D404" s="4" t="inlineStr">
         <is>
-          <t>Holzinger </t>
+          <t>Hrgovcic</t>
         </is>
       </c>
       <c r="E404" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F404" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G404" s="4"/>
+      <c r="G404" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="405">
       <c r="A405" s="4" t="n">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="B405" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C405" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Joel</t>
         </is>
       </c>
       <c r="D405" s="4" t="inlineStr">
         <is>
-          <t>Hrgovcic</t>
+          <t>Huber</t>
         </is>
       </c>
       <c r="E405" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F405" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G405" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G405" s="4"/>
     </row>
     <row r="406">
       <c r="A406" s="4" t="n">
-        <v>1625</v>
+        <v>1638</v>
       </c>
       <c r="B406" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C406" s="4" t="inlineStr">
         <is>
-          <t>Joel</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D406" s="4" t="inlineStr">
         <is>
-          <t>Huber</t>
+          <t>Hug</t>
         </is>
       </c>
       <c r="E406" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F406" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G406" s="4"/>
     </row>
     <row r="407">
       <c r="A407" s="4" t="n">
-        <v>1638</v>
+        <v>1652</v>
       </c>
       <c r="B407" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C407" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Theo</t>
         </is>
       </c>
       <c r="D407" s="4" t="inlineStr">
         <is>
-          <t>Hug</t>
+          <t>Hunziker</t>
         </is>
       </c>
       <c r="E407" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F407" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G407" s="4"/>
     </row>
     <row r="408">
       <c r="A408" s="4" t="n">
-        <v>1652</v>
+        <v>7727</v>
       </c>
       <c r="B408" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C408" s="4" t="inlineStr">
         <is>
-          <t>Theo</t>
+          <t>Arslan</t>
         </is>
       </c>
       <c r="D408" s="4" t="inlineStr">
         <is>
-          <t>Hunziker</t>
+          <t>Hussain</t>
         </is>
       </c>
       <c r="E408" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F408" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G408" s="4"/>
+      <c r="G408" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="409">
       <c r="A409" s="4" t="n">
-        <v>7275</v>
+        <v>7744</v>
       </c>
       <c r="B409" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C409" s="4" t="inlineStr">
         <is>
-          <t>Arslan</t>
+          <t>Moon</t>
         </is>
       </c>
       <c r="D409" s="4" t="inlineStr">
         <is>
-          <t>Hussain</t>
+          <t>Imhof</t>
         </is>
       </c>
       <c r="E409" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F409" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G409" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="4" t="n">
-        <v>7197</v>
+        <v>7726</v>
       </c>
       <c r="B410" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C410" s="4" t="inlineStr">
         <is>
-          <t>Moon</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D410" s="4" t="inlineStr">
         <is>
-          <t>Imhof</t>
+          <t>Irniger</t>
         </is>
       </c>
       <c r="E410" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F410" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G410" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="4" t="n">
-        <v>7274</v>
+        <v>7725</v>
       </c>
       <c r="B411" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C411" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Katrin</t>
         </is>
       </c>
       <c r="D411" s="4" t="inlineStr">
         <is>
-          <t>Irniger</t>
+          <t>Johnson</t>
         </is>
       </c>
       <c r="E411" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F411" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G411" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G411" s="4"/>
     </row>
     <row r="412">
       <c r="A412" s="4" t="n">
-        <v>7273</v>
+        <v>7724</v>
       </c>
       <c r="B412" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C412" s="4" t="inlineStr">
         <is>
-          <t>Katrin</t>
+          <t>Ursula</t>
         </is>
       </c>
       <c r="D412" s="4" t="inlineStr">
         <is>
-          <t>Johnson</t>
+          <t>Josi</t>
         </is>
       </c>
       <c r="E412" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F412" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G412" s="4"/>
+      <c r="G412" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="413">
       <c r="A413" s="4" t="n">
-        <v>7272</v>
+        <v>7723</v>
       </c>
       <c r="B413" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C413" s="4" t="inlineStr">
         <is>
-          <t>Ursula</t>
+          <t>Erhard</t>
         </is>
       </c>
       <c r="D413" s="4" t="inlineStr">
         <is>
-          <t>Josi</t>
+          <t>Joss</t>
         </is>
       </c>
       <c r="E413" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F413" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G413" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>SSKF</t>
         </is>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="4" t="n">
-        <v>7271</v>
+        <v>7722</v>
       </c>
       <c r="B414" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C414" s="4" t="inlineStr">
         <is>
-          <t>Erhard</t>
+          <t>Philipp</t>
         </is>
       </c>
       <c r="D414" s="4" t="inlineStr">
         <is>
-          <t>Joss</t>
+          <t>Jucker</t>
         </is>
       </c>
       <c r="E414" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F414" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G414" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G414" s="4"/>
     </row>
     <row r="415">
       <c r="A415" s="4" t="n">
-        <v>7270</v>
+        <v>1782</v>
       </c>
       <c r="B415" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C415" s="4" t="inlineStr">
         <is>
-          <t>Philipp</t>
+          <t>Raphael</t>
         </is>
       </c>
       <c r="D415" s="4" t="inlineStr">
         <is>
-          <t>Jucker</t>
+          <t>Juszczak</t>
         </is>
       </c>
       <c r="E415" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F415" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G415" s="4"/>
     </row>
     <row r="416">
       <c r="A416" s="4" t="n">
-        <v>1782</v>
+        <v>1833</v>
       </c>
       <c r="B416" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C416" s="4" t="inlineStr">
         <is>
-          <t>Raphael</t>
+          <t>Sevgi</t>
         </is>
       </c>
       <c r="D416" s="4" t="inlineStr">
         <is>
-          <t>Juszczak</t>
+          <t>Kars</t>
         </is>
       </c>
       <c r="E416" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F416" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G416" s="4"/>
     </row>
     <row r="417">
       <c r="A417" s="4" t="n">
-        <v>1833</v>
+        <v>7721</v>
       </c>
       <c r="B417" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C417" s="4" t="inlineStr">
         <is>
-          <t>Sevgi</t>
+          <t>SUPAN</t>
         </is>
       </c>
       <c r="D417" s="4" t="inlineStr">
         <is>
-          <t>Kars</t>
+          <t>KARUNANITHY</t>
         </is>
       </c>
       <c r="E417" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F417" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G417" s="4"/>
     </row>
     <row r="418">
       <c r="A418" s="4" t="n">
-        <v>7269</v>
+        <v>1849</v>
       </c>
       <c r="B418" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C418" s="4" t="inlineStr">
         <is>
-          <t>SUPAN</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D418" s="4" t="inlineStr">
         <is>
-          <t>KARUNANITHY</t>
+          <t>Keller</t>
         </is>
       </c>
       <c r="E418" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F418" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G418" s="4"/>
     </row>
     <row r="419">
       <c r="A419" s="4" t="n">
         <v>1854</v>
       </c>
       <c r="B419" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C419" s="4" t="inlineStr">
         <is>
           <t>Pascal</t>
         </is>
       </c>
       <c r="D419" s="4" t="inlineStr">
         <is>
           <t>Keller</t>
         </is>
       </c>
       <c r="E419" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F419" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G419" s="4"/>
     </row>
     <row r="420">
       <c r="A420" s="4" t="n">
-        <v>1849</v>
+        <v>1857</v>
       </c>
       <c r="B420" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C420" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Manuel</t>
         </is>
       </c>
       <c r="D420" s="4" t="inlineStr">
         <is>
-          <t>Keller</t>
+          <t>Kempf</t>
         </is>
       </c>
       <c r="E420" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F420" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G420" s="4"/>
     </row>
     <row r="421">
       <c r="A421" s="4" t="n">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="B421" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C421" s="4" t="inlineStr">
         <is>
-          <t>Manuel</t>
+          <t>Johanna</t>
         </is>
       </c>
       <c r="D421" s="4" t="inlineStr">
         <is>
-          <t>Kempf</t>
+          <t>Kempf </t>
         </is>
       </c>
       <c r="E421" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F421" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G421" s="4"/>
     </row>
     <row r="422">
       <c r="A422" s="4" t="n">
-        <v>1859</v>
+        <v>1894</v>
       </c>
       <c r="B422" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C422" s="4" t="inlineStr">
         <is>
-          <t>Johanna</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D422" s="4" t="inlineStr">
         <is>
-          <t>Kempf </t>
+          <t>Knecht</t>
         </is>
       </c>
       <c r="E422" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F422" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G422" s="4"/>
     </row>
     <row r="423">
       <c r="A423" s="4" t="n">
-        <v>1894</v>
+        <v>1901</v>
       </c>
       <c r="B423" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C423" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Remo</t>
         </is>
       </c>
       <c r="D423" s="4" t="inlineStr">
         <is>
-          <t>Knecht</t>
+          <t>Knobel</t>
         </is>
       </c>
       <c r="E423" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F423" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G423" s="4"/>
     </row>
     <row r="424">
       <c r="A424" s="4" t="n">
-        <v>1901</v>
+        <v>1909</v>
       </c>
       <c r="B424" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C424" s="4" t="inlineStr">
         <is>
-          <t>Remo</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D424" s="4" t="inlineStr">
         <is>
-          <t>Knobel</t>
+          <t>Kobel</t>
         </is>
       </c>
       <c r="E424" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F424" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G424" s="4"/>
     </row>
     <row r="425">
       <c r="A425" s="4" t="n">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="B425" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C425" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D425" s="4" t="inlineStr">
         <is>
-          <t>Kobel</t>
+          <t>Köbeli</t>
         </is>
       </c>
       <c r="E425" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F425" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G425" s="4"/>
     </row>
     <row r="426">
       <c r="A426" s="4" t="n">
-        <v>1911</v>
+        <v>7720</v>
       </c>
       <c r="B426" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C426" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Edith</t>
         </is>
       </c>
       <c r="D426" s="4" t="inlineStr">
         <is>
-          <t>Köbeli</t>
+          <t>Kohler</t>
         </is>
       </c>
       <c r="E426" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shozindo</t>
         </is>
       </c>
       <c r="F426" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G426" s="4"/>
+      <c r="G426" s="4" t="inlineStr">
+        <is>
+          <t>SSKF</t>
+        </is>
+      </c>
     </row>
     <row r="427">
       <c r="A427" s="4" t="n">
-        <v>7268</v>
+        <v>1929</v>
       </c>
       <c r="B427" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C427" s="4" t="inlineStr">
         <is>
-          <t>Edith</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D427" s="4" t="inlineStr">
         <is>
-          <t>Kohler</t>
+          <t>Kojic</t>
         </is>
       </c>
       <c r="E427" s="4" t="inlineStr">
         <is>
-          <t>Shozindo</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F427" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G427" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G427" s="4"/>
     </row>
     <row r="428">
       <c r="A428" s="4" t="n">
-        <v>1929</v>
+        <v>1960</v>
       </c>
       <c r="B428" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C428" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D428" s="4" t="inlineStr">
         <is>
-          <t>Kojic</t>
+          <t>Kovalic</t>
         </is>
       </c>
       <c r="E428" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F428" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G428" s="4"/>
     </row>
     <row r="429">
       <c r="A429" s="4" t="n">
-        <v>1960</v>
+        <v>2006</v>
       </c>
       <c r="B429" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C429" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Theres</t>
         </is>
       </c>
       <c r="D429" s="4" t="inlineStr">
         <is>
-          <t>Kovalic</t>
+          <t>Kunz</t>
         </is>
       </c>
       <c r="E429" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F429" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G429" s="4"/>
     </row>
     <row r="430">
       <c r="A430" s="4" t="n">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="B430" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C430" s="4" t="inlineStr">
         <is>
-          <t>Theres</t>
+          <t>Nathalie</t>
         </is>
       </c>
       <c r="D430" s="4" t="inlineStr">
         <is>
-          <t>Kunz</t>
+          <t>Künzle</t>
         </is>
       </c>
       <c r="E430" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F430" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G430" s="4"/>
+      <c r="G430" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="431">
       <c r="A431" s="4" t="n">
-        <v>2008</v>
+        <v>2033</v>
       </c>
       <c r="B431" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C431" s="4" t="inlineStr">
         <is>
-          <t>Nathalie</t>
+          <t>Salvador</t>
         </is>
       </c>
       <c r="D431" s="4" t="inlineStr">
         <is>
-          <t>Künzle</t>
+          <t>Lagares</t>
         </is>
       </c>
       <c r="E431" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F431" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G431" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G431" s="4"/>
     </row>
     <row r="432">
       <c r="A432" s="4" t="n">
-        <v>2033</v>
+        <v>2051</v>
       </c>
       <c r="B432" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C432" s="4" t="inlineStr">
         <is>
-          <t>Salvador</t>
+          <t>Alessia</t>
         </is>
       </c>
       <c r="D432" s="4" t="inlineStr">
         <is>
-          <t>Lagares</t>
+          <t>Lao</t>
         </is>
       </c>
       <c r="E432" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F432" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G432" s="4"/>
+      <c r="G432" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="433">
       <c r="A433" s="4" t="n">
-        <v>2051</v>
+        <v>2085</v>
       </c>
       <c r="B433" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C433" s="4" t="inlineStr">
         <is>
-          <t>Alessia</t>
+          <t>Rahel</t>
         </is>
       </c>
       <c r="D433" s="4" t="inlineStr">
         <is>
-          <t>Lao</t>
+          <t>Leimgruber</t>
         </is>
       </c>
       <c r="E433" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F433" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G433" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G433" s="4"/>
     </row>
     <row r="434">
       <c r="A434" s="4" t="n">
-        <v>2085</v>
+        <v>2119</v>
       </c>
       <c r="B434" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C434" s="4" t="inlineStr">
         <is>
-          <t>Rahel</t>
+          <t>Noelle</t>
         </is>
       </c>
       <c r="D434" s="4" t="inlineStr">
         <is>
-          <t>Leimgruber</t>
+          <t>Leuthold</t>
         </is>
       </c>
       <c r="E434" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F434" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G434" s="4"/>
     </row>
     <row r="435">
       <c r="A435" s="4" t="n">
-        <v>2119</v>
+        <v>7719</v>
       </c>
       <c r="B435" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C435" s="4" t="inlineStr">
         <is>
-          <t>Noelle</t>
+          <t>Gabriela</t>
         </is>
       </c>
       <c r="D435" s="4" t="inlineStr">
         <is>
-          <t>Leuthold</t>
+          <t>Libort</t>
         </is>
       </c>
       <c r="E435" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>SSKU</t>
         </is>
       </c>
       <c r="F435" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G435" s="4"/>
     </row>
     <row r="436">
       <c r="A436" s="4" t="n">
-        <v>7267</v>
+        <v>2125</v>
       </c>
       <c r="B436" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C436" s="4" t="inlineStr">
         <is>
-          <t>Gabriela</t>
+          <t>Theo</t>
         </is>
       </c>
       <c r="D436" s="4" t="inlineStr">
         <is>
-          <t>Libort</t>
+          <t>Liebrand</t>
         </is>
       </c>
       <c r="E436" s="4" t="inlineStr">
         <is>
-          <t>SSKU</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F436" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G436" s="4"/>
     </row>
     <row r="437">
       <c r="A437" s="4" t="n">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="B437" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C437" s="4" t="inlineStr">
         <is>
-          <t>Theo</t>
+          <t>Lovis Marlène</t>
         </is>
       </c>
       <c r="D437" s="4" t="inlineStr">
         <is>
-          <t>Liebrand</t>
+          <t>Linder</t>
         </is>
       </c>
       <c r="E437" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F437" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G437" s="4"/>
     </row>
     <row r="438">
       <c r="A438" s="4" t="n">
-        <v>2129</v>
+        <v>7745</v>
       </c>
       <c r="B438" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C438" s="4" t="inlineStr">
         <is>
-          <t>Lovis Marlène</t>
+          <t>Simone</t>
         </is>
       </c>
       <c r="D438" s="4" t="inlineStr">
         <is>
-          <t>Linder</t>
+          <t>Lionetti</t>
         </is>
       </c>
       <c r="E438" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F438" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G438" s="4"/>
+      <c r="G438" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="439">
       <c r="A439" s="4" t="n">
-        <v>7196</v>
+        <v>2162</v>
       </c>
       <c r="B439" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C439" s="4" t="inlineStr">
         <is>
-          <t>Simone</t>
+          <t>Patricia</t>
         </is>
       </c>
       <c r="D439" s="4" t="inlineStr">
         <is>
-          <t>Lionetti</t>
+          <t>Lovis</t>
         </is>
       </c>
       <c r="E439" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F439" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G439" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G439" s="4"/>
     </row>
     <row r="440">
       <c r="A440" s="4" t="n">
-        <v>2162</v>
+        <v>2167</v>
       </c>
       <c r="B440" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C440" s="4" t="inlineStr">
         <is>
-          <t>Patricia</t>
+          <t>Lara</t>
         </is>
       </c>
       <c r="D440" s="4" t="inlineStr">
         <is>
-          <t>Lovis</t>
+          <t>Lud</t>
         </is>
       </c>
       <c r="E440" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F440" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G440" s="4"/>
     </row>
     <row r="441">
       <c r="A441" s="4" t="n">
-        <v>2167</v>
+        <v>2175</v>
       </c>
       <c r="B441" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C441" s="4" t="inlineStr">
         <is>
-          <t>Lara</t>
+          <t>Maja</t>
         </is>
       </c>
       <c r="D441" s="4" t="inlineStr">
         <is>
-          <t>Lud</t>
+          <t>Luisoni</t>
         </is>
       </c>
       <c r="E441" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F441" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G441" s="4"/>
     </row>
     <row r="442">
       <c r="A442" s="4" t="n">
-        <v>2175</v>
+        <v>7746</v>
       </c>
       <c r="B442" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C442" s="4" t="inlineStr">
         <is>
-          <t>Maja</t>
+          <t>Moritz</t>
         </is>
       </c>
       <c r="D442" s="4" t="inlineStr">
         <is>
-          <t>Luisoni</t>
+          <t>Lüthi</t>
         </is>
       </c>
       <c r="E442" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F442" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G442" s="4"/>
+      <c r="G442" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="443">
       <c r="A443" s="4" t="n">
-        <v>7195</v>
+        <v>2199</v>
       </c>
       <c r="B443" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C443" s="4" t="inlineStr">
         <is>
-          <t>Moritz</t>
+          <t>Phyllis</t>
         </is>
       </c>
       <c r="D443" s="4" t="inlineStr">
         <is>
-          <t>Lüthi</t>
+          <t>Lüthy</t>
         </is>
       </c>
       <c r="E443" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F443" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G443" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G443" s="4"/>
     </row>
     <row r="444">
       <c r="A444" s="4" t="n">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="B444" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C444" s="4" t="inlineStr">
         <is>
-          <t>Phyllis</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D444" s="4" t="inlineStr">
         <is>
-          <t>Lüthy</t>
+          <t>Lutz</t>
         </is>
       </c>
       <c r="E444" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F444" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G444" s="4"/>
     </row>
     <row r="445">
       <c r="A445" s="4" t="n">
-        <v>2201</v>
+        <v>2200</v>
       </c>
       <c r="B445" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C445" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D445" s="4" t="inlineStr">
         <is>
           <t>Lutz</t>
         </is>
       </c>
       <c r="E445" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F445" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G445" s="4"/>
     </row>
     <row r="446">
       <c r="A446" s="4" t="n">
-        <v>2200</v>
+        <v>2203</v>
       </c>
       <c r="B446" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C446" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Irene</t>
         </is>
       </c>
       <c r="D446" s="4" t="inlineStr">
         <is>
-          <t>Lutz</t>
+          <t>Luzi</t>
         </is>
       </c>
       <c r="E446" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F446" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G446" s="4"/>
     </row>
     <row r="447">
       <c r="A447" s="4" t="n">
-        <v>2203</v>
+        <v>7717</v>
       </c>
       <c r="B447" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C447" s="4" t="inlineStr">
         <is>
-          <t>Irene</t>
+          <t>MITHUSA</t>
         </is>
       </c>
       <c r="D447" s="4" t="inlineStr">
         <is>
-          <t>Luzi</t>
+          <t>MAHARAJAH</t>
         </is>
       </c>
       <c r="E447" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F447" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G447" s="4"/>
     </row>
     <row r="448">
       <c r="A448" s="4" t="n">
-        <v>7266</v>
+        <v>7718</v>
       </c>
       <c r="B448" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C448" s="4" t="inlineStr">
         <is>
           <t>MAUTISA</t>
         </is>
       </c>
       <c r="D448" s="4" t="inlineStr">
         <is>
           <t>MAHARAJAH</t>
         </is>
       </c>
       <c r="E448" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F448" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G448" s="4"/>
     </row>
     <row r="449">
       <c r="A449" s="4" t="n">
-        <v>7265</v>
+        <v>7716</v>
       </c>
       <c r="B449" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C449" s="4" t="inlineStr">
         <is>
-          <t>MITHUSA</t>
+          <t>VITHUSA</t>
         </is>
       </c>
       <c r="D449" s="4" t="inlineStr">
         <is>
           <t>MAHARAJAH</t>
         </is>
       </c>
       <c r="E449" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F449" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G449" s="4"/>
     </row>
     <row r="450">
       <c r="A450" s="4" t="n">
-        <v>7264</v>
+        <v>7664</v>
       </c>
       <c r="B450" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C450" s="4" t="inlineStr">
         <is>
-          <t>VITHUSA</t>
+          <t>RAMSHAN</t>
         </is>
       </c>
       <c r="D450" s="4" t="inlineStr">
         <is>
-          <t>MAHARAJAH</t>
+          <t>MAHENTIRAN</t>
         </is>
       </c>
       <c r="E450" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F450" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G450" s="4"/>
     </row>
     <row r="451">
       <c r="A451" s="4" t="n">
-        <v>7263</v>
+        <v>2219</v>
       </c>
       <c r="B451" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C451" s="4" t="inlineStr">
         <is>
-          <t>RAMSHAN</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D451" s="4" t="inlineStr">
         <is>
-          <t>MAHENTIRAN</t>
+          <t>Maiorano</t>
         </is>
       </c>
       <c r="E451" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F451" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G451" s="4"/>
+      <c r="G451" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="452">
       <c r="A452" s="4" t="n">
-        <v>2219</v>
+        <v>7663</v>
       </c>
       <c r="B452" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C452" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Denisa</t>
         </is>
       </c>
       <c r="D452" s="4" t="inlineStr">
         <is>
-          <t>Maiorano</t>
+          <t>Malkoc</t>
         </is>
       </c>
       <c r="E452" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F452" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G452" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="4" t="n">
-        <v>7262</v>
+        <v>7662</v>
       </c>
       <c r="B453" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C453" s="4" t="inlineStr">
         <is>
-          <t>Denisa</t>
+          <t>KAJENTHIRAN</t>
         </is>
       </c>
       <c r="D453" s="4" t="inlineStr">
         <is>
-          <t>Malkoc</t>
+          <t>MANOHARAN</t>
         </is>
       </c>
       <c r="E453" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F453" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G453" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G453" s="4"/>
     </row>
     <row r="454">
       <c r="A454" s="4" t="n">
-        <v>7261</v>
+        <v>2232</v>
       </c>
       <c r="B454" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C454" s="4" t="inlineStr">
         <is>
-          <t>KAJENTHIRAN</t>
+          <t>Endre</t>
         </is>
       </c>
       <c r="D454" s="4" t="inlineStr">
         <is>
-          <t>MANOHARAN</t>
+          <t>Marczi</t>
         </is>
       </c>
       <c r="E454" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F454" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G454" s="4"/>
     </row>
     <row r="455">
       <c r="A455" s="4" t="n">
-        <v>2232</v>
+        <v>7661</v>
       </c>
       <c r="B455" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C455" s="4" t="inlineStr">
         <is>
-          <t>Endre</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D455" s="4" t="inlineStr">
         <is>
-          <t>Marczi</t>
+          <t>Mark</t>
         </is>
       </c>
       <c r="E455" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F455" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G455" s="4"/>
     </row>
     <row r="456">
       <c r="A456" s="4" t="n">
         <v>2235</v>
       </c>
       <c r="B456" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C456" s="4" t="inlineStr">
         <is>
           <t>David</t>
         </is>
       </c>
       <c r="D456" s="4" t="inlineStr">
         <is>
           <t>Mark</t>
         </is>
       </c>
       <c r="E456" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F456" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G456" s="4"/>
     </row>
     <row r="457">
       <c r="A457" s="4" t="n">
-        <v>7260</v>
+        <v>2245</v>
       </c>
       <c r="B457" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C457" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Jessica</t>
         </is>
       </c>
       <c r="D457" s="4" t="inlineStr">
         <is>
-          <t>Mark</t>
+          <t>Marra</t>
         </is>
       </c>
       <c r="E457" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F457" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G457" s="4"/>
     </row>
     <row r="458">
       <c r="A458" s="4" t="n">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="B458" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C458" s="4" t="inlineStr">
         <is>
-          <t>Jessica</t>
+          <t>Vanessa</t>
         </is>
       </c>
       <c r="D458" s="4" t="inlineStr">
         <is>
           <t>Marra</t>
         </is>
       </c>
       <c r="E458" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F458" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G458" s="4"/>
     </row>
     <row r="459">
       <c r="A459" s="4" t="n">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="B459" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C459" s="4" t="inlineStr">
         <is>
-          <t>Vanessa</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D459" s="4" t="inlineStr">
         <is>
-          <t>Marra</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E459" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F459" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G459" s="4"/>
     </row>
     <row r="460">
       <c r="A460" s="4" t="n">
-        <v>2250</v>
+        <v>7747</v>
       </c>
       <c r="B460" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C460" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Maximilian</t>
         </is>
       </c>
       <c r="D460" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Marx</t>
         </is>
       </c>
       <c r="E460" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F460" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G460" s="4"/>
+      <c r="G460" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="461">
       <c r="A461" s="4" t="n">
-        <v>7194</v>
+        <v>7660</v>
       </c>
       <c r="B461" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C461" s="4" t="inlineStr">
         <is>
-          <t>Maximilian</t>
+          <t>Alexandra</t>
         </is>
       </c>
       <c r="D461" s="4" t="inlineStr">
         <is>
-          <t>Marx</t>
+          <t>Meier </t>
         </is>
       </c>
       <c r="E461" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F461" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G461" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G461" s="4"/>
     </row>
     <row r="462">
       <c r="A462" s="4" t="n">
-        <v>7259</v>
+        <v>2316</v>
       </c>
       <c r="B462" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C462" s="4" t="inlineStr">
         <is>
-          <t>Alexandra</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D462" s="4" t="inlineStr">
         <is>
-          <t>Meier </t>
+          <t>Meierhans</t>
         </is>
       </c>
       <c r="E462" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F462" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G462" s="4"/>
+      <c r="G462" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="463">
       <c r="A463" s="4" t="n">
-        <v>2316</v>
+        <v>7659</v>
       </c>
       <c r="B463" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C463" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Sinan</t>
         </is>
       </c>
       <c r="D463" s="4" t="inlineStr">
         <is>
-          <t>Meierhans</t>
+          <t>Menolfi</t>
         </is>
       </c>
       <c r="E463" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F463" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G463" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G463" s="4"/>
     </row>
     <row r="464">
       <c r="A464" s="4" t="n">
-        <v>7258</v>
+        <v>2361</v>
       </c>
       <c r="B464" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C464" s="4" t="inlineStr">
         <is>
-          <t>Sinan</t>
+          <t>Jeannette</t>
         </is>
       </c>
       <c r="D464" s="4" t="inlineStr">
         <is>
-          <t>Menolfi</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="E464" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F464" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G464" s="4"/>
     </row>
     <row r="465">
       <c r="A465" s="4" t="n">
         <v>2367</v>
       </c>
       <c r="B465" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C465" s="4" t="inlineStr">
         <is>
           <t>Melinda</t>
         </is>
       </c>
       <c r="D465" s="4" t="inlineStr">
         <is>
           <t>Michel</t>
         </is>
       </c>
       <c r="E465" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F465" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G465" s="4"/>
     </row>
     <row r="466">
       <c r="A466" s="4" t="n">
-        <v>2361</v>
+        <v>2383</v>
       </c>
       <c r="B466" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C466" s="4" t="inlineStr">
         <is>
-          <t>Jeannette</t>
+          <t>Ilija</t>
         </is>
       </c>
       <c r="D466" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Milovanovic</t>
         </is>
       </c>
       <c r="E466" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F466" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G466" s="4"/>
     </row>
     <row r="467">
       <c r="A467" s="4" t="n">
-        <v>2383</v>
+        <v>7682</v>
       </c>
       <c r="B467" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C467" s="4" t="inlineStr">
         <is>
-          <t>Ilija</t>
+          <t>Gàbor</t>
         </is>
       </c>
       <c r="D467" s="4" t="inlineStr">
         <is>
-          <t>Milovanovic</t>
+          <t>Molnàrk</t>
         </is>
       </c>
       <c r="E467" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F467" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G467" s="4"/>
     </row>
     <row r="468">
       <c r="A468" s="4" t="n">
-        <v>7257</v>
+        <v>7683</v>
       </c>
       <c r="B468" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C468" s="4" t="inlineStr">
         <is>
-          <t>Gàbor</t>
+          <t>Marc-André</t>
         </is>
       </c>
       <c r="D468" s="4" t="inlineStr">
         <is>
-          <t>Molnàrk</t>
+          <t>Moser</t>
         </is>
       </c>
       <c r="E468" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F468" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G468" s="4"/>
     </row>
     <row r="469">
       <c r="A469" s="4" t="n">
-        <v>7256</v>
+        <v>2445</v>
       </c>
       <c r="B469" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C469" s="4" t="inlineStr">
         <is>
-          <t>Marc-André</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D469" s="4" t="inlineStr">
         <is>
-          <t>Moser</t>
+          <t>Mravljov</t>
         </is>
       </c>
       <c r="E469" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F469" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G469" s="4"/>
     </row>
     <row r="470">
       <c r="A470" s="4" t="n">
-        <v>2445</v>
+        <v>7684</v>
       </c>
       <c r="B470" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C470" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="D470" s="4" t="inlineStr">
         <is>
-          <t>Mravljov</t>
+          <t>Mühlemann</t>
         </is>
       </c>
       <c r="E470" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F470" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G470" s="4"/>
     </row>
     <row r="471">
       <c r="A471" s="4" t="n">
-        <v>7255</v>
+        <v>7685</v>
       </c>
       <c r="B471" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C471" s="4" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Jonas</t>
         </is>
       </c>
       <c r="D471" s="4" t="inlineStr">
         <is>
-          <t>Mühlemann</t>
+          <t>Mühlenstein</t>
         </is>
       </c>
       <c r="E471" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shozindo</t>
         </is>
       </c>
       <c r="F471" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G471" s="4"/>
+      <c r="G471" s="4" t="inlineStr">
+        <is>
+          <t>SSKF</t>
+        </is>
+      </c>
     </row>
     <row r="472">
       <c r="A472" s="4" t="n">
-        <v>7254</v>
+        <v>2480</v>
       </c>
       <c r="B472" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C472" s="4" t="inlineStr">
         <is>
-          <t>Jonas</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D472" s="4" t="inlineStr">
         <is>
-          <t>Mühlenstein</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E472" s="4" t="inlineStr">
         <is>
-          <t>Shozindo</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F472" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G472" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G472" s="4"/>
     </row>
     <row r="473">
       <c r="A473" s="4" t="n">
-        <v>2480</v>
+        <v>7755</v>
       </c>
       <c r="B473" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C473" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Doris</t>
         </is>
       </c>
       <c r="D473" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Müller-Wegner</t>
         </is>
       </c>
       <c r="E473" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F473" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G473" s="4"/>
+      <c r="G473" s="4" t="inlineStr">
+        <is>
+          <t>SSKF</t>
+        </is>
+      </c>
     </row>
     <row r="474">
       <c r="A474" s="4" t="n">
-        <v>7186</v>
+        <v>7687</v>
       </c>
       <c r="B474" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C474" s="4" t="inlineStr">
         <is>
-          <t>Doris</t>
+          <t>MITHURAN</t>
         </is>
       </c>
       <c r="D474" s="4" t="inlineStr">
         <is>
-          <t>Müller-Wegner</t>
+          <t>MURALI</t>
         </is>
       </c>
       <c r="E474" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F474" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G474" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G474" s="4"/>
     </row>
     <row r="475">
       <c r="A475" s="4" t="n">
-        <v>7252</v>
+        <v>7688</v>
       </c>
       <c r="B475" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C475" s="4" t="inlineStr">
         <is>
-          <t>MITHURAN</t>
+          <t>SAAJITHAN</t>
         </is>
       </c>
       <c r="D475" s="4" t="inlineStr">
         <is>
           <t>MURALI</t>
         </is>
       </c>
       <c r="E475" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F475" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G475" s="4"/>
     </row>
     <row r="476">
       <c r="A476" s="4" t="n">
-        <v>7251</v>
+        <v>7686</v>
       </c>
       <c r="B476" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C476" s="4" t="inlineStr">
         <is>
-          <t>SAAJITHAN</t>
+          <t>ARTTHIKAN</t>
         </is>
       </c>
       <c r="D476" s="4" t="inlineStr">
         <is>
           <t>MURALI</t>
         </is>
       </c>
       <c r="E476" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F476" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G476" s="4"/>
     </row>
     <row r="477">
       <c r="A477" s="4" t="n">
-        <v>7253</v>
+        <v>7689</v>
       </c>
       <c r="B477" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C477" s="4" t="inlineStr">
         <is>
-          <t>ARTTHIKAN</t>
+          <t>NEROSAN</t>
         </is>
       </c>
       <c r="D477" s="4" t="inlineStr">
         <is>
-          <t>MURALI</t>
+          <t>NAGENDRAN</t>
         </is>
       </c>
       <c r="E477" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F477" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G477" s="4"/>
     </row>
     <row r="478">
       <c r="A478" s="4" t="n">
-        <v>7250</v>
+        <v>2517</v>
       </c>
       <c r="B478" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C478" s="4" t="inlineStr">
         <is>
-          <t>NEROSAN</t>
+          <t>Rocco</t>
         </is>
       </c>
       <c r="D478" s="4" t="inlineStr">
         <is>
-          <t>NAGENDRAN</t>
+          <t>Napoli</t>
         </is>
       </c>
       <c r="E478" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F478" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G478" s="4"/>
     </row>
     <row r="479">
       <c r="A479" s="4" t="n">
-        <v>2517</v>
+        <v>2531</v>
       </c>
       <c r="B479" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C479" s="4" t="inlineStr">
         <is>
-          <t>Rocco</t>
+          <t>Franziska</t>
         </is>
       </c>
       <c r="D479" s="4" t="inlineStr">
         <is>
-          <t>Napoli</t>
+          <t>Neuburger</t>
         </is>
       </c>
       <c r="E479" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F479" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G479" s="4"/>
     </row>
     <row r="480">
       <c r="A480" s="4" t="n">
-        <v>2531</v>
+        <v>7748</v>
       </c>
       <c r="B480" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C480" s="4" t="inlineStr">
         <is>
-          <t>Franziska</t>
+          <t>Miroslav</t>
         </is>
       </c>
       <c r="D480" s="4" t="inlineStr">
         <is>
-          <t>Neuburger</t>
+          <t>Nikolic</t>
         </is>
       </c>
       <c r="E480" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F480" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G480" s="4"/>
+      <c r="G480" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="481">
       <c r="A481" s="4" t="n">
-        <v>7193</v>
+        <v>2603</v>
       </c>
       <c r="B481" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C481" s="4" t="inlineStr">
         <is>
-          <t>Miroslav</t>
+          <t>Ryan</t>
         </is>
       </c>
       <c r="D481" s="4" t="inlineStr">
         <is>
-          <t>Nikolic</t>
+          <t>Ortiz</t>
         </is>
       </c>
       <c r="E481" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F481" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G481" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G481" s="4"/>
     </row>
     <row r="482">
       <c r="A482" s="4" t="n">
-        <v>2603</v>
+        <v>2607</v>
       </c>
       <c r="B482" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C482" s="4" t="inlineStr">
         <is>
-          <t>Ryan</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D482" s="4" t="inlineStr">
         <is>
-          <t>Ortiz</t>
+          <t>Ott</t>
         </is>
       </c>
       <c r="E482" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F482" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G482" s="4"/>
     </row>
     <row r="483">
       <c r="A483" s="4" t="n">
-        <v>2607</v>
+        <v>7690</v>
       </c>
       <c r="B483" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C483" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>DINOJAN</t>
         </is>
       </c>
       <c r="D483" s="4" t="inlineStr">
         <is>
-          <t>Ott</t>
+          <t>PATHMANATHAN</t>
         </is>
       </c>
       <c r="E483" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F483" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G483" s="4"/>
     </row>
     <row r="484">
       <c r="A484" s="4" t="n">
-        <v>7249</v>
+        <v>2632</v>
       </c>
       <c r="B484" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C484" s="4" t="inlineStr">
         <is>
-          <t>DINOJAN</t>
+          <t>Nikola</t>
         </is>
       </c>
       <c r="D484" s="4" t="inlineStr">
         <is>
-          <t>PATHMANATHAN</t>
+          <t>Pavlovic</t>
         </is>
       </c>
       <c r="E484" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F484" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G484" s="4"/>
     </row>
     <row r="485">
       <c r="A485" s="4" t="n">
-        <v>2632</v>
+        <v>2636</v>
       </c>
       <c r="B485" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C485" s="4" t="inlineStr">
         <is>
-          <t>Nikola</t>
+          <t>Manuel</t>
         </is>
       </c>
       <c r="D485" s="4" t="inlineStr">
         <is>
-          <t>Pavlovic</t>
+          <t>Peduto</t>
         </is>
       </c>
       <c r="E485" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F485" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G485" s="4"/>
     </row>
     <row r="486">
       <c r="A486" s="4" t="n">
-        <v>2636</v>
+        <v>2638</v>
       </c>
       <c r="B486" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C486" s="4" t="inlineStr">
         <is>
-          <t>Manuel</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D486" s="4" t="inlineStr">
         <is>
-          <t>Peduto</t>
+          <t>Peinsold</t>
         </is>
       </c>
       <c r="E486" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F486" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G486" s="4"/>
+      <c r="G486" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="487">
       <c r="A487" s="4" t="n">
-        <v>2638</v>
+        <v>7691</v>
       </c>
       <c r="B487" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C487" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Mario Yunior</t>
         </is>
       </c>
       <c r="D487" s="4" t="inlineStr">
         <is>
-          <t>Peinsold</t>
+          <t>Pentassuglia</t>
         </is>
       </c>
       <c r="E487" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F487" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G487" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="4" t="n">
         <v>2649</v>
       </c>
       <c r="B488" s="4" t="n">
         <v>1</v>
       </c>
@@ -14828,4257 +14836,4224 @@
         </is>
       </c>
       <c r="D489" s="4" t="inlineStr">
         <is>
           <t>Pentassuglia</t>
         </is>
       </c>
       <c r="E489" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F489" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G489" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="4" t="n">
-        <v>7248</v>
+        <v>2651</v>
       </c>
       <c r="B490" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C490" s="4" t="inlineStr">
         <is>
-          <t>Mario Yunior</t>
+          <t>Raveendran</t>
         </is>
       </c>
       <c r="D490" s="4" t="inlineStr">
         <is>
-          <t>Pentassuglia</t>
+          <t>Peraveen</t>
         </is>
       </c>
       <c r="E490" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F490" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G490" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G490" s="4"/>
     </row>
     <row r="491">
       <c r="A491" s="4" t="n">
-        <v>2651</v>
+        <v>7692</v>
       </c>
       <c r="B491" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C491" s="4" t="inlineStr">
         <is>
-          <t>Raveendran</t>
+          <t>Candido</t>
         </is>
       </c>
       <c r="D491" s="4" t="inlineStr">
         <is>
-          <t>Peraveen</t>
+          <t>Perez</t>
         </is>
       </c>
       <c r="E491" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F491" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G491" s="4"/>
+      <c r="G491" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="492">
       <c r="A492" s="4" t="n">
-        <v>7247</v>
+        <v>7693</v>
       </c>
       <c r="B492" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C492" s="4" t="inlineStr">
         <is>
-          <t>Candido</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D492" s="4" t="inlineStr">
         <is>
-          <t>Perez</t>
+          <t>Perner</t>
         </is>
       </c>
       <c r="E492" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F492" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G492" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>SSKF</t>
         </is>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="4" t="n">
-        <v>7246</v>
+        <v>2668</v>
       </c>
       <c r="B493" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C493" s="4" t="inlineStr">
         <is>
+          <t>Andrej</t>
+        </is>
+      </c>
+      <c r="D493" s="4" t="inlineStr">
+        <is>
           <t>Peter</t>
         </is>
       </c>
-      <c r="D493" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E493" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F493" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G493" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G493" s="4"/>
     </row>
     <row r="494">
       <c r="A494" s="4" t="n">
-        <v>2668</v>
+        <v>2672</v>
       </c>
       <c r="B494" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C494" s="4" t="inlineStr">
         <is>
-          <t>Andrej</t>
+          <t>Dalibor</t>
         </is>
       </c>
       <c r="D494" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Petkovic</t>
         </is>
       </c>
       <c r="E494" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F494" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G494" s="4"/>
     </row>
     <row r="495">
       <c r="A495" s="4" t="n">
-        <v>2672</v>
+        <v>2683</v>
       </c>
       <c r="B495" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C495" s="4" t="inlineStr">
         <is>
-          <t>Dalibor</t>
+          <t>Werner</t>
         </is>
       </c>
       <c r="D495" s="4" t="inlineStr">
         <is>
-          <t>Petkovic</t>
+          <t>Pezzei</t>
         </is>
       </c>
       <c r="E495" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F495" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G495" s="4"/>
     </row>
     <row r="496">
       <c r="A496" s="4" t="n">
-        <v>2683</v>
+        <v>2686</v>
       </c>
       <c r="B496" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C496" s="4" t="inlineStr">
         <is>
-          <t>Werner</t>
+          <t>Adrian</t>
         </is>
       </c>
       <c r="D496" s="4" t="inlineStr">
         <is>
-          <t>Pezzei</t>
+          <t>Pfaffeneder</t>
         </is>
       </c>
       <c r="E496" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F496" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G496" s="4"/>
     </row>
     <row r="497">
       <c r="A497" s="4" t="n">
-        <v>2686</v>
+        <v>2688</v>
       </c>
       <c r="B497" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C497" s="4" t="inlineStr">
         <is>
-          <t>Adrian</t>
+          <t>Philipp</t>
         </is>
       </c>
       <c r="D497" s="4" t="inlineStr">
         <is>
           <t>Pfaffeneder</t>
         </is>
       </c>
       <c r="E497" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F497" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G497" s="4"/>
     </row>
     <row r="498">
       <c r="A498" s="4" t="n">
-        <v>2688</v>
+        <v>2687</v>
       </c>
       <c r="B498" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C498" s="4" t="inlineStr">
         <is>
-          <t>Philipp</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D498" s="4" t="inlineStr">
         <is>
           <t>Pfaffeneder</t>
         </is>
       </c>
       <c r="E498" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F498" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G498" s="4"/>
     </row>
     <row r="499">
       <c r="A499" s="4" t="n">
-        <v>2687</v>
+        <v>2704</v>
       </c>
       <c r="B499" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C499" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Manuel</t>
         </is>
       </c>
       <c r="D499" s="4" t="inlineStr">
         <is>
-          <t>Pfaffeneder</t>
+          <t>Piasente</t>
         </is>
       </c>
       <c r="E499" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F499" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G499" s="4"/>
     </row>
     <row r="500">
       <c r="A500" s="4" t="n">
-        <v>2704</v>
+        <v>2720</v>
       </c>
       <c r="B500" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C500" s="4" t="inlineStr">
         <is>
-          <t>Manuel</t>
+          <t>Milton</t>
         </is>
       </c>
       <c r="D500" s="4" t="inlineStr">
         <is>
-          <t>Piasente</t>
+          <t>Pinheiro</t>
         </is>
       </c>
       <c r="E500" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F500" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G500" s="4"/>
     </row>
     <row r="501">
       <c r="A501" s="4" t="n">
-        <v>2720</v>
+        <v>2722</v>
       </c>
       <c r="B501" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C501" s="4" t="inlineStr">
         <is>
-          <t>Milton</t>
+          <t>Rafael</t>
         </is>
       </c>
       <c r="D501" s="4" t="inlineStr">
         <is>
-          <t>Pinheiro</t>
+          <t>Pinto</t>
         </is>
       </c>
       <c r="E501" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F501" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G501" s="4"/>
+      <c r="G501" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="502">
       <c r="A502" s="4" t="n">
-        <v>2722</v>
+        <v>2729</v>
       </c>
       <c r="B502" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C502" s="4" t="inlineStr">
         <is>
-          <t>Rafael</t>
+          <t>Piero</t>
         </is>
       </c>
       <c r="D502" s="4" t="inlineStr">
         <is>
-          <t>Pinto</t>
+          <t>Pittalis</t>
         </is>
       </c>
       <c r="E502" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F502" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G502" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="4" t="n">
-        <v>2729</v>
+        <v>2734</v>
       </c>
       <c r="B503" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C503" s="4" t="inlineStr">
         <is>
-          <t>Piero</t>
+          <t>Artan</t>
         </is>
       </c>
       <c r="D503" s="4" t="inlineStr">
         <is>
-          <t>Pittalis</t>
+          <t>Pjetraj</t>
         </is>
       </c>
       <c r="E503" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F503" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G503" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G503" s="4"/>
     </row>
     <row r="504">
       <c r="A504" s="4" t="n">
-        <v>2734</v>
+        <v>7694</v>
       </c>
       <c r="B504" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C504" s="4" t="inlineStr">
         <is>
-          <t>Artan</t>
+          <t>AARJA</t>
         </is>
       </c>
       <c r="D504" s="4" t="inlineStr">
         <is>
-          <t>Pjetraj</t>
+          <t>PREMATHAS</t>
         </is>
       </c>
       <c r="E504" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F504" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G504" s="4"/>
     </row>
     <row r="505">
       <c r="A505" s="4" t="n">
-        <v>7245</v>
+        <v>7695</v>
       </c>
       <c r="B505" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C505" s="4" t="inlineStr">
         <is>
-          <t>AARJA</t>
+          <t>VIDURSAN</t>
         </is>
       </c>
       <c r="D505" s="4" t="inlineStr">
         <is>
-          <t>PREMATHAS</t>
+          <t>PUSPARAJAH</t>
         </is>
       </c>
       <c r="E505" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F505" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G505" s="4"/>
     </row>
     <row r="506">
       <c r="A506" s="4" t="n">
-        <v>7244</v>
+        <v>2800</v>
       </c>
       <c r="B506" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C506" s="4" t="inlineStr">
         <is>
-          <t>VIDURSAN</t>
+          <t>Lidia</t>
         </is>
       </c>
       <c r="D506" s="4" t="inlineStr">
         <is>
-          <t>PUSPARAJAH</t>
+          <t>Ragnacci</t>
         </is>
       </c>
       <c r="E506" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F506" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G506" s="4"/>
     </row>
     <row r="507">
       <c r="A507" s="4" t="n">
-        <v>2800</v>
+        <v>2806</v>
       </c>
       <c r="B507" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C507" s="4" t="inlineStr">
         <is>
-          <t>Lidia</t>
+          <t>Ivo</t>
         </is>
       </c>
       <c r="D507" s="4" t="inlineStr">
         <is>
-          <t>Ragnacci</t>
+          <t>Raisle</t>
         </is>
       </c>
       <c r="E507" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F507" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G507" s="4"/>
     </row>
     <row r="508">
       <c r="A508" s="4" t="n">
-        <v>2806</v>
+        <v>7696</v>
       </c>
       <c r="B508" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C508" s="4" t="inlineStr">
         <is>
-          <t>Ivo</t>
+          <t>VIGNARAJAH</t>
         </is>
       </c>
       <c r="D508" s="4" t="inlineStr">
         <is>
-          <t>Raisle</t>
+          <t>RAJARATNAM</t>
         </is>
       </c>
       <c r="E508" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F508" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G508" s="4"/>
     </row>
     <row r="509">
       <c r="A509" s="4" t="n">
-        <v>7243</v>
+        <v>7697</v>
       </c>
       <c r="B509" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C509" s="4" t="inlineStr">
         <is>
-          <t>VIGNARAJAH</t>
+          <t>UTHAYAKANTH</t>
         </is>
       </c>
       <c r="D509" s="4" t="inlineStr">
         <is>
-          <t>RAJARATNAM</t>
+          <t>RASALINGAM</t>
         </is>
       </c>
       <c r="E509" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F509" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G509" s="4"/>
     </row>
     <row r="510">
       <c r="A510" s="4" t="n">
-        <v>7242</v>
+        <v>2821</v>
       </c>
       <c r="B510" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C510" s="4" t="inlineStr">
         <is>
-          <t>UTHAYAKANTH</t>
+          <t>Felix</t>
         </is>
       </c>
       <c r="D510" s="4" t="inlineStr">
         <is>
-          <t>RASALINGAM</t>
+          <t>Rauh</t>
         </is>
       </c>
       <c r="E510" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F510" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G510" s="4"/>
     </row>
     <row r="511">
       <c r="A511" s="4" t="n">
-        <v>2821</v>
+        <v>2826</v>
       </c>
       <c r="B511" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C511" s="4" t="inlineStr">
         <is>
-          <t>Felix</t>
+          <t>Valentin</t>
         </is>
       </c>
       <c r="D511" s="4" t="inlineStr">
         <is>
-          <t>Rauh</t>
+          <t>Ray</t>
         </is>
       </c>
       <c r="E511" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F511" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G511" s="4"/>
     </row>
     <row r="512">
       <c r="A512" s="4" t="n">
-        <v>2826</v>
+        <v>2865</v>
       </c>
       <c r="B512" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C512" s="4" t="inlineStr">
         <is>
-          <t>Valentin</t>
+          <t>Melina</t>
         </is>
       </c>
       <c r="D512" s="4" t="inlineStr">
         <is>
-          <t>Ray</t>
+          <t>Reusser</t>
         </is>
       </c>
       <c r="E512" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F512" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G512" s="4"/>
     </row>
     <row r="513">
       <c r="A513" s="4" t="n">
-        <v>2865</v>
+        <v>2870</v>
       </c>
       <c r="B513" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C513" s="4" t="inlineStr">
         <is>
-          <t>Melina</t>
+          <t>François</t>
         </is>
       </c>
       <c r="D513" s="4" t="inlineStr">
         <is>
-          <t>Reusser</t>
+          <t>Riat</t>
         </is>
       </c>
       <c r="E513" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F513" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G513" s="4"/>
     </row>
     <row r="514">
       <c r="A514" s="4" t="n">
-        <v>2870</v>
+        <v>2874</v>
       </c>
       <c r="B514" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C514" s="4" t="inlineStr">
         <is>
-          <t>François</t>
+          <t>Knut</t>
         </is>
       </c>
       <c r="D514" s="4" t="inlineStr">
         <is>
-          <t>Riat</t>
+          <t>Richter</t>
         </is>
       </c>
       <c r="E514" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F514" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G514" s="4"/>
     </row>
     <row r="515">
       <c r="A515" s="4" t="n">
-        <v>2874</v>
+        <v>2883</v>
       </c>
       <c r="B515" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C515" s="4" t="inlineStr">
         <is>
-          <t>Knut</t>
+          <t>Tim</t>
         </is>
       </c>
       <c r="D515" s="4" t="inlineStr">
         <is>
-          <t>Richter</t>
+          <t>Rieder</t>
         </is>
       </c>
       <c r="E515" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F515" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G515" s="4"/>
     </row>
     <row r="516">
       <c r="A516" s="4" t="n">
         <v>2882</v>
       </c>
       <c r="B516" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C516" s="4" t="inlineStr">
         <is>
           <t>Moni</t>
         </is>
       </c>
       <c r="D516" s="4" t="inlineStr">
         <is>
           <t>Rieder</t>
         </is>
       </c>
       <c r="E516" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F516" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G516" s="4"/>
     </row>
     <row r="517">
       <c r="A517" s="4" t="n">
-        <v>2883</v>
+        <v>2884</v>
       </c>
       <c r="B517" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C517" s="4" t="inlineStr">
         <is>
-          <t>Tim</t>
+          <t>Joggi</t>
         </is>
       </c>
       <c r="D517" s="4" t="inlineStr">
         <is>
-          <t>Rieder</t>
+          <t>Rieder-Schmid</t>
         </is>
       </c>
       <c r="E517" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F517" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G517" s="4"/>
     </row>
     <row r="518">
       <c r="A518" s="4" t="n">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="B518" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C518" s="4" t="inlineStr">
         <is>
-          <t>Joggi</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D518" s="4" t="inlineStr">
         <is>
-          <t>Rieder-Schmid</t>
+          <t>Riedi</t>
         </is>
       </c>
       <c r="E518" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F518" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G518" s="4"/>
     </row>
     <row r="519">
       <c r="A519" s="4" t="n">
-        <v>2885</v>
+        <v>2902</v>
       </c>
       <c r="B519" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C519" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Miroljub</t>
         </is>
       </c>
       <c r="D519" s="4" t="inlineStr">
         <is>
-          <t>Riedi</t>
+          <t>Ristic</t>
         </is>
       </c>
       <c r="E519" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F519" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G519" s="4"/>
     </row>
     <row r="520">
       <c r="A520" s="4" t="n">
-        <v>2902</v>
+        <v>2921</v>
       </c>
       <c r="B520" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C520" s="4" t="inlineStr">
         <is>
-          <t>Miroljub</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D520" s="4" t="inlineStr">
         <is>
-          <t>Ristic</t>
+          <t>Rohner</t>
         </is>
       </c>
       <c r="E520" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F520" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G520" s="4"/>
     </row>
     <row r="521">
       <c r="A521" s="4" t="n">
-        <v>2921</v>
+        <v>2933</v>
       </c>
       <c r="B521" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C521" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D521" s="4" t="inlineStr">
         <is>
-          <t>Rohner</t>
+          <t>Romano</t>
         </is>
       </c>
       <c r="E521" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F521" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G521" s="4"/>
+      <c r="G521" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="522">
       <c r="A522" s="4" t="n">
-        <v>2933</v>
+        <v>7698</v>
       </c>
       <c r="B522" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C522" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Elena</t>
         </is>
       </c>
       <c r="D522" s="4" t="inlineStr">
         <is>
-          <t>Romano</t>
+          <t>Rösch</t>
         </is>
       </c>
       <c r="E522" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F522" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G522" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="4" t="n">
-        <v>7241</v>
+        <v>2979</v>
       </c>
       <c r="B523" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C523" s="4" t="inlineStr">
         <is>
-          <t>Elena</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D523" s="4" t="inlineStr">
         <is>
-          <t>Rösch</t>
+          <t>Rüegg</t>
         </is>
       </c>
       <c r="E523" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F523" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G523" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="4" t="n">
-        <v>2979</v>
+        <v>2984</v>
       </c>
       <c r="B524" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C524" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Jonas</t>
         </is>
       </c>
       <c r="D524" s="4" t="inlineStr">
         <is>
-          <t>Rüegg</t>
+          <t>Ruepp</t>
         </is>
       </c>
       <c r="E524" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F524" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G524" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G524" s="4"/>
     </row>
     <row r="525">
       <c r="A525" s="4" t="n">
-        <v>2984</v>
+        <v>2986</v>
       </c>
       <c r="B525" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C525" s="4" t="inlineStr">
         <is>
-          <t>Jonas</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D525" s="4" t="inlineStr">
         <is>
-          <t>Ruepp</t>
+          <t>Ruesch</t>
         </is>
       </c>
       <c r="E525" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F525" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G525" s="4"/>
     </row>
     <row r="526">
       <c r="A526" s="4" t="n">
-        <v>2986</v>
+        <v>3022</v>
       </c>
       <c r="B526" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C526" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Noemi</t>
         </is>
       </c>
       <c r="D526" s="4" t="inlineStr">
         <is>
-          <t>Ruesch</t>
+          <t>Sablonier</t>
         </is>
       </c>
       <c r="E526" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F526" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G526" s="4"/>
     </row>
     <row r="527">
       <c r="A527" s="4" t="n">
-        <v>3022</v>
+        <v>7665</v>
       </c>
       <c r="B527" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C527" s="4" t="inlineStr">
         <is>
-          <t>Noemi</t>
+          <t>Haris</t>
         </is>
       </c>
       <c r="D527" s="4" t="inlineStr">
         <is>
-          <t>Sablonier</t>
+          <t>Šabotić</t>
         </is>
       </c>
       <c r="E527" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F527" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G527" s="4"/>
+      <c r="G527" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="528">
       <c r="A528" s="4" t="n">
-        <v>7240</v>
+        <v>3048</v>
       </c>
       <c r="B528" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C528" s="4" t="inlineStr">
         <is>
-          <t>Haris</t>
+          <t>Björn</t>
         </is>
       </c>
       <c r="D528" s="4" t="inlineStr">
         <is>
-          <t>Šabotić</t>
+          <t>Samland</t>
         </is>
       </c>
       <c r="E528" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F528" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G528" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G528" s="4"/>
     </row>
     <row r="529">
       <c r="A529" s="4" t="n">
-        <v>3048</v>
+        <v>7666</v>
       </c>
       <c r="B529" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C529" s="4" t="inlineStr">
         <is>
-          <t>Björn</t>
+          <t>Timo</t>
         </is>
       </c>
       <c r="D529" s="4" t="inlineStr">
         <is>
-          <t>Samland</t>
+          <t>Sarkar</t>
         </is>
       </c>
       <c r="E529" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F529" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G529" s="4"/>
     </row>
     <row r="530">
       <c r="A530" s="4" t="n">
-        <v>7239</v>
+        <v>3065</v>
       </c>
       <c r="B530" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C530" s="4" t="inlineStr">
         <is>
-          <t>Timo</t>
+          <t>Selin</t>
         </is>
       </c>
       <c r="D530" s="4" t="inlineStr">
         <is>
-          <t>Sarkar</t>
+          <t>Sarucan</t>
         </is>
       </c>
       <c r="E530" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F530" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G530" s="4"/>
     </row>
     <row r="531">
       <c r="A531" s="4" t="n">
-        <v>3065</v>
+        <v>3068</v>
       </c>
       <c r="B531" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C531" s="4" t="inlineStr">
         <is>
-          <t>Selin</t>
+          <t>Sven</t>
         </is>
       </c>
       <c r="D531" s="4" t="inlineStr">
         <is>
-          <t>Sarucan</t>
+          <t>Sattler</t>
         </is>
       </c>
       <c r="E531" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F531" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G531" s="4"/>
     </row>
     <row r="532">
       <c r="A532" s="4" t="n">
-        <v>3068</v>
+        <v>3083</v>
       </c>
       <c r="B532" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C532" s="4" t="inlineStr">
         <is>
-          <t>Sven</t>
+          <t>Adrian</t>
         </is>
       </c>
       <c r="D532" s="4" t="inlineStr">
         <is>
-          <t>Sattler</t>
+          <t>Scaduto</t>
         </is>
       </c>
       <c r="E532" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F532" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G532" s="4"/>
     </row>
     <row r="533">
       <c r="A533" s="4" t="n">
-        <v>3083</v>
+        <v>7667</v>
       </c>
       <c r="B533" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C533" s="4" t="inlineStr">
         <is>
-          <t>Adrian</t>
+          <t>Nadine</t>
         </is>
       </c>
       <c r="D533" s="4" t="inlineStr">
         <is>
           <t>Scaduto</t>
         </is>
       </c>
       <c r="E533" s="4" t="inlineStr">
         <is>
           <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F533" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G533" s="4"/>
+      <c r="G533" s="4" t="inlineStr">
+        <is>
+          <t>SSKF</t>
+        </is>
+      </c>
     </row>
     <row r="534">
       <c r="A534" s="4" t="n">
-        <v>7238</v>
+        <v>7668</v>
       </c>
       <c r="B534" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C534" s="4" t="inlineStr">
         <is>
-          <t>Nadine</t>
+          <t>SINOYAN</t>
         </is>
       </c>
       <c r="D534" s="4" t="inlineStr">
         <is>
-          <t>Scaduto</t>
+          <t>SCHÄFER</t>
         </is>
       </c>
       <c r="E534" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F534" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G534" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G534" s="4"/>
     </row>
     <row r="535">
       <c r="A535" s="4" t="n">
-        <v>7237</v>
+        <v>7769</v>
       </c>
       <c r="B535" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C535" s="4" t="inlineStr">
         <is>
-          <t>SINOYAN</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D535" s="4" t="inlineStr">
         <is>
-          <t>SCHÄFER</t>
+          <t>Schaltegger</t>
         </is>
       </c>
       <c r="E535" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F535" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G535" s="4"/>
+      <c r="G535" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="536">
       <c r="A536" s="4" t="n">
-        <v>7210</v>
+        <v>3122</v>
       </c>
       <c r="B536" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C536" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Alexander</t>
         </is>
       </c>
       <c r="D536" s="4" t="inlineStr">
         <is>
-          <t>Schaltegger</t>
+          <t>Schenkel</t>
         </is>
       </c>
       <c r="E536" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F536" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G536" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G536" s="4"/>
     </row>
     <row r="537">
       <c r="A537" s="4" t="n">
-        <v>3122</v>
+        <v>3177</v>
       </c>
       <c r="B537" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C537" s="4" t="inlineStr">
         <is>
-          <t>Alexander</t>
+          <t>Tobias</t>
         </is>
       </c>
       <c r="D537" s="4" t="inlineStr">
         <is>
-          <t>Schenkel</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E537" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F537" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G537" s="4"/>
     </row>
     <row r="538">
       <c r="A538" s="4" t="n">
-        <v>3177</v>
+        <v>3174</v>
       </c>
       <c r="B538" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C538" s="4" t="inlineStr">
         <is>
-          <t>Tobias</t>
+          <t>Silvan</t>
         </is>
       </c>
       <c r="D538" s="4" t="inlineStr">
         <is>
           <t>Schmid</t>
         </is>
       </c>
       <c r="E538" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F538" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G538" s="4"/>
     </row>
     <row r="539">
       <c r="A539" s="4" t="n">
-        <v>3174</v>
+        <v>7774</v>
       </c>
       <c r="B539" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C539" s="4" t="inlineStr">
         <is>
-          <t>Silvan</t>
+          <t>Nico</t>
         </is>
       </c>
       <c r="D539" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Schmucki</t>
         </is>
       </c>
       <c r="E539" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F539" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G539" s="4"/>
     </row>
     <row r="540">
       <c r="A540" s="4" t="n">
-        <v>7205</v>
+        <v>3189</v>
       </c>
       <c r="B540" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C540" s="4" t="inlineStr">
         <is>
-          <t>Nico</t>
+          <t>Kai</t>
         </is>
       </c>
       <c r="D540" s="4" t="inlineStr">
         <is>
-          <t>Schmucki</t>
+          <t>Schmutz</t>
         </is>
       </c>
       <c r="E540" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F540" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G540" s="4"/>
     </row>
     <row r="541">
       <c r="A541" s="4" t="n">
-        <v>3189</v>
+        <v>3197</v>
       </c>
       <c r="B541" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C541" s="4" t="inlineStr">
         <is>
-          <t>Kai</t>
+          <t>Jasmin</t>
         </is>
       </c>
       <c r="D541" s="4" t="inlineStr">
         <is>
-          <t>Schmutz</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E541" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F541" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G541" s="4"/>
     </row>
     <row r="542">
       <c r="A542" s="4" t="n">
-        <v>3197</v>
+        <v>3195</v>
       </c>
       <c r="B542" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C542" s="4" t="inlineStr">
         <is>
-          <t>Jasmin</t>
+          <t>Charlotte</t>
         </is>
       </c>
       <c r="D542" s="4" t="inlineStr">
         <is>
           <t>Schneider</t>
         </is>
       </c>
       <c r="E542" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F542" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G542" s="4"/>
     </row>
     <row r="543">
       <c r="A543" s="4" t="n">
-        <v>3195</v>
+        <v>3216</v>
       </c>
       <c r="B543" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C543" s="4" t="inlineStr">
         <is>
-          <t>Charlotte</t>
+          <t>Elvira</t>
         </is>
       </c>
       <c r="D543" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Schnyder</t>
         </is>
       </c>
       <c r="E543" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F543" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G543" s="4"/>
     </row>
     <row r="544">
       <c r="A544" s="4" t="n">
-        <v>3216</v>
+        <v>3230</v>
       </c>
       <c r="B544" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C544" s="4" t="inlineStr">
         <is>
-          <t>Elvira</t>
+          <t>Henry</t>
         </is>
       </c>
       <c r="D544" s="4" t="inlineStr">
         <is>
-          <t>Schnyder</t>
+          <t>Schönenberger</t>
         </is>
       </c>
       <c r="E544" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F544" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G544" s="4"/>
     </row>
     <row r="545">
       <c r="A545" s="4" t="n">
         <v>3229</v>
       </c>
       <c r="B545" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C545" s="4" t="inlineStr">
         <is>
           <t>Henry</t>
         </is>
       </c>
       <c r="D545" s="4" t="inlineStr">
         <is>
           <t>Schönenberger</t>
         </is>
       </c>
       <c r="E545" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F545" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G545" s="4"/>
     </row>
     <row r="546">
       <c r="A546" s="4" t="n">
-        <v>3230</v>
+        <v>3271</v>
       </c>
       <c r="B546" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C546" s="4" t="inlineStr">
         <is>
-          <t>Henry</t>
+          <t>Natasha</t>
         </is>
       </c>
       <c r="D546" s="4" t="inlineStr">
         <is>
-          <t>Schönenberger</t>
+          <t>Schweizer</t>
         </is>
       </c>
       <c r="E546" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F546" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G546" s="4"/>
     </row>
     <row r="547">
       <c r="A547" s="4" t="n">
-        <v>3271</v>
+        <v>3293</v>
       </c>
       <c r="B547" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C547" s="4" t="inlineStr">
         <is>
-          <t>Natasha</t>
+          <t>Udo</t>
         </is>
       </c>
       <c r="D547" s="4" t="inlineStr">
         <is>
-          <t>Schweizer</t>
+          <t>Seitz</t>
         </is>
       </c>
       <c r="E547" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F547" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G547" s="4"/>
     </row>
     <row r="548">
       <c r="A548" s="4" t="n">
-        <v>3293</v>
+        <v>3303</v>
       </c>
       <c r="B548" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C548" s="4" t="inlineStr">
         <is>
-          <t>Udo</t>
+          <t>Selvendran</t>
         </is>
       </c>
       <c r="D548" s="4" t="inlineStr">
         <is>
-          <t>Seitz</t>
+          <t>Selvaratnam</t>
         </is>
       </c>
       <c r="E548" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F548" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G548" s="4"/>
     </row>
     <row r="549">
       <c r="A549" s="4" t="n">
-        <v>3303</v>
+        <v>3306</v>
       </c>
       <c r="B549" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C549" s="4" t="inlineStr">
         <is>
-          <t>Selvendran</t>
+          <t>Janis</t>
         </is>
       </c>
       <c r="D549" s="4" t="inlineStr">
         <is>
-          <t>Selvaratnam</t>
+          <t>Senn</t>
         </is>
       </c>
       <c r="E549" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F549" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G549" s="4"/>
+      <c r="G549" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="550">
       <c r="A550" s="4" t="n">
-        <v>3306</v>
+        <v>7669</v>
       </c>
       <c r="B550" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C550" s="4" t="inlineStr">
         <is>
-          <t>Janis</t>
+          <t>ATHINAN</t>
         </is>
       </c>
       <c r="D550" s="4" t="inlineStr">
         <is>
-          <t>Senn</t>
+          <t>SENTHEESWARAN</t>
         </is>
       </c>
       <c r="E550" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F550" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G550" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G550" s="4"/>
     </row>
     <row r="551">
       <c r="A551" s="4" t="n">
-        <v>7236</v>
+        <v>3309</v>
       </c>
       <c r="B551" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C551" s="4" t="inlineStr">
         <is>
-          <t>ATHINAN</t>
+          <t>Kaan</t>
         </is>
       </c>
       <c r="D551" s="4" t="inlineStr">
         <is>
-          <t>SENTHEESWARAN</t>
+          <t>Sentürk</t>
         </is>
       </c>
       <c r="E551" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F551" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G551" s="4"/>
     </row>
     <row r="552">
       <c r="A552" s="4" t="n">
-        <v>3309</v>
+        <v>3333</v>
       </c>
       <c r="B552" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C552" s="4" t="inlineStr">
         <is>
-          <t>Kaan</t>
+          <t>Pius</t>
         </is>
       </c>
       <c r="D552" s="4" t="inlineStr">
         <is>
-          <t>Sentürk</t>
+          <t>Sieber</t>
         </is>
       </c>
       <c r="E552" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F552" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G552" s="4"/>
     </row>
     <row r="553">
       <c r="A553" s="4" t="n">
-        <v>3333</v>
+        <v>3335</v>
       </c>
       <c r="B553" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C553" s="4" t="inlineStr">
         <is>
-          <t>Pius</t>
+          <t>Felix</t>
         </is>
       </c>
       <c r="D553" s="4" t="inlineStr">
         <is>
-          <t>Sieber</t>
+          <t>Siegrist</t>
         </is>
       </c>
       <c r="E553" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F553" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G553" s="4"/>
     </row>
     <row r="554">
       <c r="A554" s="4" t="n">
-        <v>3335</v>
+        <v>7670</v>
       </c>
       <c r="B554" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C554" s="4" t="inlineStr">
         <is>
-          <t>Felix</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D554" s="4" t="inlineStr">
         <is>
-          <t>Siegrist</t>
+          <t>Siegrist-Dreier</t>
         </is>
       </c>
       <c r="E554" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F554" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G554" s="4"/>
+      <c r="G554" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="555">
       <c r="A555" s="4" t="n">
-        <v>7235</v>
+        <v>3351</v>
       </c>
       <c r="B555" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C555" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Joni</t>
         </is>
       </c>
       <c r="D555" s="4" t="inlineStr">
         <is>
-          <t>Siegrist-Dreier</t>
+          <t>Silva</t>
         </is>
       </c>
       <c r="E555" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F555" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G555" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G555" s="4"/>
     </row>
     <row r="556">
       <c r="A556" s="4" t="n">
-        <v>3351</v>
+        <v>3353</v>
       </c>
       <c r="B556" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C556" s="4" t="inlineStr">
         <is>
-          <t>Joni</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="D556" s="4" t="inlineStr">
         <is>
-          <t>Silva</t>
+          <t>Simoni</t>
         </is>
       </c>
       <c r="E556" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F556" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G556" s="4"/>
     </row>
     <row r="557">
       <c r="A557" s="4" t="n">
-        <v>3353</v>
+        <v>7671</v>
       </c>
       <c r="B557" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C557" s="4" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>THAHEESAN</t>
         </is>
       </c>
       <c r="D557" s="4" t="inlineStr">
         <is>
-          <t>Simoni</t>
+          <t>SIVABALAN</t>
         </is>
       </c>
       <c r="E557" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F557" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G557" s="4"/>
     </row>
     <row r="558">
       <c r="A558" s="4" t="n">
-        <v>7234</v>
+        <v>7672</v>
       </c>
       <c r="B558" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C558" s="4" t="inlineStr">
         <is>
-          <t>THAHEESAN</t>
+          <t>ATUSHAN</t>
         </is>
       </c>
       <c r="D558" s="4" t="inlineStr">
         <is>
-          <t>SIVABALAN</t>
+          <t>SIVAGANESH</t>
         </is>
       </c>
       <c r="E558" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F558" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G558" s="4"/>
     </row>
     <row r="559">
       <c r="A559" s="4" t="n">
-        <v>7233</v>
+        <v>7673</v>
       </c>
       <c r="B559" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C559" s="4" t="inlineStr">
         <is>
-          <t>ATUSHAN</t>
+          <t>JANAKAN</t>
         </is>
       </c>
       <c r="D559" s="4" t="inlineStr">
         <is>
-          <t>SIVAGANESH</t>
+          <t>SIVATHASAN</t>
         </is>
       </c>
       <c r="E559" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F559" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G559" s="4"/>
     </row>
     <row r="560">
       <c r="A560" s="4" t="n">
-        <v>7232</v>
+        <v>3366</v>
       </c>
       <c r="B560" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C560" s="4" t="inlineStr">
         <is>
-          <t>JANAKAN</t>
+          <t>Jano</t>
         </is>
       </c>
       <c r="D560" s="4" t="inlineStr">
         <is>
-          <t>SIVATHASAN</t>
+          <t>Slonka</t>
         </is>
       </c>
       <c r="E560" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F560" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G560" s="4"/>
     </row>
     <row r="561">
       <c r="A561" s="4" t="n">
         <v>3365</v>
       </c>
       <c r="B561" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C561" s="4" t="inlineStr">
         <is>
           <t>Irena</t>
         </is>
       </c>
       <c r="D561" s="4" t="inlineStr">
         <is>
           <t>Slonka</t>
         </is>
       </c>
       <c r="E561" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F561" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G561" s="4"/>
     </row>
     <row r="562">
       <c r="A562" s="4" t="n">
-        <v>3366</v>
+        <v>7770</v>
       </c>
       <c r="B562" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C562" s="4" t="inlineStr">
         <is>
-          <t>Jano</t>
+          <t>Svitlana</t>
         </is>
       </c>
       <c r="D562" s="4" t="inlineStr">
         <is>
-          <t>Slonka</t>
+          <t>Sosovska</t>
         </is>
       </c>
       <c r="E562" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F562" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G562" s="4"/>
     </row>
     <row r="563">
       <c r="A563" s="4" t="n">
-        <v>7209</v>
+        <v>3383</v>
       </c>
       <c r="B563" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C563" s="4" t="inlineStr">
         <is>
-          <t>Svitlana</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D563" s="4" t="inlineStr">
         <is>
-          <t>Sosovska</t>
+          <t>Spaar</t>
         </is>
       </c>
       <c r="E563" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F563" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G563" s="4"/>
     </row>
     <row r="564">
       <c r="A564" s="4" t="n">
-        <v>3383</v>
+        <v>3405</v>
       </c>
       <c r="B564" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C564" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D564" s="4" t="inlineStr">
         <is>
-          <t>Spaar</t>
+          <t>Spörndli</t>
         </is>
       </c>
       <c r="E564" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F564" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G564" s="4"/>
     </row>
     <row r="565">
       <c r="A565" s="4" t="n">
-        <v>3405</v>
+        <v>7674</v>
       </c>
       <c r="B565" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C565" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>SARIGAN</t>
         </is>
       </c>
       <c r="D565" s="4" t="inlineStr">
         <is>
-          <t>Spörndli</t>
+          <t>SRIMURUGANANTHAN</t>
         </is>
       </c>
       <c r="E565" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F565" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G565" s="4"/>
     </row>
     <row r="566">
       <c r="A566" s="4" t="n">
-        <v>7231</v>
+        <v>7675</v>
       </c>
       <c r="B566" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C566" s="4" t="inlineStr">
         <is>
-          <t>SARIGAN</t>
+          <t>NESALINI</t>
         </is>
       </c>
       <c r="D566" s="4" t="inlineStr">
         <is>
-          <t>SRIMURUGANANTHAN</t>
+          <t>SRIPALAN</t>
         </is>
       </c>
       <c r="E566" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F566" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G566" s="4"/>
     </row>
     <row r="567">
       <c r="A567" s="4" t="n">
-        <v>7230</v>
+        <v>7676</v>
       </c>
       <c r="B567" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C567" s="4" t="inlineStr">
         <is>
-          <t>NESALINI</t>
+          <t>JATHUSALENE</t>
         </is>
       </c>
       <c r="D567" s="4" t="inlineStr">
         <is>
           <t>SRIPALAN</t>
         </is>
       </c>
       <c r="E567" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F567" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G567" s="4"/>
     </row>
     <row r="568">
       <c r="A568" s="4" t="n">
-        <v>7229</v>
+        <v>7677</v>
       </c>
       <c r="B568" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C568" s="4" t="inlineStr">
         <is>
-          <t>JATHUSALENE</t>
+          <t>APINAS</t>
         </is>
       </c>
       <c r="D568" s="4" t="inlineStr">
         <is>
-          <t>SRIPALAN</t>
+          <t>SRIRANGAN</t>
         </is>
       </c>
       <c r="E568" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F568" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G568" s="4"/>
     </row>
     <row r="569">
       <c r="A569" s="4" t="n">
-        <v>7228</v>
+        <v>7678</v>
       </c>
       <c r="B569" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C569" s="4" t="inlineStr">
         <is>
-          <t>APINAS</t>
+          <t>SUBHANGHAN</t>
         </is>
       </c>
       <c r="D569" s="4" t="inlineStr">
         <is>
-          <t>SRIRANGAN</t>
+          <t>SRITHARAN</t>
         </is>
       </c>
       <c r="E569" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F569" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G569" s="4"/>
     </row>
     <row r="570">
       <c r="A570" s="4" t="n">
-        <v>7227</v>
+        <v>3415</v>
       </c>
       <c r="B570" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C570" s="4" t="inlineStr">
         <is>
-          <t>SUBHANGHAN</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="D570" s="4" t="inlineStr">
         <is>
-          <t>SRITHARAN</t>
+          <t>Städelin</t>
         </is>
       </c>
       <c r="E570" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F570" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G570" s="4"/>
     </row>
     <row r="571">
       <c r="A571" s="4" t="n">
-        <v>3415</v>
+        <v>7679</v>
       </c>
       <c r="B571" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C571" s="4" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Jovana</t>
         </is>
       </c>
       <c r="D571" s="4" t="inlineStr">
         <is>
-          <t>Städelin</t>
+          <t>Stanimirovic</t>
         </is>
       </c>
       <c r="E571" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F571" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G571" s="4"/>
     </row>
     <row r="572">
       <c r="A572" s="4" t="n">
-        <v>7226</v>
+        <v>3447</v>
       </c>
       <c r="B572" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C572" s="4" t="inlineStr">
         <is>
-          <t>Jovana</t>
+          <t>Désirée</t>
         </is>
       </c>
       <c r="D572" s="4" t="inlineStr">
         <is>
-          <t>Stanimirovic</t>
+          <t>Stauffer</t>
         </is>
       </c>
       <c r="E572" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F572" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G572" s="4"/>
     </row>
     <row r="573">
       <c r="A573" s="4" t="n">
-        <v>3447</v>
+        <v>3450</v>
       </c>
       <c r="B573" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C573" s="4" t="inlineStr">
         <is>
-          <t>Désirée</t>
+          <t>Milan</t>
         </is>
       </c>
       <c r="D573" s="4" t="inlineStr">
         <is>
-          <t>Stauffer</t>
+          <t>Stefanovic</t>
         </is>
       </c>
       <c r="E573" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F573" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G573" s="4"/>
     </row>
     <row r="574">
       <c r="A574" s="4" t="n">
-        <v>3450</v>
+        <v>7680</v>
       </c>
       <c r="B574" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C574" s="4" t="inlineStr">
         <is>
-          <t>Milan</t>
+          <t>Antje</t>
         </is>
       </c>
       <c r="D574" s="4" t="inlineStr">
         <is>
-          <t>Stefanovic</t>
+          <t>Stein</t>
         </is>
       </c>
       <c r="E574" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F574" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G574" s="4"/>
+      <c r="G574" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="575">
       <c r="A575" s="4" t="n">
-        <v>7225</v>
+        <v>3467</v>
       </c>
       <c r="B575" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C575" s="4" t="inlineStr">
         <is>
-          <t>Antje</t>
+          <t>Nathalie</t>
         </is>
       </c>
       <c r="D575" s="4" t="inlineStr">
         <is>
-          <t>Stein</t>
+          <t>Steiner</t>
         </is>
       </c>
       <c r="E575" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F575" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G575" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G575" s="4"/>
     </row>
     <row r="576">
       <c r="A576" s="4" t="n">
         <v>3460</v>
       </c>
       <c r="B576" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C576" s="4" t="inlineStr">
         <is>
           <t>Kim</t>
         </is>
       </c>
       <c r="D576" s="4" t="inlineStr">
         <is>
           <t>Steiner</t>
         </is>
       </c>
       <c r="E576" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F576" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G576" s="4"/>
     </row>
     <row r="577">
       <c r="A577" s="4" t="n">
-        <v>3467</v>
+        <v>3489</v>
       </c>
       <c r="B577" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C577" s="4" t="inlineStr">
         <is>
-          <t>Nathalie</t>
+          <t>Benjamin</t>
         </is>
       </c>
       <c r="D577" s="4" t="inlineStr">
         <is>
-          <t>Steiner</t>
+          <t>Stoffel</t>
         </is>
       </c>
       <c r="E577" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F577" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G577" s="4"/>
     </row>
     <row r="578">
       <c r="A578" s="4" t="n">
-        <v>3489</v>
+        <v>3497</v>
       </c>
       <c r="B578" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C578" s="4" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Julian</t>
         </is>
       </c>
       <c r="D578" s="4" t="inlineStr">
         <is>
-          <t>Stoffel</t>
+          <t>Stoop</t>
         </is>
       </c>
       <c r="E578" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F578" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G578" s="4"/>
     </row>
     <row r="579">
       <c r="A579" s="4" t="n">
-        <v>3497</v>
+        <v>3499</v>
       </c>
       <c r="B579" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C579" s="4" t="inlineStr">
         <is>
-          <t>Julian</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D579" s="4" t="inlineStr">
         <is>
-          <t>Stoop</t>
+          <t>Störrlein</t>
         </is>
       </c>
       <c r="E579" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F579" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G579" s="4"/>
     </row>
     <row r="580">
       <c r="A580" s="4" t="n">
         <v>3498</v>
       </c>
       <c r="B580" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C580" s="4" t="inlineStr">
         <is>
           <t>Dominique</t>
         </is>
       </c>
       <c r="D580" s="4" t="inlineStr">
         <is>
           <t>Störrlein</t>
         </is>
       </c>
       <c r="E580" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F580" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G580" s="4"/>
     </row>
     <row r="581">
       <c r="A581" s="4" t="n">
-        <v>3499</v>
+        <v>7749</v>
       </c>
       <c r="B581" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C581" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Fabio</t>
         </is>
       </c>
       <c r="D581" s="4" t="inlineStr">
         <is>
-          <t>Störrlein</t>
+          <t>Stranieri</t>
         </is>
       </c>
       <c r="E581" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F581" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G581" s="4"/>
+      <c r="G581" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="582">
       <c r="A582" s="4" t="n">
-        <v>7192</v>
+        <v>7681</v>
       </c>
       <c r="B582" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C582" s="4" t="inlineStr">
         <is>
-          <t>Fabio</t>
+          <t>SINTHUSAN</t>
         </is>
       </c>
       <c r="D582" s="4" t="inlineStr">
         <is>
-          <t>Stranieri</t>
+          <t>SUBAHARAN</t>
         </is>
       </c>
       <c r="E582" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F582" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G582" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G582" s="4"/>
     </row>
     <row r="583">
       <c r="A583" s="4" t="n">
-        <v>7223</v>
+        <v>7699</v>
       </c>
       <c r="B583" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C583" s="4" t="inlineStr">
         <is>
           <t>PIRANAVAN</t>
         </is>
       </c>
       <c r="D583" s="4" t="inlineStr">
         <is>
           <t>SUBAHARAN</t>
         </is>
       </c>
       <c r="E583" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F583" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G583" s="4"/>
     </row>
     <row r="584">
       <c r="A584" s="4" t="n">
-        <v>7224</v>
+        <v>3548</v>
       </c>
       <c r="B584" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C584" s="4" t="inlineStr">
         <is>
-          <t>SINTHUSAN</t>
+          <t>Werner</t>
         </is>
       </c>
       <c r="D584" s="4" t="inlineStr">
         <is>
-          <t>SUBAHARAN</t>
+          <t>Suter</t>
         </is>
       </c>
       <c r="E584" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F584" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G584" s="4"/>
     </row>
     <row r="585">
       <c r="A585" s="4" t="n">
-        <v>3548</v>
+        <v>7757</v>
       </c>
       <c r="B585" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C585" s="4" t="inlineStr">
         <is>
-          <t>Werner</t>
+          <t>POOJAH</t>
         </is>
       </c>
       <c r="D585" s="4" t="inlineStr">
         <is>
-          <t>Suter</t>
+          <t>SUTHATHARAN</t>
         </is>
       </c>
       <c r="E585" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F585" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G585" s="4"/>
     </row>
     <row r="586">
       <c r="A586" s="4" t="n">
-        <v>7222</v>
+        <v>3567</v>
       </c>
       <c r="B586" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C586" s="4" t="inlineStr">
         <is>
-          <t>POOJAH</t>
+          <t>Alexandar</t>
         </is>
       </c>
       <c r="D586" s="4" t="inlineStr">
         <is>
-          <t>SUTHATHARAN</t>
+          <t>Taskovic</t>
         </is>
       </c>
       <c r="E586" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F586" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G586" s="4"/>
     </row>
     <row r="587">
       <c r="A587" s="4" t="n">
-        <v>3567</v>
+        <v>3581</v>
       </c>
       <c r="B587" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C587" s="4" t="inlineStr">
         <is>
-          <t>Alexandar</t>
+          <t>Renzo</t>
         </is>
       </c>
       <c r="D587" s="4" t="inlineStr">
         <is>
-          <t>Taskovic</t>
+          <t>Testorelli</t>
         </is>
       </c>
       <c r="E587" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F587" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G587" s="4"/>
+      <c r="G587" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="588">
       <c r="A588" s="4" t="n">
-        <v>3581</v>
+        <v>3582</v>
       </c>
       <c r="B588" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C588" s="4" t="inlineStr">
         <is>
-          <t>Renzo</t>
+          <t>Janosch</t>
         </is>
       </c>
       <c r="D588" s="4" t="inlineStr">
         <is>
-          <t>Testorelli</t>
+          <t>Tethong</t>
         </is>
       </c>
       <c r="E588" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F588" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G588" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="4" t="n">
-        <v>3582</v>
+        <v>7758</v>
       </c>
       <c r="B589" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C589" s="4" t="inlineStr">
         <is>
-          <t>Janosch</t>
+          <t>THANUJAN</t>
         </is>
       </c>
       <c r="D589" s="4" t="inlineStr">
         <is>
-          <t>Tethong</t>
+          <t>THANGAVELU</t>
         </is>
       </c>
       <c r="E589" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F589" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G589" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G589" s="4"/>
     </row>
     <row r="590">
       <c r="A590" s="4" t="n">
-        <v>7221</v>
+        <v>7759</v>
       </c>
       <c r="B590" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C590" s="4" t="inlineStr">
         <is>
-          <t>THANUJAN</t>
+          <t>SANTHOSH</t>
         </is>
       </c>
       <c r="D590" s="4" t="inlineStr">
         <is>
-          <t>THANGAVELU</t>
+          <t>THARMARAJAH</t>
         </is>
       </c>
       <c r="E590" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F590" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G590" s="4"/>
     </row>
     <row r="591">
       <c r="A591" s="4" t="n">
-        <v>7220</v>
+        <v>3591</v>
       </c>
       <c r="B591" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C591" s="4" t="inlineStr">
         <is>
-          <t>SANTHOSH</t>
+          <t>Stephanie</t>
         </is>
       </c>
       <c r="D591" s="4" t="inlineStr">
         <is>
-          <t>THARMARAJAH</t>
+          <t>Theurillat</t>
         </is>
       </c>
       <c r="E591" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F591" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G591" s="4"/>
+      <c r="G591" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="592">
       <c r="A592" s="4" t="n">
-        <v>3591</v>
+        <v>7760</v>
       </c>
       <c r="B592" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C592" s="4" t="inlineStr">
         <is>
-          <t>Stephanie</t>
+          <t>MANIVANNAN</t>
         </is>
       </c>
       <c r="D592" s="4" t="inlineStr">
         <is>
-          <t>Theurillat</t>
+          <t>THEVARAJAH</t>
         </is>
       </c>
       <c r="E592" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F592" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G592" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G592" s="4"/>
     </row>
     <row r="593">
       <c r="A593" s="4" t="n">
-        <v>7219</v>
+        <v>3595</v>
       </c>
       <c r="B593" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C593" s="4" t="inlineStr">
         <is>
-          <t>MANIVANNAN</t>
+          <t>Isaac</t>
         </is>
       </c>
       <c r="D593" s="4" t="inlineStr">
         <is>
-          <t>THEVARAJAH</t>
+          <t>Thievent</t>
         </is>
       </c>
       <c r="E593" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F593" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G593" s="4"/>
     </row>
     <row r="594">
       <c r="A594" s="4" t="n">
-        <v>3595</v>
+        <v>7761</v>
       </c>
       <c r="B594" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C594" s="4" t="inlineStr">
         <is>
-          <t>Isaac</t>
+          <t>GAJANAN</t>
         </is>
       </c>
       <c r="D594" s="4" t="inlineStr">
         <is>
-          <t>Thievent</t>
+          <t>THIRUSELVAM</t>
         </is>
       </c>
       <c r="E594" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F594" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G594" s="4"/>
     </row>
     <row r="595">
       <c r="A595" s="4" t="n">
-        <v>7218</v>
+        <v>3642</v>
       </c>
       <c r="B595" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C595" s="4" t="inlineStr">
         <is>
-          <t>GAJANAN</t>
+          <t>Xhemile</t>
         </is>
       </c>
       <c r="D595" s="4" t="inlineStr">
         <is>
-          <t>THIRUSELVAM</t>
+          <t>Trashupa</t>
         </is>
       </c>
       <c r="E595" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F595" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G595" s="4"/>
     </row>
     <row r="596">
       <c r="A596" s="4" t="n">
-        <v>3642</v>
+        <v>3668</v>
       </c>
       <c r="B596" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C596" s="4" t="inlineStr">
         <is>
-          <t>Xhemile</t>
+          <t>Dragan</t>
         </is>
       </c>
       <c r="D596" s="4" t="inlineStr">
         <is>
-          <t>Trashupa</t>
+          <t>Tuka</t>
         </is>
       </c>
       <c r="E596" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F596" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G596" s="4"/>
     </row>
     <row r="597">
       <c r="A597" s="4" t="n">
-        <v>3668</v>
+        <v>3675</v>
       </c>
       <c r="B597" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C597" s="4" t="inlineStr">
         <is>
-          <t>Dragan</t>
+          <t>Francois</t>
         </is>
       </c>
       <c r="D597" s="4" t="inlineStr">
         <is>
-          <t>Tuka</t>
+          <t>Uebelhart</t>
         </is>
       </c>
       <c r="E597" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F597" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G597" s="4"/>
     </row>
     <row r="598">
       <c r="A598" s="4" t="n">
-        <v>3675</v>
+        <v>3680</v>
       </c>
       <c r="B598" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C598" s="4" t="inlineStr">
         <is>
-          <t>Francois</t>
+          <t>Argjend</t>
         </is>
       </c>
       <c r="D598" s="4" t="inlineStr">
         <is>
-          <t>Uebelhart</t>
+          <t>Ukaj</t>
         </is>
       </c>
       <c r="E598" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F598" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G598" s="4"/>
     </row>
     <row r="599">
       <c r="A599" s="4" t="n">
-        <v>3680</v>
+        <v>7762</v>
       </c>
       <c r="B599" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C599" s="4" t="inlineStr">
         <is>
-          <t>Argjend</t>
+          <t>VITHUN</t>
         </is>
       </c>
       <c r="D599" s="4" t="inlineStr">
         <is>
-          <t>Ukaj</t>
+          <t>VAMATHEVAN</t>
         </is>
       </c>
       <c r="E599" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F599" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G599" s="4"/>
     </row>
     <row r="600">
       <c r="A600" s="4" t="n">
-        <v>7217</v>
+        <v>7763</v>
       </c>
       <c r="B600" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C600" s="4" t="inlineStr">
         <is>
-          <t>VITHUN</t>
+          <t>THIVAKER</t>
         </is>
       </c>
       <c r="D600" s="4" t="inlineStr">
         <is>
-          <t>VAMATHEVAN</t>
+          <t>VASANTHAKUMAR</t>
         </is>
       </c>
       <c r="E600" s="4" t="inlineStr">
         <is>
           <t>Itosukai</t>
         </is>
       </c>
       <c r="F600" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G600" s="4"/>
     </row>
     <row r="601">
       <c r="A601" s="4" t="n">
-        <v>7216</v>
+        <v>3717</v>
       </c>
       <c r="B601" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C601" s="4" t="inlineStr">
         <is>
-          <t>THIVAKER</t>
+          <t>Daniele</t>
         </is>
       </c>
       <c r="D601" s="4" t="inlineStr">
         <is>
-          <t>VASANTHAKUMAR</t>
+          <t>Verdesca</t>
         </is>
       </c>
       <c r="E601" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F601" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G601" s="4"/>
     </row>
     <row r="602">
       <c r="A602" s="4" t="n">
-        <v>3717</v>
+        <v>3720</v>
       </c>
       <c r="B602" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C602" s="4" t="inlineStr">
         <is>
-          <t>Daniele</t>
+          <t>Sjur Jonas</t>
         </is>
       </c>
       <c r="D602" s="4" t="inlineStr">
         <is>
-          <t>Verdesca</t>
+          <t>Vestli</t>
         </is>
       </c>
       <c r="E602" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F602" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G602" s="4"/>
     </row>
     <row r="603">
       <c r="A603" s="4" t="n">
-        <v>3720</v>
+        <v>7764</v>
       </c>
       <c r="B603" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C603" s="4" t="inlineStr">
         <is>
-          <t>Sjur Jonas</t>
+          <t>VINUJAH</t>
         </is>
       </c>
       <c r="D603" s="4" t="inlineStr">
         <is>
-          <t>Vestli</t>
+          <t>VIGNARAJAH</t>
         </is>
       </c>
       <c r="E603" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Itosukai</t>
         </is>
       </c>
       <c r="F603" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G603" s="4"/>
     </row>
     <row r="604">
       <c r="A604" s="4" t="n">
-        <v>7215</v>
+        <v>7765</v>
       </c>
       <c r="B604" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C604" s="4" t="inlineStr">
         <is>
-          <t>VINUJAH</t>
+          <t>Kaspar</t>
         </is>
       </c>
       <c r="D604" s="4" t="inlineStr">
         <is>
-          <t>VIGNARAJAH</t>
+          <t>Vogel</t>
         </is>
       </c>
       <c r="E604" s="4" t="inlineStr">
         <is>
-          <t>Itosukai</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F604" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G604" s="4"/>
+      <c r="G604" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="605">
       <c r="A605" s="4" t="n">
-        <v>7214</v>
+        <v>3745</v>
       </c>
       <c r="B605" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C605" s="4" t="inlineStr">
         <is>
-          <t>Kaspar</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D605" s="4" t="inlineStr">
         <is>
-          <t>Vogel</t>
+          <t>Vogelsanger</t>
         </is>
       </c>
       <c r="E605" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F605" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G605" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G605" s="4"/>
     </row>
     <row r="606">
       <c r="A606" s="4" t="n">
-        <v>3745</v>
+        <v>7750</v>
       </c>
       <c r="B606" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C606" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D606" s="4" t="inlineStr">
         <is>
-          <t>Vogelsanger</t>
+          <t>von Escher</t>
         </is>
       </c>
       <c r="E606" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F606" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G606" s="4"/>
+      <c r="G606" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="607">
       <c r="A607" s="4" t="n">
-        <v>7191</v>
+        <v>3776</v>
       </c>
       <c r="B607" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C607" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Yanik</t>
         </is>
       </c>
       <c r="D607" s="4" t="inlineStr">
         <is>
-          <t>von Escher</t>
+          <t>Vranjes</t>
         </is>
       </c>
       <c r="E607" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F607" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G607" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G607" s="4"/>
     </row>
     <row r="608">
       <c r="A608" s="4" t="n">
-        <v>3776</v>
+        <v>7766</v>
       </c>
       <c r="B608" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C608" s="4" t="inlineStr">
         <is>
-          <t>Yanik</t>
+          <t>Marko</t>
         </is>
       </c>
       <c r="D608" s="4" t="inlineStr">
         <is>
-          <t>Vranjes</t>
+          <t>Vukelic</t>
         </is>
       </c>
       <c r="E608" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan </t>
         </is>
       </c>
       <c r="F608" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G608" s="4"/>
+      <c r="G608" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="609">
       <c r="A609" s="4" t="n">
-        <v>7213</v>
+        <v>3807</v>
       </c>
       <c r="B609" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C609" s="4" t="inlineStr">
         <is>
-          <t>Marko</t>
+          <t>Myriam</t>
         </is>
       </c>
       <c r="D609" s="4" t="inlineStr">
         <is>
-          <t>Vukelic</t>
+          <t>Walker</t>
         </is>
       </c>
       <c r="E609" s="4" t="inlineStr">
         <is>
-          <t>Shotokan </t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F609" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G609" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G609" s="4"/>
     </row>
     <row r="610">
       <c r="A610" s="4" t="n">
-        <v>3807</v>
+        <v>7767</v>
       </c>
       <c r="B610" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C610" s="4" t="inlineStr">
         <is>
-          <t>Myriam</t>
+          <t>Linus</t>
         </is>
       </c>
       <c r="D610" s="4" t="inlineStr">
         <is>
-          <t>Walker</t>
+          <t>Wälti</t>
         </is>
       </c>
       <c r="E610" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F610" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G610" s="4"/>
+      <c r="G610" s="4" t="inlineStr">
+        <is>
+          <t>SSKU</t>
+        </is>
+      </c>
     </row>
     <row r="611">
       <c r="A611" s="4" t="n">
-        <v>7212</v>
+        <v>3815</v>
       </c>
       <c r="B611" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C611" s="4" t="inlineStr">
         <is>
-          <t>Linus</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D611" s="4" t="inlineStr">
         <is>
-          <t>Wälti</t>
+          <t>Wanner</t>
         </is>
       </c>
       <c r="E611" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F611" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G611" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G611" s="4"/>
     </row>
     <row r="612">
       <c r="A612" s="4" t="n">
-        <v>3815</v>
+        <v>3820</v>
       </c>
       <c r="B612" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C612" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D612" s="4" t="inlineStr">
         <is>
-          <t>Wanner</t>
+          <t>Waser</t>
         </is>
       </c>
       <c r="E612" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F612" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G612" s="4"/>
     </row>
     <row r="613">
       <c r="A613" s="4" t="n">
-        <v>3820</v>
+        <v>3827</v>
       </c>
       <c r="B613" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C613" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D613" s="4" t="inlineStr">
         <is>
-          <t>Waser</t>
+          <t>Weber</t>
         </is>
       </c>
       <c r="E613" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F613" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G613" s="4"/>
     </row>
     <row r="614">
       <c r="A614" s="4" t="n">
-        <v>3827</v>
+        <v>3825</v>
       </c>
       <c r="B614" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C614" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Philipp</t>
         </is>
       </c>
       <c r="D614" s="4" t="inlineStr">
         <is>
           <t>Weber</t>
         </is>
       </c>
       <c r="E614" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F614" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G614" s="4"/>
     </row>
     <row r="615">
       <c r="A615" s="4" t="n">
-        <v>3825</v>
+        <v>3834</v>
       </c>
       <c r="B615" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C615" s="4" t="inlineStr">
         <is>
-          <t>Philipp</t>
+          <t>Ulrich</t>
         </is>
       </c>
       <c r="D615" s="4" t="inlineStr">
         <is>
-          <t>Weber</t>
+          <t>Weidmann</t>
         </is>
       </c>
       <c r="E615" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F615" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G615" s="4"/>
     </row>
     <row r="616">
       <c r="A616" s="4" t="n">
-        <v>3834</v>
+        <v>3833</v>
       </c>
       <c r="B616" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C616" s="4" t="inlineStr">
         <is>
-          <t>Ulrich</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D616" s="4" t="inlineStr">
         <is>
           <t>Weidmann</t>
         </is>
       </c>
       <c r="E616" s="4" t="inlineStr">
         <is>
           <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F616" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G616" s="4"/>
     </row>
     <row r="617">
       <c r="A617" s="4" t="n">
-        <v>3833</v>
+        <v>3846</v>
       </c>
       <c r="B617" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C617" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D617" s="4" t="inlineStr">
         <is>
-          <t>Weidmann</t>
+          <t>Wicker</t>
         </is>
       </c>
       <c r="E617" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F617" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G617" s="4"/>
     </row>
     <row r="618">
       <c r="A618" s="4" t="n">
-        <v>3846</v>
+        <v>7771</v>
       </c>
       <c r="B618" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C618" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Kathrin</t>
         </is>
       </c>
       <c r="D618" s="4" t="inlineStr">
         <is>
-          <t>Wicker</t>
+          <t>Willi</t>
         </is>
       </c>
       <c r="E618" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F618" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G618" s="4"/>
     </row>
     <row r="619">
       <c r="A619" s="4" t="n">
         <v>3870</v>
       </c>
       <c r="B619" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C619" s="4" t="inlineStr">
         <is>
           <t>Manuel</t>
         </is>
       </c>
       <c r="D619" s="4" t="inlineStr">
         <is>
           <t>Willi</t>
         </is>
       </c>
       <c r="E619" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F619" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G619" s="4"/>
     </row>
     <row r="620">
       <c r="A620" s="4" t="n">
-        <v>7208</v>
+        <v>7737</v>
       </c>
       <c r="B620" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C620" s="4" t="inlineStr">
         <is>
-          <t>Kathrin</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="D620" s="4" t="inlineStr">
         <is>
-          <t>Willi</t>
+          <t>Winkler</t>
         </is>
       </c>
       <c r="E620" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F620" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G620" s="4"/>
     </row>
     <row r="621">
       <c r="A621" s="4" t="n">
-        <v>7204</v>
+        <v>3882</v>
       </c>
       <c r="B621" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C621" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D621" s="4" t="inlineStr">
         <is>
-          <t>Winkler</t>
+          <t>Wissmann</t>
         </is>
       </c>
       <c r="E621" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F621" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G621" s="4"/>
     </row>
     <row r="622">
       <c r="A622" s="4" t="n">
-        <v>3882</v>
+        <v>3908</v>
       </c>
       <c r="B622" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C622" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Jessica</t>
         </is>
       </c>
       <c r="D622" s="4" t="inlineStr">
         <is>
-          <t>Wissmann</t>
+          <t>Wüthrich</t>
         </is>
       </c>
       <c r="E622" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F622" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G622" s="4"/>
     </row>
     <row r="623">
       <c r="A623" s="4" t="n">
-        <v>3908</v>
+        <v>3939</v>
       </c>
       <c r="B623" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C623" s="4" t="inlineStr">
         <is>
-          <t>Jessica</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="D623" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>Zappa</t>
         </is>
       </c>
       <c r="E623" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F623" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G623" s="4"/>
+      <c r="G623" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="624">
       <c r="A624" s="4" t="n">
-        <v>3939</v>
+        <v>3952</v>
       </c>
       <c r="B624" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C624" s="4" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Jonas</t>
         </is>
       </c>
       <c r="D624" s="4" t="inlineStr">
         <is>
-          <t>Zappa</t>
+          <t>Zemp </t>
         </is>
       </c>
       <c r="E624" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F624" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G624" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G624" s="4"/>
     </row>
     <row r="625">
       <c r="A625" s="4" t="n">
-        <v>3952</v>
+        <v>3953</v>
       </c>
       <c r="B625" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C625" s="4" t="inlineStr">
         <is>
-          <t>Jonas</t>
+          <t>Severin</t>
         </is>
       </c>
       <c r="D625" s="4" t="inlineStr">
         <is>
           <t>Zemp </t>
         </is>
       </c>
       <c r="E625" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F625" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G625" s="4"/>
     </row>
     <row r="626">
       <c r="A626" s="4" t="n">
-        <v>3953</v>
+        <v>3957</v>
       </c>
       <c r="B626" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C626" s="4" t="inlineStr">
         <is>
-          <t>Severin</t>
+          <t>Arber</t>
         </is>
       </c>
       <c r="D626" s="4" t="inlineStr">
         <is>
-          <t>Zemp </t>
+          <t>Zeqiri</t>
         </is>
       </c>
       <c r="E626" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F626" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G626" s="4"/>
     </row>
     <row r="627">
       <c r="A627" s="4" t="n">
-        <v>3957</v>
+        <v>7739</v>
       </c>
       <c r="B627" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C627" s="4" t="inlineStr">
         <is>
-          <t>Arber</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D627" s="4" t="inlineStr">
         <is>
-          <t>Zeqiri</t>
+          <t>Zgraggen</t>
         </is>
       </c>
       <c r="E627" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F627" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G627" s="4"/>
     </row>
     <row r="628">
       <c r="A628" s="4" t="n">
-        <v>7202</v>
+        <v>7768</v>
       </c>
       <c r="B628" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C628" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Nevena</t>
         </is>
       </c>
       <c r="D628" s="4" t="inlineStr">
         <is>
-          <t>Zgraggen</t>
+          <t>Zivkovic </t>
         </is>
       </c>
       <c r="E628" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F628" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G628" s="4"/>
     </row>
     <row r="629">
       <c r="A629" s="4" t="n">
-        <v>7211</v>
+        <v>3974</v>
       </c>
       <c r="B629" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C629" s="4" t="inlineStr">
         <is>
-          <t>Nevena</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D629" s="4" t="inlineStr">
         <is>
-          <t>Zivkovic </t>
+          <t>Zottele</t>
         </is>
       </c>
       <c r="E629" s="4" t="inlineStr">
         <is>
           <t>Shukokai</t>
         </is>
       </c>
       <c r="F629" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
       <c r="G629" s="4"/>
     </row>
     <row r="630">
       <c r="A630" s="4" t="n">
-        <v>3974</v>
+        <v>7751</v>
       </c>
       <c r="B630" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C630" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Ludwig </t>
         </is>
       </c>
       <c r="D630" s="4" t="inlineStr">
         <is>
-          <t>Zottele</t>
+          <t>Zurbriggen</t>
         </is>
       </c>
       <c r="E630" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F630" s="4" t="inlineStr">
         <is>
           <t>SSK</t>
         </is>
       </c>
-      <c r="G630" s="4"/>
-[...28 lines deleted...]
-      <c r="G631" s="4" t="inlineStr">
+      <c r="G630" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>