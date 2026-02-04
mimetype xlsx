--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -78,51 +78,51 @@
       <protection locked="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:G1391"/>
+  <dimension ref="A1:G1441"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="8.25" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="18.15" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="29.700000000000003" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="14.3" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="16.5" min="6" max="6" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="7" max="7" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Dan Grad</t>
         </is>
       </c>
@@ -211,59 +211,63 @@
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="n">
         <v>7434</v>
       </c>
       <c r="B4" s="4" t="n">
         <v>7</v>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>Enzo</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Chierici</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G4" s="4"/>
+      <c r="G4" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="n">
         <v>4202</v>
       </c>
       <c r="B5" s="4" t="n">
         <v>7</v>
       </c>
       <c r="C5" s="4" t="inlineStr">
         <is>
           <t>Thomas</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Hertig</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
@@ -620,87 +624,87 @@
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Veronika</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>Horne</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G17" s="4"/>
     </row>
     <row r="18">
       <c r="A18" s="4" t="n">
-        <v>4689</v>
+        <v>4688</v>
       </c>
       <c r="B18" s="4" t="n">
         <v>6</v>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Nebojsa</t>
+          <t>Borisa</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>Josifovic</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G18" s="4"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="n">
-        <v>4688</v>
+        <v>4689</v>
       </c>
       <c r="B19" s="4" t="n">
         <v>6</v>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Borisa</t>
+          <t>Nebojsa</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>Josifovic</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G19" s="4"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="n">
         <v>2384</v>
       </c>
       <c r="B20" s="4" t="n">
         <v>6</v>
@@ -1005,51 +1009,55 @@
         <v>4587</v>
       </c>
       <c r="B30" s="4" t="n">
         <v>5</v>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Jörg</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>Blum</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G30" s="4"/>
+      <c r="G30" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="n">
         <v>5328</v>
       </c>
       <c r="B31" s="4" t="n">
         <v>5</v>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Roland</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>Büchi</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
@@ -1902,174 +1910,174 @@
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>Zolliker</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland - Ehrendan</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="4" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B60" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Bernhard</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G60" s="4"/>
     </row>
     <row r="61">
       <c r="A61" s="4" t="n">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B61" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Bernhard</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G61" s="4"/>
     </row>
     <row r="62">
       <c r="A62" s="4" t="n">
         <v>160</v>
       </c>
       <c r="B62" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Ali</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>Aykac</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G62" s="4"/>
     </row>
     <row r="63">
       <c r="A63" s="4" t="n">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B63" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Biagio</t>
+          <t>Salvatore</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>Bandello</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G63" s="4"/>
     </row>
     <row r="64">
       <c r="A64" s="4" t="n">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B64" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Salvatore</t>
+          <t>Biagio</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>Bandello</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G64" s="4"/>
     </row>
     <row r="65">
       <c r="A65" s="4" t="n">
         <v>7384</v>
       </c>
       <c r="B65" s="4" t="n">
         <v>4</v>
@@ -2440,299 +2448,303 @@
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>Gonzalez</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
           <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G77" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="4" t="n">
-        <v>1451</v>
+        <v>7546</v>
       </c>
       <c r="B78" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Norbert</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>Häfliger</t>
+          <t>Gusmeroli</t>
         </is>
       </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G78" s="4"/>
+      <c r="G78" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="79">
       <c r="A79" s="4" t="n">
-        <v>1454</v>
+        <v>1451</v>
       </c>
       <c r="B79" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Norbert</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>Hagenbuch</t>
+          <t>Häfliger</t>
         </is>
       </c>
       <c r="E79" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G79" s="4"/>
     </row>
     <row r="80">
       <c r="A80" s="4" t="n">
-        <v>7383</v>
+        <v>1454</v>
       </c>
       <c r="B80" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Benjamin</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>Hasler</t>
+          <t>Hagenbuch</t>
         </is>
       </c>
       <c r="E80" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G80" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G80" s="4"/>
     </row>
     <row r="81">
       <c r="A81" s="4" t="n">
-        <v>1514</v>
+        <v>7383</v>
       </c>
       <c r="B81" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Gody</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>Heidelberger</t>
+          <t>Hasler</t>
         </is>
       </c>
       <c r="E81" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G81" s="4"/>
+      <c r="G81" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="82">
       <c r="A82" s="4" t="n">
-        <v>6851</v>
+        <v>1514</v>
       </c>
       <c r="B82" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Gody</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>Hofmann</t>
+          <t>Heidelberger</t>
         </is>
       </c>
       <c r="E82" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G82" s="4"/>
     </row>
     <row r="83">
       <c r="A83" s="4" t="n">
-        <v>1610</v>
+        <v>6851</v>
       </c>
       <c r="B83" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Alfred</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>Horlent</t>
+          <t>Hofmann</t>
         </is>
       </c>
       <c r="E83" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G83" s="4"/>
     </row>
     <row r="84">
       <c r="A84" s="4" t="n">
-        <v>1615</v>
+        <v>1610</v>
       </c>
       <c r="B84" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Dora</t>
+          <t>Alfred</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>Hoxhaj</t>
+          <t>Horlent</t>
         </is>
       </c>
       <c r="E84" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G84" s="4"/>
     </row>
     <row r="85">
       <c r="A85" s="4" t="n">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="B85" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Dora</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
-          <t>Hoxhaj-Farinas</t>
+          <t>Hoxhaj</t>
         </is>
       </c>
       <c r="E85" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G85" s="4"/>
     </row>
     <row r="86">
       <c r="A86" s="4" t="n">
-        <v>1627</v>
+        <v>1616</v>
       </c>
       <c r="B86" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Karl</t>
+          <t>Diana</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>Huber</t>
+          <t>Hoxhaj-Farinas</t>
         </is>
       </c>
       <c r="E86" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G86" s="4"/>
     </row>
     <row r="87">
       <c r="A87" s="4" t="n">
         <v>1659</v>
       </c>
       <c r="B87" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Alija</t>
         </is>
@@ -2767,116 +2779,116 @@
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>Jans</t>
         </is>
       </c>
       <c r="E88" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G88" s="4" t="inlineStr">
         <is>
           <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="4" t="n">
-        <v>1764</v>
+        <v>1761</v>
       </c>
       <c r="B89" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Nenad</t>
+          <t>Bojan</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>Josifovic </t>
         </is>
       </c>
       <c r="E89" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G89" s="4"/>
     </row>
     <row r="90">
       <c r="A90" s="4" t="n">
         <v>1762</v>
       </c>
       <c r="B90" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Boris</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>Josifovic </t>
         </is>
       </c>
       <c r="E90" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G90" s="4"/>
     </row>
     <row r="91">
       <c r="A91" s="4" t="n">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="B91" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Bojan</t>
+          <t>Nenad</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>Josifovic </t>
         </is>
       </c>
       <c r="E91" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G91" s="4"/>
     </row>
     <row r="92">
       <c r="A92" s="4" t="n">
         <v>1769</v>
       </c>
       <c r="B92" s="4" t="n">
         <v>4</v>
@@ -3570,37807 +3582,39413 @@
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Dora</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>Sutter</t>
         </is>
       </c>
       <c r="E115" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G115" s="4"/>
     </row>
     <row r="116">
       <c r="A116" s="4" t="n">
-        <v>3635</v>
+        <v>3638</v>
       </c>
       <c r="B116" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
-          <t>Mario</t>
+          <t>Ruth</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>Trachsel</t>
         </is>
       </c>
       <c r="E116" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G116" s="4"/>
     </row>
     <row r="117">
       <c r="A117" s="4" t="n">
-        <v>3638</v>
+        <v>3635</v>
       </c>
       <c r="B117" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
-          <t>Ruth</t>
+          <t>Mario</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>Trachsel</t>
         </is>
       </c>
       <c r="E117" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G117" s="4"/>
     </row>
     <row r="118">
       <c r="A118" s="4" t="n">
-        <v>3766</v>
+        <v>7545</v>
       </c>
       <c r="B118" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Remo</t>
+          <t>Halimi</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
-          <t>Von Mentlen</t>
+          <t>Vlaznim</t>
         </is>
       </c>
       <c r="E118" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G118" s="4"/>
+      <c r="G118" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="119">
       <c r="A119" s="4" t="n">
-        <v>3824</v>
+        <v>3766</v>
       </c>
       <c r="B119" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Remo</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>Weber</t>
+          <t>Von Mentlen</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G119" s="4"/>
     </row>
     <row r="120">
       <c r="A120" s="4" t="n">
-        <v>7385</v>
+        <v>3824</v>
       </c>
       <c r="B120" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>Wittwer</t>
+          <t>Weber</t>
         </is>
       </c>
       <c r="E120" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G120" s="4"/>
     </row>
     <row r="121">
       <c r="A121" s="4" t="n">
-        <v>33</v>
+        <v>7385</v>
       </c>
       <c r="B121" s="4" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
-          <t>Nadir</t>
+          <t>André</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
-          <t>Affinito</t>
+          <t>Wittwer</t>
         </is>
       </c>
       <c r="E121" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G121" s="4"/>
     </row>
     <row r="122">
       <c r="A122" s="4" t="n">
-        <v>39</v>
+        <v>7549</v>
       </c>
       <c r="B122" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
-          <t>Albert</t>
+          <t>Ramzi</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
-          <t>Ahmeti</t>
+          <t>Abidi</t>
         </is>
       </c>
       <c r="E122" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G122" s="4"/>
+      <c r="G122" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="123">
       <c r="A123" s="4" t="n">
-        <v>7478</v>
+        <v>33</v>
       </c>
       <c r="B123" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>Silvio</t>
+          <t>Nadir</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>Apostolo</t>
+          <t>Affinito</t>
         </is>
       </c>
       <c r="E123" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G123" s="4"/>
     </row>
     <row r="124">
       <c r="A124" s="4" t="n">
-        <v>4592</v>
+        <v>39</v>
       </c>
       <c r="B124" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
-          <t>Veysel</t>
+          <t>Albert</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
-          <t>Aridag</t>
+          <t>Ahmeti</t>
         </is>
       </c>
       <c r="E124" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G124" s="4"/>
     </row>
     <row r="125">
       <c r="A125" s="4" t="n">
-        <v>6891</v>
+        <v>7551</v>
       </c>
       <c r="B125" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
-          <t>Gian Elias</t>
+          <t>Pietro</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
-          <t>Aschwanden</t>
+          <t>Ambrogio</t>
         </is>
       </c>
       <c r="E125" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G125" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="4" t="n">
-        <v>6226</v>
+        <v>7478</v>
       </c>
       <c r="B126" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
-          <t>Benedeto</t>
+          <t>Silvio</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>Bandello</t>
+          <t>Apostolo</t>
         </is>
       </c>
       <c r="E126" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G126" s="4"/>
     </row>
     <row r="127">
       <c r="A127" s="4" t="n">
-        <v>6854</v>
+        <v>4592</v>
       </c>
       <c r="B127" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
-          <t>Iren-Angelina</t>
+          <t>Veysel</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Aridag</t>
         </is>
       </c>
       <c r="E127" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G127" s="4"/>
     </row>
     <row r="128">
       <c r="A128" s="4" t="n">
-        <v>259</v>
+        <v>6891</v>
       </c>
       <c r="B128" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Gian Elias</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>Baumgartner</t>
+          <t>Aschwanden</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G128" s="4"/>
+      <c r="G128" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="129">
       <c r="A129" s="4" t="n">
-        <v>302</v>
+        <v>6226</v>
       </c>
       <c r="B129" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
-          <t>René</t>
+          <t>Benedeto</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
-          <t>Berchten</t>
+          <t>Bandello</t>
         </is>
       </c>
       <c r="E129" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G129" s="4"/>
     </row>
     <row r="130">
       <c r="A130" s="4" t="n">
-        <v>4692</v>
+        <v>6854</v>
       </c>
       <c r="B130" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>Dragan</t>
+          <t>Iren-Angelina</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>Bijelic</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E130" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G130" s="4"/>
     </row>
     <row r="131">
       <c r="A131" s="4" t="n">
-        <v>6223</v>
+        <v>259</v>
       </c>
       <c r="B131" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
-          <t>Dragan</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
-          <t>Bijelic</t>
+          <t>Baumgartner</t>
         </is>
       </c>
       <c r="E131" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G131" s="4"/>
     </row>
     <row r="132">
       <c r="A132" s="4" t="n">
-        <v>396</v>
+        <v>302</v>
       </c>
       <c r="B132" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
-          <t>Robert</t>
+          <t>René</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
-          <t>Blätter</t>
+          <t>Berchten</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G132" s="4"/>
     </row>
     <row r="133">
       <c r="A133" s="4" t="n">
-        <v>4808</v>
+        <v>6223</v>
       </c>
       <c r="B133" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
-          <t>Robert</t>
+          <t>Dragan</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
-          <t>Blättler</t>
+          <t>Bijelic</t>
         </is>
       </c>
       <c r="E133" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G133" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G133" s="4"/>
     </row>
     <row r="134">
       <c r="A134" s="4" t="n">
-        <v>418</v>
+        <v>4692</v>
       </c>
       <c r="B134" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
-          <t>Dietrich</t>
+          <t>Dragan</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>Bohle</t>
+          <t>Bijelic</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G134" s="4"/>
     </row>
     <row r="135">
       <c r="A135" s="4" t="n">
-        <v>7105</v>
+        <v>396</v>
       </c>
       <c r="B135" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Robert</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
-          <t>Bühlmann</t>
+          <t>Blätter</t>
         </is>
       </c>
       <c r="E135" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G135" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G135" s="4"/>
     </row>
     <row r="136">
       <c r="A136" s="4" t="n">
-        <v>542</v>
+        <v>4808</v>
       </c>
       <c r="B136" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
-          <t>Michéle</t>
+          <t>Robert</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
-          <t>Burger</t>
+          <t>Blättler</t>
         </is>
       </c>
       <c r="E136" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G136" s="4"/>
+      <c r="G136" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="137">
       <c r="A137" s="4" t="n">
-        <v>6890</v>
+        <v>418</v>
       </c>
       <c r="B137" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Dietrich</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
-          <t>Burkhalter</t>
+          <t>Bohle</t>
         </is>
       </c>
       <c r="E137" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G137" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G137" s="4"/>
     </row>
     <row r="138">
       <c r="A138" s="4" t="n">
-        <v>672</v>
+        <v>7552</v>
       </c>
       <c r="B138" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Alexandre</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
-          <t>Christen</t>
+          <t>Boyer</t>
         </is>
       </c>
       <c r="E138" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G138" s="4"/>
+      <c r="G138" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="139">
       <c r="A139" s="4" t="n">
-        <v>686</v>
+        <v>7105</v>
       </c>
       <c r="B139" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
-          <t>Claudio</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
-          <t>Clerici</t>
+          <t>Bühlmann</t>
         </is>
       </c>
       <c r="E139" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G139" s="4"/>
+      <c r="G139" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="140">
       <c r="A140" s="4" t="n">
-        <v>690</v>
+        <v>542</v>
       </c>
       <c r="B140" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
-          <t>Pedro</t>
+          <t>Michéle</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
-          <t>Codes</t>
+          <t>Burger</t>
         </is>
       </c>
       <c r="E140" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G140" s="4"/>
     </row>
     <row r="141">
       <c r="A141" s="4" t="n">
-        <v>6889</v>
+        <v>6890</v>
       </c>
       <c r="B141" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
-          <t>Janine</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>Corpataux</t>
+          <t>Burkhalter</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G141" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="4" t="n">
-        <v>4870</v>
+        <v>672</v>
       </c>
       <c r="B142" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
-          <t> Damien</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>Cremona - Hurni</t>
+          <t>Christen</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G142" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G142" s="4"/>
     </row>
     <row r="143">
       <c r="A143" s="4" t="n">
-        <v>7387</v>
+        <v>686</v>
       </c>
       <c r="B143" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
-          <t>Jorda Sathya</t>
+          <t>Claudio</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>De Albuquerque</t>
+          <t>Clerici</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G143" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G143" s="4"/>
     </row>
     <row r="144">
       <c r="A144" s="4" t="n">
-        <v>804</v>
+        <v>690</v>
       </c>
       <c r="B144" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
-          <t>Arif</t>
+          <t>Pedro</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>Demiral</t>
+          <t>Codes</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G144" s="4"/>
     </row>
     <row r="145">
       <c r="A145" s="4" t="n">
-        <v>7413</v>
+        <v>6889</v>
       </c>
       <c r="B145" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Janine</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>Dick</t>
+          <t>Corpataux</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="4" t="n">
-        <v>838</v>
+        <v>4870</v>
       </c>
       <c r="B146" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
-          <t>Bohle</t>
+          <t> Damien</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
-          <t>Dietrich</t>
+          <t>Cremona - Hurni</t>
         </is>
       </c>
       <c r="E146" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G146" s="4"/>
+      <c r="G146" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="147">
       <c r="A147" s="4" t="n">
-        <v>7429</v>
+        <v>7387</v>
       </c>
       <c r="B147" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
-          <t>Moira</t>
+          <t>Jorda Sathya</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>Dillier</t>
+          <t>De Albuquerque</t>
         </is>
       </c>
       <c r="E147" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G147" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="4" t="n">
-        <v>881</v>
+        <v>804</v>
       </c>
       <c r="B148" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Arif</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
-          <t>Dörr</t>
+          <t>Demiral</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G148" s="4"/>
     </row>
     <row r="149">
       <c r="A149" s="4" t="n">
-        <v>914</v>
+        <v>7413</v>
       </c>
       <c r="B149" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
-          <t>Jacques</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>Dupasquier</t>
+          <t>Dick</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G149" s="4"/>
+      <c r="G149" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="150">
       <c r="A150" s="4" t="n">
-        <v>4594</v>
+        <v>838</v>
       </c>
       <c r="B150" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
-          <t>Fabienne</t>
+          <t>Bohle</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>Eichelberger</t>
+          <t>Dietrich</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G150" s="4"/>
     </row>
     <row r="151">
       <c r="A151" s="4" t="n">
-        <v>980</v>
+        <v>7429</v>
       </c>
       <c r="B151" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
-          <t>Noémi</t>
+          <t>Moira</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>Ellenberger</t>
+          <t>Dillier</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G151" s="4"/>
+      <c r="G151" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="152">
       <c r="A152" s="4" t="n">
-        <v>7438</v>
+        <v>881</v>
       </c>
       <c r="B152" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>Felder</t>
+          <t>Dörr</t>
         </is>
       </c>
       <c r="E152" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G152" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G152" s="4"/>
     </row>
     <row r="153">
       <c r="A153" s="4" t="n">
-        <v>4593</v>
+        <v>914</v>
       </c>
       <c r="B153" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
-          <t>Benoit</t>
+          <t>Jacques</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
-          <t>Fellay</t>
+          <t>Dupasquier</t>
         </is>
       </c>
       <c r="E153" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G153" s="4"/>
     </row>
     <row r="154">
       <c r="A154" s="4" t="n">
-        <v>1142</v>
+        <v>4594</v>
       </c>
       <c r="B154" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
-          <t>Esther</t>
+          <t>Fabienne</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
-          <t>Freiburghaus</t>
+          <t>Eichelberger</t>
         </is>
       </c>
       <c r="E154" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G154" s="4"/>
     </row>
     <row r="155">
       <c r="A155" s="4" t="n">
-        <v>4057</v>
+        <v>980</v>
       </c>
       <c r="B155" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
-          <t>Leonardo</t>
+          <t>Noémi</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
-          <t>Gaetani</t>
+          <t>Ellenberger</t>
         </is>
       </c>
       <c r="E155" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G155" s="4"/>
     </row>
     <row r="156">
       <c r="A156" s="4" t="n">
-        <v>7480</v>
+        <v>7438</v>
       </c>
       <c r="B156" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
-          <t>Franca</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
-          <t>Gamma</t>
+          <t>Felder</t>
         </is>
       </c>
       <c r="E156" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G156" s="4"/>
+      <c r="G156" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="157">
       <c r="A157" s="4" t="n">
-        <v>7479</v>
+        <v>4593</v>
       </c>
       <c r="B157" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
-          <t>Tonia</t>
+          <t>Benoit</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
-          <t>Gamma</t>
+          <t>Fellay</t>
         </is>
       </c>
       <c r="E157" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G157" s="4"/>
     </row>
     <row r="158">
       <c r="A158" s="4" t="n">
-        <v>4691</v>
+        <v>1142</v>
       </c>
       <c r="B158" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
-          <t>Philipp</t>
+          <t>Esther</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
-          <t>Gass</t>
+          <t>Freiburghaus</t>
         </is>
       </c>
       <c r="E158" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G158" s="4"/>
     </row>
     <row r="159">
       <c r="A159" s="4" t="n">
-        <v>1242</v>
+        <v>4057</v>
       </c>
       <c r="B159" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
-          <t>Agi</t>
+          <t>Leonardo</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
-          <t>Gehrig</t>
+          <t>Gaetani</t>
         </is>
       </c>
       <c r="E159" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G159" s="4"/>
     </row>
     <row r="160">
       <c r="A160" s="4" t="n">
-        <v>6025</v>
+        <v>7479</v>
       </c>
       <c r="B160" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Tonia</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
-          <t>Gonzalez</t>
+          <t>Gamma</t>
         </is>
       </c>
       <c r="E160" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G160" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G160" s="4"/>
     </row>
     <row r="161">
       <c r="A161" s="4" t="n">
-        <v>7415</v>
+        <v>7480</v>
       </c>
       <c r="B161" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
-          <t>Eugen</t>
+          <t>Franca</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
-          <t>Gossauer</t>
+          <t>Gamma</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G161" s="4"/>
     </row>
     <row r="162">
       <c r="A162" s="4" t="n">
-        <v>1379</v>
+        <v>4691</v>
       </c>
       <c r="B162" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
-          <t>Gerald</t>
+          <t>Philipp</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
-          <t>Groll</t>
+          <t>Gass</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G162" s="4"/>
     </row>
     <row r="163">
       <c r="A163" s="4" t="n">
-        <v>1378</v>
+        <v>1242</v>
       </c>
       <c r="B163" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
-          <t>Cigdem</t>
+          <t>Agi</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
-          <t>Groll</t>
+          <t>Gehrig</t>
         </is>
       </c>
       <c r="E163" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G163" s="4"/>
     </row>
     <row r="164">
       <c r="A164" s="4" t="n">
-        <v>7414</v>
+        <v>6025</v>
       </c>
       <c r="B164" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
-          <t>Rosmarie</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
-          <t>Gross</t>
+          <t>Gonzalez</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G164" s="4"/>
+      <c r="G164" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="165">
       <c r="A165" s="4" t="n">
-        <v>6672</v>
+        <v>7415</v>
       </c>
       <c r="B165" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Eugen</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
-          <t>Grossen</t>
+          <t>Gossauer</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G165" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G165" s="4"/>
     </row>
     <row r="166">
       <c r="A166" s="4" t="n">
-        <v>1442</v>
+        <v>1378</v>
       </c>
       <c r="B166" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
-          <t>Manfred</t>
+          <t>Cigdem</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
-          <t>Haberer</t>
+          <t>Groll</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G166" s="4"/>
     </row>
     <row r="167">
       <c r="A167" s="4" t="n">
-        <v>1462</v>
+        <v>1379</v>
       </c>
       <c r="B167" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
-          <t>Vlaznim</t>
+          <t>Gerald</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>Halimi</t>
+          <t>Groll</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G167" s="4"/>
     </row>
     <row r="168">
       <c r="A168" s="4" t="n">
-        <v>4663</v>
+        <v>7414</v>
       </c>
       <c r="B168" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Rosmarie</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
-          <t>Hediger</t>
+          <t>Gross</t>
         </is>
       </c>
       <c r="E168" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G168" s="4"/>
     </row>
     <row r="169">
       <c r="A169" s="4" t="n">
-        <v>1547</v>
+        <v>6672</v>
       </c>
       <c r="B169" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
-          <t>Karin</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
-          <t>Hertig</t>
+          <t>Grossen</t>
         </is>
       </c>
       <c r="E169" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G169" s="4"/>
+      <c r="G169" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="170">
       <c r="A170" s="4" t="n">
-        <v>4072</v>
+        <v>1442</v>
       </c>
       <c r="B170" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
-          <t>Rebekka</t>
+          <t>Manfred</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
-          <t>Holenstein</t>
+          <t>Haberer</t>
         </is>
       </c>
       <c r="E170" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G170" s="4"/>
     </row>
     <row r="171">
       <c r="A171" s="4" t="n">
-        <v>7086</v>
+        <v>1462</v>
       </c>
       <c r="B171" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
-          <t>Laurant</t>
+          <t>Vlaznim</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
-          <t>Jornod</t>
+          <t>Halimi</t>
         </is>
       </c>
       <c r="E171" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G171" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G171" s="4"/>
     </row>
     <row r="172">
       <c r="A172" s="4" t="n">
-        <v>1760</v>
+        <v>4663</v>
       </c>
       <c r="B172" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
-          <t>Marija</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
-          <t>Josifovic</t>
+          <t>Hediger</t>
         </is>
       </c>
       <c r="E172" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G172" s="4"/>
     </row>
     <row r="173">
       <c r="A173" s="4" t="n">
-        <v>1801</v>
+        <v>1547</v>
       </c>
       <c r="B173" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
-          <t>Edgar</t>
+          <t>Karin</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
-          <t>Kälin</t>
+          <t>Hertig</t>
         </is>
       </c>
       <c r="E173" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G173" s="4"/>
     </row>
     <row r="174">
       <c r="A174" s="4" t="n">
-        <v>6887</v>
+        <v>4072</v>
       </c>
       <c r="B174" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
-          <t>Soraya</t>
+          <t>Rebekka</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
-          <t>Karakoc</t>
+          <t>Holenstein</t>
         </is>
       </c>
       <c r="E174" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G174" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G174" s="4"/>
     </row>
     <row r="175">
       <c r="A175" s="4" t="n">
-        <v>6888</v>
+        <v>7086</v>
       </c>
       <c r="B175" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
-          <t>Sibylle</t>
+          <t>Laurant</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
-          <t>Koller</t>
+          <t>Jornod</t>
         </is>
       </c>
       <c r="E175" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G175" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="4" t="n">
-        <v>1941</v>
+        <v>1760</v>
       </c>
       <c r="B176" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
-          <t>Sabrina</t>
+          <t>Marija</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
-          <t>Kon</t>
+          <t>Josifovic</t>
         </is>
       </c>
       <c r="E176" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G176" s="4"/>
     </row>
     <row r="177">
       <c r="A177" s="4" t="n">
-        <v>5674</v>
+        <v>1801</v>
       </c>
       <c r="B177" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
-          <t>Jacqueline</t>
+          <t>Edgar</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
-          <t>König</t>
+          <t>Kälin</t>
         </is>
       </c>
       <c r="E177" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G177" s="4"/>
     </row>
     <row r="178">
       <c r="A178" s="4" t="n">
-        <v>1968</v>
+        <v>6887</v>
       </c>
       <c r="B178" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
-          <t>Naim</t>
+          <t>Soraya</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
-          <t>Krasniqi</t>
+          <t>Karakoc</t>
         </is>
       </c>
       <c r="E178" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G178" s="4"/>
+      <c r="G178" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="179">
       <c r="A179" s="4" t="n">
-        <v>1985</v>
+        <v>6888</v>
       </c>
       <c r="B179" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Sibylle</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
-          <t>Kropf</t>
+          <t>Koller</t>
         </is>
       </c>
       <c r="E179" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G179" s="4"/>
+      <c r="G179" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="180">
       <c r="A180" s="4" t="n">
-        <v>7104</v>
+        <v>1941</v>
       </c>
       <c r="B180" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
-          <t>Emir</t>
+          <t>Sabrina</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
-          <t>Kujundzic</t>
+          <t>Kon</t>
         </is>
       </c>
       <c r="E180" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G180" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G180" s="4"/>
     </row>
     <row r="181">
       <c r="A181" s="4" t="n">
-        <v>6229</v>
+        <v>5674</v>
       </c>
       <c r="B181" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Jacqueline</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
-          <t>Laufer</t>
+          <t>König</t>
         </is>
       </c>
       <c r="E181" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G181" s="4"/>
     </row>
     <row r="182">
       <c r="A182" s="4" t="n">
-        <v>2100</v>
+        <v>1968</v>
       </c>
       <c r="B182" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Naim</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
-          <t>Lengwiler</t>
+          <t>Krasniqi</t>
         </is>
       </c>
       <c r="E182" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G182" s="4"/>
     </row>
     <row r="183">
       <c r="A183" s="4" t="n">
-        <v>2102</v>
+        <v>1985</v>
       </c>
       <c r="B183" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
-          <t>Nira</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
-          <t>Leon</t>
+          <t>Kropf</t>
         </is>
       </c>
       <c r="E183" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G183" s="4"/>
     </row>
     <row r="184">
       <c r="A184" s="4" t="n">
-        <v>2105</v>
+        <v>7104</v>
       </c>
       <c r="B184" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Emir</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
-          <t>Lerch</t>
+          <t>Kujundzic</t>
         </is>
       </c>
       <c r="E184" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G184" s="4"/>
+      <c r="G184" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="185">
       <c r="A185" s="4" t="n">
-        <v>2118</v>
+        <v>6229</v>
       </c>
       <c r="B185" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
-          <t>Theres</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
-          <t>Leutert</t>
+          <t>Laufer</t>
         </is>
       </c>
       <c r="E185" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G185" s="4"/>
     </row>
     <row r="186">
       <c r="A186" s="4" t="n">
-        <v>2134</v>
+        <v>2100</v>
       </c>
       <c r="B186" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
-          <t>Lirgg</t>
+          <t>Lengwiler</t>
         </is>
       </c>
       <c r="E186" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G186" s="4"/>
     </row>
     <row r="187">
       <c r="A187" s="4" t="n">
-        <v>2152</v>
+        <v>2102</v>
       </c>
       <c r="B187" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
-          <t>Giancarlo</t>
+          <t>Nira</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
-          <t>Loperfido</t>
+          <t>Leon</t>
         </is>
       </c>
       <c r="E187" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G187" s="4"/>
     </row>
     <row r="188">
       <c r="A188" s="4" t="n">
-        <v>2158</v>
+        <v>2105</v>
       </c>
       <c r="B188" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
-          <t>Lötscher</t>
+          <t>Lerch</t>
         </is>
       </c>
       <c r="E188" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G188" s="4"/>
     </row>
     <row r="189">
       <c r="A189" s="4" t="n">
-        <v>7428</v>
+        <v>2118</v>
       </c>
       <c r="B189" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
-          <t>Walter</t>
+          <t>Theres</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
-          <t>Lüthi</t>
+          <t>Leutert</t>
         </is>
       </c>
       <c r="E189" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G189" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G189" s="4"/>
     </row>
     <row r="190">
       <c r="A190" s="4" t="n">
-        <v>2197</v>
+        <v>2134</v>
       </c>
       <c r="B190" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
-          <t>Raffael</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
-          <t>Lüthold</t>
+          <t>Lirgg</t>
         </is>
       </c>
       <c r="E190" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G190" s="4"/>
     </row>
     <row r="191">
       <c r="A191" s="4" t="n">
-        <v>2230</v>
+        <v>2152</v>
       </c>
       <c r="B191" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Giancarlo</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
-          <t>Manrecaj</t>
+          <t>Loperfido</t>
         </is>
       </c>
       <c r="E191" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G191" s="4"/>
     </row>
     <row r="192">
       <c r="A192" s="4" t="n">
-        <v>4684</v>
+        <v>2158</v>
       </c>
       <c r="B192" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
-          <t>Massimo</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
-          <t>Marcozzi</t>
+          <t>Lötscher</t>
         </is>
       </c>
       <c r="E192" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G192" s="4"/>
     </row>
     <row r="193">
       <c r="A193" s="4" t="n">
-        <v>4590</v>
+        <v>7428</v>
       </c>
       <c r="B193" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
-          <t>Trink</t>
+          <t>Walter</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Lüthi</t>
         </is>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G193" s="4"/>
+      <c r="G193" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="194">
       <c r="A194" s="4" t="n">
-        <v>2244</v>
+        <v>2197</v>
       </c>
       <c r="B194" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
-          <t>Giuseppe</t>
+          <t>Raffael</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
-          <t>Marra</t>
+          <t>Lüthold</t>
         </is>
       </c>
       <c r="E194" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G194" s="4"/>
     </row>
     <row r="195">
       <c r="A195" s="4" t="n">
-        <v>2255</v>
+        <v>2230</v>
       </c>
       <c r="B195" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Manrecaj</t>
         </is>
       </c>
       <c r="E195" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G195" s="4"/>
     </row>
     <row r="196">
       <c r="A196" s="4" t="n">
-        <v>2303</v>
+        <v>4684</v>
       </c>
       <c r="B196" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
-          <t>Josef</t>
+          <t>Massimo</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
-          <t>Meier</t>
+          <t>Marcozzi</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G196" s="4"/>
     </row>
     <row r="197">
       <c r="A197" s="4" t="n">
-        <v>7389</v>
+        <v>4590</v>
       </c>
       <c r="B197" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Trink</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
-          <t>Micheletti</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="E197" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G197" s="4"/>
     </row>
     <row r="198">
       <c r="A198" s="4" t="n">
-        <v>2431</v>
+        <v>2244</v>
       </c>
       <c r="B198" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
-          <t>Silvio</t>
+          <t>Giuseppe</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
-          <t>Mordasini</t>
+          <t>Marra</t>
         </is>
       </c>
       <c r="E198" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G198" s="4"/>
     </row>
     <row r="199">
       <c r="A199" s="4" t="n">
-        <v>2442</v>
+        <v>2255</v>
       </c>
       <c r="B199" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
-          <t>Mosconi</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E199" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G199" s="4"/>
     </row>
     <row r="200">
       <c r="A200" s="4" t="n">
-        <v>4070</v>
+        <v>2303</v>
       </c>
       <c r="B200" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
-          <t>Karin</t>
+          <t>Josef</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
-          <t>Moser</t>
+          <t>Meier</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G200" s="4"/>
     </row>
     <row r="201">
       <c r="A201" s="4" t="n">
-        <v>4071</v>
+        <v>7389</v>
       </c>
       <c r="B201" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
-          <t>Cornelia</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
-          <t>Moser</t>
+          <t>Micheletti</t>
         </is>
       </c>
       <c r="E201" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G201" s="4"/>
     </row>
     <row r="202">
       <c r="A202" s="4" t="n">
-        <v>7388</v>
+        <v>7528</v>
       </c>
       <c r="B202" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
-          <t>Tosca</t>
+          <t>Shahrazed</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
-          <t>Muffatti</t>
+          <t>Mkaouar</t>
         </is>
       </c>
       <c r="E202" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G202" s="4"/>
     </row>
     <row r="203">
       <c r="A203" s="4" t="n">
-        <v>2451</v>
+        <v>2431</v>
       </c>
       <c r="B203" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
-          <t>Maja</t>
+          <t>Silvio</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
-          <t>Mühlemann</t>
+          <t>Mordasini</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G203" s="4"/>
     </row>
     <row r="204">
       <c r="A204" s="4" t="n">
-        <v>2458</v>
+        <v>2442</v>
       </c>
       <c r="B204" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Mosconi</t>
         </is>
       </c>
       <c r="E204" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G204" s="4"/>
     </row>
     <row r="205">
       <c r="A205" s="4" t="n">
-        <v>7477</v>
+        <v>4071</v>
       </c>
       <c r="B205" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Cornelia</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
-          <t>Nani</t>
+          <t>Moser</t>
         </is>
       </c>
       <c r="E205" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G205" s="4"/>
     </row>
     <row r="206">
       <c r="A206" s="4" t="n">
-        <v>2630</v>
+        <v>4070</v>
       </c>
       <c r="B206" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
-          <t>Filip</t>
+          <t>Karin</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
-          <t>Pavlinec</t>
+          <t>Moser</t>
         </is>
       </c>
       <c r="E206" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G206" s="4"/>
     </row>
     <row r="207">
       <c r="A207" s="4" t="n">
-        <v>2660</v>
+        <v>7388</v>
       </c>
       <c r="B207" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
-          <t>Rolf</t>
+          <t>Tosca</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
-          <t>Perren</t>
+          <t>Muffatti</t>
         </is>
       </c>
       <c r="E207" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G207" s="4"/>
     </row>
     <row r="208">
       <c r="A208" s="4" t="n">
-        <v>6228</v>
+        <v>2451</v>
       </c>
       <c r="B208" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Maja</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
-          <t>Pin</t>
+          <t>Mühlemann</t>
         </is>
       </c>
       <c r="E208" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G208" s="4"/>
     </row>
     <row r="209">
       <c r="A209" s="4" t="n">
-        <v>2746</v>
+        <v>2458</v>
       </c>
       <c r="B209" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
-          <t>Marcus</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
-          <t>Pollak</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E209" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G209" s="4"/>
     </row>
     <row r="210">
       <c r="A210" s="4" t="n">
-        <v>7476</v>
+        <v>7477</v>
       </c>
       <c r="B210" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
-          <t>Bratislav</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
-          <t>Popovic</t>
+          <t>Nani</t>
         </is>
       </c>
       <c r="E210" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G210" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G210" s="4"/>
     </row>
     <row r="211">
       <c r="A211" s="4" t="n">
-        <v>2772</v>
+        <v>2630</v>
       </c>
       <c r="B211" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Filip</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
-          <t>Puglisi</t>
+          <t>Pavlinec</t>
         </is>
       </c>
       <c r="E211" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G211" s="4"/>
     </row>
     <row r="212">
       <c r="A212" s="4" t="n">
-        <v>6225</v>
+        <v>2660</v>
       </c>
       <c r="B212" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
-          <t>Joëlle</t>
+          <t>Rolf</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
-          <t>Rebeyrol</t>
+          <t>Perren</t>
         </is>
       </c>
       <c r="E212" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G212" s="4"/>
     </row>
     <row r="213">
       <c r="A213" s="4" t="n">
-        <v>4591</v>
+        <v>6228</v>
       </c>
       <c r="B213" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
-          <t>Silvan</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
-          <t>Reinstadler</t>
+          <t>Pin</t>
         </is>
       </c>
       <c r="E213" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G213" s="4"/>
     </row>
     <row r="214">
       <c r="A214" s="4" t="n">
-        <v>2861</v>
+        <v>2746</v>
       </c>
       <c r="B214" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
-          <t>Susann</t>
+          <t>Marcus</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
-          <t>Rentsch</t>
+          <t>Pollak</t>
         </is>
       </c>
       <c r="E214" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G214" s="4"/>
     </row>
     <row r="215">
       <c r="A215" s="4" t="n">
-        <v>7386</v>
+        <v>7476</v>
       </c>
       <c r="B215" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
-          <t>Sabine</t>
+          <t>Bratislav</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
-          <t>Riemenschneider</t>
+          <t>Popovic</t>
         </is>
       </c>
       <c r="E215" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G215" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="4" t="n">
-        <v>7412</v>
+        <v>2772</v>
       </c>
       <c r="B216" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
-          <t>Osama</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
-          <t>Rifai</t>
+          <t>Puglisi</t>
         </is>
       </c>
       <c r="E216" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G216" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G216" s="4"/>
     </row>
     <row r="217">
       <c r="A217" s="4" t="n">
-        <v>2908</v>
+        <v>7568</v>
       </c>
       <c r="B217" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
-          <t>Brucal</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
-          <t>Rizalito</t>
+          <t>Radjenovic</t>
         </is>
       </c>
       <c r="E217" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G217" s="4"/>
+      <c r="G217" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="218">
       <c r="A218" s="4" t="n">
-        <v>7103</v>
+        <v>6225</v>
       </c>
       <c r="B218" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
-          <t>Elio</t>
+          <t>Joëlle</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
-          <t>Romano</t>
+          <t>Rebeyrol</t>
         </is>
       </c>
       <c r="E218" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G218" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G218" s="4"/>
     </row>
     <row r="219">
       <c r="A219" s="4" t="n">
-        <v>2937</v>
+        <v>4591</v>
       </c>
       <c r="B219" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Silvan</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
-          <t>Roos</t>
+          <t>Reinstadler</t>
         </is>
       </c>
       <c r="E219" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G219" s="4"/>
     </row>
     <row r="220">
       <c r="A220" s="4" t="n">
-        <v>2945</v>
+        <v>2861</v>
       </c>
       <c r="B220" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Susann</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
-          <t>Rossi</t>
+          <t>Rentsch</t>
         </is>
       </c>
       <c r="E220" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G220" s="4"/>
     </row>
     <row r="221">
       <c r="A221" s="4" t="n">
-        <v>6227</v>
+        <v>7386</v>
       </c>
       <c r="B221" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Sabine</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
-          <t>Rothen</t>
+          <t>Riemenschneider</t>
         </is>
       </c>
       <c r="E221" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G221" s="4"/>
+      <c r="G221" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="222">
       <c r="A222" s="4" t="n">
-        <v>5672</v>
+        <v>7412</v>
       </c>
       <c r="B222" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Osama</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
-          <t>Rudin</t>
+          <t>Rifai</t>
         </is>
       </c>
       <c r="E222" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G222" s="4"/>
+      <c r="G222" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="223">
       <c r="A223" s="4" t="n">
-        <v>7102</v>
+        <v>2908</v>
       </c>
       <c r="B223" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Brucal</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
-          <t>Rüegg</t>
+          <t>Rizalito</t>
         </is>
       </c>
       <c r="E223" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G223" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G223" s="4"/>
     </row>
     <row r="224">
       <c r="A224" s="4" t="n">
-        <v>5673</v>
+        <v>7103</v>
       </c>
       <c r="B224" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
-          <t>Martina</t>
+          <t>Elio</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
-          <t>Savorani</t>
+          <t>Romano</t>
         </is>
       </c>
       <c r="E224" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G224" s="4"/>
+      <c r="G224" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="225">
       <c r="A225" s="4" t="n">
-        <v>3124</v>
+        <v>2937</v>
       </c>
       <c r="B225" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
-          <t>Schenker</t>
+          <t>Roos</t>
         </is>
       </c>
       <c r="E225" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G225" s="4"/>
     </row>
     <row r="226">
       <c r="A226" s="4" t="n">
-        <v>3132</v>
+        <v>2945</v>
       </c>
       <c r="B226" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
-          <t>Urban</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
-          <t>Schicker</t>
+          <t>Rossi</t>
         </is>
       </c>
       <c r="E226" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G226" s="4"/>
     </row>
     <row r="227">
       <c r="A227" s="4" t="n">
-        <v>3135</v>
+        <v>6227</v>
       </c>
       <c r="B227" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
-          <t>Linda</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
-          <t>Schiesser</t>
+          <t>Rothen</t>
         </is>
       </c>
       <c r="E227" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G227" s="4"/>
     </row>
     <row r="228">
       <c r="A228" s="4" t="n">
-        <v>3210</v>
+        <v>5672</v>
       </c>
       <c r="B228" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
-          <t>Gabriel</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
-          <t>Schneuwly</t>
+          <t>Rudin</t>
         </is>
       </c>
       <c r="E228" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G228" s="4"/>
     </row>
     <row r="229">
       <c r="A229" s="4" t="n">
-        <v>3235</v>
+        <v>7102</v>
       </c>
       <c r="B229" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
-          <t>Ruedi</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
-          <t>Schori</t>
+          <t>Rüegg</t>
         </is>
       </c>
       <c r="E229" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G229" s="4"/>
+      <c r="G229" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="230">
       <c r="A230" s="4" t="n">
-        <v>3287</v>
+        <v>5673</v>
       </c>
       <c r="B230" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
-          <t>Roman</t>
+          <t>Martina</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
-          <t>Seiler</t>
+          <t>Savorani</t>
         </is>
       </c>
       <c r="E230" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G230" s="4"/>
     </row>
     <row r="231">
       <c r="A231" s="4" t="n">
-        <v>3338</v>
+        <v>7547</v>
       </c>
       <c r="B231" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
-          <t>Juan</t>
+          <t>Keni</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
-          <t>Sierra</t>
+          <t>Schedel</t>
         </is>
       </c>
       <c r="E231" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G231" s="4"/>
+      <c r="G231" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="232">
       <c r="A232" s="4" t="n">
-        <v>6671</v>
+        <v>3124</v>
       </c>
       <c r="B232" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
-          <t>Sigrist</t>
+          <t>Schenker</t>
         </is>
       </c>
       <c r="E232" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G232" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G232" s="4"/>
     </row>
     <row r="233">
       <c r="A233" s="4" t="n">
-        <v>3374</v>
+        <v>3132</v>
       </c>
       <c r="B233" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Urban</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
-          <t>Sommer</t>
+          <t>Schicker</t>
         </is>
       </c>
       <c r="E233" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G233" s="4"/>
     </row>
     <row r="234">
       <c r="A234" s="4" t="n">
-        <v>3444</v>
+        <v>3135</v>
       </c>
       <c r="B234" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
-          <t>Jürg</t>
+          <t>Linda</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
-          <t>Staubli</t>
+          <t>Schiesser</t>
         </is>
       </c>
       <c r="E234" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G234" s="4"/>
     </row>
     <row r="235">
       <c r="A235" s="4" t="n">
-        <v>3479</v>
+        <v>3210</v>
       </c>
       <c r="B235" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Gabriel</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
-          <t>Stifani</t>
+          <t>Schneuwly</t>
         </is>
       </c>
       <c r="E235" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G235" s="4"/>
     </row>
     <row r="236">
       <c r="A236" s="4" t="n">
-        <v>5675</v>
+        <v>3235</v>
       </c>
       <c r="B236" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
-          <t>Hans</t>
+          <t>Ruedi</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
-          <t>Strahm</t>
+          <t>Schori</t>
         </is>
       </c>
       <c r="E236" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G236" s="4"/>
     </row>
     <row r="237">
       <c r="A237" s="4" t="n">
-        <v>6224</v>
+        <v>3287</v>
       </c>
       <c r="B237" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
-          <t>Donato</t>
+          <t>Roman</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>Telesca</t>
+          <t>Seiler</t>
         </is>
       </c>
       <c r="E237" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G237" s="4"/>
     </row>
     <row r="238">
       <c r="A238" s="4" t="n">
-        <v>3584</v>
+        <v>3338</v>
       </c>
       <c r="B238" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
-          <t>Alfred</t>
+          <t>Juan</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
-          <t>Teuscher</t>
+          <t>Sierra</t>
         </is>
       </c>
       <c r="E238" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G238" s="4"/>
     </row>
     <row r="239">
       <c r="A239" s="4" t="n">
-        <v>3587</v>
+        <v>6671</v>
       </c>
       <c r="B239" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
-          <t>Jeniffer</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
-          <t>Theiler</t>
+          <t>Sigrist</t>
         </is>
       </c>
       <c r="E239" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G239" s="4"/>
+      <c r="G239" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="240">
       <c r="A240" s="4" t="n">
-        <v>6447</v>
+        <v>3374</v>
       </c>
       <c r="B240" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
-          <t>Franziska</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
-          <t>Tidy-Imhof</t>
+          <t>Sommer</t>
         </is>
       </c>
       <c r="E240" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G240" s="4"/>
     </row>
     <row r="241">
       <c r="A241" s="4" t="n">
-        <v>4850</v>
+        <v>3444</v>
       </c>
       <c r="B241" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
-          <t>Brigitte</t>
+          <t>Jürg</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
-          <t>Tischhauser</t>
+          <t>Staubli</t>
         </is>
       </c>
       <c r="E241" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G241" s="4"/>
     </row>
     <row r="242">
       <c r="A242" s="4" t="n">
-        <v>4664</v>
+        <v>3479</v>
       </c>
       <c r="B242" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
-          <t>Trink</t>
+          <t>Stifani</t>
         </is>
       </c>
       <c r="E242" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G242" s="4"/>
     </row>
     <row r="243">
       <c r="A243" s="4" t="n">
-        <v>3655</v>
+        <v>5675</v>
       </c>
       <c r="B243" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
-          <t>Daniela</t>
+          <t>Hans</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
-          <t>Truttmann</t>
+          <t>Strahm</t>
         </is>
       </c>
       <c r="E243" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G243" s="4"/>
     </row>
     <row r="244">
       <c r="A244" s="4" t="n">
-        <v>3657</v>
+        <v>6224</v>
       </c>
       <c r="B244" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Donato</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
-          <t>Truttmann</t>
+          <t>Telesca</t>
         </is>
       </c>
       <c r="E244" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G244" s="4"/>
     </row>
     <row r="245">
       <c r="A245" s="4" t="n">
-        <v>3689</v>
+        <v>3584</v>
       </c>
       <c r="B245" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
-          <t>Leos</t>
+          <t>Alfred</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
-          <t>Urbanek</t>
+          <t>Teuscher</t>
         </is>
       </c>
       <c r="E245" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G245" s="4"/>
     </row>
     <row r="246">
       <c r="A246" s="4" t="n">
-        <v>4056</v>
+        <v>3587</v>
       </c>
       <c r="B246" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
-          <t>Zoran</t>
+          <t>Jeniffer</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
-          <t>Vukajlovic</t>
+          <t>Theiler</t>
         </is>
       </c>
       <c r="E246" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G246" s="4"/>
     </row>
     <row r="247">
       <c r="A247" s="4" t="n">
-        <v>3809</v>
+        <v>6447</v>
       </c>
       <c r="B247" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Franziska</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
-          <t>Waltert</t>
+          <t>Tidy-Imhof</t>
         </is>
       </c>
       <c r="E247" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G247" s="4"/>
     </row>
     <row r="248">
       <c r="A248" s="4" t="n">
-        <v>3826</v>
+        <v>4850</v>
       </c>
       <c r="B248" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
-          <t>René</t>
+          <t>Brigitte</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
-          <t>Weber</t>
+          <t>Tischhauser</t>
         </is>
       </c>
       <c r="E248" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G248" s="4"/>
     </row>
     <row r="249">
       <c r="A249" s="4" t="n">
-        <v>3842</v>
+        <v>4664</v>
       </c>
       <c r="B249" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
-          <t>Florian</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
-          <t>Wernly</t>
+          <t>Trink</t>
         </is>
       </c>
       <c r="E249" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G249" s="4"/>
     </row>
     <row r="250">
       <c r="A250" s="4" t="n">
-        <v>3869</v>
+        <v>3655</v>
       </c>
       <c r="B250" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C250" s="4" t="inlineStr">
         <is>
-          <t>Charlotte</t>
+          <t>Daniela</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
-          <t>Willener</t>
+          <t>Truttmann</t>
         </is>
       </c>
       <c r="E250" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G250" s="4"/>
     </row>
     <row r="251">
       <c r="A251" s="4" t="n">
-        <v>3873</v>
+        <v>3657</v>
       </c>
       <c r="B251" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C251" s="4" t="inlineStr">
         <is>
-          <t>Jutta</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
-          <t>Wimmer</t>
+          <t>Truttmann</t>
         </is>
       </c>
       <c r="E251" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G251" s="4"/>
     </row>
     <row r="252">
       <c r="A252" s="4" t="n">
-        <v>3886</v>
+        <v>3689</v>
       </c>
       <c r="B252" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C252" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Leos</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
-          <t>Wittwer</t>
+          <t>Urbanek</t>
         </is>
       </c>
       <c r="E252" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G252" s="4"/>
     </row>
     <row r="253">
       <c r="A253" s="4" t="n">
-        <v>3907</v>
+        <v>7550</v>
       </c>
       <c r="B253" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Ricardo</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>Visini</t>
         </is>
       </c>
       <c r="E253" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G253" s="4"/>
+      <c r="G253" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="254">
       <c r="A254" s="4" t="n">
-        <v>3921</v>
+        <v>4056</v>
       </c>
       <c r="B254" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C254" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Zoran</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
-          <t>Wyss</t>
+          <t>Vukajlovic</t>
         </is>
       </c>
       <c r="E254" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G254" s="4"/>
     </row>
     <row r="255">
       <c r="A255" s="4" t="n">
-        <v>7390</v>
+        <v>3809</v>
       </c>
       <c r="B255" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
-          <t>Zanolari</t>
+          <t>Waltert</t>
         </is>
       </c>
       <c r="E255" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G255" s="4"/>
     </row>
     <row r="256">
       <c r="A256" s="4" t="n">
-        <v>3972</v>
+        <v>3826</v>
       </c>
       <c r="B256" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C256" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>René</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
-          <t>Zolliker</t>
+          <t>Weber</t>
         </is>
       </c>
       <c r="E256" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G256" s="4"/>
     </row>
     <row r="257">
       <c r="A257" s="4" t="n">
-        <v>3998</v>
+        <v>7548</v>
       </c>
       <c r="B257" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C257" s="4" t="inlineStr">
         <is>
-          <t>Jürg</t>
+          <t>Mario</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
-          <t>Zwicker</t>
+          <t>Wermelinger</t>
         </is>
       </c>
       <c r="E257" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G257" s="4"/>
+      <c r="G257" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="258">
       <c r="A258" s="4" t="n">
-        <v>4809</v>
+        <v>3842</v>
       </c>
       <c r="B258" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C258" s="4" t="inlineStr">
         <is>
-          <t>Jürg</t>
+          <t>Florian</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
-          <t>Zwiker</t>
+          <t>Wernly</t>
         </is>
       </c>
       <c r="E258" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G258" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G258" s="4"/>
     </row>
     <row r="259">
       <c r="A259" s="4" t="n">
-        <v>6449</v>
+        <v>3869</v>
       </c>
       <c r="B259" s="4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C259" s="4" t="inlineStr">
         <is>
-          <t>Ramzi</t>
+          <t>Charlotte</t>
         </is>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
-          <t>Abidi</t>
+          <t>Willener</t>
         </is>
       </c>
       <c r="E259" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G259" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G259" s="4"/>
     </row>
     <row r="260">
       <c r="A260" s="4" t="n">
-        <v>17</v>
+        <v>3873</v>
       </c>
       <c r="B260" s="4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
-          <t>Robert</t>
+          <t>Jutta</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
-          <t>Adlun</t>
+          <t>Wimmer</t>
         </is>
       </c>
       <c r="E260" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G260" s="4"/>
     </row>
     <row r="261">
       <c r="A261" s="4" t="n">
-        <v>21</v>
+        <v>3886</v>
       </c>
       <c r="B261" s="4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
           <t>André</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
-          <t>Aebischer</t>
+          <t>Wittwer</t>
         </is>
       </c>
       <c r="E261" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G261" s="4"/>
     </row>
     <row r="262">
       <c r="A262" s="4" t="n">
-        <v>6248</v>
+        <v>3907</v>
       </c>
       <c r="B262" s="4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C262" s="4" t="inlineStr">
         <is>
-          <t>Renate</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D262" s="4" t="inlineStr">
         <is>
-          <t>Aeschbacher</t>
+          <t>Wüthrich</t>
         </is>
       </c>
       <c r="E262" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G262" s="4"/>
     </row>
     <row r="263">
       <c r="A263" s="4" t="n">
-        <v>31</v>
+        <v>3921</v>
       </c>
       <c r="B263" s="4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C263" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D263" s="4" t="inlineStr">
         <is>
-          <t>Aeschlimann</t>
+          <t>Wyss</t>
         </is>
       </c>
       <c r="E263" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G263" s="4"/>
     </row>
     <row r="264">
       <c r="A264" s="4" t="n">
-        <v>6231</v>
+        <v>7390</v>
       </c>
       <c r="B264" s="4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C264" s="4" t="inlineStr">
         <is>
-          <t>Mirjam</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D264" s="4" t="inlineStr">
         <is>
-          <t>Amahaotu</t>
+          <t>Zanolari</t>
         </is>
       </c>
       <c r="E264" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G264" s="4"/>
     </row>
     <row r="265">
       <c r="A265" s="4" t="n">
-        <v>89</v>
+        <v>3972</v>
       </c>
       <c r="B265" s="4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C265" s="4" t="inlineStr">
         <is>
-          <t>Mélanie</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
-          <t>Amrein</t>
+          <t>Zolliker</t>
         </is>
       </c>
       <c r="E265" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G265" s="4"/>
     </row>
     <row r="266">
       <c r="A266" s="4" t="n">
-        <v>5331</v>
+        <v>3998</v>
       </c>
       <c r="B266" s="4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C266" s="4" t="inlineStr">
         <is>
-          <t>Silvio</t>
+          <t>Jürg</t>
         </is>
       </c>
       <c r="D266" s="4" t="inlineStr">
         <is>
-          <t>Apostolo</t>
+          <t>Zwicker</t>
         </is>
       </c>
       <c r="E266" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G266" s="4"/>
     </row>
     <row r="267">
       <c r="A267" s="4" t="n">
-        <v>6244</v>
+        <v>4809</v>
       </c>
       <c r="B267" s="4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C267" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Jürg</t>
         </is>
       </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
-          <t>Arn</t>
+          <t>Zwiker</t>
         </is>
       </c>
       <c r="E267" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G267" s="4"/>
+      <c r="G267" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="268">
       <c r="A268" s="4" t="n">
-        <v>6026</v>
+        <v>6449</v>
       </c>
       <c r="B268" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C268" s="4" t="inlineStr">
         <is>
-          <t>Gian Elias</t>
+          <t>Ramzi</t>
         </is>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
-          <t>Aschwanden</t>
+          <t>Abidi</t>
         </is>
       </c>
       <c r="E268" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G268" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="4" t="n">
-        <v>4049</v>
+        <v>17</v>
       </c>
       <c r="B269" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C269" s="4" t="inlineStr">
         <is>
-          <t>Mirjam</t>
+          <t>Robert</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
-          <t>Bachmann</t>
+          <t>Adlun</t>
         </is>
       </c>
       <c r="E269" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G269" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G269" s="4"/>
     </row>
     <row r="270">
       <c r="A270" s="4" t="n">
-        <v>183</v>
+        <v>21</v>
       </c>
       <c r="B270" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C270" s="4" t="inlineStr">
         <is>
-          <t>Rudolf</t>
+          <t>André</t>
         </is>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
-          <t>Bachtler</t>
+          <t>Aebischer</t>
         </is>
       </c>
       <c r="E270" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G270" s="4"/>
     </row>
     <row r="271">
       <c r="A271" s="4" t="n">
-        <v>205</v>
+        <v>6248</v>
       </c>
       <c r="B271" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C271" s="4" t="inlineStr">
         <is>
-          <t>Benedetto</t>
+          <t>Renate</t>
         </is>
       </c>
       <c r="D271" s="4" t="inlineStr">
         <is>
-          <t>Bandello</t>
+          <t>Aeschbacher</t>
         </is>
       </c>
       <c r="E271" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G271" s="4"/>
     </row>
     <row r="272">
       <c r="A272" s="4" t="n">
-        <v>4599</v>
+        <v>31</v>
       </c>
       <c r="B272" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C272" s="4" t="inlineStr">
         <is>
-          <t>Kurt</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D272" s="4" t="inlineStr">
         <is>
-          <t>Bannwart</t>
+          <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E272" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G272" s="4"/>
     </row>
     <row r="273">
       <c r="A273" s="4" t="n">
-        <v>7440</v>
+        <v>6231</v>
       </c>
       <c r="B273" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C273" s="4" t="inlineStr">
         <is>
-          <t>Sylvain</t>
+          <t>Mirjam</t>
         </is>
       </c>
       <c r="D273" s="4" t="inlineStr">
         <is>
-          <t>Barbé</t>
+          <t>Amahaotu</t>
         </is>
       </c>
       <c r="E273" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G273" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G273" s="4"/>
     </row>
     <row r="274">
       <c r="A274" s="4" t="n">
-        <v>4857</v>
+        <v>89</v>
       </c>
       <c r="B274" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C274" s="4" t="inlineStr">
         <is>
-          <t>Iren Angelina</t>
+          <t>Mélanie</t>
         </is>
       </c>
       <c r="D274" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Amrein</t>
         </is>
       </c>
       <c r="E274" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G274" s="4"/>
     </row>
     <row r="275">
       <c r="A275" s="4" t="n">
-        <v>246</v>
+        <v>5331</v>
       </c>
       <c r="B275" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C275" s="4" t="inlineStr">
         <is>
-          <t>Corina</t>
+          <t>Silvio</t>
         </is>
       </c>
       <c r="D275" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Apostolo</t>
         </is>
       </c>
       <c r="E275" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G275" s="4"/>
     </row>
     <row r="276">
       <c r="A276" s="4" t="n">
-        <v>266</v>
+        <v>6244</v>
       </c>
       <c r="B276" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C276" s="4" t="inlineStr">
         <is>
-          <t>Fabian</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D276" s="4" t="inlineStr">
         <is>
-          <t>Baur</t>
+          <t>Arn</t>
         </is>
       </c>
       <c r="E276" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G276" s="4"/>
     </row>
     <row r="277">
       <c r="A277" s="4" t="n">
-        <v>311</v>
+        <v>6026</v>
       </c>
       <c r="B277" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C277" s="4" t="inlineStr">
         <is>
-          <t>Visar</t>
+          <t>Gian Elias</t>
         </is>
       </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
-          <t>Berisha</t>
+          <t>Aschwanden</t>
         </is>
       </c>
       <c r="E277" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G277" s="4"/>
+      <c r="G277" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="278">
       <c r="A278" s="4" t="n">
-        <v>314</v>
+        <v>4049</v>
       </c>
       <c r="B278" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C278" s="4" t="inlineStr">
         <is>
-          <t>Silvia</t>
+          <t>Mirjam</t>
         </is>
       </c>
       <c r="D278" s="4" t="inlineStr">
         <is>
-          <t>Bernath</t>
+          <t>Bachmann</t>
         </is>
       </c>
       <c r="E278" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G278" s="4"/>
+      <c r="G278" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="279">
       <c r="A279" s="4" t="n">
-        <v>5155</v>
+        <v>183</v>
       </c>
       <c r="B279" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C279" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Rudolf</t>
         </is>
       </c>
       <c r="D279" s="4" t="inlineStr">
         <is>
-          <t>Bernegger</t>
+          <t>Bachtler</t>
         </is>
       </c>
       <c r="E279" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G279" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G279" s="4"/>
     </row>
     <row r="280">
       <c r="A280" s="4" t="n">
-        <v>6247</v>
+        <v>205</v>
       </c>
       <c r="B280" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C280" s="4" t="inlineStr">
         <is>
-          <t>Isabella</t>
+          <t>Benedetto</t>
         </is>
       </c>
       <c r="D280" s="4" t="inlineStr">
         <is>
-          <t>Bianchi</t>
+          <t>Bandello</t>
         </is>
       </c>
       <c r="E280" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G280" s="4"/>
     </row>
     <row r="281">
       <c r="A281" s="4" t="n">
-        <v>360</v>
+        <v>4599</v>
       </c>
       <c r="B281" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C281" s="4" t="inlineStr">
         <is>
-          <t>Dragan</t>
+          <t>Kurt</t>
         </is>
       </c>
       <c r="D281" s="4" t="inlineStr">
         <is>
-          <t>Bijelic</t>
+          <t>Bannwart</t>
         </is>
       </c>
       <c r="E281" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F281" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G281" s="4"/>
     </row>
     <row r="282">
       <c r="A282" s="4" t="n">
-        <v>362</v>
+        <v>7440</v>
       </c>
       <c r="B282" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C282" s="4" t="inlineStr">
         <is>
-          <t>Eros</t>
+          <t>Sylvain</t>
         </is>
       </c>
       <c r="D282" s="4" t="inlineStr">
         <is>
-          <t>Bilgerig</t>
+          <t>Barbé</t>
         </is>
       </c>
       <c r="E282" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G282" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="4" t="n">
-        <v>4693</v>
+        <v>246</v>
       </c>
       <c r="B283" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C283" s="4" t="inlineStr">
         <is>
-          <t>Christoph</t>
+          <t>Corina</t>
         </is>
       </c>
       <c r="D283" s="4" t="inlineStr">
         <is>
-          <t>Bingisser</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E283" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G283" s="4"/>
     </row>
     <row r="284">
       <c r="A284" s="4" t="n">
-        <v>6243</v>
+        <v>4857</v>
       </c>
       <c r="B284" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C284" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Iren Angelina</t>
         </is>
       </c>
       <c r="D284" s="4" t="inlineStr">
         <is>
-          <t>Bischofsberger</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E284" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G284" s="4"/>
     </row>
     <row r="285">
       <c r="A285" s="4" t="n">
-        <v>394</v>
+        <v>266</v>
       </c>
       <c r="B285" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C285" s="4" t="inlineStr">
         <is>
-          <t>Simone</t>
+          <t>Fabian</t>
         </is>
       </c>
       <c r="D285" s="4" t="inlineStr">
         <is>
-          <t>Blaser</t>
+          <t>Baur</t>
         </is>
       </c>
       <c r="E285" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F285" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G285" s="4"/>
     </row>
     <row r="286">
       <c r="A286" s="4" t="n">
-        <v>4595</v>
+        <v>311</v>
       </c>
       <c r="B286" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C286" s="4" t="inlineStr">
         <is>
-          <t>Gaby</t>
+          <t>Visar</t>
         </is>
       </c>
       <c r="D286" s="4" t="inlineStr">
         <is>
-          <t>Blum</t>
+          <t>Berisha</t>
         </is>
       </c>
       <c r="E286" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F286" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G286" s="4"/>
     </row>
     <row r="287">
       <c r="A287" s="4" t="n">
-        <v>424</v>
+        <v>314</v>
       </c>
       <c r="B287" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C287" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Silvia</t>
         </is>
       </c>
       <c r="D287" s="4" t="inlineStr">
         <is>
-          <t>Bolton</t>
+          <t>Bernath</t>
         </is>
       </c>
       <c r="E287" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F287" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G287" s="4"/>
     </row>
     <row r="288">
       <c r="A288" s="4" t="n">
-        <v>4597</v>
+        <v>5155</v>
       </c>
       <c r="B288" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C288" s="4" t="inlineStr">
         <is>
-          <t>Heinz</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D288" s="4" t="inlineStr">
         <is>
-          <t>Boss</t>
+          <t>Bernegger</t>
         </is>
       </c>
       <c r="E288" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F288" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G288" s="4"/>
+      <c r="G288" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="289">
       <c r="A289" s="4" t="n">
-        <v>447</v>
+        <v>6247</v>
       </c>
       <c r="B289" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C289" s="4" t="inlineStr">
         <is>
-          <t>Arezki</t>
+          <t>Isabella</t>
         </is>
       </c>
       <c r="D289" s="4" t="inlineStr">
         <is>
-          <t>Boulaouche</t>
+          <t>Bianchi</t>
         </is>
       </c>
       <c r="E289" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G289" s="4"/>
     </row>
     <row r="290">
       <c r="A290" s="4" t="n">
-        <v>7420</v>
+        <v>360</v>
       </c>
       <c r="B290" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C290" s="4" t="inlineStr">
         <is>
-          <t>Annelies</t>
+          <t>Dragan</t>
         </is>
       </c>
       <c r="D290" s="4" t="inlineStr">
         <is>
-          <t>Bracher</t>
+          <t>Bijelic</t>
         </is>
       </c>
       <c r="E290" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G290" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G290" s="4"/>
     </row>
     <row r="291">
       <c r="A291" s="4" t="n">
-        <v>5678</v>
+        <v>362</v>
       </c>
       <c r="B291" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C291" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Eros</t>
         </is>
       </c>
       <c r="D291" s="4" t="inlineStr">
         <is>
-          <t>Brogini-Hofer</t>
+          <t>Bilgerig</t>
         </is>
       </c>
       <c r="E291" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F291" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G291" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="4" t="n">
-        <v>480</v>
+        <v>4693</v>
       </c>
       <c r="B292" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C292" s="4" t="inlineStr">
         <is>
-          <t>Ramona</t>
+          <t>Christoph</t>
         </is>
       </c>
       <c r="D292" s="4" t="inlineStr">
         <is>
-          <t>Brüderlin</t>
+          <t>Bingisser</t>
         </is>
       </c>
       <c r="E292" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F292" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G292" s="4"/>
     </row>
     <row r="293">
       <c r="A293" s="4" t="n">
-        <v>500</v>
+        <v>6243</v>
       </c>
       <c r="B293" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C293" s="4" t="inlineStr">
         <is>
-          <t>Philippe</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="D293" s="4" t="inlineStr">
         <is>
-          <t>Brunner</t>
+          <t>Bischofsberger</t>
         </is>
       </c>
       <c r="E293" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F293" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G293" s="4"/>
     </row>
     <row r="294">
       <c r="A294" s="4" t="n">
-        <v>6893</v>
+        <v>394</v>
       </c>
       <c r="B294" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C294" s="4" t="inlineStr">
         <is>
-          <t>Anel</t>
+          <t>Simone</t>
         </is>
       </c>
       <c r="D294" s="4" t="inlineStr">
         <is>
-          <t>Buchser</t>
+          <t>Blaser</t>
         </is>
       </c>
       <c r="E294" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F294" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G294" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G294" s="4"/>
     </row>
     <row r="295">
       <c r="A295" s="4" t="n">
-        <v>538</v>
+        <v>4595</v>
       </c>
       <c r="B295" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C295" s="4" t="inlineStr">
         <is>
-          <t>Anita</t>
+          <t>Gaby</t>
         </is>
       </c>
       <c r="D295" s="4" t="inlineStr">
         <is>
-          <t>Burgener</t>
+          <t>Blum</t>
         </is>
       </c>
       <c r="E295" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F295" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G295" s="4"/>
     </row>
     <row r="296">
       <c r="A296" s="4" t="n">
-        <v>539</v>
+        <v>424</v>
       </c>
       <c r="B296" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C296" s="4" t="inlineStr">
         <is>
-          <t>Sabrina</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D296" s="4" t="inlineStr">
         <is>
-          <t>Burgener</t>
+          <t>Bolton</t>
         </is>
       </c>
       <c r="E296" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F296" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G296" s="4"/>
     </row>
     <row r="297">
       <c r="A297" s="4" t="n">
-        <v>554</v>
+        <v>4597</v>
       </c>
       <c r="B297" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C297" s="4" t="inlineStr">
         <is>
-          <t>Oliver</t>
+          <t>Heinz</t>
         </is>
       </c>
       <c r="D297" s="4" t="inlineStr">
         <is>
-          <t>Burkhalter</t>
+          <t>Boss</t>
         </is>
       </c>
       <c r="E297" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F297" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G297" s="4"/>
     </row>
     <row r="298">
       <c r="A298" s="4" t="n">
-        <v>558</v>
+        <v>7570</v>
       </c>
       <c r="B298" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C298" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Lea Marie</t>
         </is>
       </c>
       <c r="D298" s="4" t="inlineStr">
         <is>
-          <t>Burkhardt</t>
+          <t>Bosshard</t>
         </is>
       </c>
       <c r="E298" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F298" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G298" s="4"/>
+      <c r="G298" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="299">
       <c r="A299" s="4" t="n">
-        <v>564</v>
+        <v>447</v>
       </c>
       <c r="B299" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C299" s="4" t="inlineStr">
         <is>
-          <t>Meike</t>
+          <t>Arezki</t>
         </is>
       </c>
       <c r="D299" s="4" t="inlineStr">
         <is>
-          <t>Burri</t>
+          <t>Boulaouche</t>
         </is>
       </c>
       <c r="E299" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F299" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G299" s="4"/>
     </row>
     <row r="300">
       <c r="A300" s="4" t="n">
-        <v>562</v>
+        <v>7420</v>
       </c>
       <c r="B300" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C300" s="4" t="inlineStr">
         <is>
-          <t>Lorenz</t>
+          <t>Annelies</t>
         </is>
       </c>
       <c r="D300" s="4" t="inlineStr">
         <is>
-          <t>Burri</t>
+          <t>Bracher</t>
         </is>
       </c>
       <c r="E300" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F300" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G300" s="4"/>
+      <c r="G300" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="301">
       <c r="A301" s="4" t="n">
-        <v>6242</v>
+        <v>5678</v>
       </c>
       <c r="B301" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C301" s="4" t="inlineStr">
         <is>
-          <t>Francoise</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D301" s="4" t="inlineStr">
         <is>
-          <t>Burri</t>
+          <t>Brogini-Hofer</t>
         </is>
       </c>
       <c r="E301" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F301" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G301" s="4"/>
+      <c r="G301" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="302">
       <c r="A302" s="4" t="n">
-        <v>4685</v>
+        <v>480</v>
       </c>
       <c r="B302" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C302" s="4" t="inlineStr">
         <is>
-          <t>Domenico</t>
+          <t>Ramona</t>
         </is>
       </c>
       <c r="D302" s="4" t="inlineStr">
         <is>
-          <t>Capelli</t>
+          <t>Brüderlin</t>
         </is>
       </c>
       <c r="E302" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F302" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G302" s="4"/>
     </row>
     <row r="303">
       <c r="A303" s="4" t="n">
-        <v>617</v>
+        <v>500</v>
       </c>
       <c r="B303" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C303" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Philippe</t>
         </is>
       </c>
       <c r="D303" s="4" t="inlineStr">
         <is>
-          <t>Carneiro </t>
+          <t>Brunner</t>
         </is>
       </c>
       <c r="E303" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F303" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G303" s="4"/>
     </row>
     <row r="304">
       <c r="A304" s="4" t="n">
-        <v>625</v>
+        <v>6893</v>
       </c>
       <c r="B304" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C304" s="4" t="inlineStr">
         <is>
-          <t>Emanuele</t>
+          <t>Anel</t>
         </is>
       </c>
       <c r="D304" s="4" t="inlineStr">
         <is>
-          <t>Casciaro</t>
+          <t>Buchser</t>
         </is>
       </c>
       <c r="E304" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F304" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G304" s="4"/>
+      <c r="G304" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="305">
       <c r="A305" s="4" t="n">
-        <v>638</v>
+        <v>538</v>
       </c>
       <c r="B305" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C305" s="4" t="inlineStr">
         <is>
-          <t>Aline</t>
+          <t>Anita</t>
         </is>
       </c>
       <c r="D305" s="4" t="inlineStr">
         <is>
-          <t>Cavadini</t>
+          <t>Burgener</t>
         </is>
       </c>
       <c r="E305" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F305" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G305" s="4"/>
     </row>
     <row r="306">
       <c r="A306" s="4" t="n">
-        <v>680</v>
+        <v>539</v>
       </c>
       <c r="B306" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C306" s="4" t="inlineStr">
         <is>
-          <t>Rodolfo</t>
+          <t>Sabrina</t>
         </is>
       </c>
       <c r="D306" s="4" t="inlineStr">
         <is>
-          <t>Ciucci</t>
+          <t>Burgener</t>
         </is>
       </c>
       <c r="E306" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F306" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G306" s="4"/>
     </row>
     <row r="307">
       <c r="A307" s="4" t="n">
-        <v>4074</v>
+        <v>554</v>
       </c>
       <c r="B307" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C307" s="4" t="inlineStr">
         <is>
-          <t>Janine</t>
+          <t>Oliver</t>
         </is>
       </c>
       <c r="D307" s="4" t="inlineStr">
         <is>
-          <t>Corpataux</t>
+          <t>Burkhalter</t>
         </is>
       </c>
       <c r="E307" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F307" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G307" s="4"/>
     </row>
     <row r="308">
       <c r="A308" s="4" t="n">
-        <v>4815</v>
+        <v>558</v>
       </c>
       <c r="B308" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C308" s="4" t="inlineStr">
         <is>
-          <t>Mauro</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D308" s="4" t="inlineStr">
         <is>
-          <t>Da Rold</t>
+          <t>Burkhardt</t>
         </is>
       </c>
       <c r="E308" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F308" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G308" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G308" s="4"/>
     </row>
     <row r="309">
       <c r="A309" s="4" t="n">
-        <v>772</v>
+        <v>562</v>
       </c>
       <c r="B309" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C309" s="4" t="inlineStr">
         <is>
-          <t>Martinoh</t>
+          <t>Lorenz</t>
         </is>
       </c>
       <c r="D309" s="4" t="inlineStr">
         <is>
-          <t>De Jesus Sousa</t>
+          <t>Burri</t>
         </is>
       </c>
       <c r="E309" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F309" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G309" s="4"/>
     </row>
     <row r="310">
       <c r="A310" s="4" t="n">
-        <v>799</v>
+        <v>564</v>
       </c>
       <c r="B310" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C310" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Meike</t>
         </is>
       </c>
       <c r="D310" s="4" t="inlineStr">
         <is>
-          <t>Dellenbach</t>
+          <t>Burri</t>
         </is>
       </c>
       <c r="E310" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F310" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G310" s="4"/>
     </row>
     <row r="311">
       <c r="A311" s="4" t="n">
-        <v>779</v>
+        <v>6242</v>
       </c>
       <c r="B311" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C311" s="4" t="inlineStr">
         <is>
-          <t>Mirco</t>
+          <t>Francoise</t>
         </is>
       </c>
       <c r="D311" s="4" t="inlineStr">
         <is>
-          <t>De Pascalis</t>
+          <t>Burri</t>
         </is>
       </c>
       <c r="E311" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F311" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G311" s="4"/>
     </row>
     <row r="312">
       <c r="A312" s="4" t="n">
-        <v>831</v>
+        <v>4685</v>
       </c>
       <c r="B312" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C312" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Domenico</t>
         </is>
       </c>
       <c r="D312" s="4" t="inlineStr">
         <is>
-          <t>Dick </t>
+          <t>Capelli</t>
         </is>
       </c>
       <c r="E312" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F312" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G312" s="4"/>
     </row>
     <row r="313">
       <c r="A313" s="4" t="n">
-        <v>4600</v>
+        <v>617</v>
       </c>
       <c r="B313" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C313" s="4" t="inlineStr">
         <is>
-          <t>Sylvie</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D313" s="4" t="inlineStr">
         <is>
-          <t>Domeniconi</t>
+          <t>Carneiro </t>
         </is>
       </c>
       <c r="E313" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F313" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G313" s="4"/>
     </row>
     <row r="314">
       <c r="A314" s="4" t="n">
-        <v>4816</v>
+        <v>625</v>
       </c>
       <c r="B314" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C314" s="4" t="inlineStr">
         <is>
-          <t>Silvia</t>
+          <t>Emanuele</t>
         </is>
       </c>
       <c r="D314" s="4" t="inlineStr">
         <is>
-          <t>Dossenbach</t>
+          <t>Casciaro</t>
         </is>
       </c>
       <c r="E314" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F314" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G314" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G314" s="4"/>
     </row>
     <row r="315">
       <c r="A315" s="4" t="n">
-        <v>960</v>
+        <v>638</v>
       </c>
       <c r="B315" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C315" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Aline</t>
         </is>
       </c>
       <c r="D315" s="4" t="inlineStr">
         <is>
-          <t>Egli</t>
+          <t>Cavadini</t>
         </is>
       </c>
       <c r="E315" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F315" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G315" s="4"/>
     </row>
     <row r="316">
       <c r="A316" s="4" t="n">
-        <v>4814</v>
+        <v>680</v>
       </c>
       <c r="B316" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C316" s="4" t="inlineStr">
         <is>
-          <t>Noémi</t>
+          <t>Rodolfo</t>
         </is>
       </c>
       <c r="D316" s="4" t="inlineStr">
         <is>
-          <t>Ellenberger</t>
+          <t>Ciucci</t>
         </is>
       </c>
       <c r="E316" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F316" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G316" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G316" s="4"/>
     </row>
     <row r="317">
       <c r="A317" s="4" t="n">
-        <v>1018</v>
+        <v>4074</v>
       </c>
       <c r="B317" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C317" s="4" t="inlineStr">
         <is>
-          <t>Yannik</t>
+          <t>Janine</t>
         </is>
       </c>
       <c r="D317" s="4" t="inlineStr">
         <is>
-          <t>Faes</t>
+          <t>Corpataux</t>
         </is>
       </c>
       <c r="E317" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F317" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G317" s="4"/>
     </row>
     <row r="318">
       <c r="A318" s="4" t="n">
-        <v>1028</v>
+        <v>4815</v>
       </c>
       <c r="B318" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C318" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Mauro</t>
         </is>
       </c>
       <c r="D318" s="4" t="inlineStr">
         <is>
-          <t>Fankhauser</t>
+          <t>Da Rold</t>
         </is>
       </c>
       <c r="E318" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F318" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G318" s="4"/>
+      <c r="G318" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="319">
       <c r="A319" s="4" t="n">
-        <v>1039</v>
+        <v>772</v>
       </c>
       <c r="B319" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C319" s="4" t="inlineStr">
         <is>
-          <t>Franziska</t>
+          <t>Martinoh</t>
         </is>
       </c>
       <c r="D319" s="4" t="inlineStr">
         <is>
-          <t>Fawer</t>
+          <t>De Jesus Sousa</t>
         </is>
       </c>
       <c r="E319" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F319" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G319" s="4"/>
     </row>
     <row r="320">
       <c r="A320" s="4" t="n">
-        <v>4817</v>
+        <v>799</v>
       </c>
       <c r="B320" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C320" s="4" t="inlineStr">
         <is>
-          <t>Tiago</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D320" s="4" t="inlineStr">
         <is>
-          <t>Fernandes</t>
+          <t>Dellenbach</t>
         </is>
       </c>
       <c r="E320" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F320" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G320" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G320" s="4"/>
     </row>
     <row r="321">
       <c r="A321" s="4" t="n">
-        <v>6241</v>
+        <v>779</v>
       </c>
       <c r="B321" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C321" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Mirco</t>
         </is>
       </c>
       <c r="D321" s="4" t="inlineStr">
         <is>
-          <t>Fontanesi</t>
+          <t>De Pascalis</t>
         </is>
       </c>
       <c r="E321" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F321" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G321" s="4"/>
     </row>
     <row r="322">
       <c r="A322" s="4" t="n">
-        <v>4604</v>
+        <v>831</v>
       </c>
       <c r="B322" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C322" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D322" s="4" t="inlineStr">
         <is>
-          <t>Fuhrimann</t>
+          <t>Dick </t>
         </is>
       </c>
       <c r="E322" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F322" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G322" s="4"/>
     </row>
     <row r="323">
       <c r="A323" s="4" t="n">
-        <v>4596</v>
+        <v>7569</v>
       </c>
       <c r="B323" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C323" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Raffaele</t>
         </is>
       </c>
       <c r="D323" s="4" t="inlineStr">
         <is>
-          <t>Gadient</t>
+          <t>Di Gioia</t>
         </is>
       </c>
       <c r="E323" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F323" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G323" s="4"/>
+      <c r="G323" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="324">
       <c r="A324" s="4" t="n">
-        <v>1193</v>
+        <v>4600</v>
       </c>
       <c r="B324" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C324" s="4" t="inlineStr">
         <is>
-          <t>Salome</t>
+          <t>Sylvie</t>
         </is>
       </c>
       <c r="D324" s="4" t="inlineStr">
         <is>
-          <t>Gafner</t>
+          <t>Domeniconi</t>
         </is>
       </c>
       <c r="E324" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F324" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G324" s="4"/>
     </row>
     <row r="325">
       <c r="A325" s="4" t="n">
-        <v>1206</v>
+        <v>4816</v>
       </c>
       <c r="B325" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C325" s="4" t="inlineStr">
         <is>
-          <t>Franca</t>
+          <t>Silvia</t>
         </is>
       </c>
       <c r="D325" s="4" t="inlineStr">
         <is>
-          <t>Gamma</t>
+          <t>Dossenbach</t>
         </is>
       </c>
       <c r="E325" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F325" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G325" s="4"/>
+      <c r="G325" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="326">
       <c r="A326" s="4" t="n">
-        <v>1208</v>
+        <v>960</v>
       </c>
       <c r="B326" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C326" s="4" t="inlineStr">
         <is>
-          <t>Tonia</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D326" s="4" t="inlineStr">
         <is>
-          <t>Gamma</t>
+          <t>Egli</t>
         </is>
       </c>
       <c r="E326" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F326" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G326" s="4"/>
     </row>
     <row r="327">
       <c r="A327" s="4" t="n">
-        <v>7109</v>
+        <v>4814</v>
       </c>
       <c r="B327" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C327" s="4" t="inlineStr">
         <is>
-          <t>Sara</t>
+          <t>Noémi</t>
         </is>
       </c>
       <c r="D327" s="4" t="inlineStr">
         <is>
-          <t>Garofalo</t>
+          <t>Ellenberger</t>
         </is>
       </c>
       <c r="E327" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F327" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G327" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="4" t="n">
-        <v>1248</v>
+        <v>1018</v>
       </c>
       <c r="B328" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C328" s="4" t="inlineStr">
         <is>
-          <t>Mehdi</t>
+          <t>Yannik</t>
         </is>
       </c>
       <c r="D328" s="4" t="inlineStr">
         <is>
-          <t>Geiger</t>
+          <t>Faes</t>
         </is>
       </c>
       <c r="E328" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F328" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G328" s="4"/>
     </row>
     <row r="329">
       <c r="A329" s="4" t="n">
-        <v>6674</v>
+        <v>1028</v>
       </c>
       <c r="B329" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C329" s="4" t="inlineStr">
         <is>
-          <t>Verena</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D329" s="4" t="inlineStr">
         <is>
-          <t>Geissbühler</t>
+          <t>Fankhauser</t>
         </is>
       </c>
       <c r="E329" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F329" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G329" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G329" s="4"/>
     </row>
     <row r="330">
       <c r="A330" s="4" t="n">
-        <v>1261</v>
+        <v>1039</v>
       </c>
       <c r="B330" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C330" s="4" t="inlineStr">
         <is>
-          <t>Amanda</t>
+          <t>Franziska</t>
         </is>
       </c>
       <c r="D330" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Fawer</t>
         </is>
       </c>
       <c r="E330" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F330" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G330" s="4"/>
     </row>
     <row r="331">
       <c r="A331" s="4" t="n">
-        <v>1272</v>
+        <v>4817</v>
       </c>
       <c r="B331" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C331" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Tiago</t>
         </is>
       </c>
       <c r="D331" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Fernandes</t>
         </is>
       </c>
       <c r="E331" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F331" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G331" s="4"/>
+      <c r="G331" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="332">
       <c r="A332" s="4" t="n">
-        <v>1350</v>
+        <v>7554</v>
       </c>
       <c r="B332" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C332" s="4" t="inlineStr">
         <is>
-          <t>Hanspeter</t>
+          <t>Ria</t>
         </is>
       </c>
       <c r="D332" s="4" t="inlineStr">
         <is>
-          <t>Graf</t>
+          <t>Fischer</t>
         </is>
       </c>
       <c r="E332" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F332" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G332" s="4"/>
+      <c r="G332" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="333">
       <c r="A333" s="4" t="n">
-        <v>1358</v>
+        <v>7553</v>
       </c>
       <c r="B333" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C333" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Basil</t>
         </is>
       </c>
       <c r="D333" s="4" t="inlineStr">
         <is>
-          <t>Graf</t>
+          <t>Fischer</t>
         </is>
       </c>
       <c r="E333" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F333" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G333" s="4"/>
+      <c r="G333" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="334">
       <c r="A334" s="4" t="n">
-        <v>5159</v>
+        <v>6241</v>
       </c>
       <c r="B334" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C334" s="4" t="inlineStr">
         <is>
-          <t>Katrin</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D334" s="4" t="inlineStr">
         <is>
-          <t>Grässli</t>
+          <t>Fontanesi</t>
         </is>
       </c>
       <c r="E334" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F334" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G334" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G334" s="4"/>
     </row>
     <row r="335">
       <c r="A335" s="4" t="n">
-        <v>1373</v>
+        <v>7529</v>
       </c>
       <c r="B335" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C335" s="4" t="inlineStr">
         <is>
-          <t>Anto</t>
+          <t>Sara</t>
         </is>
       </c>
       <c r="D335" s="4" t="inlineStr">
         <is>
-          <t>Grgic</t>
+          <t>Franco Cerdeira</t>
         </is>
       </c>
       <c r="E335" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F335" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G335" s="4"/>
+      <c r="G335" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="336">
       <c r="A336" s="4" t="n">
-        <v>6673</v>
+        <v>4604</v>
       </c>
       <c r="B336" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C336" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D336" s="4" t="inlineStr">
         <is>
-          <t>Griffiths</t>
+          <t>Fuhrimann</t>
         </is>
       </c>
       <c r="E336" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F336" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G336" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G336" s="4"/>
     </row>
     <row r="337">
       <c r="A337" s="4" t="n">
-        <v>1375</v>
+        <v>4596</v>
       </c>
       <c r="B337" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C337" s="4" t="inlineStr">
         <is>
-          <t>Franco</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D337" s="4" t="inlineStr">
         <is>
-          <t>Grillo</t>
+          <t>Gadient</t>
         </is>
       </c>
       <c r="E337" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F337" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G337" s="4"/>
     </row>
     <row r="338">
       <c r="A338" s="4" t="n">
-        <v>6892</v>
+        <v>1193</v>
       </c>
       <c r="B338" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C338" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Salome</t>
         </is>
       </c>
       <c r="D338" s="4" t="inlineStr">
         <is>
-          <t>Grunder</t>
+          <t>Gafner</t>
         </is>
       </c>
       <c r="E338" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F338" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G338" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G338" s="4"/>
     </row>
     <row r="339">
       <c r="A339" s="4" t="n">
-        <v>1423</v>
+        <v>1206</v>
       </c>
       <c r="B339" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C339" s="4" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>Franca</t>
         </is>
       </c>
       <c r="D339" s="4" t="inlineStr">
         <is>
-          <t>Gürbuga</t>
+          <t>Gamma</t>
         </is>
       </c>
       <c r="E339" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F339" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G339" s="4"/>
     </row>
     <row r="340">
       <c r="A340" s="4" t="n">
-        <v>4851</v>
+        <v>1208</v>
       </c>
       <c r="B340" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C340" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Tonia</t>
         </is>
       </c>
       <c r="D340" s="4" t="inlineStr">
         <is>
-          <t>Häfelfinger</t>
+          <t>Gamma</t>
         </is>
       </c>
       <c r="E340" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F340" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G340" s="4"/>
     </row>
     <row r="341">
       <c r="A341" s="4" t="n">
-        <v>1496</v>
+        <v>7109</v>
       </c>
       <c r="B341" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C341" s="4" t="inlineStr">
         <is>
-          <t>Carol</t>
+          <t>Sara</t>
         </is>
       </c>
       <c r="D341" s="4" t="inlineStr">
         <is>
-          <t>Hausammann</t>
+          <t>Garofalo</t>
         </is>
       </c>
       <c r="E341" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F341" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G341" s="4"/>
+      <c r="G341" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="342">
       <c r="A342" s="4" t="n">
-        <v>7418</v>
+        <v>1248</v>
       </c>
       <c r="B342" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C342" s="4" t="inlineStr">
         <is>
-          <t>Kim</t>
+          <t>Mehdi</t>
         </is>
       </c>
       <c r="D342" s="4" t="inlineStr">
         <is>
-          <t>Herrmann</t>
+          <t>Geiger</t>
         </is>
       </c>
       <c r="E342" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F342" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G342" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G342" s="4"/>
     </row>
     <row r="343">
       <c r="A343" s="4" t="n">
-        <v>1596</v>
+        <v>6674</v>
       </c>
       <c r="B343" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C343" s="4" t="inlineStr">
         <is>
-          <t>Rebekka-Aicha</t>
+          <t>Verena</t>
         </is>
       </c>
       <c r="D343" s="4" t="inlineStr">
         <is>
-          <t>Holenstein</t>
+          <t>Geissbühler</t>
         </is>
       </c>
       <c r="E343" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F343" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G343" s="4"/>
+      <c r="G343" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="344">
       <c r="A344" s="4" t="n">
-        <v>1600</v>
+        <v>1261</v>
       </c>
       <c r="B344" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C344" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Amanda</t>
         </is>
       </c>
       <c r="D344" s="4" t="inlineStr">
         <is>
-          <t>Holt</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E344" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F344" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G344" s="4"/>
     </row>
     <row r="345">
       <c r="A345" s="4" t="n">
-        <v>6233</v>
+        <v>1272</v>
       </c>
       <c r="B345" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C345" s="4" t="inlineStr">
         <is>
-          <t>Dominique</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D345" s="4" t="inlineStr">
         <is>
-          <t>Horne</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E345" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F345" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G345" s="4"/>
     </row>
     <row r="346">
       <c r="A346" s="4" t="n">
-        <v>1655</v>
+        <v>1358</v>
       </c>
       <c r="B346" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C346" s="4" t="inlineStr">
         <is>
-          <t>Adnan</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D346" s="4" t="inlineStr">
         <is>
-          <t>Husovic</t>
+          <t>Graf</t>
         </is>
       </c>
       <c r="E346" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F346" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G346" s="4"/>
     </row>
     <row r="347">
       <c r="A347" s="4" t="n">
-        <v>1664</v>
+        <v>1350</v>
       </c>
       <c r="B347" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C347" s="4" t="inlineStr">
         <is>
-          <t>Helen Leah</t>
+          <t>Hanspeter</t>
         </is>
       </c>
       <c r="D347" s="4" t="inlineStr">
         <is>
-          <t>Ilg</t>
+          <t>Graf</t>
         </is>
       </c>
       <c r="E347" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F347" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G347" s="4"/>
     </row>
     <row r="348">
       <c r="A348" s="4" t="n">
-        <v>1667</v>
+        <v>5159</v>
       </c>
       <c r="B348" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C348" s="4" t="inlineStr">
         <is>
-          <t>Pero</t>
+          <t>Katrin</t>
         </is>
       </c>
       <c r="D348" s="4" t="inlineStr">
         <is>
-          <t>Ilijasevic</t>
+          <t>Grässli</t>
         </is>
       </c>
       <c r="E348" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F348" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G348" s="4"/>
+      <c r="G348" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="349">
       <c r="A349" s="4" t="n">
-        <v>1672</v>
+        <v>1373</v>
       </c>
       <c r="B349" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C349" s="4" t="inlineStr">
         <is>
-          <t>Franziska</t>
+          <t>Anto</t>
         </is>
       </c>
       <c r="D349" s="4" t="inlineStr">
         <is>
-          <t>Imhof</t>
+          <t>Grgic</t>
         </is>
       </c>
       <c r="E349" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F349" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G349" s="4"/>
     </row>
     <row r="350">
       <c r="A350" s="4" t="n">
-        <v>1678</v>
+        <v>6673</v>
       </c>
       <c r="B350" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C350" s="4" t="inlineStr">
         <is>
-          <t>Simone</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D350" s="4" t="inlineStr">
         <is>
-          <t>Indelicato</t>
+          <t>Griffiths</t>
         </is>
       </c>
       <c r="E350" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F350" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G350" s="4"/>
+      <c r="G350" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="351">
       <c r="A351" s="4" t="n">
-        <v>1698</v>
+        <v>1375</v>
       </c>
       <c r="B351" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C351" s="4" t="inlineStr">
         <is>
-          <t>Menk</t>
+          <t>Franco</t>
         </is>
       </c>
       <c r="D351" s="4" t="inlineStr">
         <is>
-          <t>Isler</t>
+          <t>Grillo</t>
         </is>
       </c>
       <c r="E351" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F351" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G351" s="4"/>
     </row>
     <row r="352">
       <c r="A352" s="4" t="n">
-        <v>1716</v>
+        <v>6892</v>
       </c>
       <c r="B352" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C352" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D352" s="4" t="inlineStr">
         <is>
-          <t>Jans</t>
+          <t>Grunder</t>
         </is>
       </c>
       <c r="E352" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F352" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G352" s="4"/>
+      <c r="G352" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="353">
       <c r="A353" s="4" t="n">
-        <v>1739</v>
+        <v>1423</v>
       </c>
       <c r="B353" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C353" s="4" t="inlineStr">
         <is>
-          <t>Jahiu</t>
+          <t>Ali</t>
         </is>
       </c>
       <c r="D353" s="4" t="inlineStr">
         <is>
-          <t>Jeton</t>
+          <t>Gürbuga</t>
         </is>
       </c>
       <c r="E353" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F353" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G353" s="4"/>
     </row>
     <row r="354">
       <c r="A354" s="4" t="n">
-        <v>1759</v>
+        <v>4851</v>
       </c>
       <c r="B354" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C354" s="4" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D354" s="4" t="inlineStr">
         <is>
-          <t>Josifovic</t>
+          <t>Häfelfinger</t>
         </is>
       </c>
       <c r="E354" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F354" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G354" s="4"/>
     </row>
     <row r="355">
       <c r="A355" s="4" t="n">
-        <v>4058</v>
+        <v>1496</v>
       </c>
       <c r="B355" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C355" s="4" t="inlineStr">
         <is>
-          <t>Tanja</t>
+          <t>Carol</t>
         </is>
       </c>
       <c r="D355" s="4" t="inlineStr">
         <is>
-          <t>Jutzet</t>
+          <t>Hausammann</t>
         </is>
       </c>
       <c r="E355" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F355" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G355" s="4"/>
     </row>
     <row r="356">
       <c r="A356" s="4" t="n">
-        <v>1798</v>
+        <v>7418</v>
       </c>
       <c r="B356" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C356" s="4" t="inlineStr">
         <is>
-          <t>Ferenc</t>
+          <t>Kim</t>
         </is>
       </c>
       <c r="D356" s="4" t="inlineStr">
         <is>
-          <t>Kalamasz</t>
+          <t>Herrmann</t>
         </is>
       </c>
       <c r="E356" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F356" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G356" s="4"/>
+      <c r="G356" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="357">
       <c r="A357" s="4" t="n">
-        <v>6246</v>
+        <v>1596</v>
       </c>
       <c r="B357" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C357" s="4" t="inlineStr">
         <is>
-          <t>Ludmilla</t>
+          <t>Rebekka-Aicha</t>
         </is>
       </c>
       <c r="D357" s="4" t="inlineStr">
         <is>
-          <t>Kallen</t>
+          <t>Holenstein</t>
         </is>
       </c>
       <c r="E357" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F357" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G357" s="4"/>
     </row>
     <row r="358">
       <c r="A358" s="4" t="n">
-        <v>1806</v>
+        <v>1600</v>
       </c>
       <c r="B358" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C358" s="4" t="inlineStr">
         <is>
-          <t>Karim</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D358" s="4" t="inlineStr">
         <is>
-          <t>Kallouch</t>
+          <t>Holt</t>
         </is>
       </c>
       <c r="E358" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F358" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G358" s="4"/>
     </row>
     <row r="359">
       <c r="A359" s="4" t="n">
-        <v>1848</v>
+        <v>6233</v>
       </c>
       <c r="B359" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C359" s="4" t="inlineStr">
         <is>
-          <t>Christine</t>
+          <t>Dominique</t>
         </is>
       </c>
       <c r="D359" s="4" t="inlineStr">
         <is>
-          <t>Keller</t>
+          <t>Horne</t>
         </is>
       </c>
       <c r="E359" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F359" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G359" s="4"/>
     </row>
     <row r="360">
       <c r="A360" s="4" t="n">
-        <v>1850</v>
+        <v>1655</v>
       </c>
       <c r="B360" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C360" s="4" t="inlineStr">
         <is>
-          <t>Josef</t>
+          <t>Adnan</t>
         </is>
       </c>
       <c r="D360" s="4" t="inlineStr">
         <is>
-          <t>Keller</t>
+          <t>Husovic</t>
         </is>
       </c>
       <c r="E360" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F360" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G360" s="4"/>
     </row>
     <row r="361">
       <c r="A361" s="4" t="n">
-        <v>4203</v>
+        <v>1664</v>
       </c>
       <c r="B361" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C361" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Helen Leah</t>
         </is>
       </c>
       <c r="D361" s="4" t="inlineStr">
         <is>
-          <t>Kessler</t>
+          <t>Ilg</t>
         </is>
       </c>
       <c r="E361" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F361" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G361" s="4"/>
     </row>
     <row r="362">
       <c r="A362" s="4" t="n">
-        <v>6232</v>
+        <v>1667</v>
       </c>
       <c r="B362" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C362" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Pero</t>
         </is>
       </c>
       <c r="D362" s="4" t="inlineStr">
         <is>
-          <t>Kiefer</t>
+          <t>Ilijasevic</t>
         </is>
       </c>
       <c r="E362" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F362" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G362" s="4"/>
     </row>
     <row r="363">
       <c r="A363" s="4" t="n">
-        <v>1889</v>
+        <v>1672</v>
       </c>
       <c r="B363" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C363" s="4" t="inlineStr">
         <is>
-          <t>Mädi</t>
+          <t>Franziska</t>
         </is>
       </c>
       <c r="D363" s="4" t="inlineStr">
         <is>
-          <t>Klossner</t>
+          <t>Imhof</t>
         </is>
       </c>
       <c r="E363" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F363" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G363" s="4"/>
     </row>
     <row r="364">
       <c r="A364" s="4" t="n">
-        <v>1896</v>
+        <v>1678</v>
       </c>
       <c r="B364" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C364" s="4" t="inlineStr">
         <is>
-          <t>Sasa</t>
+          <t>Simone</t>
         </is>
       </c>
       <c r="D364" s="4" t="inlineStr">
         <is>
-          <t>Knezevic</t>
+          <t>Indelicato</t>
         </is>
       </c>
       <c r="E364" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F364" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G364" s="4"/>
     </row>
     <row r="365">
       <c r="A365" s="4" t="n">
-        <v>1939</v>
+        <v>1698</v>
       </c>
       <c r="B365" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C365" s="4" t="inlineStr">
         <is>
-          <t>Sybille</t>
+          <t>Menk</t>
         </is>
       </c>
       <c r="D365" s="4" t="inlineStr">
         <is>
-          <t>Koller-Lucae</t>
+          <t>Isler</t>
         </is>
       </c>
       <c r="E365" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F365" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G365" s="4"/>
     </row>
     <row r="366">
       <c r="A366" s="4" t="n">
-        <v>1944</v>
+        <v>1716</v>
       </c>
       <c r="B366" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C366" s="4" t="inlineStr">
         <is>
-          <t>Jacqueline</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D366" s="4" t="inlineStr">
         <is>
-          <t>König</t>
+          <t>Jans</t>
         </is>
       </c>
       <c r="E366" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F366" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G366" s="4"/>
     </row>
     <row r="367">
       <c r="A367" s="4" t="n">
-        <v>1949</v>
+        <v>1739</v>
       </c>
       <c r="B367" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C367" s="4" t="inlineStr">
         <is>
-          <t>Odisej</t>
+          <t>Jahiu</t>
         </is>
       </c>
       <c r="D367" s="4" t="inlineStr">
         <is>
-          <t>Konstandinovic</t>
+          <t>Jeton</t>
         </is>
       </c>
       <c r="E367" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F367" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G367" s="4"/>
     </row>
     <row r="368">
       <c r="A368" s="4" t="n">
-        <v>1956</v>
+        <v>1759</v>
       </c>
       <c r="B368" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C368" s="4" t="inlineStr">
         <is>
-          <t>Kordian</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="D368" s="4" t="inlineStr">
         <is>
-          <t>Kosowski</t>
+          <t>Josifovic</t>
         </is>
       </c>
       <c r="E368" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F368" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G368" s="4"/>
     </row>
     <row r="369">
       <c r="A369" s="4" t="n">
-        <v>6236</v>
+        <v>4058</v>
       </c>
       <c r="B369" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C369" s="4" t="inlineStr">
         <is>
-          <t>Beatrice</t>
+          <t>Tanja</t>
         </is>
       </c>
       <c r="D369" s="4" t="inlineStr">
         <is>
-          <t>Krapf</t>
+          <t>Jutzet</t>
         </is>
       </c>
       <c r="E369" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F369" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G369" s="4"/>
     </row>
     <row r="370">
       <c r="A370" s="4" t="n">
-        <v>1976</v>
+        <v>1798</v>
       </c>
       <c r="B370" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C370" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Ferenc</t>
         </is>
       </c>
       <c r="D370" s="4" t="inlineStr">
         <is>
-          <t>Krebs</t>
+          <t>Kalamasz</t>
         </is>
       </c>
       <c r="E370" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F370" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G370" s="4"/>
     </row>
     <row r="371">
       <c r="A371" s="4" t="n">
-        <v>7430</v>
+        <v>6246</v>
       </c>
       <c r="B371" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C371" s="4" t="inlineStr">
         <is>
-          <t>Paul</t>
+          <t>Ludmilla</t>
         </is>
       </c>
       <c r="D371" s="4" t="inlineStr">
         <is>
-          <t>Küng</t>
+          <t>Kallen</t>
         </is>
       </c>
       <c r="E371" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F371" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G371" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G371" s="4"/>
     </row>
     <row r="372">
       <c r="A372" s="4" t="n">
-        <v>2009</v>
+        <v>1806</v>
       </c>
       <c r="B372" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C372" s="4" t="inlineStr">
         <is>
-          <t>Fabienne</t>
+          <t>Karim</t>
         </is>
       </c>
       <c r="D372" s="4" t="inlineStr">
         <is>
-          <t>Künzli</t>
+          <t>Kallouch</t>
         </is>
       </c>
       <c r="E372" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F372" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G372" s="4"/>
     </row>
     <row r="373">
       <c r="A373" s="4" t="n">
-        <v>6448</v>
+        <v>1848</v>
       </c>
       <c r="B373" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C373" s="4" t="inlineStr">
         <is>
-          <t>Jacques</t>
+          <t>Christine</t>
         </is>
       </c>
       <c r="D373" s="4" t="inlineStr">
         <is>
-          <t>Lambelet</t>
+          <t>Keller</t>
         </is>
       </c>
       <c r="E373" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F373" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G373" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G373" s="4"/>
     </row>
     <row r="374">
       <c r="A374" s="4" t="n">
-        <v>6451</v>
+        <v>1850</v>
       </c>
       <c r="B374" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C374" s="4" t="inlineStr">
         <is>
-          <t>Jonas</t>
+          <t>Josef</t>
         </is>
       </c>
       <c r="D374" s="4" t="inlineStr">
         <is>
-          <t>Lammer</t>
+          <t>Keller</t>
         </is>
       </c>
       <c r="E374" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F374" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G374" s="4"/>
     </row>
     <row r="375">
       <c r="A375" s="4" t="n">
-        <v>6895</v>
+        <v>4203</v>
       </c>
       <c r="B375" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C375" s="4" t="inlineStr">
         <is>
-          <t>Nino</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D375" s="4" t="inlineStr">
         <is>
-          <t>Lang</t>
+          <t>Kessler</t>
         </is>
       </c>
       <c r="E375" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F375" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G375" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G375" s="4"/>
     </row>
     <row r="376">
       <c r="A376" s="4" t="n">
-        <v>2048</v>
+        <v>6232</v>
       </c>
       <c r="B376" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C376" s="4" t="inlineStr">
         <is>
-          <t>Susanna</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D376" s="4" t="inlineStr">
         <is>
-          <t>Lanz</t>
+          <t>Kiefer</t>
         </is>
       </c>
       <c r="E376" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F376" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G376" s="4"/>
     </row>
     <row r="377">
       <c r="A377" s="4" t="n">
-        <v>7392</v>
+        <v>1889</v>
       </c>
       <c r="B377" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C377" s="4" t="inlineStr">
         <is>
-          <t>Spiro</t>
+          <t>Mädi</t>
         </is>
       </c>
       <c r="D377" s="4" t="inlineStr">
         <is>
-          <t>Latsis</t>
+          <t>Klossner</t>
         </is>
       </c>
       <c r="E377" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F377" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G377" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G377" s="4"/>
     </row>
     <row r="378">
       <c r="A378" s="4" t="n">
-        <v>2065</v>
+        <v>1896</v>
       </c>
       <c r="B378" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C378" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Sasa</t>
         </is>
       </c>
       <c r="D378" s="4" t="inlineStr">
         <is>
-          <t>Laufer</t>
+          <t>Knezevic</t>
         </is>
       </c>
       <c r="E378" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F378" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G378" s="4"/>
     </row>
     <row r="379">
       <c r="A379" s="4" t="n">
-        <v>5156</v>
+        <v>1939</v>
       </c>
       <c r="B379" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C379" s="4" t="inlineStr">
         <is>
-          <t>Claude</t>
+          <t>Sybille</t>
         </is>
       </c>
       <c r="D379" s="4" t="inlineStr">
         <is>
-          <t>Lauper</t>
+          <t>Koller-Lucae</t>
         </is>
       </c>
       <c r="E379" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F379" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G379" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G379" s="4"/>
     </row>
     <row r="380">
       <c r="A380" s="4" t="n">
-        <v>2111</v>
+        <v>1944</v>
       </c>
       <c r="B380" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C380" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Jacqueline</t>
         </is>
       </c>
       <c r="D380" s="4" t="inlineStr">
         <is>
-          <t>Leu</t>
+          <t>König</t>
         </is>
       </c>
       <c r="E380" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F380" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G380" s="4"/>
     </row>
     <row r="381">
       <c r="A381" s="4" t="n">
-        <v>2122</v>
+        <v>1949</v>
       </c>
       <c r="B381" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C381" s="4" t="inlineStr">
         <is>
-          <t>Bruno</t>
+          <t>Odisej</t>
         </is>
       </c>
       <c r="D381" s="4" t="inlineStr">
         <is>
-          <t>Lezzi</t>
+          <t>Konstandinovic</t>
         </is>
       </c>
       <c r="E381" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F381" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G381" s="4"/>
     </row>
     <row r="382">
       <c r="A382" s="4" t="n">
-        <v>7481</v>
+        <v>1956</v>
       </c>
       <c r="B382" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C382" s="4" t="inlineStr">
         <is>
-          <t>Arwen </t>
+          <t>Kordian</t>
         </is>
       </c>
       <c r="D382" s="4" t="inlineStr">
         <is>
-          <t>Loosli</t>
+          <t>Kosowski</t>
         </is>
       </c>
       <c r="E382" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F382" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G382" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G382" s="4"/>
     </row>
     <row r="383">
       <c r="A383" s="4" t="n">
-        <v>4002</v>
+        <v>6236</v>
       </c>
       <c r="B383" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C383" s="4" t="inlineStr">
         <is>
-          <t>Marco </t>
+          <t>Beatrice</t>
         </is>
       </c>
       <c r="D383" s="4" t="inlineStr">
         <is>
-          <t>Luminati</t>
+          <t>Krapf</t>
         </is>
       </c>
       <c r="E383" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F383" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G383" s="4"/>
     </row>
     <row r="384">
       <c r="A384" s="4" t="n">
-        <v>2192</v>
+        <v>1976</v>
       </c>
       <c r="B384" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C384" s="4" t="inlineStr">
         <is>
-          <t>Hansueli</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D384" s="4" t="inlineStr">
         <is>
-          <t>Lüthi</t>
+          <t>Krebs</t>
         </is>
       </c>
       <c r="E384" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F384" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G384" s="4"/>
     </row>
     <row r="385">
       <c r="A385" s="4" t="n">
-        <v>4059</v>
+        <v>7430</v>
       </c>
       <c r="B385" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C385" s="4" t="inlineStr">
         <is>
-          <t>Romina</t>
+          <t>Paul</t>
         </is>
       </c>
       <c r="D385" s="4" t="inlineStr">
         <is>
-          <t>Lüthi-Bodmer</t>
+          <t>Küng</t>
         </is>
       </c>
       <c r="E385" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F385" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G385" s="4"/>
+      <c r="G385" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="386">
       <c r="A386" s="4" t="n">
-        <v>2209</v>
+        <v>7532</v>
       </c>
       <c r="B386" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C386" s="4" t="inlineStr">
         <is>
-          <t>Simona</t>
+          <t>Dominique</t>
         </is>
       </c>
       <c r="D386" s="4" t="inlineStr">
         <is>
-          <t>Maggio</t>
+          <t>Kunz</t>
         </is>
       </c>
       <c r="E386" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F386" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G386" s="4"/>
     </row>
     <row r="387">
       <c r="A387" s="4" t="n">
-        <v>2229</v>
+        <v>2009</v>
       </c>
       <c r="B387" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C387" s="4" t="inlineStr">
         <is>
-          <t>Lush</t>
+          <t>Fabienne</t>
         </is>
       </c>
       <c r="D387" s="4" t="inlineStr">
         <is>
-          <t>Manrecaj</t>
+          <t>Künzli</t>
         </is>
       </c>
       <c r="E387" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F387" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G387" s="4"/>
     </row>
     <row r="388">
       <c r="A388" s="4" t="n">
-        <v>2252</v>
+        <v>6448</v>
       </c>
       <c r="B388" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C388" s="4" t="inlineStr">
         <is>
-          <t>Doris</t>
+          <t>Jacques</t>
         </is>
       </c>
       <c r="D388" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Lambelet</t>
         </is>
       </c>
       <c r="E388" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F388" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G388" s="4"/>
+      <c r="G388" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="389">
       <c r="A389" s="4" t="n">
-        <v>7419</v>
+        <v>6451</v>
       </c>
       <c r="B389" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C389" s="4" t="inlineStr">
         <is>
-          <t>Kimo</t>
+          <t>Jonas</t>
         </is>
       </c>
       <c r="D389" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Lammer</t>
         </is>
       </c>
       <c r="E389" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F389" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G389" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G389" s="4"/>
     </row>
     <row r="390">
       <c r="A390" s="4" t="n">
-        <v>6235</v>
+        <v>6895</v>
       </c>
       <c r="B390" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C390" s="4" t="inlineStr">
         <is>
-          <t>Lahela</t>
+          <t>Nino</t>
         </is>
       </c>
       <c r="D390" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Lang</t>
         </is>
       </c>
       <c r="E390" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F390" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G390" s="4"/>
+      <c r="G390" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="391">
       <c r="A391" s="4" t="n">
-        <v>2256</v>
+        <v>2048</v>
       </c>
       <c r="B391" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C391" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Susanna</t>
         </is>
       </c>
       <c r="D391" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Lanz</t>
         </is>
       </c>
       <c r="E391" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F391" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G391" s="4"/>
     </row>
     <row r="392">
       <c r="A392" s="4" t="n">
-        <v>6452</v>
+        <v>7392</v>
       </c>
       <c r="B392" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C392" s="4" t="inlineStr">
         <is>
-          <t>Lea Amanda</t>
+          <t>Spiro</t>
         </is>
       </c>
       <c r="D392" s="4" t="inlineStr">
         <is>
-          <t>Matti</t>
+          <t>Latsis</t>
         </is>
       </c>
       <c r="E392" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F392" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G392" s="4"/>
+      <c r="G392" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="393">
       <c r="A393" s="4" t="n">
-        <v>2270</v>
+        <v>2065</v>
       </c>
       <c r="B393" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C393" s="4" t="inlineStr">
         <is>
-          <t>Brigitte</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D393" s="4" t="inlineStr">
         <is>
-          <t>Matti</t>
+          <t>Laufer</t>
         </is>
       </c>
       <c r="E393" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F393" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G393" s="4"/>
     </row>
     <row r="394">
       <c r="A394" s="4" t="n">
-        <v>7396</v>
+        <v>5156</v>
       </c>
       <c r="B394" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C394" s="4" t="inlineStr">
         <is>
-          <t>Julie</t>
+          <t>Claude</t>
         </is>
       </c>
       <c r="D394" s="4" t="inlineStr">
         <is>
-          <t>Meister</t>
+          <t>Lauper</t>
         </is>
       </c>
       <c r="E394" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F394" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G394" s="4"/>
+      <c r="G394" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="395">
       <c r="A395" s="4" t="n">
-        <v>2358</v>
+        <v>2111</v>
       </c>
       <c r="B395" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C395" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D395" s="4" t="inlineStr">
         <is>
-          <t>Meylan</t>
+          <t>Leu</t>
         </is>
       </c>
       <c r="E395" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F395" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G395" s="4"/>
     </row>
     <row r="396">
       <c r="A396" s="4" t="n">
-        <v>2366</v>
+        <v>2122</v>
       </c>
       <c r="B396" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C396" s="4" t="inlineStr">
         <is>
-          <t>Melinda</t>
+          <t>Bruno</t>
         </is>
       </c>
       <c r="D396" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Lezzi</t>
         </is>
       </c>
       <c r="E396" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F396" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G396" s="4"/>
     </row>
     <row r="397">
       <c r="A397" s="4" t="n">
-        <v>2368</v>
+        <v>7481</v>
       </c>
       <c r="B397" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C397" s="4" t="inlineStr">
         <is>
-          <t>Samuel</t>
+          <t>Arwen </t>
         </is>
       </c>
       <c r="D397" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Loosli</t>
         </is>
       </c>
       <c r="E397" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F397" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G397" s="4"/>
+      <c r="G397" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="398">
       <c r="A398" s="4" t="n">
-        <v>2362</v>
+        <v>4002</v>
       </c>
       <c r="B398" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C398" s="4" t="inlineStr">
         <is>
-          <t>Jeannette Margrit</t>
+          <t>Marco </t>
         </is>
       </c>
       <c r="D398" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Luminati</t>
         </is>
       </c>
       <c r="E398" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F398" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G398" s="4"/>
     </row>
     <row r="399">
       <c r="A399" s="4" t="n">
-        <v>4852</v>
+        <v>2192</v>
       </c>
       <c r="B399" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C399" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Hansueli</t>
         </is>
       </c>
       <c r="D399" s="4" t="inlineStr">
         <is>
-          <t>Michelletti Crameri</t>
+          <t>Lüthi</t>
         </is>
       </c>
       <c r="E399" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F399" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G399" s="4"/>
     </row>
     <row r="400">
       <c r="A400" s="4" t="n">
-        <v>4003</v>
+        <v>4059</v>
       </c>
       <c r="B400" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C400" s="4" t="inlineStr">
         <is>
-          <t>Gerardo</t>
+          <t>Romina</t>
         </is>
       </c>
       <c r="D400" s="4" t="inlineStr">
         <is>
-          <t>Migliore</t>
+          <t>Lüthi-Bodmer</t>
         </is>
       </c>
       <c r="E400" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F400" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G400" s="4"/>
     </row>
     <row r="401">
       <c r="A401" s="4" t="n">
-        <v>6230</v>
+        <v>2209</v>
       </c>
       <c r="B401" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C401" s="4" t="inlineStr">
         <is>
-          <t>Shahrazed</t>
+          <t>Simona</t>
         </is>
       </c>
       <c r="D401" s="4" t="inlineStr">
         <is>
-          <t>Mkaouar</t>
+          <t>Maggio</t>
         </is>
       </c>
       <c r="E401" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F401" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G401" s="4"/>
     </row>
     <row r="402">
       <c r="A402" s="4" t="n">
-        <v>7393</v>
+        <v>2229</v>
       </c>
       <c r="B402" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C402" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Lush</t>
         </is>
       </c>
       <c r="D402" s="4" t="inlineStr">
         <is>
-          <t>M'Niquich-Reynaud</t>
+          <t>Manrecaj</t>
         </is>
       </c>
       <c r="E402" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F402" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G402" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G402" s="4"/>
     </row>
     <row r="403">
       <c r="A403" s="4" t="n">
-        <v>2419</v>
+        <v>7419</v>
       </c>
       <c r="B403" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C403" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Kimo</t>
         </is>
       </c>
       <c r="D403" s="4" t="inlineStr">
         <is>
-          <t>Moning-Wild</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E403" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F403" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G403" s="4"/>
+      <c r="G403" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="404">
       <c r="A404" s="4" t="n">
-        <v>6240</v>
+        <v>6235</v>
       </c>
       <c r="B404" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C404" s="4" t="inlineStr">
         <is>
-          <t>Renaud</t>
+          <t>Lahela</t>
         </is>
       </c>
       <c r="D404" s="4" t="inlineStr">
         <is>
-          <t>Monney</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E404" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F404" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G404" s="4"/>
     </row>
     <row r="405">
       <c r="A405" s="4" t="n">
-        <v>2433</v>
+        <v>2256</v>
       </c>
       <c r="B405" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C405" s="4" t="inlineStr">
         <is>
-          <t>Erika</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D405" s="4" t="inlineStr">
         <is>
-          <t>Morf</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E405" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F405" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G405" s="4"/>
     </row>
     <row r="406">
       <c r="A406" s="4" t="n">
-        <v>5154</v>
+        <v>2252</v>
       </c>
       <c r="B406" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C406" s="4" t="inlineStr">
         <is>
-          <t>Michiko</t>
+          <t>Doris</t>
         </is>
       </c>
       <c r="D406" s="4" t="inlineStr">
         <is>
-          <t>Morita</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E406" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F406" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G406" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G406" s="4"/>
     </row>
     <row r="407">
       <c r="A407" s="4" t="n">
-        <v>4856</v>
+        <v>2270</v>
       </c>
       <c r="B407" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C407" s="4" t="inlineStr">
         <is>
-          <t>Tosca</t>
+          <t>Brigitte</t>
         </is>
       </c>
       <c r="D407" s="4" t="inlineStr">
         <is>
-          <t>Muffatti</t>
+          <t>Matti</t>
         </is>
       </c>
       <c r="E407" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F407" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G407" s="4"/>
     </row>
     <row r="408">
       <c r="A408" s="4" t="n">
-        <v>2452</v>
+        <v>6452</v>
       </c>
       <c r="B408" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C408" s="4" t="inlineStr">
         <is>
-          <t>Ursula</t>
+          <t>Lea Amanda</t>
         </is>
       </c>
       <c r="D408" s="4" t="inlineStr">
         <is>
-          <t>Mühlemann</t>
+          <t>Matti</t>
         </is>
       </c>
       <c r="E408" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F408" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G408" s="4"/>
     </row>
     <row r="409">
       <c r="A409" s="4" t="n">
-        <v>7108</v>
+        <v>7530</v>
       </c>
       <c r="B409" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C409" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Carolien</t>
         </is>
       </c>
       <c r="D409" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Mehr-Wigger</t>
         </is>
       </c>
       <c r="E409" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F409" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G409" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="4" t="n">
-        <v>2472</v>
+        <v>7396</v>
       </c>
       <c r="B410" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C410" s="4" t="inlineStr">
         <is>
-          <t>Jan-Philippe</t>
+          <t>Julie</t>
         </is>
       </c>
       <c r="D410" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Meister</t>
         </is>
       </c>
       <c r="E410" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F410" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G410" s="4"/>
     </row>
     <row r="411">
       <c r="A411" s="4" t="n">
-        <v>4855</v>
+        <v>2358</v>
       </c>
       <c r="B411" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C411" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D411" s="4" t="inlineStr">
         <is>
-          <t>Nani</t>
+          <t>Meylan</t>
         </is>
       </c>
       <c r="E411" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F411" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G411" s="4"/>
     </row>
     <row r="412">
       <c r="A412" s="4" t="n">
-        <v>2519</v>
+        <v>2368</v>
       </c>
       <c r="B412" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C412" s="4" t="inlineStr">
         <is>
-          <t>Mehdi</t>
+          <t>Samuel</t>
         </is>
       </c>
       <c r="D412" s="4" t="inlineStr">
         <is>
-          <t>Nassabeh</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="E412" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F412" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G412" s="4"/>
     </row>
     <row r="413">
       <c r="A413" s="4" t="n">
-        <v>6894</v>
+        <v>2366</v>
       </c>
       <c r="B413" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C413" s="4" t="inlineStr">
         <is>
-          <t>Giang</t>
+          <t>Melinda</t>
         </is>
       </c>
       <c r="D413" s="4" t="inlineStr">
         <is>
-          <t>Nguyen</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="E413" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F413" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G413" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G413" s="4"/>
     </row>
     <row r="414">
       <c r="A414" s="4" t="n">
-        <v>6675</v>
+        <v>2362</v>
       </c>
       <c r="B414" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C414" s="4" t="inlineStr">
         <is>
-          <t>Ellen Micaela</t>
+          <t>Jeannette Margrit</t>
         </is>
       </c>
       <c r="D414" s="4" t="inlineStr">
         <is>
-          <t>Nyffenegger</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="E414" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F414" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G414" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G414" s="4"/>
     </row>
     <row r="415">
       <c r="A415" s="4" t="n">
-        <v>4205</v>
+        <v>4852</v>
       </c>
       <c r="B415" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C415" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D415" s="4" t="inlineStr">
         <is>
-          <t>Oehen</t>
+          <t>Michelletti Crameri</t>
         </is>
       </c>
       <c r="E415" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F415" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G415" s="4"/>
     </row>
     <row r="416">
       <c r="A416" s="4" t="n">
-        <v>7394</v>
+        <v>4003</v>
       </c>
       <c r="B416" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C416" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Gerardo</t>
         </is>
       </c>
       <c r="D416" s="4" t="inlineStr">
         <is>
-          <t>Ott</t>
+          <t>Migliore</t>
         </is>
       </c>
       <c r="E416" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F416" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G416" s="4"/>
     </row>
     <row r="417">
       <c r="A417" s="4" t="n">
-        <v>2663</v>
+        <v>6230</v>
       </c>
       <c r="B417" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C417" s="4" t="inlineStr">
         <is>
-          <t>Denise</t>
+          <t>Shahrazed</t>
         </is>
       </c>
       <c r="D417" s="4" t="inlineStr">
         <is>
-          <t>Perroud</t>
+          <t>Mkaouar</t>
         </is>
       </c>
       <c r="E417" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F417" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G417" s="4"/>
     </row>
     <row r="418">
       <c r="A418" s="4" t="n">
-        <v>6239</v>
+        <v>7393</v>
       </c>
       <c r="B418" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C418" s="4" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D418" s="4" t="inlineStr">
         <is>
-          <t>Petrovic</t>
+          <t>M'Niquich-Reynaud</t>
         </is>
       </c>
       <c r="E418" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F418" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G418" s="4"/>
+      <c r="G418" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="419">
       <c r="A419" s="4" t="n">
-        <v>2684</v>
+        <v>2419</v>
       </c>
       <c r="B419" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C419" s="4" t="inlineStr">
         <is>
-          <t>Vincenzo</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D419" s="4" t="inlineStr">
         <is>
-          <t>Pezzetti</t>
+          <t>Moning-Wild</t>
         </is>
       </c>
       <c r="E419" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F419" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G419" s="4"/>
     </row>
     <row r="420">
       <c r="A420" s="4" t="n">
-        <v>2699</v>
+        <v>6240</v>
       </c>
       <c r="B420" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C420" s="4" t="inlineStr">
         <is>
-          <t>Yves</t>
+          <t>Renaud</t>
         </is>
       </c>
       <c r="D420" s="4" t="inlineStr">
         <is>
-          <t>Pfister</t>
+          <t>Monney</t>
         </is>
       </c>
       <c r="E420" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F420" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G420" s="4"/>
     </row>
     <row r="421">
       <c r="A421" s="4" t="n">
-        <v>2715</v>
+        <v>2433</v>
       </c>
       <c r="B421" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C421" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Erika</t>
         </is>
       </c>
       <c r="D421" s="4" t="inlineStr">
         <is>
-          <t>Pin</t>
+          <t>Morf</t>
         </is>
       </c>
       <c r="E421" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F421" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G421" s="4"/>
     </row>
     <row r="422">
       <c r="A422" s="4" t="n">
-        <v>2752</v>
+        <v>5154</v>
       </c>
       <c r="B422" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C422" s="4" t="inlineStr">
         <is>
-          <t>Bratislav</t>
+          <t>Michiko</t>
         </is>
       </c>
       <c r="D422" s="4" t="inlineStr">
         <is>
-          <t>Popovic</t>
+          <t>Morita</t>
         </is>
       </c>
       <c r="E422" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F422" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G422" s="4"/>
+      <c r="G422" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="423">
       <c r="A423" s="4" t="n">
-        <v>2753</v>
+        <v>4856</v>
       </c>
       <c r="B423" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C423" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Tosca</t>
         </is>
       </c>
       <c r="D423" s="4" t="inlineStr">
         <is>
-          <t>Popovic</t>
+          <t>Muffatti</t>
         </is>
       </c>
       <c r="E423" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F423" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G423" s="4"/>
     </row>
     <row r="424">
       <c r="A424" s="4" t="n">
-        <v>2819</v>
+        <v>2452</v>
       </c>
       <c r="B424" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C424" s="4" t="inlineStr">
         <is>
-          <t>Rajendram</t>
+          <t>Ursula</t>
         </is>
       </c>
       <c r="D424" s="4" t="inlineStr">
         <is>
-          <t>Rasaratnam</t>
+          <t>Mühlemann</t>
         </is>
       </c>
       <c r="E424" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F424" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G424" s="4"/>
     </row>
     <row r="425">
       <c r="A425" s="4" t="n">
-        <v>4001</v>
+        <v>7108</v>
       </c>
       <c r="B425" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C425" s="4" t="inlineStr">
         <is>
-          <t>Giada</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D425" s="4" t="inlineStr">
         <is>
-          <t>Rastelli</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E425" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F425" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G425" s="4"/>
+      <c r="G425" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="426">
       <c r="A426" s="4" t="n">
-        <v>4601</v>
+        <v>2472</v>
       </c>
       <c r="B426" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C426" s="4" t="inlineStr">
         <is>
-          <t>Osama</t>
+          <t>Jan-Philippe</t>
         </is>
       </c>
       <c r="D426" s="4" t="inlineStr">
         <is>
-          <t>Ravai</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E426" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F426" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G426" s="4"/>
     </row>
     <row r="427">
       <c r="A427" s="4" t="n">
-        <v>2852</v>
+        <v>4855</v>
       </c>
       <c r="B427" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C427" s="4" t="inlineStr">
         <is>
-          <t>Bernadette</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D427" s="4" t="inlineStr">
         <is>
-          <t>Reinert</t>
+          <t>Nani</t>
         </is>
       </c>
       <c r="E427" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F427" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G427" s="4"/>
     </row>
     <row r="428">
       <c r="A428" s="4" t="n">
-        <v>7391</v>
+        <v>2519</v>
       </c>
       <c r="B428" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C428" s="4" t="inlineStr">
         <is>
-          <t>Jasmina</t>
+          <t>Mehdi</t>
         </is>
       </c>
       <c r="D428" s="4" t="inlineStr">
         <is>
-          <t>Reiz</t>
+          <t>Nassabeh</t>
         </is>
       </c>
       <c r="E428" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F428" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G428" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G428" s="4"/>
     </row>
     <row r="429">
       <c r="A429" s="4" t="n">
-        <v>4873</v>
+        <v>6894</v>
       </c>
       <c r="B429" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C429" s="4" t="inlineStr">
         <is>
-          <t> Sabine</t>
+          <t>Giang</t>
         </is>
       </c>
       <c r="D429" s="4" t="inlineStr">
         <is>
-          <t>Riemenschneider</t>
+          <t>Nguyen</t>
         </is>
       </c>
       <c r="E429" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F429" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G429" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="4" t="n">
-        <v>4811</v>
+        <v>6675</v>
       </c>
       <c r="B430" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C430" s="4" t="inlineStr">
         <is>
-          <t>Osama</t>
+          <t>Ellen Micaela</t>
         </is>
       </c>
       <c r="D430" s="4" t="inlineStr">
         <is>
-          <t>Rifai</t>
+          <t>Nyffenegger</t>
         </is>
       </c>
       <c r="E430" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F430" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G430" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="4" t="n">
-        <v>2925</v>
+        <v>4205</v>
       </c>
       <c r="B431" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C431" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D431" s="4" t="inlineStr">
         <is>
-          <t>Rohrbach</t>
+          <t>Oehen</t>
         </is>
       </c>
       <c r="E431" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F431" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G431" s="4"/>
     </row>
     <row r="432">
       <c r="A432" s="4" t="n">
-        <v>7107</v>
+        <v>7394</v>
       </c>
       <c r="B432" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C432" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D432" s="4" t="inlineStr">
         <is>
-          <t>Romano</t>
+          <t>Ott</t>
         </is>
       </c>
       <c r="E432" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F432" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G432" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G432" s="4"/>
     </row>
     <row r="433">
       <c r="A433" s="4" t="n">
-        <v>2938</v>
+        <v>2663</v>
       </c>
       <c r="B433" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C433" s="4" t="inlineStr">
         <is>
-          <t>Kerstin</t>
+          <t>Denise</t>
         </is>
       </c>
       <c r="D433" s="4" t="inlineStr">
         <is>
-          <t>Roost-Meyer</t>
+          <t>Perroud</t>
         </is>
       </c>
       <c r="E433" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F433" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G433" s="4"/>
     </row>
     <row r="434">
       <c r="A434" s="4" t="n">
-        <v>2940</v>
+        <v>6239</v>
       </c>
       <c r="B434" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C434" s="4" t="inlineStr">
         <is>
-          <t>Maurice</t>
+          <t>Diana</t>
         </is>
       </c>
       <c r="D434" s="4" t="inlineStr">
         <is>
-          <t>Rösch</t>
+          <t>Petrovic</t>
         </is>
       </c>
       <c r="E434" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F434" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G434" s="4"/>
     </row>
     <row r="435">
       <c r="A435" s="4" t="n">
-        <v>5488</v>
+        <v>2684</v>
       </c>
       <c r="B435" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C435" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Vincenzo</t>
         </is>
       </c>
       <c r="D435" s="4" t="inlineStr">
         <is>
-          <t>Rossi</t>
+          <t>Pezzetti</t>
         </is>
       </c>
       <c r="E435" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F435" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G435" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G435" s="4"/>
     </row>
     <row r="436">
       <c r="A436" s="4" t="n">
-        <v>2948</v>
+        <v>2699</v>
       </c>
       <c r="B436" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C436" s="4" t="inlineStr">
         <is>
-          <t>Christophe</t>
+          <t>Yves</t>
         </is>
       </c>
       <c r="D436" s="4" t="inlineStr">
         <is>
-          <t>Rossier</t>
+          <t>Pfister</t>
         </is>
       </c>
       <c r="E436" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F436" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G436" s="4"/>
     </row>
     <row r="437">
       <c r="A437" s="4" t="n">
-        <v>2955</v>
+        <v>2715</v>
       </c>
       <c r="B437" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C437" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D437" s="4" t="inlineStr">
         <is>
-          <t>Rothen</t>
+          <t>Pin</t>
         </is>
       </c>
       <c r="E437" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F437" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G437" s="4"/>
     </row>
     <row r="438">
       <c r="A438" s="4" t="n">
-        <v>2958</v>
+        <v>2753</v>
       </c>
       <c r="B438" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C438" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D438" s="4" t="inlineStr">
         <is>
-          <t>Rothenbühler</t>
+          <t>Popovic</t>
         </is>
       </c>
       <c r="E438" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F438" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G438" s="4"/>
     </row>
     <row r="439">
       <c r="A439" s="4" t="n">
-        <v>6676</v>
+        <v>2752</v>
       </c>
       <c r="B439" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C439" s="4" t="inlineStr">
         <is>
-          <t>Larrisa</t>
+          <t>Bratislav</t>
         </is>
       </c>
       <c r="D439" s="4" t="inlineStr">
         <is>
-          <t>Ruch</t>
+          <t>Popovic</t>
         </is>
       </c>
       <c r="E439" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F439" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G439" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G439" s="4"/>
     </row>
     <row r="440">
       <c r="A440" s="4" t="n">
-        <v>2969</v>
+        <v>2819</v>
       </c>
       <c r="B440" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C440" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Rajendram</t>
         </is>
       </c>
       <c r="D440" s="4" t="inlineStr">
         <is>
-          <t>Ruchti</t>
+          <t>Rasaratnam</t>
         </is>
       </c>
       <c r="E440" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F440" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G440" s="4"/>
     </row>
     <row r="441">
       <c r="A441" s="4" t="n">
-        <v>2973</v>
+        <v>4001</v>
       </c>
       <c r="B441" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C441" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Giada</t>
         </is>
       </c>
       <c r="D441" s="4" t="inlineStr">
         <is>
-          <t>Rudin</t>
+          <t>Rastelli</t>
         </is>
       </c>
       <c r="E441" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F441" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G441" s="4"/>
     </row>
     <row r="442">
       <c r="A442" s="4" t="n">
-        <v>6238</v>
+        <v>4601</v>
       </c>
       <c r="B442" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C442" s="4" t="inlineStr">
         <is>
-          <t>Margrit</t>
+          <t>Osama</t>
         </is>
       </c>
       <c r="D442" s="4" t="inlineStr">
         <is>
-          <t>Rüfenacht</t>
+          <t>Ravai</t>
         </is>
       </c>
       <c r="E442" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F442" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G442" s="4"/>
     </row>
     <row r="443">
       <c r="A443" s="4" t="n">
-        <v>2992</v>
+        <v>2852</v>
       </c>
       <c r="B443" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C443" s="4" t="inlineStr">
         <is>
-          <t>Regula</t>
+          <t>Bernadette</t>
         </is>
       </c>
       <c r="D443" s="4" t="inlineStr">
         <is>
-          <t>Rumpf</t>
+          <t>Reinert</t>
         </is>
       </c>
       <c r="E443" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F443" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G443" s="4"/>
     </row>
     <row r="444">
       <c r="A444" s="4" t="n">
-        <v>2999</v>
+        <v>7391</v>
       </c>
       <c r="B444" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C444" s="4" t="inlineStr">
         <is>
-          <t>Dominic</t>
+          <t>Jasmina</t>
         </is>
       </c>
       <c r="D444" s="4" t="inlineStr">
         <is>
-          <t>Rupp</t>
+          <t>Reiz</t>
         </is>
       </c>
       <c r="E444" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F444" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G444" s="4"/>
+      <c r="G444" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="445">
       <c r="A445" s="4" t="n">
-        <v>3020</v>
+        <v>4873</v>
       </c>
       <c r="B445" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C445" s="4" t="inlineStr">
         <is>
-          <t>Afrim</t>
+          <t> Sabine</t>
         </is>
       </c>
       <c r="D445" s="4" t="inlineStr">
         <is>
-          <t>Sabani</t>
+          <t>Riemenschneider</t>
         </is>
       </c>
       <c r="E445" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F445" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G445" s="4"/>
+      <c r="G445" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="446">
       <c r="A446" s="4" t="n">
-        <v>3034</v>
+        <v>4811</v>
       </c>
       <c r="B446" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C446" s="4" t="inlineStr">
         <is>
-          <t>Fabio</t>
+          <t>Osama</t>
         </is>
       </c>
       <c r="D446" s="4" t="inlineStr">
         <is>
-          <t>Salerno</t>
+          <t>Rifai</t>
         </is>
       </c>
       <c r="E446" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F446" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G446" s="4"/>
+      <c r="G446" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="447">
       <c r="A447" s="4" t="n">
-        <v>4810</v>
+        <v>2925</v>
       </c>
       <c r="B447" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C447" s="4" t="inlineStr">
         <is>
-          <t>José Luis</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D447" s="4" t="inlineStr">
         <is>
-          <t>Sanchez</t>
+          <t>Rohrbach</t>
         </is>
       </c>
       <c r="E447" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F447" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G447" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G447" s="4"/>
     </row>
     <row r="448">
       <c r="A448" s="4" t="n">
-        <v>3076</v>
+        <v>7107</v>
       </c>
       <c r="B448" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C448" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D448" s="4" t="inlineStr">
         <is>
-          <t>Savorani</t>
+          <t>Romano</t>
         </is>
       </c>
       <c r="E448" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F448" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G448" s="4"/>
+      <c r="G448" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="449">
       <c r="A449" s="4" t="n">
-        <v>3077</v>
+        <v>2938</v>
       </c>
       <c r="B449" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C449" s="4" t="inlineStr">
         <is>
-          <t>Martina</t>
+          <t>Kerstin</t>
         </is>
       </c>
       <c r="D449" s="4" t="inlineStr">
         <is>
-          <t>Savorani</t>
+          <t>Roost-Meyer</t>
         </is>
       </c>
       <c r="E449" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F449" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G449" s="4"/>
     </row>
     <row r="450">
       <c r="A450" s="4" t="n">
-        <v>3099</v>
+        <v>2940</v>
       </c>
       <c r="B450" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C450" s="4" t="inlineStr">
         <is>
-          <t>Sylvia</t>
+          <t>Maurice</t>
         </is>
       </c>
       <c r="D450" s="4" t="inlineStr">
         <is>
-          <t>Schär</t>
+          <t>Rösch</t>
         </is>
       </c>
       <c r="E450" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F450" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G450" s="4"/>
     </row>
     <row r="451">
       <c r="A451" s="4" t="n">
-        <v>7087</v>
+        <v>5488</v>
       </c>
       <c r="B451" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C451" s="4" t="inlineStr">
         <is>
-          <t>Nolan</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D451" s="4" t="inlineStr">
         <is>
-          <t>Schedel</t>
+          <t>Rossi</t>
         </is>
       </c>
       <c r="E451" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F451" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G451" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Kaisho Karate Association</t>
         </is>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="4" t="n">
-        <v>5523</v>
+        <v>2948</v>
       </c>
       <c r="B452" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C452" s="4" t="inlineStr">
         <is>
-          <t>Keni</t>
+          <t>Christophe</t>
         </is>
       </c>
       <c r="D452" s="4" t="inlineStr">
         <is>
-          <t>Schedel</t>
+          <t>Rossier</t>
         </is>
       </c>
       <c r="E452" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F452" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G452" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G452" s="4"/>
     </row>
     <row r="453">
       <c r="A453" s="4" t="n">
-        <v>3131</v>
+        <v>2955</v>
       </c>
       <c r="B453" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C453" s="4" t="inlineStr">
         <is>
-          <t>Marc-Antoine</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D453" s="4" t="inlineStr">
         <is>
-          <t>Schibler</t>
+          <t>Rothen</t>
         </is>
       </c>
       <c r="E453" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F453" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G453" s="4"/>
     </row>
     <row r="454">
       <c r="A454" s="4" t="n">
-        <v>3134</v>
+        <v>2958</v>
       </c>
       <c r="B454" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C454" s="4" t="inlineStr">
         <is>
-          <t>René</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D454" s="4" t="inlineStr">
         <is>
-          <t>Schicktanz</t>
+          <t>Rothenbühler</t>
         </is>
       </c>
       <c r="E454" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F454" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G454" s="4"/>
     </row>
     <row r="455">
       <c r="A455" s="4" t="n">
-        <v>4602</v>
+        <v>6676</v>
       </c>
       <c r="B455" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C455" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Larrisa</t>
         </is>
       </c>
       <c r="D455" s="4" t="inlineStr">
         <is>
-          <t>Schilt</t>
+          <t>Ruch</t>
         </is>
       </c>
       <c r="E455" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F455" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G455" s="4"/>
+      <c r="G455" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="456">
       <c r="A456" s="4" t="n">
-        <v>3138</v>
+        <v>2969</v>
       </c>
       <c r="B456" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C456" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D456" s="4" t="inlineStr">
         <is>
-          <t>Schindelholz</t>
+          <t>Ruchti</t>
         </is>
       </c>
       <c r="E456" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F456" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G456" s="4"/>
     </row>
     <row r="457">
       <c r="A457" s="4" t="n">
-        <v>3163</v>
+        <v>2973</v>
       </c>
       <c r="B457" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C457" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D457" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Rudin</t>
         </is>
       </c>
       <c r="E457" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F457" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G457" s="4"/>
     </row>
     <row r="458">
       <c r="A458" s="4" t="n">
-        <v>3165</v>
+        <v>6238</v>
       </c>
       <c r="B458" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C458" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Margrit</t>
         </is>
       </c>
       <c r="D458" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Rüfenacht</t>
         </is>
       </c>
       <c r="E458" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F458" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G458" s="4"/>
     </row>
     <row r="459">
       <c r="A459" s="4" t="n">
-        <v>3203</v>
+        <v>2992</v>
       </c>
       <c r="B459" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C459" s="4" t="inlineStr">
         <is>
-          <t>Rudolf</t>
+          <t>Regula</t>
         </is>
       </c>
       <c r="D459" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Rumpf</t>
         </is>
       </c>
       <c r="E459" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F459" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G459" s="4"/>
     </row>
     <row r="460">
       <c r="A460" s="4" t="n">
-        <v>4812</v>
+        <v>2999</v>
       </c>
       <c r="B460" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C460" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Dominic</t>
         </is>
       </c>
       <c r="D460" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Rupp</t>
         </is>
       </c>
       <c r="E460" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F460" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G460" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G460" s="4"/>
     </row>
     <row r="461">
       <c r="A461" s="4" t="n">
-        <v>7395</v>
+        <v>3020</v>
       </c>
       <c r="B461" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C461" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Afrim</t>
         </is>
       </c>
       <c r="D461" s="4" t="inlineStr">
         <is>
-          <t>Schnyder</t>
+          <t>Sabani</t>
         </is>
       </c>
       <c r="E461" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F461" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G461" s="4"/>
     </row>
     <row r="462">
       <c r="A462" s="4" t="n">
-        <v>4854</v>
+        <v>3034</v>
       </c>
       <c r="B462" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C462" s="4" t="inlineStr">
         <is>
-          <t>Fabienne </t>
+          <t>Fabio</t>
         </is>
       </c>
       <c r="D462" s="4" t="inlineStr">
         <is>
-          <t>Schnyder</t>
+          <t>Salerno</t>
         </is>
       </c>
       <c r="E462" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F462" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G462" s="4"/>
     </row>
     <row r="463">
       <c r="A463" s="4" t="n">
-        <v>6234</v>
+        <v>4810</v>
       </c>
       <c r="B463" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C463" s="4" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>José Luis</t>
         </is>
       </c>
       <c r="D463" s="4" t="inlineStr">
         <is>
-          <t>Schor</t>
+          <t>Sanchez</t>
         </is>
       </c>
       <c r="E463" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F463" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G463" s="4"/>
+      <c r="G463" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="464">
       <c r="A464" s="4" t="n">
-        <v>3257</v>
+        <v>3077</v>
       </c>
       <c r="B464" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C464" s="4" t="inlineStr">
         <is>
-          <t>Pia</t>
+          <t>Martina</t>
         </is>
       </c>
       <c r="D464" s="4" t="inlineStr">
         <is>
-          <t>Schürch</t>
+          <t>Savorani</t>
         </is>
       </c>
       <c r="E464" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F464" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G464" s="4"/>
     </row>
     <row r="465">
       <c r="A465" s="4" t="n">
-        <v>3258</v>
+        <v>3076</v>
       </c>
       <c r="B465" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C465" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D465" s="4" t="inlineStr">
         <is>
-          <t>Schütz</t>
+          <t>Savorani</t>
         </is>
       </c>
       <c r="E465" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F465" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G465" s="4"/>
     </row>
     <row r="466">
       <c r="A466" s="4" t="n">
-        <v>5157</v>
+        <v>3099</v>
       </c>
       <c r="B466" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C466" s="4" t="inlineStr">
         <is>
-          <t>Zoe</t>
+          <t>Sylvia</t>
         </is>
       </c>
       <c r="D466" s="4" t="inlineStr">
         <is>
-          <t>Schweizer</t>
+          <t>Schär</t>
         </is>
       </c>
       <c r="E466" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F466" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G466" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G466" s="4"/>
     </row>
     <row r="467">
       <c r="A467" s="4" t="n">
-        <v>7397</v>
+        <v>7087</v>
       </c>
       <c r="B467" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C467" s="4" t="inlineStr">
         <is>
-          <t>Ivan Joao</t>
+          <t>Nolan</t>
         </is>
       </c>
       <c r="D467" s="4" t="inlineStr">
         <is>
-          <t>Segovia Duran</t>
+          <t>Schedel</t>
         </is>
       </c>
       <c r="E467" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F467" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G467" s="4"/>
+      <c r="G467" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="468">
       <c r="A468" s="4" t="n">
-        <v>3291</v>
+        <v>5523</v>
       </c>
       <c r="B468" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C468" s="4" t="inlineStr">
         <is>
-          <t>Angelo</t>
+          <t>Keni</t>
         </is>
       </c>
       <c r="D468" s="4" t="inlineStr">
         <is>
-          <t>Seitz</t>
+          <t>Schedel</t>
         </is>
       </c>
       <c r="E468" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F468" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G468" s="4"/>
+      <c r="G468" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="469">
       <c r="A469" s="4" t="n">
-        <v>3301</v>
+        <v>3131</v>
       </c>
       <c r="B469" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C469" s="4" t="inlineStr">
         <is>
-          <t>Anushanth</t>
+          <t>Marc-Antoine</t>
         </is>
       </c>
       <c r="D469" s="4" t="inlineStr">
         <is>
-          <t>Selvam</t>
+          <t>Schibler</t>
         </is>
       </c>
       <c r="E469" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F469" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G469" s="4"/>
     </row>
     <row r="470">
       <c r="A470" s="4" t="n">
-        <v>3339</v>
+        <v>3134</v>
       </c>
       <c r="B470" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C470" s="4" t="inlineStr">
         <is>
-          <t>Pablo</t>
+          <t>René</t>
         </is>
       </c>
       <c r="D470" s="4" t="inlineStr">
         <is>
-          <t>Sierra</t>
+          <t>Schicktanz</t>
         </is>
       </c>
       <c r="E470" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F470" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G470" s="4"/>
     </row>
     <row r="471">
       <c r="A471" s="4" t="n">
-        <v>3348</v>
+        <v>4602</v>
       </c>
       <c r="B471" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C471" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D471" s="4" t="inlineStr">
         <is>
-          <t>Sigrist</t>
+          <t>Schilt</t>
         </is>
       </c>
       <c r="E471" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F471" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G471" s="4"/>
     </row>
     <row r="472">
       <c r="A472" s="4" t="n">
-        <v>6245</v>
+        <v>3138</v>
       </c>
       <c r="B472" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C472" s="4" t="inlineStr">
         <is>
-          <t>Anabela</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D472" s="4" t="inlineStr">
         <is>
-          <t>Sommer</t>
+          <t>Schindelholz</t>
         </is>
       </c>
       <c r="E472" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F472" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G472" s="4"/>
     </row>
     <row r="473">
       <c r="A473" s="4" t="n">
-        <v>3380</v>
+        <v>3163</v>
       </c>
       <c r="B473" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C473" s="4" t="inlineStr">
         <is>
-          <t>Severin</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D473" s="4" t="inlineStr">
         <is>
-          <t>Sorg</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E473" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F473" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G473" s="4"/>
     </row>
     <row r="474">
       <c r="A474" s="4" t="n">
-        <v>3379</v>
+        <v>3165</v>
       </c>
       <c r="B474" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C474" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D474" s="4" t="inlineStr">
         <is>
-          <t>Sorg</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E474" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F474" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G474" s="4"/>
     </row>
     <row r="475">
       <c r="A475" s="4" t="n">
-        <v>5676</v>
+        <v>3203</v>
       </c>
       <c r="B475" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C475" s="4" t="inlineStr">
         <is>
-          <t>Claudio</t>
+          <t>Rudolf</t>
         </is>
       </c>
       <c r="D475" s="4" t="inlineStr">
         <is>
-          <t>Sousa</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E475" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F475" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G475" s="4"/>
     </row>
     <row r="476">
       <c r="A476" s="4" t="n">
-        <v>7106</v>
+        <v>4812</v>
       </c>
       <c r="B476" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C476" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D476" s="4" t="inlineStr">
         <is>
-          <t>Spaeti-Costa</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E476" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F476" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G476" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="4" t="n">
-        <v>3431</v>
+        <v>4854</v>
       </c>
       <c r="B477" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C477" s="4" t="inlineStr">
         <is>
-          <t>Ardian</t>
+          <t>Fabienne </t>
         </is>
       </c>
       <c r="D477" s="4" t="inlineStr">
         <is>
-          <t>Stalder</t>
+          <t>Schnyder</t>
         </is>
       </c>
       <c r="E477" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F477" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G477" s="4"/>
     </row>
     <row r="478">
       <c r="A478" s="4" t="n">
-        <v>3432</v>
+        <v>7395</v>
       </c>
       <c r="B478" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C478" s="4" t="inlineStr">
         <is>
-          <t>Bastian</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D478" s="4" t="inlineStr">
         <is>
-          <t>Stalder</t>
+          <t>Schnyder</t>
         </is>
       </c>
       <c r="E478" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F478" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G478" s="4"/>
     </row>
     <row r="479">
       <c r="A479" s="4" t="n">
-        <v>3438</v>
+        <v>6234</v>
       </c>
       <c r="B479" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C479" s="4" t="inlineStr">
         <is>
-          <t>Naomi</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="D479" s="4" t="inlineStr">
         <is>
-          <t>Stämmer</t>
+          <t>Schor</t>
         </is>
       </c>
       <c r="E479" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F479" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G479" s="4"/>
     </row>
     <row r="480">
       <c r="A480" s="4" t="n">
-        <v>3451</v>
+        <v>3257</v>
       </c>
       <c r="B480" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C480" s="4" t="inlineStr">
         <is>
-          <t>Cornelia</t>
+          <t>Pia</t>
         </is>
       </c>
       <c r="D480" s="4" t="inlineStr">
         <is>
-          <t>Steffen</t>
+          <t>Schürch</t>
         </is>
       </c>
       <c r="E480" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F480" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G480" s="4"/>
     </row>
     <row r="481">
       <c r="A481" s="4" t="n">
-        <v>3468</v>
+        <v>3258</v>
       </c>
       <c r="B481" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C481" s="4" t="inlineStr">
         <is>
-          <t>Sonja</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D481" s="4" t="inlineStr">
         <is>
-          <t>Steiner</t>
+          <t>Schütz</t>
         </is>
       </c>
       <c r="E481" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F481" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G481" s="4"/>
     </row>
     <row r="482">
       <c r="A482" s="4" t="n">
-        <v>3464</v>
+        <v>5157</v>
       </c>
       <c r="B482" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C482" s="4" t="inlineStr">
         <is>
-          <t>Marlis</t>
+          <t>Zoe</t>
         </is>
       </c>
       <c r="D482" s="4" t="inlineStr">
         <is>
-          <t>Steiner</t>
+          <t>Schweizer</t>
         </is>
       </c>
       <c r="E482" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F482" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G482" s="4"/>
+      <c r="G482" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="483">
       <c r="A483" s="4" t="n">
-        <v>3473</v>
+        <v>7397</v>
       </c>
       <c r="B483" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C483" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Ivan Joao</t>
         </is>
       </c>
       <c r="D483" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Segovia Duran</t>
         </is>
       </c>
       <c r="E483" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F483" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G483" s="4"/>
     </row>
     <row r="484">
       <c r="A484" s="4" t="n">
-        <v>4603</v>
+        <v>3291</v>
       </c>
       <c r="B484" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C484" s="4" t="inlineStr">
         <is>
-          <t>Madeleine</t>
+          <t>Angelo</t>
         </is>
       </c>
       <c r="D484" s="4" t="inlineStr">
         <is>
-          <t>Stöckmann</t>
+          <t>Seitz</t>
         </is>
       </c>
       <c r="E484" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F484" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G484" s="4"/>
     </row>
     <row r="485">
       <c r="A485" s="4" t="n">
-        <v>3493</v>
+        <v>3301</v>
       </c>
       <c r="B485" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C485" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Anushanth</t>
         </is>
       </c>
       <c r="D485" s="4" t="inlineStr">
         <is>
-          <t>Stoll</t>
+          <t>Selvam</t>
         </is>
       </c>
       <c r="E485" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F485" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G485" s="4"/>
     </row>
     <row r="486">
       <c r="A486" s="4" t="n">
-        <v>3503</v>
+        <v>3339</v>
       </c>
       <c r="B486" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C486" s="4" t="inlineStr">
         <is>
-          <t>Hans</t>
+          <t>Pablo</t>
         </is>
       </c>
       <c r="D486" s="4" t="inlineStr">
         <is>
-          <t>Strahm</t>
+          <t>Sierra</t>
         </is>
       </c>
       <c r="E486" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F486" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G486" s="4"/>
     </row>
     <row r="487">
       <c r="A487" s="4" t="n">
-        <v>3517</v>
+        <v>3348</v>
       </c>
       <c r="B487" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C487" s="4" t="inlineStr">
         <is>
-          <t>Margrit</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D487" s="4" t="inlineStr">
         <is>
-          <t>Stucki</t>
+          <t>Sigrist</t>
         </is>
       </c>
       <c r="E487" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F487" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G487" s="4"/>
     </row>
     <row r="488">
       <c r="A488" s="4" t="n">
-        <v>3530</v>
+        <v>6245</v>
       </c>
       <c r="B488" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C488" s="4" t="inlineStr">
         <is>
-          <t>Fabrice</t>
+          <t>Anabela</t>
         </is>
       </c>
       <c r="D488" s="4" t="inlineStr">
         <is>
-          <t>Stutz</t>
+          <t>Sommer</t>
         </is>
       </c>
       <c r="E488" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F488" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G488" s="4"/>
     </row>
     <row r="489">
       <c r="A489" s="4" t="n">
-        <v>3529</v>
+        <v>3379</v>
       </c>
       <c r="B489" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C489" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D489" s="4" t="inlineStr">
         <is>
-          <t>Stutz</t>
+          <t>Sorg</t>
         </is>
       </c>
       <c r="E489" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F489" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G489" s="4"/>
     </row>
     <row r="490">
       <c r="A490" s="4" t="n">
-        <v>3566</v>
+        <v>3380</v>
       </c>
       <c r="B490" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C490" s="4" t="inlineStr">
         <is>
-          <t>Damir</t>
+          <t>Severin</t>
         </is>
       </c>
       <c r="D490" s="4" t="inlineStr">
         <is>
-          <t>Tasev</t>
+          <t>Sorg</t>
         </is>
       </c>
       <c r="E490" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F490" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G490" s="4"/>
     </row>
     <row r="491">
       <c r="A491" s="4" t="n">
-        <v>5487</v>
+        <v>5676</v>
       </c>
       <c r="B491" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C491" s="4" t="inlineStr">
         <is>
-          <t>Hasan</t>
+          <t>Claudio</t>
         </is>
       </c>
       <c r="D491" s="4" t="inlineStr">
         <is>
-          <t>Tastan</t>
+          <t>Sousa</t>
         </is>
       </c>
       <c r="E491" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F491" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G491" s="4"/>
     </row>
     <row r="492">
       <c r="A492" s="4" t="n">
-        <v>3574</v>
+        <v>7106</v>
       </c>
       <c r="B492" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C492" s="4" t="inlineStr">
         <is>
-          <t>Donato</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D492" s="4" t="inlineStr">
         <is>
-          <t>Telesca</t>
+          <t>Spaeti-Costa</t>
         </is>
       </c>
       <c r="E492" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F492" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G492" s="4"/>
+      <c r="G492" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="493">
       <c r="A493" s="4" t="n">
-        <v>3614</v>
+        <v>3431</v>
       </c>
       <c r="B493" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C493" s="4" t="inlineStr">
         <is>
-          <t>Brigitte</t>
+          <t>Ardian</t>
         </is>
       </c>
       <c r="D493" s="4" t="inlineStr">
         <is>
-          <t>Tischhauser</t>
+          <t>Stalder</t>
         </is>
       </c>
       <c r="E493" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F493" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G493" s="4"/>
     </row>
     <row r="494">
       <c r="A494" s="4" t="n">
-        <v>6450</v>
+        <v>3432</v>
       </c>
       <c r="B494" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C494" s="4" t="inlineStr">
         <is>
-          <t>Olivia</t>
+          <t>Bastian</t>
         </is>
       </c>
       <c r="D494" s="4" t="inlineStr">
         <is>
-          <t>Tschanz</t>
+          <t>Stalder</t>
         </is>
       </c>
       <c r="E494" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F494" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G494" s="4"/>
     </row>
     <row r="495">
       <c r="A495" s="4" t="n">
-        <v>4872</v>
+        <v>3438</v>
       </c>
       <c r="B495" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C495" s="4" t="inlineStr">
         <is>
-          <t> Yuki</t>
+          <t>Naomi</t>
         </is>
       </c>
       <c r="D495" s="4" t="inlineStr">
         <is>
-          <t>Ujihara</t>
+          <t>Stämmer</t>
         </is>
       </c>
       <c r="E495" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F495" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G495" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G495" s="4"/>
     </row>
     <row r="496">
       <c r="A496" s="4" t="n">
-        <v>4204</v>
+        <v>7531</v>
       </c>
       <c r="B496" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C496" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D496" s="4" t="inlineStr">
         <is>
-          <t>Ulrich</t>
+          <t>Stampfli</t>
         </is>
       </c>
       <c r="E496" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F496" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G496" s="4"/>
+      <c r="G496" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="497">
       <c r="A497" s="4" t="n">
-        <v>3690</v>
+        <v>3451</v>
       </c>
       <c r="B497" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C497" s="4" t="inlineStr">
         <is>
-          <t>Nadja</t>
+          <t>Cornelia</t>
         </is>
       </c>
       <c r="D497" s="4" t="inlineStr">
         <is>
-          <t>Urbanek</t>
+          <t>Steffen</t>
         </is>
       </c>
       <c r="E497" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F497" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G497" s="4"/>
     </row>
     <row r="498">
       <c r="A498" s="4" t="n">
-        <v>3695</v>
+        <v>3464</v>
       </c>
       <c r="B498" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C498" s="4" t="inlineStr">
         <is>
-          <t>Kobithasan</t>
+          <t>Marlis</t>
         </is>
       </c>
       <c r="D498" s="4" t="inlineStr">
         <is>
-          <t>Vairamuthu</t>
+          <t>Steiner</t>
         </is>
       </c>
       <c r="E498" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F498" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G498" s="4"/>
     </row>
     <row r="499">
       <c r="A499" s="4" t="n">
-        <v>3704</v>
+        <v>3468</v>
       </c>
       <c r="B499" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C499" s="4" t="inlineStr">
         <is>
-          <t>Gianluca</t>
+          <t>Sonja</t>
         </is>
       </c>
       <c r="D499" s="4" t="inlineStr">
         <is>
-          <t>Vanacore</t>
+          <t>Steiner</t>
         </is>
       </c>
       <c r="E499" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F499" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G499" s="4"/>
     </row>
     <row r="500">
       <c r="A500" s="4" t="n">
-        <v>4598</v>
+        <v>3473</v>
       </c>
       <c r="B500" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C500" s="4" t="inlineStr">
         <is>
-          <t>Sjur</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D500" s="4" t="inlineStr">
         <is>
-          <t>Vestli</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="E500" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F500" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G500" s="4"/>
     </row>
     <row r="501">
       <c r="A501" s="4" t="n">
-        <v>3723</v>
+        <v>4603</v>
       </c>
       <c r="B501" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C501" s="4" t="inlineStr">
         <is>
-          <t>Aridag</t>
+          <t>Madeleine</t>
         </is>
       </c>
       <c r="D501" s="4" t="inlineStr">
         <is>
-          <t>Veysel</t>
+          <t>Stöckmann</t>
         </is>
       </c>
       <c r="E501" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F501" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G501" s="4"/>
     </row>
     <row r="502">
       <c r="A502" s="4" t="n">
-        <v>3765</v>
+        <v>3493</v>
       </c>
       <c r="B502" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C502" s="4" t="inlineStr">
         <is>
-          <t>Nadine</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D502" s="4" t="inlineStr">
         <is>
-          <t>Von Känel</t>
+          <t>Stoll</t>
         </is>
       </c>
       <c r="E502" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F502" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G502" s="4"/>
     </row>
     <row r="503">
       <c r="A503" s="4" t="n">
-        <v>3789</v>
+        <v>3503</v>
       </c>
       <c r="B503" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C503" s="4" t="inlineStr">
         <is>
-          <t>Pia</t>
+          <t>Hans</t>
         </is>
       </c>
       <c r="D503" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Strahm</t>
         </is>
       </c>
       <c r="E503" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F503" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G503" s="4"/>
     </row>
     <row r="504">
       <c r="A504" s="4" t="n">
-        <v>6237</v>
+        <v>3517</v>
       </c>
       <c r="B504" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C504" s="4" t="inlineStr">
         <is>
-          <t>Kjetil</t>
+          <t>Margrit</t>
         </is>
       </c>
       <c r="D504" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Stucki</t>
         </is>
       </c>
       <c r="E504" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F504" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G504" s="4"/>
     </row>
     <row r="505">
       <c r="A505" s="4" t="n">
-        <v>3787</v>
+        <v>3529</v>
       </c>
       <c r="B505" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C505" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D505" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Stutz</t>
         </is>
       </c>
       <c r="E505" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F505" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G505" s="4"/>
     </row>
     <row r="506">
       <c r="A506" s="4" t="n">
-        <v>5677</v>
+        <v>3530</v>
       </c>
       <c r="B506" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C506" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Fabrice</t>
         </is>
       </c>
       <c r="D506" s="4" t="inlineStr">
         <is>
-          <t>Wagner</t>
+          <t>Stutz</t>
         </is>
       </c>
       <c r="E506" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F506" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G506" s="4"/>
     </row>
     <row r="507">
       <c r="A507" s="4" t="n">
-        <v>3822</v>
+        <v>3566</v>
       </c>
       <c r="B507" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C507" s="4" t="inlineStr">
         <is>
-          <t>Florian</t>
+          <t>Damir</t>
         </is>
       </c>
       <c r="D507" s="4" t="inlineStr">
         <is>
-          <t>Weber</t>
+          <t>Tasev</t>
         </is>
       </c>
       <c r="E507" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F507" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G507" s="4"/>
     </row>
     <row r="508">
       <c r="A508" s="4" t="n">
-        <v>3831</v>
+        <v>5487</v>
       </c>
       <c r="B508" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C508" s="4" t="inlineStr">
         <is>
-          <t>Roman</t>
+          <t>Hasan</t>
         </is>
       </c>
       <c r="D508" s="4" t="inlineStr">
         <is>
-          <t>Weibel</t>
+          <t>Tastan</t>
         </is>
       </c>
       <c r="E508" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F508" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G508" s="4"/>
     </row>
     <row r="509">
       <c r="A509" s="4" t="n">
-        <v>3835</v>
+        <v>3574</v>
       </c>
       <c r="B509" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C509" s="4" t="inlineStr">
         <is>
-          <t>Daniela</t>
+          <t>Donato</t>
         </is>
       </c>
       <c r="D509" s="4" t="inlineStr">
         <is>
-          <t>Weingart</t>
+          <t>Telesca</t>
         </is>
       </c>
       <c r="E509" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F509" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G509" s="4"/>
     </row>
     <row r="510">
       <c r="A510" s="4" t="n">
-        <v>7439</v>
+        <v>3614</v>
       </c>
       <c r="B510" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C510" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Brigitte</t>
         </is>
       </c>
       <c r="D510" s="4" t="inlineStr">
         <is>
-          <t>Wermelinger</t>
+          <t>Tischhauser</t>
         </is>
       </c>
       <c r="E510" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F510" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G510" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G510" s="4"/>
     </row>
     <row r="511">
       <c r="A511" s="4" t="n">
-        <v>4813</v>
+        <v>6450</v>
       </c>
       <c r="B511" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C511" s="4" t="inlineStr">
         <is>
-          <t>Mercedes</t>
+          <t>Olivia</t>
         </is>
       </c>
       <c r="D511" s="4" t="inlineStr">
         <is>
-          <t>Widmer</t>
+          <t>Tschanz</t>
         </is>
       </c>
       <c r="E511" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F511" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G511" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G511" s="4"/>
     </row>
     <row r="512">
       <c r="A512" s="4" t="n">
-        <v>3880</v>
+        <v>4872</v>
       </c>
       <c r="B512" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C512" s="4" t="inlineStr">
         <is>
-          <t>Nellie</t>
+          <t> Yuki</t>
         </is>
       </c>
       <c r="D512" s="4" t="inlineStr">
         <is>
-          <t>Wirz</t>
+          <t>Ujihara</t>
         </is>
       </c>
       <c r="E512" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F512" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G512" s="4"/>
+      <c r="G512" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="513">
       <c r="A513" s="4" t="n">
-        <v>3919</v>
+        <v>4204</v>
       </c>
       <c r="B513" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C513" s="4" t="inlineStr">
         <is>
-          <t>Jacqueline</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D513" s="4" t="inlineStr">
         <is>
-          <t>Wyss</t>
+          <t>Ulrich</t>
         </is>
       </c>
       <c r="E513" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F513" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G513" s="4"/>
     </row>
     <row r="514">
       <c r="A514" s="4" t="n">
-        <v>4853</v>
+        <v>3690</v>
       </c>
       <c r="B514" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C514" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Nadja</t>
         </is>
       </c>
       <c r="D514" s="4" t="inlineStr">
         <is>
-          <t>Zanolari</t>
+          <t>Urbanek</t>
         </is>
       </c>
       <c r="E514" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F514" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G514" s="4"/>
     </row>
     <row r="515">
       <c r="A515" s="4" t="n">
-        <v>3936</v>
+        <v>3695</v>
       </c>
       <c r="B515" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C515" s="4" t="inlineStr">
         <is>
-          <t>Stefanie</t>
+          <t>Kobithasan</t>
         </is>
       </c>
       <c r="D515" s="4" t="inlineStr">
         <is>
-          <t>Zanolari</t>
+          <t>Vairamuthu</t>
         </is>
       </c>
       <c r="E515" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F515" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G515" s="4"/>
     </row>
     <row r="516">
       <c r="A516" s="4" t="n">
-        <v>7416</v>
+        <v>3704</v>
       </c>
       <c r="B516" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C516" s="4" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Gianluca</t>
         </is>
       </c>
       <c r="D516" s="4" t="inlineStr">
         <is>
-          <t>Zbinden</t>
+          <t>Vanacore</t>
         </is>
       </c>
       <c r="E516" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F516" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G516" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G516" s="4"/>
     </row>
     <row r="517">
       <c r="A517" s="4" t="n">
-        <v>7417</v>
+        <v>4598</v>
       </c>
       <c r="B517" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C517" s="4" t="inlineStr">
         <is>
-          <t>Lara</t>
+          <t>Sjur</t>
         </is>
       </c>
       <c r="D517" s="4" t="inlineStr">
         <is>
-          <t>Zbinden</t>
+          <t>Vestli</t>
         </is>
       </c>
       <c r="E517" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F517" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G517" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G517" s="4"/>
     </row>
     <row r="518">
       <c r="A518" s="4" t="n">
-        <v>5158</v>
+        <v>3723</v>
       </c>
       <c r="B518" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C518" s="4" t="inlineStr">
         <is>
-          <t>Ludwig</t>
+          <t>Aridag</t>
         </is>
       </c>
       <c r="D518" s="4" t="inlineStr">
         <is>
-          <t>Zeller</t>
+          <t>Veysel</t>
         </is>
       </c>
       <c r="E518" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F518" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G518" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G518" s="4"/>
     </row>
     <row r="519">
       <c r="A519" s="4" t="n">
-        <v>4871</v>
+        <v>3765</v>
       </c>
       <c r="B519" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C519" s="4" t="inlineStr">
         <is>
-          <t> Vanessa</t>
+          <t>Nadine</t>
         </is>
       </c>
       <c r="D519" s="4" t="inlineStr">
         <is>
-          <t>Ziegler</t>
+          <t>Von Känel</t>
         </is>
       </c>
       <c r="E519" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F519" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G519" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G519" s="4"/>
     </row>
     <row r="520">
       <c r="A520" s="4" t="n">
-        <v>3964</v>
+        <v>3787</v>
       </c>
       <c r="B520" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C520" s="4" t="inlineStr">
         <is>
-          <t>Cornelia</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D520" s="4" t="inlineStr">
         <is>
-          <t>Zimmermann</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E520" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F520" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G520" s="4"/>
     </row>
     <row r="521">
       <c r="A521" s="4" t="n">
-        <v>3968</v>
+        <v>6237</v>
       </c>
       <c r="B521" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C521" s="4" t="inlineStr">
         <is>
-          <t>Robert</t>
+          <t>Kjetil</t>
         </is>
       </c>
       <c r="D521" s="4" t="inlineStr">
         <is>
-          <t>Zobec</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E521" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F521" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G521" s="4"/>
     </row>
     <row r="522">
       <c r="A522" s="4" t="n">
-        <v>3977</v>
+        <v>3789</v>
       </c>
       <c r="B522" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C522" s="4" t="inlineStr">
         <is>
-          <t>Shalin Lya</t>
+          <t>Pia</t>
         </is>
       </c>
       <c r="D522" s="4" t="inlineStr">
         <is>
-          <t>Zulauf</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E522" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F522" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G522" s="4"/>
     </row>
     <row r="523">
       <c r="A523" s="4" t="n">
+        <v>5677</v>
+      </c>
+      <c r="B523" s="4" t="n">
         <v>2</v>
       </c>
-      <c r="B523" s="4" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="C523" s="4" t="inlineStr">
         <is>
-          <t>Hisa</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D523" s="4" t="inlineStr">
         <is>
-          <t>Abduramani</t>
+          <t>Wagner</t>
         </is>
       </c>
       <c r="E523" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F523" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G523" s="4"/>
     </row>
     <row r="524">
       <c r="A524" s="4" t="n">
-        <v>5526</v>
+        <v>3822</v>
       </c>
       <c r="B524" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C524" s="4" t="inlineStr">
         <is>
-          <t>Tim</t>
+          <t>Florian</t>
         </is>
       </c>
       <c r="D524" s="4" t="inlineStr">
         <is>
-          <t>Abel</t>
+          <t>Weber</t>
         </is>
       </c>
       <c r="E524" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F524" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G524" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G524" s="4"/>
     </row>
     <row r="525">
       <c r="A525" s="4" t="n">
-        <v>3</v>
+        <v>3831</v>
       </c>
       <c r="B525" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C525" s="4" t="inlineStr">
         <is>
-          <t>Amor</t>
+          <t>Roman</t>
         </is>
       </c>
       <c r="D525" s="4" t="inlineStr">
         <is>
-          <t>Abid</t>
+          <t>Weibel</t>
         </is>
       </c>
       <c r="E525" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F525" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G525" s="4"/>
     </row>
     <row r="526">
       <c r="A526" s="4" t="n">
-        <v>16</v>
+        <v>3835</v>
       </c>
       <c r="B526" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C526" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Daniela</t>
         </is>
       </c>
       <c r="D526" s="4" t="inlineStr">
         <is>
-          <t>Adlun</t>
+          <t>Weingart</t>
         </is>
       </c>
       <c r="E526" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F526" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G526" s="4"/>
     </row>
     <row r="527">
       <c r="A527" s="4" t="n">
-        <v>20</v>
+        <v>7439</v>
       </c>
       <c r="B527" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C527" s="4" t="inlineStr">
         <is>
-          <t>Sina</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D527" s="4" t="inlineStr">
         <is>
-          <t>Aebi</t>
+          <t>Wermelinger</t>
         </is>
       </c>
       <c r="E527" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F527" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G527" s="4"/>
+      <c r="G527" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="528">
       <c r="A528" s="4" t="n">
-        <v>5337</v>
+        <v>4813</v>
       </c>
       <c r="B528" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C528" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Mercedes</t>
         </is>
       </c>
       <c r="D528" s="4" t="inlineStr">
         <is>
-          <t>Aeschbacher</t>
+          <t>Widmer</t>
         </is>
       </c>
       <c r="E528" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F528" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G528" s="4"/>
+      <c r="G528" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="529">
       <c r="A529" s="4" t="n">
-        <v>26</v>
+        <v>3880</v>
       </c>
       <c r="B529" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C529" s="4" t="inlineStr">
         <is>
-          <t>Renate</t>
+          <t>Nellie</t>
         </is>
       </c>
       <c r="D529" s="4" t="inlineStr">
         <is>
-          <t>Aeschbacher</t>
+          <t>Wirz</t>
         </is>
       </c>
       <c r="E529" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F529" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G529" s="4"/>
     </row>
     <row r="530">
       <c r="A530" s="4" t="n">
-        <v>30</v>
+        <v>3919</v>
       </c>
       <c r="B530" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C530" s="4" t="inlineStr">
         <is>
-          <t>Kai</t>
+          <t>Jacqueline</t>
         </is>
       </c>
       <c r="D530" s="4" t="inlineStr">
         <is>
-          <t>Aeschlimann</t>
+          <t>Wyss</t>
         </is>
       </c>
       <c r="E530" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F530" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G530" s="4"/>
     </row>
     <row r="531">
       <c r="A531" s="4" t="n">
-        <v>54</v>
+        <v>4853</v>
       </c>
       <c r="B531" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C531" s="4" t="inlineStr">
         <is>
-          <t>Anthony</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D531" s="4" t="inlineStr">
         <is>
-          <t>Alcantara</t>
+          <t>Zanolari</t>
         </is>
       </c>
       <c r="E531" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F531" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G531" s="4"/>
     </row>
     <row r="532">
       <c r="A532" s="4" t="n">
-        <v>55</v>
+        <v>3936</v>
       </c>
       <c r="B532" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C532" s="4" t="inlineStr">
         <is>
-          <t>Bernard</t>
+          <t>Stefanie</t>
         </is>
       </c>
       <c r="D532" s="4" t="inlineStr">
         <is>
-          <t>Alcantara</t>
+          <t>Zanolari</t>
         </is>
       </c>
       <c r="E532" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F532" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G532" s="4"/>
     </row>
     <row r="533">
       <c r="A533" s="4" t="n">
-        <v>65</v>
+        <v>7417</v>
       </c>
       <c r="B533" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C533" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Lara</t>
         </is>
       </c>
       <c r="D533" s="4" t="inlineStr">
         <is>
-          <t>Allemann</t>
+          <t>Zbinden</t>
         </is>
       </c>
       <c r="E533" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F533" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G533" s="4"/>
+      <c r="G533" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="534">
       <c r="A534" s="4" t="n">
-        <v>62</v>
+        <v>7416</v>
       </c>
       <c r="B534" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C534" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="D534" s="4" t="inlineStr">
         <is>
-          <t>Allemann</t>
+          <t>Zbinden</t>
         </is>
       </c>
       <c r="E534" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F534" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G534" s="4"/>
+      <c r="G534" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="535">
       <c r="A535" s="4" t="n">
-        <v>61</v>
+        <v>5158</v>
       </c>
       <c r="B535" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C535" s="4" t="inlineStr">
         <is>
-          <t>Alexander</t>
+          <t>Ludwig</t>
         </is>
       </c>
       <c r="D535" s="4" t="inlineStr">
         <is>
-          <t>Allemann</t>
+          <t>Zeller</t>
         </is>
       </c>
       <c r="E535" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F535" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G535" s="4"/>
+      <c r="G535" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="536">
       <c r="A536" s="4" t="n">
-        <v>6901</v>
+        <v>4871</v>
       </c>
       <c r="B536" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C536" s="4" t="inlineStr">
         <is>
-          <t>Elia</t>
+          <t> Vanessa</t>
         </is>
       </c>
       <c r="D536" s="4" t="inlineStr">
         <is>
-          <t>Allemann</t>
+          <t>Ziegler</t>
         </is>
       </c>
       <c r="E536" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F536" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G536" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="4" t="n">
-        <v>64</v>
+        <v>3964</v>
       </c>
       <c r="B537" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C537" s="4" t="inlineStr">
         <is>
-          <t>Christopher</t>
+          <t>Cornelia</t>
         </is>
       </c>
       <c r="D537" s="4" t="inlineStr">
         <is>
-          <t>Allemann</t>
+          <t>Zimmermann</t>
         </is>
       </c>
       <c r="E537" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F537" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G537" s="4"/>
     </row>
     <row r="538">
       <c r="A538" s="4" t="n">
-        <v>6868</v>
+        <v>3968</v>
       </c>
       <c r="B538" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C538" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Robert</t>
         </is>
       </c>
       <c r="D538" s="4" t="inlineStr">
         <is>
-          <t>Althaus</t>
+          <t>Zobec</t>
         </is>
       </c>
       <c r="E538" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F538" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G538" s="4"/>
     </row>
     <row r="539">
       <c r="A539" s="4" t="n">
-        <v>72</v>
+        <v>3977</v>
       </c>
       <c r="B539" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C539" s="4" t="inlineStr">
         <is>
-          <t>Nadine</t>
+          <t>Shalin Lya</t>
         </is>
       </c>
       <c r="D539" s="4" t="inlineStr">
         <is>
-          <t>Amacher</t>
+          <t>Zulauf</t>
         </is>
       </c>
       <c r="E539" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F539" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G539" s="4"/>
     </row>
     <row r="540">
       <c r="A540" s="4" t="n">
-        <v>4877</v>
+        <v>2</v>
       </c>
       <c r="B540" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C540" s="4" t="inlineStr">
         <is>
-          <t> Martim</t>
+          <t>Hisa</t>
         </is>
       </c>
       <c r="D540" s="4" t="inlineStr">
         <is>
-          <t>Amaro</t>
+          <t>Abduramani</t>
         </is>
       </c>
       <c r="E540" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F540" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G540" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G540" s="4"/>
     </row>
     <row r="541">
       <c r="A541" s="4" t="n">
-        <v>4858</v>
+        <v>5526</v>
       </c>
       <c r="B541" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C541" s="4" t="inlineStr">
         <is>
-          <t>Stefania</t>
+          <t>Tim</t>
         </is>
       </c>
       <c r="D541" s="4" t="inlineStr">
         <is>
-          <t>Amato-Maltese</t>
+          <t>Abel</t>
         </is>
       </c>
       <c r="E541" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F541" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G541" s="4"/>
+      <c r="G541" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="542">
       <c r="A542" s="4" t="n">
-        <v>83</v>
+        <v>3</v>
       </c>
       <c r="B542" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C542" s="4" t="inlineStr">
         <is>
-          <t>Durim</t>
+          <t>Amor</t>
         </is>
       </c>
       <c r="D542" s="4" t="inlineStr">
         <is>
-          <t>Amiti</t>
+          <t>Abid</t>
         </is>
       </c>
       <c r="E542" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F542" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G542" s="4"/>
     </row>
     <row r="543">
       <c r="A543" s="4" t="n">
-        <v>90</v>
+        <v>7557</v>
       </c>
       <c r="B543" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C543" s="4" t="inlineStr">
         <is>
-          <t>Pirmin</t>
+          <t>Alya</t>
         </is>
       </c>
       <c r="D543" s="4" t="inlineStr">
         <is>
-          <t>Amrein</t>
+          <t>Abidi</t>
         </is>
       </c>
       <c r="E543" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F543" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G543" s="4"/>
+      <c r="G543" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="544">
       <c r="A544" s="4" t="n">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="B544" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C544" s="4" t="inlineStr">
         <is>
-          <t>Quirin</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D544" s="4" t="inlineStr">
         <is>
-          <t>Amstutz</t>
+          <t>Adlun</t>
         </is>
       </c>
       <c r="E544" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F544" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G544" s="4"/>
     </row>
     <row r="545">
       <c r="A545" s="4" t="n">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="B545" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C545" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Sina</t>
         </is>
       </c>
       <c r="D545" s="4" t="inlineStr">
         <is>
-          <t>Amstutz</t>
+          <t>Aebi</t>
         </is>
       </c>
       <c r="E545" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F545" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G545" s="4"/>
     </row>
     <row r="546">
       <c r="A546" s="4" t="n">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="B546" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C546" s="4" t="inlineStr">
         <is>
-          <t>Dave</t>
+          <t>Renate</t>
         </is>
       </c>
       <c r="D546" s="4" t="inlineStr">
         <is>
-          <t>Andres</t>
+          <t>Aeschbacher</t>
         </is>
       </c>
       <c r="E546" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F546" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G546" s="4"/>
     </row>
     <row r="547">
       <c r="A547" s="4" t="n">
-        <v>121</v>
+        <v>5337</v>
       </c>
       <c r="B547" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C547" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D547" s="4" t="inlineStr">
         <is>
-          <t>Aplanalp</t>
+          <t>Aeschbacher</t>
         </is>
       </c>
       <c r="E547" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F547" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G547" s="4"/>
     </row>
     <row r="548">
       <c r="A548" s="4" t="n">
-        <v>4068</v>
+        <v>30</v>
       </c>
       <c r="B548" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C548" s="4" t="inlineStr">
         <is>
-          <t>Silvio</t>
+          <t>Kai</t>
         </is>
       </c>
       <c r="D548" s="4" t="inlineStr">
         <is>
-          <t>Apostolo</t>
+          <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E548" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F548" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G548" s="4"/>
     </row>
     <row r="549">
       <c r="A549" s="4" t="n">
-        <v>146</v>
+        <v>54</v>
       </c>
       <c r="B549" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C549" s="4" t="inlineStr">
         <is>
-          <t>Fabio</t>
+          <t>Anthony</t>
         </is>
       </c>
       <c r="D549" s="4" t="inlineStr">
         <is>
-          <t>Astorina</t>
+          <t>Alcantara</t>
         </is>
       </c>
       <c r="E549" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F549" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G549" s="4"/>
     </row>
     <row r="550">
       <c r="A550" s="4" t="n">
-        <v>145</v>
+        <v>55</v>
       </c>
       <c r="B550" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C550" s="4" t="inlineStr">
         <is>
-          <t>Emilia</t>
+          <t>Bernard</t>
         </is>
       </c>
       <c r="D550" s="4" t="inlineStr">
         <is>
-          <t>Astorina</t>
+          <t>Alcantara</t>
         </is>
       </c>
       <c r="E550" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F550" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G550" s="4"/>
     </row>
     <row r="551">
       <c r="A551" s="4" t="n">
-        <v>147</v>
+        <v>6901</v>
       </c>
       <c r="B551" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C551" s="4" t="inlineStr">
         <is>
-          <t>Andres</t>
+          <t>Elia</t>
         </is>
       </c>
       <c r="D551" s="4" t="inlineStr">
         <is>
-          <t>Asuncion</t>
+          <t>Allemann</t>
         </is>
       </c>
       <c r="E551" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F551" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G551" s="4"/>
+      <c r="G551" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" s="4" t="n">
-        <v>148</v>
+        <v>61</v>
       </c>
       <c r="B552" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C552" s="4" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Alexander</t>
         </is>
       </c>
       <c r="D552" s="4" t="inlineStr">
         <is>
-          <t>Atanasovski</t>
+          <t>Allemann</t>
         </is>
       </c>
       <c r="E552" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F552" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G552" s="4"/>
     </row>
     <row r="553">
       <c r="A553" s="4" t="n">
-        <v>149</v>
+        <v>62</v>
       </c>
       <c r="B553" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C553" s="4" t="inlineStr">
         <is>
-          <t>Tose</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D553" s="4" t="inlineStr">
         <is>
-          <t>Atanasovski</t>
+          <t>Allemann</t>
         </is>
       </c>
       <c r="E553" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F553" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G553" s="4"/>
     </row>
     <row r="554">
       <c r="A554" s="4" t="n">
-        <v>161</v>
+        <v>64</v>
       </c>
       <c r="B554" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C554" s="4" t="inlineStr">
         <is>
-          <t>Deniz</t>
+          <t>Christopher</t>
         </is>
       </c>
       <c r="D554" s="4" t="inlineStr">
         <is>
-          <t>Aykac</t>
+          <t>Allemann</t>
         </is>
       </c>
       <c r="E554" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F554" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G554" s="4"/>
     </row>
     <row r="555">
       <c r="A555" s="4" t="n">
-        <v>164</v>
+        <v>65</v>
       </c>
       <c r="B555" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C555" s="4" t="inlineStr">
         <is>
-          <t>Salim</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D555" s="4" t="inlineStr">
         <is>
-          <t>Azzouz</t>
+          <t>Allemann</t>
         </is>
       </c>
       <c r="E555" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F555" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G555" s="4"/>
     </row>
     <row r="556">
       <c r="A556" s="4" t="n">
-        <v>171</v>
+        <v>6868</v>
       </c>
       <c r="B556" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C556" s="4" t="inlineStr">
         <is>
-          <t>Livia</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D556" s="4" t="inlineStr">
         <is>
-          <t>Bacher</t>
+          <t>Althaus</t>
         </is>
       </c>
       <c r="E556" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F556" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G556" s="4"/>
     </row>
     <row r="557">
       <c r="A557" s="4" t="n">
-        <v>178</v>
+        <v>72</v>
       </c>
       <c r="B557" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C557" s="4" t="inlineStr">
         <is>
-          <t>Michèle</t>
+          <t>Nadine</t>
         </is>
       </c>
       <c r="D557" s="4" t="inlineStr">
         <is>
-          <t>Bachmann</t>
+          <t>Amacher</t>
         </is>
       </c>
       <c r="E557" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F557" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G557" s="4"/>
     </row>
     <row r="558">
       <c r="A558" s="4" t="n">
-        <v>175</v>
+        <v>4877</v>
       </c>
       <c r="B558" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C558" s="4" t="inlineStr">
         <is>
-          <t>Käthi</t>
+          <t> Martim</t>
         </is>
       </c>
       <c r="D558" s="4" t="inlineStr">
         <is>
-          <t>Bachmann</t>
+          <t>Amaro</t>
         </is>
       </c>
       <c r="E558" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F558" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G558" s="4"/>
+      <c r="G558" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="559">
       <c r="A559" s="4" t="n">
-        <v>179</v>
+        <v>4858</v>
       </c>
       <c r="B559" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C559" s="4" t="inlineStr">
         <is>
-          <t>Paul</t>
+          <t>Stefania</t>
         </is>
       </c>
       <c r="D559" s="4" t="inlineStr">
         <is>
-          <t>Bachmann</t>
+          <t>Amato-Maltese</t>
         </is>
       </c>
       <c r="E559" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F559" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G559" s="4"/>
     </row>
     <row r="560">
       <c r="A560" s="4" t="n">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="B560" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C560" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Durim</t>
         </is>
       </c>
       <c r="D560" s="4" t="inlineStr">
         <is>
-          <t>Bachmann</t>
+          <t>Amiti</t>
         </is>
       </c>
       <c r="E560" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F560" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G560" s="4"/>
     </row>
     <row r="561">
       <c r="A561" s="4" t="n">
-        <v>185</v>
+        <v>90</v>
       </c>
       <c r="B561" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C561" s="4" t="inlineStr">
         <is>
-          <t>Monika</t>
+          <t>Pirmin</t>
         </is>
       </c>
       <c r="D561" s="4" t="inlineStr">
         <is>
-          <t>Badertscher</t>
+          <t>Amrein</t>
         </is>
       </c>
       <c r="E561" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F561" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G561" s="4"/>
     </row>
     <row r="562">
       <c r="A562" s="4" t="n">
-        <v>187</v>
+        <v>92</v>
       </c>
       <c r="B562" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C562" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D562" s="4" t="inlineStr">
         <is>
-          <t>Baechli</t>
+          <t>Amstutz</t>
         </is>
       </c>
       <c r="E562" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F562" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G562" s="4"/>
     </row>
     <row r="563">
       <c r="A563" s="4" t="n">
-        <v>201</v>
+        <v>93</v>
       </c>
       <c r="B563" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C563" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Quirin</t>
         </is>
       </c>
       <c r="D563" s="4" t="inlineStr">
         <is>
-          <t>Balmer</t>
+          <t>Amstutz</t>
         </is>
       </c>
       <c r="E563" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F563" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G563" s="4"/>
     </row>
     <row r="564">
       <c r="A564" s="4" t="n">
-        <v>203</v>
+        <v>108</v>
       </c>
       <c r="B564" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C564" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Dave</t>
         </is>
       </c>
       <c r="D564" s="4" t="inlineStr">
         <is>
-          <t>Balmer</t>
+          <t>Andres</t>
         </is>
       </c>
       <c r="E564" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F564" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G564" s="4"/>
     </row>
     <row r="565">
       <c r="A565" s="4" t="n">
-        <v>6033</v>
+        <v>7543</v>
       </c>
       <c r="B565" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C565" s="4" t="inlineStr">
         <is>
-          <t>Shana</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D565" s="4" t="inlineStr">
         <is>
-          <t>Balsiger</t>
+          <t>Ansaldo</t>
         </is>
       </c>
       <c r="E565" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F565" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G565" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="4" t="n">
-        <v>204</v>
+        <v>121</v>
       </c>
       <c r="B566" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C566" s="4" t="inlineStr">
         <is>
-          <t>Yuki</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D566" s="4" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Aplanalp</t>
         </is>
       </c>
       <c r="E566" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F566" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G566" s="4"/>
     </row>
     <row r="567">
       <c r="A567" s="4" t="n">
-        <v>6258</v>
+        <v>4068</v>
       </c>
       <c r="B567" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C567" s="4" t="inlineStr">
         <is>
-          <t>Amélie</t>
+          <t>Silvio</t>
         </is>
       </c>
       <c r="D567" s="4" t="inlineStr">
         <is>
-          <t>Bapst</t>
+          <t>Apostolo</t>
         </is>
       </c>
       <c r="E567" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F567" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G567" s="4"/>
     </row>
     <row r="568">
       <c r="A568" s="4" t="n">
-        <v>6257</v>
+        <v>145</v>
       </c>
       <c r="B568" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C568" s="4" t="inlineStr">
         <is>
-          <t>Sophie</t>
+          <t>Emilia</t>
         </is>
       </c>
       <c r="D568" s="4" t="inlineStr">
         <is>
-          <t>Bapst</t>
+          <t>Astorina</t>
         </is>
       </c>
       <c r="E568" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F568" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G568" s="4"/>
     </row>
     <row r="569">
       <c r="A569" s="4" t="n">
-        <v>215</v>
+        <v>146</v>
       </c>
       <c r="B569" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C569" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Fabio</t>
         </is>
       </c>
       <c r="D569" s="4" t="inlineStr">
         <is>
-          <t>Barbagallo</t>
+          <t>Astorina</t>
         </is>
       </c>
       <c r="E569" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F569" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G569" s="4"/>
     </row>
     <row r="570">
       <c r="A570" s="4" t="n">
-        <v>218</v>
+        <v>147</v>
       </c>
       <c r="B570" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C570" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Andres</t>
         </is>
       </c>
       <c r="D570" s="4" t="inlineStr">
         <is>
-          <t>Barbosa</t>
+          <t>Asuncion</t>
         </is>
       </c>
       <c r="E570" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F570" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G570" s="4"/>
     </row>
     <row r="571">
       <c r="A571" s="4" t="n">
-        <v>7424</v>
+        <v>148</v>
       </c>
       <c r="B571" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C571" s="4" t="inlineStr">
         <is>
-          <t>Fredrick</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="D571" s="4" t="inlineStr">
         <is>
-          <t>Barker</t>
+          <t>Atanasovski</t>
         </is>
       </c>
       <c r="E571" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F571" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G571" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G571" s="4"/>
     </row>
     <row r="572">
       <c r="A572" s="4" t="n">
-        <v>6285</v>
+        <v>149</v>
       </c>
       <c r="B572" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C572" s="4" t="inlineStr">
         <is>
-          <t>Frederick</t>
+          <t>Tose</t>
         </is>
       </c>
       <c r="D572" s="4" t="inlineStr">
         <is>
-          <t>Barker</t>
+          <t>Atanasovski</t>
         </is>
       </c>
       <c r="E572" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F572" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G572" s="4"/>
     </row>
     <row r="573">
       <c r="A573" s="4" t="n">
-        <v>221</v>
+        <v>161</v>
       </c>
       <c r="B573" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C573" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="D573" s="4" t="inlineStr">
         <is>
-          <t>Baroffo</t>
+          <t>Aykac</t>
         </is>
       </c>
       <c r="E573" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F573" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G573" s="4"/>
     </row>
     <row r="574">
       <c r="A574" s="4" t="n">
-        <v>225</v>
+        <v>164</v>
       </c>
       <c r="B574" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C574" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Salim</t>
         </is>
       </c>
       <c r="D574" s="4" t="inlineStr">
         <is>
-          <t>Barti</t>
+          <t>Azzouz</t>
         </is>
       </c>
       <c r="E574" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F574" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G574" s="4"/>
     </row>
     <row r="575">
       <c r="A575" s="4" t="n">
-        <v>239</v>
+        <v>171</v>
       </c>
       <c r="B575" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C575" s="4" t="inlineStr">
         <is>
-          <t>Yves</t>
+          <t>Livia</t>
         </is>
       </c>
       <c r="D575" s="4" t="inlineStr">
         <is>
-          <t>Bättig</t>
+          <t>Bacher</t>
         </is>
       </c>
       <c r="E575" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F575" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G575" s="4"/>
     </row>
     <row r="576">
       <c r="A576" s="4" t="n">
-        <v>6683</v>
+        <v>175</v>
       </c>
       <c r="B576" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C576" s="4" t="inlineStr">
         <is>
-          <t>Flurin</t>
+          <t>Käthi</t>
         </is>
       </c>
       <c r="D576" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Bachmann</t>
         </is>
       </c>
       <c r="E576" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F576" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G576" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G576" s="4"/>
     </row>
     <row r="577">
       <c r="A577" s="4" t="n">
-        <v>249</v>
+        <v>180</v>
       </c>
       <c r="B577" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C577" s="4" t="inlineStr">
         <is>
-          <t>Iren</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D577" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Bachmann</t>
         </is>
       </c>
       <c r="E577" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F577" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G577" s="4"/>
     </row>
     <row r="578">
       <c r="A578" s="4" t="n">
-        <v>7495</v>
+        <v>179</v>
       </c>
       <c r="B578" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C578" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Paul</t>
         </is>
       </c>
       <c r="D578" s="4" t="inlineStr">
         <is>
-          <t>Baumgartner</t>
+          <t>Bachmann</t>
         </is>
       </c>
       <c r="E578" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F578" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G578" s="4"/>
     </row>
     <row r="579">
       <c r="A579" s="4" t="n">
-        <v>267</v>
+        <v>178</v>
       </c>
       <c r="B579" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C579" s="4" t="inlineStr">
         <is>
-          <t>Maria</t>
+          <t>Michèle</t>
         </is>
       </c>
       <c r="D579" s="4" t="inlineStr">
         <is>
-          <t>Baur</t>
+          <t>Bachmann</t>
         </is>
       </c>
       <c r="E579" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F579" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G579" s="4"/>
     </row>
     <row r="580">
       <c r="A580" s="4" t="n">
-        <v>268</v>
+        <v>185</v>
       </c>
       <c r="B580" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C580" s="4" t="inlineStr">
         <is>
-          <t>Marvin</t>
+          <t>Monika</t>
         </is>
       </c>
       <c r="D580" s="4" t="inlineStr">
         <is>
-          <t>Baur</t>
+          <t>Badertscher</t>
         </is>
       </c>
       <c r="E580" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F580" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G580" s="4"/>
     </row>
     <row r="581">
       <c r="A581" s="4" t="n">
-        <v>5525</v>
+        <v>187</v>
       </c>
       <c r="B581" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C581" s="4" t="inlineStr">
         <is>
-          <t>Jerôme</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D581" s="4" t="inlineStr">
         <is>
-          <t>Bay</t>
+          <t>Baechli</t>
         </is>
       </c>
       <c r="E581" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F581" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G581" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G581" s="4"/>
     </row>
     <row r="582">
       <c r="A582" s="4" t="n">
-        <v>276</v>
+        <v>203</v>
       </c>
       <c r="B582" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C582" s="4" t="inlineStr">
         <is>
-          <t>Selina</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="D582" s="4" t="inlineStr">
         <is>
-          <t>Becker</t>
+          <t>Balmer</t>
         </is>
       </c>
       <c r="E582" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F582" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G582" s="4"/>
     </row>
     <row r="583">
       <c r="A583" s="4" t="n">
-        <v>274</v>
+        <v>201</v>
       </c>
       <c r="B583" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C583" s="4" t="inlineStr">
         <is>
-          <t>Christel</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D583" s="4" t="inlineStr">
         <is>
-          <t>Becker</t>
+          <t>Balmer</t>
         </is>
       </c>
       <c r="E583" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F583" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G583" s="4"/>
     </row>
     <row r="584">
       <c r="A584" s="4" t="n">
-        <v>4063</v>
+        <v>6033</v>
       </c>
       <c r="B584" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C584" s="4" t="inlineStr">
         <is>
-          <t>Maurizio</t>
+          <t>Shana</t>
         </is>
       </c>
       <c r="D584" s="4" t="inlineStr">
         <is>
-          <t>Begani</t>
+          <t>Balsiger</t>
         </is>
       </c>
       <c r="E584" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F584" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G584" s="4"/>
+      <c r="G584" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="585">
       <c r="A585" s="4" t="n">
-        <v>279</v>
+        <v>204</v>
       </c>
       <c r="B585" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C585" s="4" t="inlineStr">
         <is>
-          <t>Enver</t>
+          <t>Yuki</t>
         </is>
       </c>
       <c r="D585" s="4" t="inlineStr">
         <is>
-          <t>Behluli</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="E585" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F585" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G585" s="4"/>
     </row>
     <row r="586">
       <c r="A586" s="4" t="n">
-        <v>280</v>
+        <v>6258</v>
       </c>
       <c r="B586" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C586" s="4" t="inlineStr">
         <is>
-          <t>Fatmir</t>
+          <t>Amélie</t>
         </is>
       </c>
       <c r="D586" s="4" t="inlineStr">
         <is>
-          <t>Behluli</t>
+          <t>Bapst</t>
         </is>
       </c>
       <c r="E586" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F586" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G586" s="4"/>
     </row>
     <row r="587">
       <c r="A587" s="4" t="n">
-        <v>7399</v>
+        <v>6257</v>
       </c>
       <c r="B587" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C587" s="4" t="inlineStr">
         <is>
-          <t>Elias Roland</t>
+          <t>Sophie</t>
         </is>
       </c>
       <c r="D587" s="4" t="inlineStr">
         <is>
-          <t>Berge</t>
+          <t>Bapst</t>
         </is>
       </c>
       <c r="E587" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F587" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G587" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G587" s="4"/>
     </row>
     <row r="588">
       <c r="A588" s="4" t="n">
-        <v>303</v>
+        <v>215</v>
       </c>
       <c r="B588" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C588" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D588" s="4" t="inlineStr">
         <is>
-          <t>Berger</t>
+          <t>Barbagallo</t>
         </is>
       </c>
       <c r="E588" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F588" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G588" s="4"/>
     </row>
     <row r="589">
       <c r="A589" s="4" t="n">
-        <v>307</v>
+        <v>218</v>
       </c>
       <c r="B589" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C589" s="4" t="inlineStr">
         <is>
-          <t>Monika</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D589" s="4" t="inlineStr">
         <is>
-          <t>Bergmann</t>
+          <t>Barbosa</t>
         </is>
       </c>
       <c r="E589" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F589" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G589" s="4"/>
     </row>
     <row r="590">
       <c r="A590" s="4" t="n">
-        <v>315</v>
+        <v>6285</v>
       </c>
       <c r="B590" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C590" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Frederick</t>
         </is>
       </c>
       <c r="D590" s="4" t="inlineStr">
         <is>
-          <t>Bernegger</t>
+          <t>Barker</t>
         </is>
       </c>
       <c r="E590" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F590" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G590" s="4"/>
     </row>
     <row r="591">
       <c r="A591" s="4" t="n">
-        <v>4207</v>
+        <v>7424</v>
       </c>
       <c r="B591" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C591" s="4" t="inlineStr">
         <is>
-          <t>Benoit</t>
+          <t>Fredrick</t>
         </is>
       </c>
       <c r="D591" s="4" t="inlineStr">
         <is>
-          <t>Berset</t>
+          <t>Barker</t>
         </is>
       </c>
       <c r="E591" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F591" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G591" s="4"/>
+      <c r="G591" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="592">
       <c r="A592" s="4" t="n">
-        <v>324</v>
+        <v>221</v>
       </c>
       <c r="B592" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C592" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D592" s="4" t="inlineStr">
         <is>
-          <t>Bertolino</t>
+          <t>Baroffo</t>
         </is>
       </c>
       <c r="E592" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F592" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G592" s="4"/>
     </row>
     <row r="593">
       <c r="A593" s="4" t="n">
-        <v>323</v>
+        <v>225</v>
       </c>
       <c r="B593" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C593" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D593" s="4" t="inlineStr">
         <is>
-          <t>Bertolino</t>
+          <t>Barti</t>
         </is>
       </c>
       <c r="E593" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F593" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G593" s="4"/>
     </row>
     <row r="594">
       <c r="A594" s="4" t="n">
-        <v>321</v>
+        <v>239</v>
       </c>
       <c r="B594" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C594" s="4" t="inlineStr">
         <is>
-          <t>Angela</t>
+          <t>Yves</t>
         </is>
       </c>
       <c r="D594" s="4" t="inlineStr">
         <is>
-          <t>Bertolino</t>
+          <t>Bättig</t>
         </is>
       </c>
       <c r="E594" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F594" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G594" s="4"/>
     </row>
     <row r="595">
       <c r="A595" s="4" t="n">
-        <v>330</v>
+        <v>6683</v>
       </c>
       <c r="B595" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C595" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Flurin</t>
         </is>
       </c>
       <c r="D595" s="4" t="inlineStr">
         <is>
-          <t>Besmer</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E595" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F595" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G595" s="4"/>
+      <c r="G595" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="596">
       <c r="A596" s="4" t="n">
-        <v>335</v>
+        <v>249</v>
       </c>
       <c r="B596" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C596" s="4" t="inlineStr">
         <is>
-          <t>Esther</t>
+          <t>Iren</t>
         </is>
       </c>
       <c r="D596" s="4" t="inlineStr">
         <is>
-          <t>Beutler</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E596" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F596" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G596" s="4"/>
     </row>
     <row r="597">
       <c r="A597" s="4" t="n">
-        <v>4613</v>
+        <v>7495</v>
       </c>
       <c r="B597" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C597" s="4" t="inlineStr">
         <is>
-          <t>Iris</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D597" s="4" t="inlineStr">
         <is>
-          <t>Beyeler</t>
+          <t>Baumgartner</t>
         </is>
       </c>
       <c r="E597" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F597" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G597" s="4"/>
     </row>
     <row r="598">
       <c r="A598" s="4" t="n">
-        <v>342</v>
+        <v>268</v>
       </c>
       <c r="B598" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C598" s="4" t="inlineStr">
         <is>
-          <t>Amanda</t>
+          <t>Marvin</t>
         </is>
       </c>
       <c r="D598" s="4" t="inlineStr">
         <is>
-          <t>Bianchetti</t>
+          <t>Baur</t>
         </is>
       </c>
       <c r="E598" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F598" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G598" s="4"/>
     </row>
     <row r="599">
       <c r="A599" s="4" t="n">
-        <v>343</v>
+        <v>267</v>
       </c>
       <c r="B599" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C599" s="4" t="inlineStr">
         <is>
-          <t>Jorina</t>
+          <t>Maria</t>
         </is>
       </c>
       <c r="D599" s="4" t="inlineStr">
         <is>
-          <t>Bianchetti</t>
+          <t>Baur</t>
         </is>
       </c>
       <c r="E599" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F599" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G599" s="4"/>
     </row>
     <row r="600">
       <c r="A600" s="4" t="n">
-        <v>344</v>
+        <v>5525</v>
       </c>
       <c r="B600" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C600" s="4" t="inlineStr">
         <is>
-          <t>Milena</t>
+          <t>Jerôme</t>
         </is>
       </c>
       <c r="D600" s="4" t="inlineStr">
         <is>
-          <t>Bianchetti</t>
+          <t>Bay</t>
         </is>
       </c>
       <c r="E600" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F600" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G600" s="4"/>
+      <c r="G600" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="601">
       <c r="A601" s="4" t="n">
-        <v>345</v>
+        <v>276</v>
       </c>
       <c r="B601" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C601" s="4" t="inlineStr">
         <is>
-          <t>Isabella</t>
+          <t>Selina</t>
         </is>
       </c>
       <c r="D601" s="4" t="inlineStr">
         <is>
-          <t>Bianchi</t>
+          <t>Becker</t>
         </is>
       </c>
       <c r="E601" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F601" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G601" s="4"/>
     </row>
     <row r="602">
       <c r="A602" s="4" t="n">
-        <v>347</v>
+        <v>274</v>
       </c>
       <c r="B602" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C602" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Christel</t>
         </is>
       </c>
       <c r="D602" s="4" t="inlineStr">
         <is>
-          <t>Bichsel</t>
+          <t>Becker</t>
         </is>
       </c>
       <c r="E602" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F602" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G602" s="4"/>
     </row>
     <row r="603">
       <c r="A603" s="4" t="n">
-        <v>352</v>
+        <v>4063</v>
       </c>
       <c r="B603" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C603" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Maurizio</t>
         </is>
       </c>
       <c r="D603" s="4" t="inlineStr">
         <is>
-          <t>Bielmann</t>
+          <t>Begani</t>
         </is>
       </c>
       <c r="E603" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F603" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G603" s="4"/>
     </row>
     <row r="604">
       <c r="A604" s="4" t="n">
-        <v>355</v>
+        <v>280</v>
       </c>
       <c r="B604" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C604" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Fatmir</t>
         </is>
       </c>
       <c r="D604" s="4" t="inlineStr">
         <is>
-          <t>Bieri</t>
+          <t>Behluli</t>
         </is>
       </c>
       <c r="E604" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F604" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G604" s="4"/>
     </row>
     <row r="605">
       <c r="A605" s="4" t="n">
-        <v>354</v>
+        <v>279</v>
       </c>
       <c r="B605" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C605" s="4" t="inlineStr">
         <is>
-          <t>Carmen</t>
+          <t>Enver</t>
         </is>
       </c>
       <c r="D605" s="4" t="inlineStr">
         <is>
-          <t>Bieri</t>
+          <t>Behluli</t>
         </is>
       </c>
       <c r="E605" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F605" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G605" s="4"/>
     </row>
     <row r="606">
       <c r="A606" s="4" t="n">
-        <v>377</v>
+        <v>7399</v>
       </c>
       <c r="B606" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C606" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Elias Roland</t>
         </is>
       </c>
       <c r="D606" s="4" t="inlineStr">
         <is>
-          <t>Bischoff</t>
+          <t>Berge</t>
         </is>
       </c>
       <c r="E606" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F606" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G606" s="4"/>
+      <c r="G606" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="607">
       <c r="A607" s="4" t="n">
-        <v>395</v>
+        <v>303</v>
       </c>
       <c r="B607" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C607" s="4" t="inlineStr">
         <is>
-          <t>Simone</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D607" s="4" t="inlineStr">
         <is>
-          <t>Blaser</t>
+          <t>Berger</t>
         </is>
       </c>
       <c r="E607" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F607" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G607" s="4"/>
     </row>
     <row r="608">
       <c r="A608" s="4" t="n">
-        <v>7405</v>
+        <v>307</v>
       </c>
       <c r="B608" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C608" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Monika</t>
         </is>
       </c>
       <c r="D608" s="4" t="inlineStr">
         <is>
-          <t>Blaser</t>
+          <t>Bergmann</t>
         </is>
       </c>
       <c r="E608" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F608" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G608" s="4"/>
     </row>
     <row r="609">
       <c r="A609" s="4" t="n">
-        <v>393</v>
+        <v>315</v>
       </c>
       <c r="B609" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C609" s="4" t="inlineStr">
         <is>
-          <t>Monique</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D609" s="4" t="inlineStr">
         <is>
-          <t>Blaser</t>
+          <t>Bernegger</t>
         </is>
       </c>
       <c r="E609" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F609" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G609" s="4"/>
     </row>
     <row r="610">
       <c r="A610" s="4" t="n">
-        <v>4612</v>
+        <v>4207</v>
       </c>
       <c r="B610" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C610" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Benoit</t>
         </is>
       </c>
       <c r="D610" s="4" t="inlineStr">
         <is>
-          <t>Blattmann</t>
+          <t>Berset</t>
         </is>
       </c>
       <c r="E610" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F610" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G610" s="4"/>
     </row>
     <row r="611">
       <c r="A611" s="4" t="n">
-        <v>5679</v>
+        <v>323</v>
       </c>
       <c r="B611" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C611" s="4" t="inlineStr">
         <is>
-          <t>Arthur</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D611" s="4" t="inlineStr">
         <is>
-          <t>Bollmann</t>
+          <t>Bertolino</t>
         </is>
       </c>
       <c r="E611" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F611" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G611" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G611" s="4"/>
     </row>
     <row r="612">
       <c r="A612" s="4" t="n">
-        <v>5680</v>
+        <v>324</v>
       </c>
       <c r="B612" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C612" s="4" t="inlineStr">
         <is>
-          <t>Camille</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D612" s="4" t="inlineStr">
         <is>
-          <t>Bollmann</t>
+          <t>Bertolino</t>
         </is>
       </c>
       <c r="E612" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F612" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G612" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G612" s="4"/>
     </row>
     <row r="613">
       <c r="A613" s="4" t="n">
-        <v>425</v>
+        <v>321</v>
       </c>
       <c r="B613" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C613" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Angela</t>
         </is>
       </c>
       <c r="D613" s="4" t="inlineStr">
         <is>
-          <t>Bolton</t>
+          <t>Bertolino</t>
         </is>
       </c>
       <c r="E613" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F613" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G613" s="4"/>
     </row>
     <row r="614">
       <c r="A614" s="4" t="n">
-        <v>426</v>
+        <v>330</v>
       </c>
       <c r="B614" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C614" s="4" t="inlineStr">
         <is>
-          <t>Irène</t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D614" s="4" t="inlineStr">
         <is>
-          <t>Boltshauser</t>
+          <t>Besmer</t>
         </is>
       </c>
       <c r="E614" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F614" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G614" s="4"/>
     </row>
     <row r="615">
       <c r="A615" s="4" t="n">
-        <v>430</v>
+        <v>335</v>
       </c>
       <c r="B615" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C615" s="4" t="inlineStr">
         <is>
-          <t>Mark</t>
+          <t>Esther</t>
         </is>
       </c>
       <c r="D615" s="4" t="inlineStr">
         <is>
-          <t>Boo</t>
+          <t>Beutler</t>
         </is>
       </c>
       <c r="E615" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F615" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G615" s="4"/>
     </row>
     <row r="616">
       <c r="A616" s="4" t="n">
-        <v>431</v>
+        <v>4613</v>
       </c>
       <c r="B616" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C616" s="4" t="inlineStr">
         <is>
-          <t>Robert</t>
+          <t>Iris</t>
         </is>
       </c>
       <c r="D616" s="4" t="inlineStr">
         <is>
-          <t>Boo</t>
+          <t>Beyeler</t>
         </is>
       </c>
       <c r="E616" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F616" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G616" s="4"/>
     </row>
     <row r="617">
       <c r="A617" s="4" t="n">
-        <v>6268</v>
+        <v>343</v>
       </c>
       <c r="B617" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C617" s="4" t="inlineStr">
         <is>
-          <t>Nathanaël</t>
+          <t>Jorina</t>
         </is>
       </c>
       <c r="D617" s="4" t="inlineStr">
         <is>
-          <t>Borcard</t>
+          <t>Bianchetti</t>
         </is>
       </c>
       <c r="E617" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F617" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G617" s="4"/>
     </row>
     <row r="618">
       <c r="A618" s="4" t="n">
-        <v>434</v>
+        <v>344</v>
       </c>
       <c r="B618" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C618" s="4" t="inlineStr">
         <is>
-          <t>Gina</t>
+          <t>Milena</t>
         </is>
       </c>
       <c r="D618" s="4" t="inlineStr">
         <is>
-          <t>Bortot</t>
+          <t>Bianchetti</t>
         </is>
       </c>
       <c r="E618" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F618" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G618" s="4"/>
     </row>
     <row r="619">
       <c r="A619" s="4" t="n">
-        <v>6284</v>
+        <v>342</v>
       </c>
       <c r="B619" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C619" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Amanda</t>
         </is>
       </c>
       <c r="D619" s="4" t="inlineStr">
         <is>
-          <t>Bosch</t>
+          <t>Bianchetti</t>
         </is>
       </c>
       <c r="E619" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F619" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G619" s="4"/>
     </row>
     <row r="620">
       <c r="A620" s="4" t="n">
-        <v>6898</v>
+        <v>345</v>
       </c>
       <c r="B620" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C620" s="4" t="inlineStr">
         <is>
-          <t>Janis</t>
+          <t>Isabella</t>
         </is>
       </c>
       <c r="D620" s="4" t="inlineStr">
         <is>
-          <t>Bösiger</t>
+          <t>Bianchi</t>
         </is>
       </c>
       <c r="E620" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F620" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G620" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G620" s="4"/>
     </row>
     <row r="621">
       <c r="A621" s="4" t="n">
-        <v>441</v>
+        <v>347</v>
       </c>
       <c r="B621" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C621" s="4" t="inlineStr">
         <is>
-          <t>Philippe</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D621" s="4" t="inlineStr">
         <is>
-          <t>Boss</t>
+          <t>Bichsel</t>
         </is>
       </c>
       <c r="E621" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F621" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G621" s="4"/>
     </row>
     <row r="622">
       <c r="A622" s="4" t="n">
-        <v>6256</v>
+        <v>352</v>
       </c>
       <c r="B622" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C622" s="4" t="inlineStr">
         <is>
-          <t>Lea Maria</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D622" s="4" t="inlineStr">
         <is>
-          <t>Bosshard</t>
+          <t>Bielmann</t>
         </is>
       </c>
       <c r="E622" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F622" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G622" s="4"/>
     </row>
     <row r="623">
       <c r="A623" s="4" t="n">
-        <v>446</v>
+        <v>355</v>
       </c>
       <c r="B623" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C623" s="4" t="inlineStr">
         <is>
-          <t>Karim</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D623" s="4" t="inlineStr">
         <is>
-          <t>Boujraf</t>
+          <t>Bieri</t>
         </is>
       </c>
       <c r="E623" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F623" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G623" s="4"/>
     </row>
     <row r="624">
       <c r="A624" s="4" t="n">
-        <v>4055</v>
+        <v>354</v>
       </c>
       <c r="B624" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C624" s="4" t="inlineStr">
         <is>
-          <t>Dejan</t>
+          <t>Carmen</t>
         </is>
       </c>
       <c r="D624" s="4" t="inlineStr">
         <is>
-          <t>Bozic</t>
+          <t>Bieri</t>
         </is>
       </c>
       <c r="E624" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F624" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G624" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G624" s="4"/>
     </row>
     <row r="625">
       <c r="A625" s="4" t="n">
-        <v>463</v>
+        <v>377</v>
       </c>
       <c r="B625" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C625" s="4" t="inlineStr">
         <is>
-          <t>Hanspeter</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D625" s="4" t="inlineStr">
         <is>
-          <t>Brechbühl</t>
+          <t>Bischoff</t>
         </is>
       </c>
       <c r="E625" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F625" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G625" s="4"/>
     </row>
     <row r="626">
       <c r="A626" s="4" t="n">
-        <v>464</v>
+        <v>395</v>
       </c>
       <c r="B626" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C626" s="4" t="inlineStr">
         <is>
-          <t>Martina</t>
+          <t>Simone</t>
         </is>
       </c>
       <c r="D626" s="4" t="inlineStr">
         <is>
-          <t>Bregy</t>
+          <t>Blaser</t>
         </is>
       </c>
       <c r="E626" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F626" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G626" s="4"/>
     </row>
     <row r="627">
       <c r="A627" s="4" t="n">
-        <v>465</v>
+        <v>7405</v>
       </c>
       <c r="B627" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C627" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D627" s="4" t="inlineStr">
         <is>
-          <t>Breitenstein</t>
+          <t>Blaser</t>
         </is>
       </c>
       <c r="E627" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F627" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G627" s="4"/>
     </row>
     <row r="628">
       <c r="A628" s="4" t="n">
-        <v>4859</v>
+        <v>393</v>
       </c>
       <c r="B628" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C628" s="4" t="inlineStr">
         <is>
-          <t>Romina</t>
+          <t>Monique</t>
         </is>
       </c>
       <c r="D628" s="4" t="inlineStr">
         <is>
-          <t>Breu</t>
+          <t>Blaser</t>
         </is>
       </c>
       <c r="E628" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F628" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G628" s="4"/>
     </row>
     <row r="629">
       <c r="A629" s="4" t="n">
-        <v>6283</v>
+        <v>4612</v>
       </c>
       <c r="B629" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C629" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D629" s="4" t="inlineStr">
         <is>
-          <t>Brigandi</t>
+          <t>Blattmann</t>
         </is>
       </c>
       <c r="E629" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F629" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G629" s="4"/>
     </row>
     <row r="630">
       <c r="A630" s="4" t="n">
-        <v>477</v>
+        <v>5679</v>
       </c>
       <c r="B630" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C630" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Arthur</t>
         </is>
       </c>
       <c r="D630" s="4" t="inlineStr">
         <is>
-          <t>Brogini</t>
+          <t>Bollmann</t>
         </is>
       </c>
       <c r="E630" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F630" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G630" s="4"/>
+      <c r="G630" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="631">
       <c r="A631" s="4" t="n">
-        <v>476</v>
+        <v>5680</v>
       </c>
       <c r="B631" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C631" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Camille</t>
         </is>
       </c>
       <c r="D631" s="4" t="inlineStr">
         <is>
-          <t>Brogini</t>
+          <t>Bollmann</t>
         </is>
       </c>
       <c r="E631" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F631" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G631" s="4"/>
+      <c r="G631" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="632">
       <c r="A632" s="4" t="n">
-        <v>485</v>
+        <v>425</v>
       </c>
       <c r="B632" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C632" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D632" s="4" t="inlineStr">
         <is>
-          <t>Brun</t>
+          <t>Bolton</t>
         </is>
       </c>
       <c r="E632" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F632" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G632" s="4"/>
     </row>
     <row r="633">
       <c r="A633" s="4" t="n">
-        <v>488</v>
+        <v>426</v>
       </c>
       <c r="B633" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C633" s="4" t="inlineStr">
         <is>
-          <t>Dominic</t>
+          <t>Irène</t>
         </is>
       </c>
       <c r="D633" s="4" t="inlineStr">
         <is>
-          <t>Brun</t>
+          <t>Boltshauser</t>
         </is>
       </c>
       <c r="E633" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F633" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G633" s="4"/>
     </row>
     <row r="634">
       <c r="A634" s="4" t="n">
-        <v>489</v>
+        <v>430</v>
       </c>
       <c r="B634" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C634" s="4" t="inlineStr">
         <is>
-          <t>Maja</t>
+          <t>Mark</t>
         </is>
       </c>
       <c r="D634" s="4" t="inlineStr">
         <is>
-          <t>Brun</t>
+          <t>Boo</t>
         </is>
       </c>
       <c r="E634" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F634" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G634" s="4"/>
     </row>
     <row r="635">
       <c r="A635" s="4" t="n">
-        <v>6282</v>
+        <v>431</v>
       </c>
       <c r="B635" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C635" s="4" t="inlineStr">
         <is>
-          <t>Armin</t>
+          <t>Robert</t>
         </is>
       </c>
       <c r="D635" s="4" t="inlineStr">
         <is>
-          <t>Brun</t>
+          <t>Boo</t>
         </is>
       </c>
       <c r="E635" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F635" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G635" s="4"/>
     </row>
     <row r="636">
       <c r="A636" s="4" t="n">
-        <v>6281</v>
+        <v>6268</v>
       </c>
       <c r="B636" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C636" s="4" t="inlineStr">
         <is>
-          <t>Marlon</t>
+          <t>Nathanaël</t>
         </is>
       </c>
       <c r="D636" s="4" t="inlineStr">
         <is>
-          <t>Brun</t>
+          <t>Borcard</t>
         </is>
       </c>
       <c r="E636" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F636" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G636" s="4"/>
     </row>
     <row r="637">
       <c r="A637" s="4" t="n">
-        <v>4023</v>
+        <v>434</v>
       </c>
       <c r="B637" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C637" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Gina</t>
         </is>
       </c>
       <c r="D637" s="4" t="inlineStr">
         <is>
-          <t>Brunetti</t>
+          <t>Bortot</t>
         </is>
       </c>
       <c r="E637" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F637" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G637" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G637" s="4"/>
     </row>
     <row r="638">
       <c r="A638" s="4" t="n">
-        <v>492</v>
+        <v>6284</v>
       </c>
       <c r="B638" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C638" s="4" t="inlineStr">
         <is>
-          <t>Enzo</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D638" s="4" t="inlineStr">
         <is>
-          <t>Brunetti</t>
+          <t>Bosch</t>
         </is>
       </c>
       <c r="E638" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F638" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G638" s="4"/>
     </row>
     <row r="639">
       <c r="A639" s="4" t="n">
-        <v>498</v>
+        <v>6898</v>
       </c>
       <c r="B639" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C639" s="4" t="inlineStr">
         <is>
-          <t>Mathias</t>
+          <t>Janis</t>
         </is>
       </c>
       <c r="D639" s="4" t="inlineStr">
         <is>
-          <t>Brunner</t>
+          <t>Bösiger</t>
         </is>
       </c>
       <c r="E639" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F639" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G639" s="4"/>
+      <c r="G639" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="640">
       <c r="A640" s="4" t="n">
-        <v>510</v>
+        <v>441</v>
       </c>
       <c r="B640" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C640" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Philippe</t>
         </is>
       </c>
       <c r="D640" s="4" t="inlineStr">
         <is>
-          <t>Bucher</t>
+          <t>Boss</t>
         </is>
       </c>
       <c r="E640" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F640" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G640" s="4"/>
     </row>
     <row r="641">
       <c r="A641" s="4" t="n">
-        <v>517</v>
+        <v>6256</v>
       </c>
       <c r="B641" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C641" s="4" t="inlineStr">
         <is>
-          <t>Anita</t>
+          <t>Lea Maria</t>
         </is>
       </c>
       <c r="D641" s="4" t="inlineStr">
         <is>
-          <t>Buchser</t>
+          <t>Bosshard</t>
         </is>
       </c>
       <c r="E641" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F641" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G641" s="4"/>
     </row>
     <row r="642">
       <c r="A642" s="4" t="n">
-        <v>6032</v>
+        <v>446</v>
       </c>
       <c r="B642" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C642" s="4" t="inlineStr">
         <is>
-          <t>Anel</t>
+          <t>Karim</t>
         </is>
       </c>
       <c r="D642" s="4" t="inlineStr">
         <is>
-          <t>Buchser</t>
+          <t>Boujraf</t>
         </is>
       </c>
       <c r="E642" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F642" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G642" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G642" s="4"/>
     </row>
     <row r="643">
       <c r="A643" s="4" t="n">
-        <v>521</v>
+        <v>4055</v>
       </c>
       <c r="B643" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C643" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Dejan</t>
         </is>
       </c>
       <c r="D643" s="4" t="inlineStr">
         <is>
-          <t>Buffoni</t>
+          <t>Bozic</t>
         </is>
       </c>
       <c r="E643" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F643" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G643" s="4"/>
+      <c r="G643" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="644">
       <c r="A644" s="4" t="n">
-        <v>523</v>
+        <v>463</v>
       </c>
       <c r="B644" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C644" s="4" t="inlineStr">
         <is>
-          <t>Evelyne</t>
+          <t>Hanspeter</t>
         </is>
       </c>
       <c r="D644" s="4" t="inlineStr">
         <is>
-          <t>Bühler</t>
+          <t>Brechbühl</t>
         </is>
       </c>
       <c r="E644" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F644" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G644" s="4"/>
     </row>
     <row r="645">
       <c r="A645" s="4" t="n">
-        <v>540</v>
+        <v>464</v>
       </c>
       <c r="B645" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C645" s="4" t="inlineStr">
         <is>
-          <t>Janine</t>
+          <t>Martina</t>
         </is>
       </c>
       <c r="D645" s="4" t="inlineStr">
         <is>
-          <t>Burger</t>
+          <t>Bregy</t>
         </is>
       </c>
       <c r="E645" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F645" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G645" s="4"/>
     </row>
     <row r="646">
       <c r="A646" s="4" t="n">
-        <v>6031</v>
+        <v>465</v>
       </c>
       <c r="B646" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C646" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D646" s="4" t="inlineStr">
         <is>
-          <t>Burkhalter</t>
+          <t>Breitenstein</t>
         </is>
       </c>
       <c r="E646" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F646" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G646" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G646" s="4"/>
     </row>
     <row r="647">
       <c r="A647" s="4" t="n">
-        <v>557</v>
+        <v>4859</v>
       </c>
       <c r="B647" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C647" s="4" t="inlineStr">
         <is>
-          <t>Ingrid</t>
+          <t>Romina</t>
         </is>
       </c>
       <c r="D647" s="4" t="inlineStr">
         <is>
-          <t>Burkhardt</t>
+          <t>Breu</t>
         </is>
       </c>
       <c r="E647" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F647" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G647" s="4"/>
     </row>
     <row r="648">
       <c r="A648" s="4" t="n">
-        <v>559</v>
+        <v>6283</v>
       </c>
       <c r="B648" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C648" s="4" t="inlineStr">
         <is>
-          <t>Angela</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D648" s="4" t="inlineStr">
         <is>
-          <t>Bürki</t>
+          <t>Brigandi</t>
         </is>
       </c>
       <c r="E648" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F648" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G648" s="4"/>
     </row>
     <row r="649">
       <c r="A649" s="4" t="n">
-        <v>6691</v>
+        <v>477</v>
       </c>
       <c r="B649" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C649" s="4" t="inlineStr">
         <is>
-          <t>Cederic</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D649" s="4" t="inlineStr">
         <is>
-          <t>Burri</t>
+          <t>Brogini</t>
         </is>
       </c>
       <c r="E649" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F649" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G649" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G649" s="4"/>
     </row>
     <row r="650">
       <c r="A650" s="4" t="n">
-        <v>4025</v>
+        <v>476</v>
       </c>
       <c r="B650" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C650" s="4" t="inlineStr">
         <is>
-          <t>Francoise</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D650" s="4" t="inlineStr">
         <is>
-          <t>Burri</t>
+          <t>Brogini</t>
         </is>
       </c>
       <c r="E650" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F650" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G650" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G650" s="4"/>
     </row>
     <row r="651">
       <c r="A651" s="4" t="n">
-        <v>6267</v>
+        <v>6282</v>
       </c>
       <c r="B651" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C651" s="4" t="inlineStr">
         <is>
-          <t>Liliane</t>
+          <t>Armin</t>
         </is>
       </c>
       <c r="D651" s="4" t="inlineStr">
         <is>
-          <t>Burri</t>
+          <t>Brun</t>
         </is>
       </c>
       <c r="E651" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F651" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G651" s="4"/>
     </row>
     <row r="652">
       <c r="A652" s="4" t="n">
-        <v>567</v>
+        <v>6281</v>
       </c>
       <c r="B652" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C652" s="4" t="inlineStr">
         <is>
-          <t>Vera</t>
+          <t>Marlon</t>
         </is>
       </c>
       <c r="D652" s="4" t="inlineStr">
         <is>
-          <t>Burri</t>
+          <t>Brun</t>
         </is>
       </c>
       <c r="E652" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F652" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G652" s="4"/>
     </row>
     <row r="653">
       <c r="A653" s="4" t="n">
-        <v>596</v>
+        <v>489</v>
       </c>
       <c r="B653" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C653" s="4" t="inlineStr">
         <is>
-          <t>Fatma</t>
+          <t>Maja</t>
         </is>
       </c>
       <c r="D653" s="4" t="inlineStr">
         <is>
-          <t>Cam</t>
+          <t>Brun</t>
         </is>
       </c>
       <c r="E653" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F653" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G653" s="4"/>
     </row>
     <row r="654">
       <c r="A654" s="4" t="n">
-        <v>595</v>
+        <v>485</v>
       </c>
       <c r="B654" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C654" s="4" t="inlineStr">
         <is>
-          <t>Ahmed</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D654" s="4" t="inlineStr">
         <is>
-          <t>Cam</t>
+          <t>Brun</t>
         </is>
       </c>
       <c r="E654" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F654" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G654" s="4"/>
     </row>
     <row r="655">
       <c r="A655" s="4" t="n">
-        <v>597</v>
+        <v>488</v>
       </c>
       <c r="B655" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C655" s="4" t="inlineStr">
         <is>
-          <t>Muhammed</t>
+          <t>Dominic</t>
         </is>
       </c>
       <c r="D655" s="4" t="inlineStr">
         <is>
-          <t>Cam</t>
+          <t>Brun</t>
         </is>
       </c>
       <c r="E655" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F655" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G655" s="4"/>
     </row>
     <row r="656">
       <c r="A656" s="4" t="n">
-        <v>598</v>
+        <v>4023</v>
       </c>
       <c r="B656" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C656" s="4" t="inlineStr">
         <is>
-          <t>Luca</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D656" s="4" t="inlineStr">
         <is>
-          <t>Camacho</t>
+          <t>Brunetti</t>
         </is>
       </c>
       <c r="E656" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F656" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G656" s="4"/>
+      <c r="G656" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="657">
       <c r="A657" s="4" t="n">
-        <v>605</v>
+        <v>492</v>
       </c>
       <c r="B657" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C657" s="4" t="inlineStr">
         <is>
-          <t>Antonia</t>
+          <t>Enzo</t>
         </is>
       </c>
       <c r="D657" s="4" t="inlineStr">
         <is>
-          <t>Cano</t>
+          <t>Brunetti</t>
         </is>
       </c>
       <c r="E657" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F657" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G657" s="4"/>
     </row>
     <row r="658">
       <c r="A658" s="4" t="n">
-        <v>610</v>
+        <v>498</v>
       </c>
       <c r="B658" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C658" s="4" t="inlineStr">
         <is>
-          <t>Tanja</t>
+          <t>Mathias</t>
         </is>
       </c>
       <c r="D658" s="4" t="inlineStr">
         <is>
-          <t>Cappiello</t>
+          <t>Brunner</t>
         </is>
       </c>
       <c r="E658" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F658" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G658" s="4"/>
     </row>
     <row r="659">
       <c r="A659" s="4" t="n">
-        <v>609</v>
+        <v>510</v>
       </c>
       <c r="B659" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C659" s="4" t="inlineStr">
         <is>
-          <t>Nathalie</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D659" s="4" t="inlineStr">
         <is>
-          <t>Cappiello</t>
+          <t>Bucher</t>
         </is>
       </c>
       <c r="E659" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F659" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G659" s="4"/>
     </row>
     <row r="660">
       <c r="A660" s="4" t="n">
-        <v>624</v>
+        <v>517</v>
       </c>
       <c r="B660" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C660" s="4" t="inlineStr">
         <is>
-          <t>Alain</t>
+          <t>Anita</t>
         </is>
       </c>
       <c r="D660" s="4" t="inlineStr">
         <is>
-          <t>Casanova</t>
+          <t>Buchser</t>
         </is>
       </c>
       <c r="E660" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F660" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G660" s="4"/>
     </row>
     <row r="661">
       <c r="A661" s="4" t="n">
-        <v>626</v>
+        <v>6032</v>
       </c>
       <c r="B661" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C661" s="4" t="inlineStr">
         <is>
-          <t>Martino</t>
+          <t>Anel</t>
         </is>
       </c>
       <c r="D661" s="4" t="inlineStr">
         <is>
-          <t>Casciaro</t>
+          <t>Buchser</t>
         </is>
       </c>
       <c r="E661" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F661" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G661" s="4"/>
+      <c r="G661" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="662">
       <c r="A662" s="4" t="n">
-        <v>5160</v>
+        <v>521</v>
       </c>
       <c r="B662" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C662" s="4" t="inlineStr">
         <is>
-          <t>Sara</t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D662" s="4" t="inlineStr">
         <is>
-          <t>Cerdeira</t>
+          <t>Buffoni</t>
         </is>
       </c>
       <c r="E662" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F662" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G662" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G662" s="4"/>
     </row>
     <row r="663">
       <c r="A663" s="4" t="n">
-        <v>655</v>
+        <v>523</v>
       </c>
       <c r="B663" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C663" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Evelyne</t>
         </is>
       </c>
       <c r="D663" s="4" t="inlineStr">
         <is>
-          <t>Chardonnenes</t>
+          <t>Bühler</t>
         </is>
       </c>
       <c r="E663" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F663" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G663" s="4"/>
     </row>
     <row r="664">
       <c r="A664" s="4" t="n">
-        <v>658</v>
+        <v>540</v>
       </c>
       <c r="B664" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C664" s="4" t="inlineStr">
         <is>
-          <t>Valentine</t>
+          <t>Janine</t>
         </is>
       </c>
       <c r="D664" s="4" t="inlineStr">
         <is>
-          <t>Chassot</t>
+          <t>Burger</t>
         </is>
       </c>
       <c r="E664" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F664" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G664" s="4"/>
     </row>
     <row r="665">
       <c r="A665" s="4" t="n">
-        <v>661</v>
+        <v>6031</v>
       </c>
       <c r="B665" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C665" s="4" t="inlineStr">
         <is>
-          <t>Mohammed</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D665" s="4" t="inlineStr">
         <is>
-          <t>Chettata</t>
+          <t>Burkhalter</t>
         </is>
       </c>
       <c r="E665" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F665" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G665" s="4"/>
+      <c r="G665" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="666">
       <c r="A666" s="4" t="n">
-        <v>4607</v>
+        <v>557</v>
       </c>
       <c r="B666" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C666" s="4" t="inlineStr">
         <is>
-          <t>Pierluigi</t>
+          <t>Ingrid</t>
         </is>
       </c>
       <c r="D666" s="4" t="inlineStr">
         <is>
-          <t>Chiodini</t>
+          <t>Burkhardt</t>
         </is>
       </c>
       <c r="E666" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F666" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G666" s="4"/>
     </row>
     <row r="667">
       <c r="A667" s="4" t="n">
-        <v>671</v>
+        <v>559</v>
       </c>
       <c r="B667" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C667" s="4" t="inlineStr">
         <is>
-          <t>Elias</t>
+          <t>Angela</t>
         </is>
       </c>
       <c r="D667" s="4" t="inlineStr">
         <is>
-          <t>Christen</t>
+          <t>Bürki</t>
         </is>
       </c>
       <c r="E667" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F667" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G667" s="4"/>
     </row>
     <row r="668">
       <c r="A668" s="4" t="n">
-        <v>7423</v>
+        <v>6691</v>
       </c>
       <c r="B668" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C668" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Cederic</t>
         </is>
       </c>
       <c r="D668" s="4" t="inlineStr">
         <is>
-          <t>Christen</t>
+          <t>Burri</t>
         </is>
       </c>
       <c r="E668" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F668" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G668" s="4" t="inlineStr">
         <is>
           <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="4" t="n">
-        <v>4213</v>
+        <v>4025</v>
       </c>
       <c r="B669" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C669" s="4" t="inlineStr">
         <is>
-          <t>Michaelis Leandro</t>
+          <t>Francoise</t>
         </is>
       </c>
       <c r="D669" s="4" t="inlineStr">
         <is>
-          <t>Christen</t>
+          <t>Burri</t>
         </is>
       </c>
       <c r="E669" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F669" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G669" s="4"/>
+      <c r="G669" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="670">
       <c r="A670" s="4" t="n">
-        <v>677</v>
+        <v>567</v>
       </c>
       <c r="B670" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C670" s="4" t="inlineStr">
         <is>
-          <t>Claudio</t>
+          <t>Vera</t>
         </is>
       </c>
       <c r="D670" s="4" t="inlineStr">
         <is>
-          <t>Ciabuschi</t>
+          <t>Burri</t>
         </is>
       </c>
       <c r="E670" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F670" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G670" s="4"/>
     </row>
     <row r="671">
       <c r="A671" s="4" t="n">
-        <v>678</v>
+        <v>6267</v>
       </c>
       <c r="B671" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C671" s="4" t="inlineStr">
         <is>
-          <t>Ergün</t>
+          <t>Liliane</t>
         </is>
       </c>
       <c r="D671" s="4" t="inlineStr">
         <is>
-          <t>Cimen</t>
+          <t>Burri</t>
         </is>
       </c>
       <c r="E671" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F671" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G671" s="4"/>
     </row>
     <row r="672">
       <c r="A672" s="4" t="n">
-        <v>689</v>
+        <v>7577</v>
       </c>
       <c r="B672" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C672" s="4" t="inlineStr">
         <is>
-          <t>Julien</t>
+          <t>Léa</t>
         </is>
       </c>
       <c r="D672" s="4" t="inlineStr">
         <is>
-          <t>Codes</t>
+          <t>Calame</t>
         </is>
       </c>
       <c r="E672" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F672" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G672" s="4"/>
+      <c r="G672" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="673">
       <c r="A673" s="4" t="n">
-        <v>6688</v>
+        <v>595</v>
       </c>
       <c r="B673" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C673" s="4" t="inlineStr">
         <is>
-          <t>Janis</t>
+          <t>Ahmed</t>
         </is>
       </c>
       <c r="D673" s="4" t="inlineStr">
         <is>
-          <t>Codes</t>
+          <t>Cam</t>
         </is>
       </c>
       <c r="E673" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F673" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G673" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G673" s="4"/>
     </row>
     <row r="674">
       <c r="A674" s="4" t="n">
-        <v>4606</v>
+        <v>597</v>
       </c>
       <c r="B674" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C674" s="4" t="inlineStr">
         <is>
-          <t>Linda</t>
+          <t>Muhammed</t>
         </is>
       </c>
       <c r="D674" s="4" t="inlineStr">
         <is>
-          <t>Coletta Fenger</t>
+          <t>Cam</t>
         </is>
       </c>
       <c r="E674" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F674" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G674" s="4"/>
     </row>
     <row r="675">
       <c r="A675" s="4" t="n">
-        <v>6455</v>
+        <v>596</v>
       </c>
       <c r="B675" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C675" s="4" t="inlineStr">
         <is>
-          <t>Stéphanie</t>
+          <t>Fatma</t>
         </is>
       </c>
       <c r="D675" s="4" t="inlineStr">
         <is>
-          <t>Corbaz</t>
+          <t>Cam</t>
         </is>
       </c>
       <c r="E675" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F675" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G675" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G675" s="4"/>
     </row>
     <row r="676">
       <c r="A676" s="4" t="n">
-        <v>4214</v>
+        <v>598</v>
       </c>
       <c r="B676" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C676" s="4" t="inlineStr">
         <is>
-          <t>Aura</t>
+          <t>Luca</t>
         </is>
       </c>
       <c r="D676" s="4" t="inlineStr">
         <is>
-          <t>Cortesi</t>
+          <t>Camacho</t>
         </is>
       </c>
       <c r="E676" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F676" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G676" s="4"/>
     </row>
     <row r="677">
       <c r="A677" s="4" t="n">
-        <v>4004</v>
+        <v>7564</v>
       </c>
       <c r="B677" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C677" s="4" t="inlineStr">
         <is>
-          <t>Eliane</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D677" s="4" t="inlineStr">
         <is>
-          <t>Cortesi</t>
+          <t>Campanile</t>
         </is>
       </c>
       <c r="E677" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F677" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G677" s="4"/>
+      <c r="G677" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="678">
       <c r="A678" s="4" t="n">
-        <v>716</v>
+        <v>605</v>
       </c>
       <c r="B678" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C678" s="4" t="inlineStr">
         <is>
-          <t>Luca</t>
+          <t>Antonia</t>
         </is>
       </c>
       <c r="D678" s="4" t="inlineStr">
         <is>
-          <t>Cristina</t>
+          <t>Cano</t>
         </is>
       </c>
       <c r="E678" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F678" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G678" s="4"/>
     </row>
     <row r="679">
       <c r="A679" s="4" t="n">
-        <v>7483</v>
+        <v>609</v>
       </c>
       <c r="B679" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C679" s="4" t="inlineStr">
         <is>
-          <t>Isaac</t>
+          <t>Nathalie</t>
         </is>
       </c>
       <c r="D679" s="4" t="inlineStr">
         <is>
-          <t>Cruz</t>
+          <t>Cappiello</t>
         </is>
       </c>
       <c r="E679" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F679" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G679" s="4"/>
     </row>
     <row r="680">
       <c r="A680" s="4" t="n">
-        <v>733</v>
+        <v>610</v>
       </c>
       <c r="B680" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C680" s="4" t="inlineStr">
         <is>
-          <t>Prisca</t>
+          <t>Tanja</t>
         </is>
       </c>
       <c r="D680" s="4" t="inlineStr">
         <is>
-          <t>Dahinden</t>
+          <t>Cappiello</t>
         </is>
       </c>
       <c r="E680" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F680" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G680" s="4"/>
     </row>
     <row r="681">
       <c r="A681" s="4" t="n">
-        <v>753</v>
+        <v>624</v>
       </c>
       <c r="B681" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C681" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Alain</t>
         </is>
       </c>
       <c r="D681" s="4" t="inlineStr">
         <is>
-          <t>Danuser</t>
+          <t>Casanova</t>
         </is>
       </c>
       <c r="E681" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F681" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G681" s="4"/>
     </row>
     <row r="682">
       <c r="A682" s="4" t="n">
-        <v>730</v>
+        <v>626</v>
       </c>
       <c r="B682" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C682" s="4" t="inlineStr">
         <is>
-          <t>Mauro</t>
+          <t>Martino</t>
         </is>
       </c>
       <c r="D682" s="4" t="inlineStr">
         <is>
-          <t>Da Rold</t>
+          <t>Casciaro</t>
         </is>
       </c>
       <c r="E682" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F682" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G682" s="4"/>
     </row>
     <row r="683">
       <c r="A683" s="4" t="n">
-        <v>7441</v>
+        <v>5160</v>
       </c>
       <c r="B683" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C683" s="4" t="inlineStr">
         <is>
-          <t>Clarisse</t>
+          <t>Sara</t>
         </is>
       </c>
       <c r="D683" s="4" t="inlineStr">
         <is>
-          <t>Da Silva</t>
+          <t>Cerdeira</t>
         </is>
       </c>
       <c r="E683" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F683" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G683" s="4"/>
+      <c r="G683" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="684">
       <c r="A684" s="4" t="n">
-        <v>758</v>
+        <v>655</v>
       </c>
       <c r="B684" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C684" s="4" t="inlineStr">
         <is>
-          <t>Agim</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D684" s="4" t="inlineStr">
         <is>
-          <t>Dauti</t>
+          <t>Chardonnenes</t>
         </is>
       </c>
       <c r="E684" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F684" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G684" s="4"/>
     </row>
     <row r="685">
       <c r="A685" s="4" t="n">
-        <v>763</v>
+        <v>658</v>
       </c>
       <c r="B685" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C685" s="4" t="inlineStr">
         <is>
-          <t>Issa</t>
+          <t>Valentine</t>
         </is>
       </c>
       <c r="D685" s="4" t="inlineStr">
         <is>
-          <t>Dayoub</t>
+          <t>Chassot</t>
         </is>
       </c>
       <c r="E685" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F685" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G685" s="4"/>
     </row>
     <row r="686">
       <c r="A686" s="4" t="n">
-        <v>764</v>
+        <v>661</v>
       </c>
       <c r="B686" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C686" s="4" t="inlineStr">
         <is>
-          <t>Samira</t>
+          <t>Mohammed</t>
         </is>
       </c>
       <c r="D686" s="4" t="inlineStr">
         <is>
-          <t>De Arez</t>
+          <t>Chettata</t>
         </is>
       </c>
       <c r="E686" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F686" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G686" s="4"/>
     </row>
     <row r="687">
       <c r="A687" s="4" t="n">
-        <v>773</v>
+        <v>4607</v>
       </c>
       <c r="B687" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C687" s="4" t="inlineStr">
         <is>
-          <t>Luis</t>
+          <t>Pierluigi</t>
         </is>
       </c>
       <c r="D687" s="4" t="inlineStr">
         <is>
-          <t>De Jesus Sousa Martinho</t>
+          <t>Chiodini</t>
         </is>
       </c>
       <c r="E687" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F687" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G687" s="4"/>
     </row>
     <row r="688">
       <c r="A688" s="4" t="n">
-        <v>7487</v>
+        <v>7423</v>
       </c>
       <c r="B688" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C688" s="4" t="inlineStr">
         <is>
-          <t>Tijmen</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D688" s="4" t="inlineStr">
         <is>
-          <t>De Kruijff</t>
+          <t>Christen</t>
         </is>
       </c>
       <c r="E688" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F688" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G688" s="4"/>
+      <c r="G688" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="689">
       <c r="A689" s="4" t="n">
-        <v>807</v>
+        <v>671</v>
       </c>
       <c r="B689" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C689" s="4" t="inlineStr">
         <is>
-          <t>Amanda</t>
+          <t>Elias</t>
         </is>
       </c>
       <c r="D689" s="4" t="inlineStr">
         <is>
-          <t>Dengg</t>
+          <t>Christen</t>
         </is>
       </c>
       <c r="E689" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F689" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G689" s="4"/>
     </row>
     <row r="690">
       <c r="A690" s="4" t="n">
-        <v>808</v>
+        <v>4213</v>
       </c>
       <c r="B690" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C690" s="4" t="inlineStr">
         <is>
-          <t>Leander</t>
+          <t>Michaelis Leandro</t>
         </is>
       </c>
       <c r="D690" s="4" t="inlineStr">
         <is>
-          <t>Dengg</t>
+          <t>Christen</t>
         </is>
       </c>
       <c r="E690" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F690" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G690" s="4"/>
     </row>
     <row r="691">
       <c r="A691" s="4" t="n">
-        <v>778</v>
+        <v>677</v>
       </c>
       <c r="B691" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C691" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Claudio</t>
         </is>
       </c>
       <c r="D691" s="4" t="inlineStr">
         <is>
-          <t>De Pascalis</t>
+          <t>Ciabuschi</t>
         </is>
       </c>
       <c r="E691" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F691" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G691" s="4"/>
     </row>
     <row r="692">
       <c r="A692" s="4" t="n">
-        <v>7470</v>
+        <v>678</v>
       </c>
       <c r="B692" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C692" s="4" t="inlineStr">
         <is>
-          <t>Kamran</t>
+          <t>Ergün</t>
         </is>
       </c>
       <c r="D692" s="4" t="inlineStr">
         <is>
-          <t>Derakhshan</t>
+          <t>Cimen</t>
         </is>
       </c>
       <c r="E692" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F692" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G692" s="4"/>
     </row>
     <row r="693">
       <c r="A693" s="4" t="n">
-        <v>809</v>
+        <v>6688</v>
       </c>
       <c r="B693" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C693" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Janis</t>
         </is>
       </c>
       <c r="D693" s="4" t="inlineStr">
         <is>
-          <t>Derrer</t>
+          <t>Codes</t>
         </is>
       </c>
       <c r="E693" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F693" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G693" s="4"/>
+      <c r="G693" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="694">
       <c r="A694" s="4" t="n">
-        <v>4022</v>
+        <v>689</v>
       </c>
       <c r="B694" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C694" s="4" t="inlineStr">
         <is>
-          <t>Sara</t>
+          <t>Julien</t>
         </is>
       </c>
       <c r="D694" s="4" t="inlineStr">
         <is>
-          <t>Deuble</t>
+          <t>Codes</t>
         </is>
       </c>
       <c r="E694" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F694" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G694" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G694" s="4"/>
     </row>
     <row r="695">
       <c r="A695" s="4" t="n">
-        <v>829</v>
+        <v>4606</v>
       </c>
       <c r="B695" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C695" s="4" t="inlineStr">
         <is>
-          <t>Oscar</t>
+          <t>Linda</t>
         </is>
       </c>
       <c r="D695" s="4" t="inlineStr">
         <is>
-          <t>Diaz</t>
+          <t>Coletta Fenger</t>
         </is>
       </c>
       <c r="E695" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F695" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G695" s="4"/>
     </row>
     <row r="696">
       <c r="A696" s="4" t="n">
-        <v>6856</v>
+        <v>6455</v>
       </c>
       <c r="B696" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C696" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Stéphanie</t>
         </is>
       </c>
       <c r="D696" s="4" t="inlineStr">
         <is>
-          <t>Dick</t>
+          <t>Corbaz</t>
         </is>
       </c>
       <c r="E696" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F696" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G696" s="4"/>
+      <c r="G696" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="697">
       <c r="A697" s="4" t="n">
-        <v>839</v>
+        <v>4004</v>
       </c>
       <c r="B697" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C697" s="4" t="inlineStr">
         <is>
-          <t>Flurina</t>
+          <t>Eliane</t>
         </is>
       </c>
       <c r="D697" s="4" t="inlineStr">
         <is>
-          <t>Dietrich</t>
+          <t>Cortesi</t>
         </is>
       </c>
       <c r="E697" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F697" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G697" s="4"/>
     </row>
     <row r="698">
       <c r="A698" s="4" t="n">
-        <v>842</v>
+        <v>4214</v>
       </c>
       <c r="B698" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C698" s="4" t="inlineStr">
         <is>
-          <t>Bastian</t>
+          <t>Aura</t>
         </is>
       </c>
       <c r="D698" s="4" t="inlineStr">
         <is>
-          <t>Diggelmann</t>
+          <t>Cortesi</t>
         </is>
       </c>
       <c r="E698" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F698" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G698" s="4"/>
     </row>
     <row r="699">
       <c r="A699" s="4" t="n">
-        <v>6266</v>
+        <v>716</v>
       </c>
       <c r="B699" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C699" s="4" t="inlineStr">
         <is>
-          <t>Gabriele</t>
+          <t>Luca</t>
         </is>
       </c>
       <c r="D699" s="4" t="inlineStr">
         <is>
-          <t>Di Gioia</t>
+          <t>Cristina</t>
         </is>
       </c>
       <c r="E699" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F699" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G699" s="4"/>
     </row>
     <row r="700">
       <c r="A700" s="4" t="n">
-        <v>4054</v>
+        <v>7483</v>
       </c>
       <c r="B700" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C700" s="4" t="inlineStr">
         <is>
-          <t>Angela</t>
+          <t>Isaac</t>
         </is>
       </c>
       <c r="D700" s="4" t="inlineStr">
         <is>
-          <t>Dillier</t>
+          <t>Cruz</t>
         </is>
       </c>
       <c r="E700" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F700" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G700" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G700" s="4"/>
     </row>
     <row r="701">
       <c r="A701" s="4" t="n">
-        <v>4050</v>
+        <v>733</v>
       </c>
       <c r="B701" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C701" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Prisca</t>
         </is>
       </c>
       <c r="D701" s="4" t="inlineStr">
         <is>
-          <t>Dillier</t>
+          <t>Dahinden</t>
         </is>
       </c>
       <c r="E701" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F701" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G701" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G701" s="4"/>
     </row>
     <row r="702">
       <c r="A702" s="4" t="n">
-        <v>4206</v>
+        <v>753</v>
       </c>
       <c r="B702" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C702" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D702" s="4" t="inlineStr">
         <is>
-          <t>Dimitric</t>
+          <t>Danuser</t>
         </is>
       </c>
       <c r="E702" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F702" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G702" s="4"/>
     </row>
     <row r="703">
       <c r="A703" s="4" t="n">
-        <v>851</v>
+        <v>730</v>
       </c>
       <c r="B703" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C703" s="4" t="inlineStr">
         <is>
-          <t>Chris</t>
+          <t>Mauro</t>
         </is>
       </c>
       <c r="D703" s="4" t="inlineStr">
         <is>
-          <t>Dirren</t>
+          <t>Da Rold</t>
         </is>
       </c>
       <c r="E703" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F703" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G703" s="4"/>
     </row>
     <row r="704">
       <c r="A704" s="4" t="n">
-        <v>856</v>
+        <v>7441</v>
       </c>
       <c r="B704" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C704" s="4" t="inlineStr">
         <is>
-          <t>Damjanac</t>
+          <t>Clarisse</t>
         </is>
       </c>
       <c r="D704" s="4" t="inlineStr">
         <is>
-          <t>Djordje</t>
+          <t>Da Silva</t>
         </is>
       </c>
       <c r="E704" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F704" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G704" s="4"/>
     </row>
     <row r="705">
       <c r="A705" s="4" t="n">
-        <v>858</v>
+        <v>758</v>
       </c>
       <c r="B705" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C705" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Agim</t>
         </is>
       </c>
       <c r="D705" s="4" t="inlineStr">
         <is>
-          <t>Djukic</t>
+          <t>Dauti</t>
         </is>
       </c>
       <c r="E705" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F705" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G705" s="4"/>
     </row>
     <row r="706">
       <c r="A706" s="4" t="n">
-        <v>866</v>
+        <v>763</v>
       </c>
       <c r="B706" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C706" s="4" t="inlineStr">
         <is>
-          <t>Aleks</t>
+          <t>Issa</t>
         </is>
       </c>
       <c r="D706" s="4" t="inlineStr">
         <is>
-          <t>Dokic</t>
+          <t>Dayoub</t>
         </is>
       </c>
       <c r="E706" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F706" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G706" s="4"/>
     </row>
     <row r="707">
       <c r="A707" s="4" t="n">
-        <v>6866</v>
+        <v>764</v>
       </c>
       <c r="B707" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C707" s="4" t="inlineStr">
         <is>
-          <t>Nora</t>
+          <t>Samira</t>
         </is>
       </c>
       <c r="D707" s="4" t="inlineStr">
         <is>
-          <t>Dorrer</t>
+          <t>De Arez</t>
         </is>
       </c>
       <c r="E707" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F707" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G707" s="4"/>
     </row>
     <row r="708">
       <c r="A708" s="4" t="n">
-        <v>884</v>
+        <v>773</v>
       </c>
       <c r="B708" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C708" s="4" t="inlineStr">
         <is>
-          <t>Francisca</t>
+          <t>Luis</t>
         </is>
       </c>
       <c r="D708" s="4" t="inlineStr">
         <is>
-          <t>Dos Santos Dias</t>
+          <t>De Jesus Sousa Martinho</t>
         </is>
       </c>
       <c r="E708" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F708" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G708" s="4"/>
     </row>
     <row r="709">
       <c r="A709" s="4" t="n">
-        <v>891</v>
+        <v>7487</v>
       </c>
       <c r="B709" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C709" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Tijmen</t>
         </is>
       </c>
       <c r="D709" s="4" t="inlineStr">
         <is>
-          <t>Dreher</t>
+          <t>De Kruijff</t>
         </is>
       </c>
       <c r="E709" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F709" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G709" s="4"/>
     </row>
     <row r="710">
       <c r="A710" s="4" t="n">
-        <v>898</v>
+        <v>7576</v>
       </c>
       <c r="B710" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C710" s="4" t="inlineStr">
         <is>
-          <t>Mathieu</t>
+          <t>Thibaud</t>
         </is>
       </c>
       <c r="D710" s="4" t="inlineStr">
         <is>
-          <t>Drummer</t>
+          <t>Demaison</t>
         </is>
       </c>
       <c r="E710" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F710" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G710" s="4"/>
+      <c r="G710" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="711">
       <c r="A711" s="4" t="n">
-        <v>902</v>
+        <v>807</v>
       </c>
       <c r="B711" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C711" s="4" t="inlineStr">
         <is>
-          <t>Fränzi</t>
+          <t>Amanda</t>
         </is>
       </c>
       <c r="D711" s="4" t="inlineStr">
         <is>
-          <t>Dubach</t>
+          <t>Dengg</t>
         </is>
       </c>
       <c r="E711" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F711" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G711" s="4"/>
     </row>
     <row r="712">
       <c r="A712" s="4" t="n">
-        <v>903</v>
+        <v>808</v>
       </c>
       <c r="B712" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C712" s="4" t="inlineStr">
         <is>
-          <t>Jacqueline</t>
+          <t>Leander</t>
         </is>
       </c>
       <c r="D712" s="4" t="inlineStr">
         <is>
-          <t>Dubach</t>
+          <t>Dengg</t>
         </is>
       </c>
       <c r="E712" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F712" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G712" s="4"/>
     </row>
     <row r="713">
       <c r="A713" s="4" t="n">
-        <v>910</v>
+        <v>7560</v>
       </c>
       <c r="B713" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C713" s="4" t="inlineStr">
         <is>
-          <t>Leutrim</t>
+          <t>Valon</t>
         </is>
       </c>
       <c r="D713" s="4" t="inlineStr">
         <is>
-          <t>Dugolli</t>
+          <t>Denzler</t>
         </is>
       </c>
       <c r="E713" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F713" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G713" s="4"/>
+      <c r="G713" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="714">
       <c r="A714" s="4" t="n">
-        <v>6265</v>
+        <v>778</v>
       </c>
       <c r="B714" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C714" s="4" t="inlineStr">
         <is>
-          <t>Monique</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D714" s="4" t="inlineStr">
         <is>
-          <t>Dummermuth</t>
+          <t>De Pascalis</t>
         </is>
       </c>
       <c r="E714" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F714" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G714" s="4"/>
     </row>
     <row r="715">
       <c r="A715" s="4" t="n">
-        <v>6865</v>
+        <v>7470</v>
       </c>
       <c r="B715" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C715" s="4" t="inlineStr">
         <is>
-          <t>Roasaleen</t>
+          <t>Kamran</t>
         </is>
       </c>
       <c r="D715" s="4" t="inlineStr">
         <is>
-          <t>Dürr</t>
+          <t>Derakhshan</t>
         </is>
       </c>
       <c r="E715" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F715" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G715" s="4"/>
+      <c r="G715" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="716">
       <c r="A716" s="4" t="n">
-        <v>928</v>
+        <v>809</v>
       </c>
       <c r="B716" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C716" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D716" s="4" t="inlineStr">
         <is>
-          <t>Dux</t>
+          <t>Derrer</t>
         </is>
       </c>
       <c r="E716" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F716" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G716" s="4"/>
     </row>
     <row r="717">
       <c r="A717" s="4" t="n">
-        <v>930</v>
+        <v>4022</v>
       </c>
       <c r="B717" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C717" s="4" t="inlineStr">
         <is>
-          <t>Sven</t>
+          <t>Sara</t>
         </is>
       </c>
       <c r="D717" s="4" t="inlineStr">
         <is>
-          <t>Dvorak</t>
+          <t>Deuble</t>
         </is>
       </c>
       <c r="E717" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F717" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G717" s="4"/>
+      <c r="G717" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="718">
       <c r="A718" s="4" t="n">
-        <v>931</v>
+        <v>829</v>
       </c>
       <c r="B718" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C718" s="4" t="inlineStr">
         <is>
-          <t>Donjet</t>
+          <t>Oscar</t>
         </is>
       </c>
       <c r="D718" s="4" t="inlineStr">
         <is>
-          <t>Dzemaili</t>
+          <t>Diaz</t>
         </is>
       </c>
       <c r="E718" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F718" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G718" s="4"/>
     </row>
     <row r="719">
       <c r="A719" s="4" t="n">
-        <v>950</v>
+        <v>6856</v>
       </c>
       <c r="B719" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C719" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D719" s="4" t="inlineStr">
         <is>
-          <t>Egger</t>
+          <t>Dick</t>
         </is>
       </c>
       <c r="E719" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F719" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G719" s="4"/>
     </row>
     <row r="720">
       <c r="A720" s="4" t="n">
-        <v>953</v>
+        <v>839</v>
       </c>
       <c r="B720" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C720" s="4" t="inlineStr">
         <is>
-          <t>Christoph</t>
+          <t>Flurina</t>
         </is>
       </c>
       <c r="D720" s="4" t="inlineStr">
         <is>
-          <t>Eggimann</t>
+          <t>Dietrich</t>
         </is>
       </c>
       <c r="E720" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F720" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G720" s="4"/>
     </row>
     <row r="721">
       <c r="A721" s="4" t="n">
-        <v>955</v>
+        <v>842</v>
       </c>
       <c r="B721" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C721" s="4" t="inlineStr">
         <is>
-          <t>Paco</t>
+          <t>Bastian</t>
         </is>
       </c>
       <c r="D721" s="4" t="inlineStr">
         <is>
-          <t>Eggimann</t>
+          <t>Diggelmann</t>
         </is>
       </c>
       <c r="E721" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F721" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G721" s="4"/>
     </row>
     <row r="722">
       <c r="A722" s="4" t="n">
-        <v>959</v>
+        <v>6266</v>
       </c>
       <c r="B722" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C722" s="4" t="inlineStr">
         <is>
-          <t>Susanne</t>
+          <t>Gabriele</t>
         </is>
       </c>
       <c r="D722" s="4" t="inlineStr">
         <is>
-          <t>Egli</t>
+          <t>Di Gioia</t>
         </is>
       </c>
       <c r="E722" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F722" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G722" s="4"/>
     </row>
     <row r="723">
       <c r="A723" s="4" t="n">
-        <v>965</v>
+        <v>7556</v>
       </c>
       <c r="B723" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C723" s="4" t="inlineStr">
         <is>
-          <t>Harris</t>
+          <t>Cedric</t>
         </is>
       </c>
       <c r="D723" s="4" t="inlineStr">
         <is>
-          <t>Eiayathamby</t>
+          <t>Dilge</t>
         </is>
       </c>
       <c r="E723" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F723" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G723" s="4"/>
+      <c r="G723" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="724">
       <c r="A724" s="4" t="n">
-        <v>4624</v>
+        <v>4054</v>
       </c>
       <c r="B724" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C724" s="4" t="inlineStr">
         <is>
-          <t>Lilian </t>
+          <t>Angela</t>
         </is>
       </c>
       <c r="D724" s="4" t="inlineStr">
         <is>
-          <t>Eicher</t>
+          <t>Dillier</t>
         </is>
       </c>
       <c r="E724" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F724" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G724" s="4"/>
+      <c r="G724" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="725">
       <c r="A725" s="4" t="n">
-        <v>6454</v>
+        <v>4050</v>
       </c>
       <c r="B725" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C725" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D725" s="4" t="inlineStr">
         <is>
-          <t>Elefante</t>
+          <t>Dillier</t>
         </is>
       </c>
       <c r="E725" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F725" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G725" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="4" t="n">
-        <v>7111</v>
+        <v>4206</v>
       </c>
       <c r="B726" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C726" s="4" t="inlineStr">
         <is>
-          <t>Edmond</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D726" s="4" t="inlineStr">
         <is>
-          <t>Elia</t>
+          <t>Dimitric</t>
         </is>
       </c>
       <c r="E726" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F726" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G726" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G726" s="4"/>
     </row>
     <row r="727">
       <c r="A727" s="4" t="n">
-        <v>4829</v>
+        <v>851</v>
       </c>
       <c r="B727" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C727" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Chris</t>
         </is>
       </c>
       <c r="D727" s="4" t="inlineStr">
         <is>
-          <t>Ellenberger</t>
+          <t>Dirren</t>
         </is>
       </c>
       <c r="E727" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F727" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G727" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G727" s="4"/>
     </row>
     <row r="728">
       <c r="A728" s="4" t="n">
-        <v>4828</v>
+        <v>856</v>
       </c>
       <c r="B728" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C728" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Damjanac</t>
         </is>
       </c>
       <c r="D728" s="4" t="inlineStr">
         <is>
-          <t>Ellenberger</t>
+          <t>Djordje</t>
         </is>
       </c>
       <c r="E728" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F728" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G728" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G728" s="4"/>
     </row>
     <row r="729">
       <c r="A729" s="4" t="n">
-        <v>986</v>
+        <v>858</v>
       </c>
       <c r="B729" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C729" s="4" t="inlineStr">
         <is>
-          <t>Pascale</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D729" s="4" t="inlineStr">
         <is>
-          <t>Emmenegger</t>
+          <t>Djukic</t>
         </is>
       </c>
       <c r="E729" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F729" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G729" s="4"/>
     </row>
     <row r="730">
       <c r="A730" s="4" t="n">
-        <v>990</v>
+        <v>866</v>
       </c>
       <c r="B730" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C730" s="4" t="inlineStr">
         <is>
-          <t>Maria.-Rahel</t>
+          <t>Aleks</t>
         </is>
       </c>
       <c r="D730" s="4" t="inlineStr">
         <is>
-          <t>Enggist</t>
+          <t>Dokic</t>
         </is>
       </c>
       <c r="E730" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F730" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G730" s="4"/>
     </row>
     <row r="731">
       <c r="A731" s="4" t="n">
-        <v>989</v>
+        <v>6866</v>
       </c>
       <c r="B731" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C731" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Nora</t>
         </is>
       </c>
       <c r="D731" s="4" t="inlineStr">
         <is>
-          <t>Enggist</t>
+          <t>Dorrer</t>
         </is>
       </c>
       <c r="E731" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F731" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G731" s="4"/>
     </row>
     <row r="732">
       <c r="A732" s="4" t="n">
-        <v>4820</v>
+        <v>884</v>
       </c>
       <c r="B732" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C732" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Francisca</t>
         </is>
       </c>
       <c r="D732" s="4" t="inlineStr">
         <is>
-          <t>Epper</t>
+          <t>Dos Santos Dias</t>
         </is>
       </c>
       <c r="E732" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F732" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G732" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G732" s="4"/>
     </row>
     <row r="733">
       <c r="A733" s="4" t="n">
-        <v>1000</v>
+        <v>891</v>
       </c>
       <c r="B733" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C733" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D733" s="4" t="inlineStr">
         <is>
-          <t>Erhard</t>
+          <t>Dreher</t>
         </is>
       </c>
       <c r="E733" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F733" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G733" s="4"/>
     </row>
     <row r="734">
       <c r="A734" s="4" t="n">
-        <v>999</v>
+        <v>898</v>
       </c>
       <c r="B734" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C734" s="4" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Mathieu</t>
         </is>
       </c>
       <c r="D734" s="4" t="inlineStr">
         <is>
-          <t>Erhard</t>
+          <t>Drummer</t>
         </is>
       </c>
       <c r="E734" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F734" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G734" s="4"/>
     </row>
     <row r="735">
       <c r="A735" s="4" t="n">
-        <v>1019</v>
+        <v>903</v>
       </c>
       <c r="B735" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C735" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Jacqueline</t>
         </is>
       </c>
       <c r="D735" s="4" t="inlineStr">
         <is>
-          <t>Fahrni</t>
+          <t>Dubach</t>
         </is>
       </c>
       <c r="E735" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F735" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G735" s="4"/>
     </row>
     <row r="736">
       <c r="A736" s="4" t="n">
-        <v>1027</v>
+        <v>902</v>
       </c>
       <c r="B736" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C736" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Fränzi</t>
         </is>
       </c>
       <c r="D736" s="4" t="inlineStr">
         <is>
-          <t>Fankhauser</t>
+          <t>Dubach</t>
         </is>
       </c>
       <c r="E736" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F736" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G736" s="4"/>
     </row>
     <row r="737">
       <c r="A737" s="4" t="n">
-        <v>1041</v>
+        <v>910</v>
       </c>
       <c r="B737" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C737" s="4" t="inlineStr">
         <is>
-          <t>Elmi</t>
+          <t>Leutrim</t>
         </is>
       </c>
       <c r="D737" s="4" t="inlineStr">
         <is>
-          <t>Fazliji</t>
+          <t>Dugolli</t>
         </is>
       </c>
       <c r="E737" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F737" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G737" s="4"/>
     </row>
     <row r="738">
       <c r="A738" s="4" t="n">
-        <v>1056</v>
+        <v>6265</v>
       </c>
       <c r="B738" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C738" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Monique</t>
         </is>
       </c>
       <c r="D738" s="4" t="inlineStr">
         <is>
-          <t>Feller</t>
+          <t>Dummermuth</t>
         </is>
       </c>
       <c r="E738" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F738" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G738" s="4"/>
     </row>
     <row r="739">
       <c r="A739" s="4" t="n">
-        <v>1055</v>
+        <v>6865</v>
       </c>
       <c r="B739" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C739" s="4" t="inlineStr">
         <is>
-          <t>Alexandra</t>
+          <t>Roasaleen</t>
         </is>
       </c>
       <c r="D739" s="4" t="inlineStr">
         <is>
-          <t>Feller</t>
+          <t>Dürr</t>
         </is>
       </c>
       <c r="E739" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F739" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G739" s="4"/>
     </row>
     <row r="740">
       <c r="A740" s="4" t="n">
-        <v>1059</v>
+        <v>928</v>
       </c>
       <c r="B740" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C740" s="4" t="inlineStr">
         <is>
-          <t>Raphael</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D740" s="4" t="inlineStr">
         <is>
-          <t>Fend</t>
+          <t>Dux</t>
         </is>
       </c>
       <c r="E740" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F740" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G740" s="4"/>
     </row>
     <row r="741">
       <c r="A741" s="4" t="n">
-        <v>1058</v>
+        <v>930</v>
       </c>
       <c r="B741" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C741" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Sven</t>
         </is>
       </c>
       <c r="D741" s="4" t="inlineStr">
         <is>
-          <t>Fend</t>
+          <t>Dvorak</t>
         </is>
       </c>
       <c r="E741" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F741" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G741" s="4"/>
     </row>
     <row r="742">
       <c r="A742" s="4" t="n">
-        <v>4605</v>
+        <v>931</v>
       </c>
       <c r="B742" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C742" s="4" t="inlineStr">
         <is>
-          <t>Jaime</t>
+          <t>Donjet</t>
         </is>
       </c>
       <c r="D742" s="4" t="inlineStr">
         <is>
-          <t>Fenger</t>
+          <t>Dzemaili</t>
         </is>
       </c>
       <c r="E742" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F742" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G742" s="4"/>
     </row>
     <row r="743">
       <c r="A743" s="4" t="n">
-        <v>1065</v>
+        <v>950</v>
       </c>
       <c r="B743" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C743" s="4" t="inlineStr">
         <is>
-          <t>Carlos</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D743" s="4" t="inlineStr">
         <is>
-          <t>Fernandez</t>
+          <t>Egger</t>
         </is>
       </c>
       <c r="E743" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F743" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G743" s="4"/>
     </row>
     <row r="744">
       <c r="A744" s="4" t="n">
-        <v>1072</v>
+        <v>953</v>
       </c>
       <c r="B744" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C744" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Christoph</t>
         </is>
       </c>
       <c r="D744" s="4" t="inlineStr">
         <is>
-          <t>Ferreira</t>
+          <t>Eggimann</t>
         </is>
       </c>
       <c r="E744" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F744" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G744" s="4"/>
     </row>
     <row r="745">
       <c r="A745" s="4" t="n">
-        <v>1073</v>
+        <v>955</v>
       </c>
       <c r="B745" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C745" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Paco</t>
         </is>
       </c>
       <c r="D745" s="4" t="inlineStr">
         <is>
-          <t>Ferreira</t>
+          <t>Eggimann</t>
         </is>
       </c>
       <c r="E745" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F745" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G745" s="4"/>
     </row>
     <row r="746">
       <c r="A746" s="4" t="n">
-        <v>4065</v>
+        <v>959</v>
       </c>
       <c r="B746" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C746" s="4" t="inlineStr">
         <is>
-          <t>Deivid</t>
+          <t>Susanne</t>
         </is>
       </c>
       <c r="D746" s="4" t="inlineStr">
         <is>
-          <t>Ferreira Ribeiro</t>
+          <t>Egli</t>
         </is>
       </c>
       <c r="E746" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F746" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G746" s="4"/>
     </row>
     <row r="747">
       <c r="A747" s="4" t="n">
-        <v>1077</v>
+        <v>965</v>
       </c>
       <c r="B747" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C747" s="4" t="inlineStr">
         <is>
-          <t>Ettore</t>
+          <t>Harris</t>
         </is>
       </c>
       <c r="D747" s="4" t="inlineStr">
         <is>
-          <t>Ferron</t>
+          <t>Eiayathamby</t>
         </is>
       </c>
       <c r="E747" s="4" t="inlineStr">
         <is>
-          <t>Goju-Kai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F747" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G747" s="4"/>
     </row>
     <row r="748">
       <c r="A748" s="4" t="n">
-        <v>1081</v>
+        <v>4624</v>
       </c>
       <c r="B748" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C748" s="4" t="inlineStr">
         <is>
-          <t>Fitim</t>
+          <t>Lilian </t>
         </is>
       </c>
       <c r="D748" s="4" t="inlineStr">
         <is>
-          <t>Fetahi</t>
+          <t>Eicher</t>
         </is>
       </c>
       <c r="E748" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F748" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G748" s="4"/>
     </row>
     <row r="749">
       <c r="A749" s="4" t="n">
-        <v>1083</v>
+        <v>6454</v>
       </c>
       <c r="B749" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C749" s="4" t="inlineStr">
         <is>
-          <t>Jacqueline</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D749" s="4" t="inlineStr">
         <is>
-          <t>Feuz</t>
+          <t>Elefante</t>
         </is>
       </c>
       <c r="E749" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F749" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G749" s="4"/>
+      <c r="G749" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="750">
       <c r="A750" s="4" t="n">
-        <v>5492</v>
+        <v>7111</v>
       </c>
       <c r="B750" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C750" s="4" t="inlineStr">
         <is>
-          <t>Anita</t>
+          <t>Edmond</t>
         </is>
       </c>
       <c r="D750" s="4" t="inlineStr">
         <is>
-          <t>Finger</t>
+          <t>Elia</t>
         </is>
       </c>
       <c r="E750" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F750" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G750" s="4" t="inlineStr">
         <is>
-          <t>Kaisho Karate Association</t>
+          <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="4" t="n">
-        <v>5334</v>
+        <v>4829</v>
       </c>
       <c r="B751" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C751" s="4" t="inlineStr">
         <is>
-          <t>Annita</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D751" s="4" t="inlineStr">
         <is>
-          <t>Finger</t>
+          <t>Ellenberger</t>
         </is>
       </c>
       <c r="E751" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F751" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G751" s="4" t="inlineStr">
         <is>
-          <t>Kaisho Karate Association</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="4" t="n">
-        <v>1090</v>
+        <v>4828</v>
       </c>
       <c r="B752" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C752" s="4" t="inlineStr">
         <is>
-          <t>Armando</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D752" s="4" t="inlineStr">
         <is>
-          <t>Fiori</t>
+          <t>Ellenberger</t>
         </is>
       </c>
       <c r="E752" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F752" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G752" s="4"/>
+      <c r="G752" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="753">
       <c r="A753" s="4" t="n">
-        <v>1091</v>
+        <v>7566</v>
       </c>
       <c r="B753" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C753" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Adam</t>
         </is>
       </c>
       <c r="D753" s="4" t="inlineStr">
         <is>
-          <t>Fiori</t>
+          <t>El Mais</t>
         </is>
       </c>
       <c r="E753" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F753" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G753" s="4"/>
+      <c r="G753" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="754">
       <c r="A754" s="4" t="n">
-        <v>6897</v>
+        <v>986</v>
       </c>
       <c r="B754" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C754" s="4" t="inlineStr">
         <is>
-          <t>Basil</t>
+          <t>Pascale</t>
         </is>
       </c>
       <c r="D754" s="4" t="inlineStr">
         <is>
-          <t>Fischer</t>
+          <t>Emmenegger</t>
         </is>
       </c>
       <c r="E754" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F754" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G754" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G754" s="4"/>
     </row>
     <row r="755">
       <c r="A755" s="4" t="n">
-        <v>1107</v>
+        <v>990</v>
       </c>
       <c r="B755" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C755" s="4" t="inlineStr">
         <is>
-          <t>Sofia</t>
+          <t>Maria.-Rahel</t>
         </is>
       </c>
       <c r="D755" s="4" t="inlineStr">
         <is>
-          <t>Flück</t>
+          <t>Enggist</t>
         </is>
       </c>
       <c r="E755" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F755" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G755" s="4"/>
     </row>
     <row r="756">
       <c r="A756" s="4" t="n">
-        <v>1106</v>
+        <v>989</v>
       </c>
       <c r="B756" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C756" s="4" t="inlineStr">
         <is>
-          <t>Roman</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D756" s="4" t="inlineStr">
         <is>
-          <t>Flück</t>
+          <t>Enggist</t>
         </is>
       </c>
       <c r="E756" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F756" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G756" s="4"/>
     </row>
     <row r="757">
       <c r="A757" s="4" t="n">
-        <v>6459</v>
+        <v>4820</v>
       </c>
       <c r="B757" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C757" s="4" t="inlineStr">
         <is>
-          <t>Medea Eleni</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D757" s="4" t="inlineStr">
         <is>
-          <t>Flückiger</t>
+          <t>Epper</t>
         </is>
       </c>
       <c r="E757" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F757" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G757" s="4"/>
+      <c r="G757" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="758">
       <c r="A758" s="4" t="n">
-        <v>1111</v>
+        <v>1000</v>
       </c>
       <c r="B758" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C758" s="4" t="inlineStr">
         <is>
-          <t>Davide</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D758" s="4" t="inlineStr">
         <is>
-          <t>Fontanesi</t>
+          <t>Erhard</t>
         </is>
       </c>
       <c r="E758" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F758" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G758" s="4"/>
     </row>
     <row r="759">
       <c r="A759" s="4" t="n">
-        <v>1117</v>
+        <v>999</v>
       </c>
       <c r="B759" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C759" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="D759" s="4" t="inlineStr">
         <is>
-          <t>Forster</t>
+          <t>Erhard</t>
         </is>
       </c>
       <c r="E759" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F759" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G759" s="4"/>
     </row>
     <row r="760">
       <c r="A760" s="4" t="n">
-        <v>1118</v>
+        <v>7537</v>
       </c>
       <c r="B760" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C760" s="4" t="inlineStr">
         <is>
-          <t>William</t>
+          <t>Amina</t>
         </is>
       </c>
       <c r="D760" s="4" t="inlineStr">
         <is>
-          <t>Forster</t>
+          <t>Fabbri</t>
         </is>
       </c>
       <c r="E760" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F760" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G760" s="4"/>
     </row>
     <row r="761">
       <c r="A761" s="4" t="n">
-        <v>1122</v>
+        <v>1019</v>
       </c>
       <c r="B761" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C761" s="4" t="inlineStr">
         <is>
-          <t>Alessio</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D761" s="4" t="inlineStr">
         <is>
-          <t>Fortunato</t>
+          <t>Fahrni</t>
         </is>
       </c>
       <c r="E761" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F761" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G761" s="4"/>
     </row>
     <row r="762">
       <c r="A762" s="4" t="n">
-        <v>1123</v>
+        <v>1027</v>
       </c>
       <c r="B762" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C762" s="4" t="inlineStr">
         <is>
-          <t>Elia</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D762" s="4" t="inlineStr">
         <is>
-          <t>Fortunato</t>
+          <t>Fankhauser</t>
         </is>
       </c>
       <c r="E762" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F762" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G762" s="4"/>
     </row>
     <row r="763">
       <c r="A763" s="4" t="n">
-        <v>1151</v>
+        <v>1041</v>
       </c>
       <c r="B763" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C763" s="4" t="inlineStr">
         <is>
-          <t>Sebastian</t>
+          <t>Elmi</t>
         </is>
       </c>
       <c r="D763" s="4" t="inlineStr">
         <is>
-          <t>Frey</t>
+          <t>Fazliji</t>
         </is>
       </c>
       <c r="E763" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F763" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G763" s="4"/>
     </row>
     <row r="764">
       <c r="A764" s="4" t="n">
-        <v>1160</v>
+        <v>1056</v>
       </c>
       <c r="B764" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C764" s="4" t="inlineStr">
         <is>
-          <t>Tiziano</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D764" s="4" t="inlineStr">
         <is>
-          <t>Frisullo</t>
+          <t>Feller</t>
         </is>
       </c>
       <c r="E764" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F764" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G764" s="4"/>
     </row>
     <row r="765">
       <c r="A765" s="4" t="n">
-        <v>1169</v>
+        <v>1055</v>
       </c>
       <c r="B765" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C765" s="4" t="inlineStr">
         <is>
-          <t>Tobias</t>
+          <t>Alexandra</t>
         </is>
       </c>
       <c r="D765" s="4" t="inlineStr">
         <is>
-          <t>Fuchs</t>
+          <t>Feller</t>
         </is>
       </c>
       <c r="E765" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F765" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G765" s="4"/>
     </row>
     <row r="766">
       <c r="A766" s="4" t="n">
-        <v>1163</v>
+        <v>1058</v>
       </c>
       <c r="B766" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C766" s="4" t="inlineStr">
         <is>
-          <t>Cedric</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D766" s="4" t="inlineStr">
         <is>
-          <t>Fuchs</t>
+          <t>Fend</t>
         </is>
       </c>
       <c r="E766" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F766" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G766" s="4"/>
     </row>
     <row r="767">
       <c r="A767" s="4" t="n">
-        <v>1168</v>
+        <v>1059</v>
       </c>
       <c r="B767" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C767" s="4" t="inlineStr">
         <is>
-          <t>Rasika</t>
+          <t>Raphael</t>
         </is>
       </c>
       <c r="D767" s="4" t="inlineStr">
         <is>
-          <t>Fuchs</t>
+          <t>Fend</t>
         </is>
       </c>
       <c r="E767" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F767" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G767" s="4"/>
     </row>
     <row r="768">
       <c r="A768" s="4" t="n">
-        <v>1174</v>
+        <v>4605</v>
       </c>
       <c r="B768" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C768" s="4" t="inlineStr">
         <is>
-          <t>Regina</t>
+          <t>Jaime</t>
         </is>
       </c>
       <c r="D768" s="4" t="inlineStr">
         <is>
-          <t>Fuhrer</t>
+          <t>Fenger</t>
         </is>
       </c>
       <c r="E768" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F768" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G768" s="4"/>
     </row>
     <row r="769">
       <c r="A769" s="4" t="n">
-        <v>1173</v>
+        <v>7567</v>
       </c>
       <c r="B769" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C769" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Ibrahimi  </t>
         </is>
       </c>
       <c r="D769" s="4" t="inlineStr">
         <is>
-          <t>Fuhrer</t>
+          <t>Fereidun      </t>
         </is>
       </c>
       <c r="E769" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F769" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G769" s="4"/>
+      <c r="G769" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="770">
       <c r="A770" s="4" t="n">
-        <v>1176</v>
+        <v>1065</v>
       </c>
       <c r="B770" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C770" s="4" t="inlineStr">
         <is>
-          <t>Monique</t>
+          <t>Carlos</t>
         </is>
       </c>
       <c r="D770" s="4" t="inlineStr">
         <is>
-          <t>Fuhrimann</t>
+          <t>Fernandez</t>
         </is>
       </c>
       <c r="E770" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F770" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G770" s="4"/>
     </row>
     <row r="771">
       <c r="A771" s="4" t="n">
-        <v>1175</v>
+        <v>1072</v>
       </c>
       <c r="B771" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C771" s="4" t="inlineStr">
         <is>
-          <t>Marvin</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D771" s="4" t="inlineStr">
         <is>
-          <t>Fuhrimann</t>
+          <t>Ferreira</t>
         </is>
       </c>
       <c r="E771" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F771" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G771" s="4"/>
     </row>
     <row r="772">
       <c r="A772" s="4" t="n">
-        <v>1181</v>
+        <v>1073</v>
       </c>
       <c r="B772" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C772" s="4" t="inlineStr">
         <is>
-          <t>Hanspeter</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D772" s="4" t="inlineStr">
         <is>
-          <t>Furrer</t>
+          <t>Ferreira</t>
         </is>
       </c>
       <c r="E772" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F772" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G772" s="4"/>
     </row>
     <row r="773">
       <c r="A773" s="4" t="n">
-        <v>5332</v>
+        <v>4065</v>
       </c>
       <c r="B773" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C773" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Deivid</t>
         </is>
       </c>
       <c r="D773" s="4" t="inlineStr">
         <is>
-          <t>Furrer</t>
+          <t>Ferreira Ribeiro</t>
         </is>
       </c>
       <c r="E773" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F773" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G773" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G773" s="4"/>
     </row>
     <row r="774">
       <c r="A774" s="4" t="n">
-        <v>5490</v>
+        <v>1077</v>
       </c>
       <c r="B774" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C774" s="4" t="inlineStr">
         <is>
-          <t>Ursula</t>
+          <t>Ettore</t>
         </is>
       </c>
       <c r="D774" s="4" t="inlineStr">
         <is>
-          <t>Furrer</t>
+          <t>Ferron</t>
         </is>
       </c>
       <c r="E774" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Kai</t>
         </is>
       </c>
       <c r="F774" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G774" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G774" s="4"/>
     </row>
     <row r="775">
       <c r="A775" s="4" t="n">
-        <v>1190</v>
+        <v>1081</v>
       </c>
       <c r="B775" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C775" s="4" t="inlineStr">
         <is>
-          <t>Vincenzo</t>
+          <t>Fitim</t>
         </is>
       </c>
       <c r="D775" s="4" t="inlineStr">
         <is>
-          <t>Gaetani</t>
+          <t>Fetahi</t>
         </is>
       </c>
       <c r="E775" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F775" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G775" s="4"/>
     </row>
     <row r="776">
       <c r="A776" s="4" t="n">
-        <v>1191</v>
+        <v>1083</v>
       </c>
       <c r="B776" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C776" s="4" t="inlineStr">
         <is>
-          <t>Lisa</t>
+          <t>Jacqueline</t>
         </is>
       </c>
       <c r="D776" s="4" t="inlineStr">
         <is>
-          <t>Gafner</t>
+          <t>Feuz</t>
         </is>
       </c>
       <c r="E776" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F776" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G776" s="4"/>
     </row>
     <row r="777">
       <c r="A777" s="4" t="n">
-        <v>1192</v>
+        <v>5334</v>
       </c>
       <c r="B777" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C777" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Annita</t>
         </is>
       </c>
       <c r="D777" s="4" t="inlineStr">
         <is>
-          <t>Gafner</t>
+          <t>Finger</t>
         </is>
       </c>
       <c r="E777" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F777" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G777" s="4"/>
+      <c r="G777" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="778">
       <c r="A778" s="4" t="n">
-        <v>1203</v>
+        <v>5492</v>
       </c>
       <c r="B778" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C778" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Anita</t>
         </is>
       </c>
       <c r="D778" s="4" t="inlineStr">
         <is>
-          <t>Galley</t>
+          <t>Finger</t>
         </is>
       </c>
       <c r="E778" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F778" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G778" s="4"/>
+      <c r="G778" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="779">
       <c r="A779" s="4" t="n">
-        <v>6030</v>
+        <v>1090</v>
       </c>
       <c r="B779" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C779" s="4" t="inlineStr">
         <is>
-          <t>Kim</t>
+          <t>Armando</t>
         </is>
       </c>
       <c r="D779" s="4" t="inlineStr">
         <is>
-          <t>Gallimore</t>
+          <t>Fiori</t>
         </is>
       </c>
       <c r="E779" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F779" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G779" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G779" s="4"/>
     </row>
     <row r="780">
       <c r="A780" s="4" t="n">
-        <v>4051</v>
+        <v>1091</v>
       </c>
       <c r="B780" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C780" s="4" t="inlineStr">
         <is>
-          <t>Tabea</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D780" s="4" t="inlineStr">
         <is>
-          <t>Gamma</t>
+          <t>Fiori</t>
         </is>
       </c>
       <c r="E780" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F780" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G780" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G780" s="4"/>
     </row>
     <row r="781">
       <c r="A781" s="4" t="n">
-        <v>1218</v>
+        <v>6897</v>
       </c>
       <c r="B781" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C781" s="4" t="inlineStr">
         <is>
-          <t>Giovanni</t>
+          <t>Basil</t>
         </is>
       </c>
       <c r="D781" s="4" t="inlineStr">
         <is>
-          <t>Garzia</t>
+          <t>Fischer</t>
         </is>
       </c>
       <c r="E781" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F781" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G781" s="4"/>
+      <c r="G781" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="782">
       <c r="A782" s="4" t="n">
-        <v>4694</v>
+        <v>1107</v>
       </c>
       <c r="B782" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C782" s="4" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Sofia</t>
         </is>
       </c>
       <c r="D782" s="4" t="inlineStr">
         <is>
-          <t>Gass</t>
+          <t>Flück</t>
         </is>
       </c>
       <c r="E782" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F782" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G782" s="4"/>
     </row>
     <row r="783">
       <c r="A783" s="4" t="n">
-        <v>1228</v>
+        <v>1106</v>
       </c>
       <c r="B783" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C783" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Roman</t>
         </is>
       </c>
       <c r="D783" s="4" t="inlineStr">
         <is>
-          <t>Gassmann</t>
+          <t>Flück</t>
         </is>
       </c>
       <c r="E783" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F783" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G783" s="4"/>
     </row>
     <row r="784">
       <c r="A784" s="4" t="n">
-        <v>4832</v>
+        <v>6459</v>
       </c>
       <c r="B784" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C784" s="4" t="inlineStr">
         <is>
-          <t>Sylvia</t>
+          <t>Medea Eleni</t>
         </is>
       </c>
       <c r="D784" s="4" t="inlineStr">
         <is>
-          <t>Gastl</t>
+          <t>Flückiger</t>
         </is>
       </c>
       <c r="E784" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F784" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G784" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G784" s="4"/>
     </row>
     <row r="785">
       <c r="A785" s="4" t="n">
-        <v>1238</v>
+        <v>1111</v>
       </c>
       <c r="B785" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C785" s="4" t="inlineStr">
         <is>
-          <t>Nathalie</t>
+          <t>Davide</t>
         </is>
       </c>
       <c r="D785" s="4" t="inlineStr">
         <is>
-          <t>Geadah</t>
+          <t>Fontanesi</t>
         </is>
       </c>
       <c r="E785" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F785" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G785" s="4"/>
     </row>
     <row r="786">
       <c r="A786" s="4" t="n">
-        <v>1241</v>
+        <v>1118</v>
       </c>
       <c r="B786" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C786" s="4" t="inlineStr">
         <is>
-          <t>Dominik</t>
+          <t>William</t>
         </is>
       </c>
       <c r="D786" s="4" t="inlineStr">
         <is>
-          <t>Gehri</t>
+          <t>Forster</t>
         </is>
       </c>
       <c r="E786" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F786" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G786" s="4"/>
     </row>
     <row r="787">
       <c r="A787" s="4" t="n">
-        <v>5688</v>
+        <v>1117</v>
       </c>
       <c r="B787" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C787" s="4" t="inlineStr">
         <is>
-          <t>Viktor</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D787" s="4" t="inlineStr">
         <is>
-          <t>Geiger</t>
+          <t>Forster</t>
         </is>
       </c>
       <c r="E787" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F787" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G787" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G787" s="4"/>
     </row>
     <row r="788">
       <c r="A788" s="4" t="n">
-        <v>5165</v>
+        <v>1122</v>
       </c>
       <c r="B788" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C788" s="4" t="inlineStr">
         <is>
-          <t>Verena </t>
+          <t>Alessio</t>
         </is>
       </c>
       <c r="D788" s="4" t="inlineStr">
         <is>
-          <t>Geissbühler</t>
+          <t>Fortunato</t>
         </is>
       </c>
       <c r="E788" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F788" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G788" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G788" s="4"/>
     </row>
     <row r="789">
       <c r="A789" s="4" t="n">
-        <v>1252</v>
+        <v>1123</v>
       </c>
       <c r="B789" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C789" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Elia</t>
         </is>
       </c>
       <c r="D789" s="4" t="inlineStr">
         <is>
-          <t>Geissbühler</t>
+          <t>Fortunato</t>
         </is>
       </c>
       <c r="E789" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F789" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G789" s="4"/>
     </row>
     <row r="790">
       <c r="A790" s="4" t="n">
-        <v>1258</v>
+        <v>1151</v>
       </c>
       <c r="B790" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C790" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Sebastian</t>
         </is>
       </c>
       <c r="D790" s="4" t="inlineStr">
         <is>
-          <t>Genoud</t>
+          <t>Frey</t>
         </is>
       </c>
       <c r="E790" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F790" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G790" s="4"/>
     </row>
     <row r="791">
       <c r="A791" s="4" t="n">
-        <v>1265</v>
+        <v>1160</v>
       </c>
       <c r="B791" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C791" s="4" t="inlineStr">
         <is>
-          <t>Florian</t>
+          <t>Tiziano</t>
         </is>
       </c>
       <c r="D791" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Frisullo</t>
         </is>
       </c>
       <c r="E791" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F791" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G791" s="4"/>
     </row>
     <row r="792">
       <c r="A792" s="4" t="n">
-        <v>1268</v>
+        <v>1169</v>
       </c>
       <c r="B792" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C792" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Tobias</t>
         </is>
       </c>
       <c r="D792" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Fuchs</t>
         </is>
       </c>
       <c r="E792" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F792" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G792" s="4"/>
     </row>
     <row r="793">
       <c r="A793" s="4" t="n">
-        <v>1269</v>
+        <v>1168</v>
       </c>
       <c r="B793" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C793" s="4" t="inlineStr">
         <is>
-          <t>Margrit</t>
+          <t>Rasika</t>
         </is>
       </c>
       <c r="D793" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Fuchs</t>
         </is>
       </c>
       <c r="E793" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F793" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G793" s="4"/>
     </row>
     <row r="794">
       <c r="A794" s="4" t="n">
-        <v>1271</v>
+        <v>1163</v>
       </c>
       <c r="B794" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C794" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Cedric</t>
         </is>
       </c>
       <c r="D794" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Fuchs</t>
         </is>
       </c>
       <c r="E794" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F794" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G794" s="4"/>
     </row>
     <row r="795">
       <c r="A795" s="4" t="n">
-        <v>1262</v>
+        <v>1174</v>
       </c>
       <c r="B795" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C795" s="4" t="inlineStr">
         <is>
-          <t>Celina</t>
+          <t>Regina</t>
         </is>
       </c>
       <c r="D795" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Fuhrer</t>
         </is>
       </c>
       <c r="E795" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F795" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G795" s="4"/>
     </row>
     <row r="796">
       <c r="A796" s="4" t="n">
-        <v>1266</v>
+        <v>1173</v>
       </c>
       <c r="B796" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C796" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D796" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Fuhrer</t>
         </is>
       </c>
       <c r="E796" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F796" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G796" s="4"/>
     </row>
     <row r="797">
       <c r="A797" s="4" t="n">
-        <v>6679</v>
+        <v>1175</v>
       </c>
       <c r="B797" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C797" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Marvin</t>
         </is>
       </c>
       <c r="D797" s="4" t="inlineStr">
         <is>
-          <t>Glaser</t>
+          <t>Fuhrimann</t>
         </is>
       </c>
       <c r="E797" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F797" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G797" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G797" s="4"/>
     </row>
     <row r="798">
       <c r="A798" s="4" t="n">
-        <v>1347</v>
+        <v>1176</v>
       </c>
       <c r="B798" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C798" s="4" t="inlineStr">
         <is>
-          <t>Bluette</t>
+          <t>Monique</t>
         </is>
       </c>
       <c r="D798" s="4" t="inlineStr">
         <is>
-          <t>Graber</t>
+          <t>Fuhrimann</t>
         </is>
       </c>
       <c r="E798" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F798" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G798" s="4"/>
     </row>
     <row r="799">
       <c r="A799" s="4" t="n">
-        <v>1355</v>
+        <v>5332</v>
       </c>
       <c r="B799" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C799" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D799" s="4" t="inlineStr">
         <is>
-          <t>Graf</t>
+          <t>Furrer</t>
         </is>
       </c>
       <c r="E799" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F799" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G799" s="4"/>
+      <c r="G799" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="800">
       <c r="A800" s="4" t="n">
-        <v>1353</v>
+        <v>5490</v>
       </c>
       <c r="B800" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C800" s="4" t="inlineStr">
         <is>
-          <t>Julia</t>
+          <t>Ursula</t>
         </is>
       </c>
       <c r="D800" s="4" t="inlineStr">
         <is>
-          <t>Graf</t>
+          <t>Furrer</t>
         </is>
       </c>
       <c r="E800" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F800" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G800" s="4"/>
+      <c r="G800" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="801">
       <c r="A801" s="4" t="n">
-        <v>1365</v>
+        <v>1181</v>
       </c>
       <c r="B801" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C801" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Hanspeter</t>
         </is>
       </c>
       <c r="D801" s="4" t="inlineStr">
         <is>
-          <t>Graziu</t>
+          <t>Furrer</t>
         </is>
       </c>
       <c r="E801" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F801" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G801" s="4"/>
     </row>
     <row r="802">
       <c r="A802" s="4" t="n">
-        <v>1366</v>
+        <v>1190</v>
       </c>
       <c r="B802" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C802" s="4" t="inlineStr">
         <is>
-          <t>Natascha</t>
+          <t>Vincenzo</t>
         </is>
       </c>
       <c r="D802" s="4" t="inlineStr">
         <is>
-          <t>Greber</t>
+          <t>Gaetani</t>
         </is>
       </c>
       <c r="E802" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F802" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G802" s="4"/>
     </row>
     <row r="803">
       <c r="A803" s="4" t="n">
-        <v>4616</v>
+        <v>1191</v>
       </c>
       <c r="B803" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C803" s="4" t="inlineStr">
         <is>
-          <t>Ruzica</t>
+          <t>Lisa</t>
         </is>
       </c>
       <c r="D803" s="4" t="inlineStr">
         <is>
-          <t>Grgic</t>
+          <t>Gafner</t>
         </is>
       </c>
       <c r="E803" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F803" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G803" s="4"/>
     </row>
     <row r="804">
       <c r="A804" s="4" t="n">
-        <v>1384</v>
+        <v>1192</v>
       </c>
       <c r="B804" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C804" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D804" s="4" t="inlineStr">
         <is>
-          <t>Grossen</t>
+          <t>Gafner</t>
         </is>
       </c>
       <c r="E804" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F804" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G804" s="4"/>
     </row>
     <row r="805">
       <c r="A805" s="4" t="n">
-        <v>7408</v>
+        <v>1203</v>
       </c>
       <c r="B805" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C805" s="4" t="inlineStr">
         <is>
-          <t>Severin</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D805" s="4" t="inlineStr">
         <is>
-          <t>Grossenbacher</t>
+          <t>Galley</t>
         </is>
       </c>
       <c r="E805" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F805" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G805" s="4"/>
     </row>
     <row r="806">
       <c r="A806" s="4" t="n">
-        <v>1387</v>
+        <v>6030</v>
       </c>
       <c r="B806" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C806" s="4" t="inlineStr">
         <is>
-          <t>Stephanie</t>
+          <t>Kim</t>
         </is>
       </c>
       <c r="D806" s="4" t="inlineStr">
         <is>
-          <t>Grossenbacher</t>
+          <t>Gallimore</t>
         </is>
       </c>
       <c r="E806" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F806" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G806" s="4"/>
+      <c r="G806" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="807">
       <c r="A807" s="4" t="n">
-        <v>1386</v>
+        <v>4051</v>
       </c>
       <c r="B807" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C807" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Tabea</t>
         </is>
       </c>
       <c r="D807" s="4" t="inlineStr">
         <is>
-          <t>Grossenbacher</t>
+          <t>Gamma</t>
         </is>
       </c>
       <c r="E807" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F807" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G807" s="4"/>
+      <c r="G807" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="808">
       <c r="A808" s="4" t="n">
-        <v>1389</v>
+        <v>1218</v>
       </c>
       <c r="B808" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C808" s="4" t="inlineStr">
         <is>
-          <t>Isabelle</t>
+          <t>Giovanni</t>
         </is>
       </c>
       <c r="D808" s="4" t="inlineStr">
         <is>
-          <t>Grubert</t>
+          <t>Garzia</t>
         </is>
       </c>
       <c r="E808" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F808" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G808" s="4"/>
     </row>
     <row r="809">
       <c r="A809" s="4" t="n">
-        <v>1390</v>
+        <v>4694</v>
       </c>
       <c r="B809" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C809" s="4" t="inlineStr">
         <is>
-          <t>Noel</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="D809" s="4" t="inlineStr">
         <is>
-          <t>Grunder</t>
+          <t>Gass</t>
         </is>
       </c>
       <c r="E809" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F809" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G809" s="4"/>
     </row>
     <row r="810">
       <c r="A810" s="4" t="n">
-        <v>1391</v>
+        <v>1228</v>
       </c>
       <c r="B810" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C810" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D810" s="4" t="inlineStr">
         <is>
-          <t>Grunder</t>
+          <t>Gassmann</t>
         </is>
       </c>
       <c r="E810" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F810" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G810" s="4"/>
     </row>
     <row r="811">
       <c r="A811" s="4" t="n">
-        <v>4878</v>
+        <v>4832</v>
       </c>
       <c r="B811" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C811" s="4" t="inlineStr">
         <is>
-          <t> Maxwell</t>
+          <t>Sylvia</t>
         </is>
       </c>
       <c r="D811" s="4" t="inlineStr">
         <is>
-          <t>Guerne - Kieferndorf</t>
+          <t>Gastl</t>
         </is>
       </c>
       <c r="E811" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F811" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G811" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="4" t="n">
-        <v>1408</v>
+        <v>7575</v>
       </c>
       <c r="B812" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C812" s="4" t="inlineStr">
         <is>
-          <t>Aurélie</t>
+          <t>Anja</t>
         </is>
       </c>
       <c r="D812" s="4" t="inlineStr">
         <is>
-          <t>Guillaume</t>
+          <t>Gaus</t>
         </is>
       </c>
       <c r="E812" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F812" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G812" s="4"/>
+      <c r="G812" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="813">
       <c r="A813" s="4" t="n">
-        <v>1407</v>
+        <v>1238</v>
       </c>
       <c r="B813" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C813" s="4" t="inlineStr">
         <is>
-          <t>Augustin</t>
+          <t>Nathalie</t>
         </is>
       </c>
       <c r="D813" s="4" t="inlineStr">
         <is>
-          <t>Guillaume</t>
+          <t>Geadah</t>
         </is>
       </c>
       <c r="E813" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F813" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G813" s="4"/>
     </row>
     <row r="814">
       <c r="A814" s="4" t="n">
-        <v>1409</v>
+        <v>1241</v>
       </c>
       <c r="B814" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C814" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Dominik</t>
         </is>
       </c>
       <c r="D814" s="4" t="inlineStr">
         <is>
-          <t>Guillaume</t>
+          <t>Gehri</t>
         </is>
       </c>
       <c r="E814" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F814" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G814" s="4"/>
     </row>
     <row r="815">
       <c r="A815" s="4" t="n">
-        <v>1421</v>
+        <v>5688</v>
       </c>
       <c r="B815" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C815" s="4" t="inlineStr">
         <is>
-          <t>Francesco</t>
+          <t>Viktor</t>
         </is>
       </c>
       <c r="D815" s="4" t="inlineStr">
         <is>
-          <t>Gulla</t>
+          <t>Geiger</t>
         </is>
       </c>
       <c r="E815" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F815" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G815" s="4"/>
+      <c r="G815" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland - Ehrendan</t>
+        </is>
+      </c>
     </row>
     <row r="816">
       <c r="A816" s="4" t="n">
-        <v>1425</v>
+        <v>5165</v>
       </c>
       <c r="B816" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C816" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Verena </t>
         </is>
       </c>
       <c r="D816" s="4" t="inlineStr">
         <is>
-          <t>Gurtner</t>
+          <t>Geissbühler</t>
         </is>
       </c>
       <c r="E816" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F816" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G816" s="4"/>
+      <c r="G816" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="817">
       <c r="A817" s="4" t="n">
-        <v>1441</v>
+        <v>1252</v>
       </c>
       <c r="B817" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C817" s="4" t="inlineStr">
         <is>
-          <t>Joanne</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D817" s="4" t="inlineStr">
         <is>
-          <t>Haberer</t>
+          <t>Geissbühler</t>
         </is>
       </c>
       <c r="E817" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F817" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G817" s="4"/>
     </row>
     <row r="818">
       <c r="A818" s="4" t="n">
-        <v>4822</v>
+        <v>1258</v>
       </c>
       <c r="B818" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C818" s="4" t="inlineStr">
         <is>
-          <t>Dariusch</t>
+          <t>André</t>
         </is>
       </c>
       <c r="D818" s="4" t="inlineStr">
         <is>
-          <t>Hadawi</t>
+          <t>Genoud</t>
         </is>
       </c>
       <c r="E818" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F818" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G818" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G818" s="4"/>
     </row>
     <row r="819">
       <c r="A819" s="4" t="n">
-        <v>4024</v>
+        <v>1269</v>
       </c>
       <c r="B819" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C819" s="4" t="inlineStr">
         <is>
-          <t>Daniela</t>
+          <t>Margrit</t>
         </is>
       </c>
       <c r="D819" s="4" t="inlineStr">
         <is>
-          <t>Hadorn</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E819" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F819" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G819" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G819" s="4"/>
     </row>
     <row r="820">
       <c r="A820" s="4" t="n">
-        <v>6858</v>
+        <v>1268</v>
       </c>
       <c r="B820" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C820" s="4" t="inlineStr">
         <is>
-          <t>Alissa</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D820" s="4" t="inlineStr">
         <is>
-          <t>Häfelfinger</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E820" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F820" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G820" s="4"/>
     </row>
     <row r="821">
       <c r="A821" s="4" t="n">
-        <v>1450</v>
+        <v>1271</v>
       </c>
       <c r="B821" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C821" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D821" s="4" t="inlineStr">
         <is>
-          <t>Häfelinger</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E821" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F821" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G821" s="4"/>
     </row>
     <row r="822">
       <c r="A822" s="4" t="n">
-        <v>1452</v>
+        <v>1265</v>
       </c>
       <c r="B822" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C822" s="4" t="inlineStr">
         <is>
-          <t>Alexandra</t>
+          <t>Florian</t>
         </is>
       </c>
       <c r="D822" s="4" t="inlineStr">
         <is>
-          <t>Hafner</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E822" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F822" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G822" s="4"/>
     </row>
     <row r="823">
       <c r="A823" s="4" t="n">
-        <v>1455</v>
+        <v>1262</v>
       </c>
       <c r="B823" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C823" s="4" t="inlineStr">
         <is>
-          <t>Monika</t>
+          <t>Celina</t>
         </is>
       </c>
       <c r="D823" s="4" t="inlineStr">
         <is>
-          <t>Hager</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E823" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F823" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G823" s="4"/>
     </row>
     <row r="824">
       <c r="A824" s="4" t="n">
-        <v>1456</v>
+        <v>1266</v>
       </c>
       <c r="B824" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C824" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D824" s="4" t="inlineStr">
         <is>
-          <t>Hagmann</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E824" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F824" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G824" s="4"/>
     </row>
     <row r="825">
       <c r="A825" s="4" t="n">
-        <v>1463</v>
+        <v>6679</v>
       </c>
       <c r="B825" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C825" s="4" t="inlineStr">
         <is>
-          <t>Latifi</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D825" s="4" t="inlineStr">
         <is>
-          <t>Halit</t>
+          <t>Glaser</t>
         </is>
       </c>
       <c r="E825" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F825" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G825" s="4"/>
+      <c r="G825" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="826">
       <c r="A826" s="4" t="n">
-        <v>6864</v>
+        <v>7562</v>
       </c>
       <c r="B826" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C826" s="4" t="inlineStr">
         <is>
-          <t>Loris</t>
+          <t>Leonardo</t>
         </is>
       </c>
       <c r="D826" s="4" t="inlineStr">
         <is>
-          <t>Hänggi</t>
+          <t>Gomes Mateus</t>
         </is>
       </c>
       <c r="E826" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F826" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G826" s="4"/>
+      <c r="G826" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="827">
       <c r="A827" s="4" t="n">
-        <v>1484</v>
+        <v>7561</v>
       </c>
       <c r="B827" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C827" s="4" t="inlineStr">
         <is>
-          <t>Fabio</t>
+          <t>Christiano</t>
         </is>
       </c>
       <c r="D827" s="4" t="inlineStr">
         <is>
-          <t>Harzenmoser</t>
+          <t>Gomes Mateus</t>
         </is>
       </c>
       <c r="E827" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F827" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G827" s="4"/>
+      <c r="G827" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="828">
       <c r="A828" s="4" t="n">
-        <v>6255</v>
+        <v>1347</v>
       </c>
       <c r="B828" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C828" s="4" t="inlineStr">
         <is>
-          <t>Janina</t>
+          <t>Bluette</t>
         </is>
       </c>
       <c r="D828" s="4" t="inlineStr">
         <is>
-          <t>Haslebacher</t>
+          <t>Graber</t>
         </is>
       </c>
       <c r="E828" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F828" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G828" s="4"/>
     </row>
     <row r="829">
       <c r="A829" s="4" t="n">
-        <v>7400</v>
+        <v>1353</v>
       </c>
       <c r="B829" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C829" s="4" t="inlineStr">
         <is>
-          <t>Nadia</t>
+          <t>Julia</t>
         </is>
       </c>
       <c r="D829" s="4" t="inlineStr">
         <is>
-          <t>Hasler</t>
+          <t>Graf</t>
         </is>
       </c>
       <c r="E829" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F829" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G829" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G829" s="4"/>
     </row>
     <row r="830">
       <c r="A830" s="4" t="n">
-        <v>1497</v>
+        <v>1355</v>
       </c>
       <c r="B830" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C830" s="4" t="inlineStr">
         <is>
-          <t>Mario</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D830" s="4" t="inlineStr">
         <is>
-          <t>Hausammann</t>
+          <t>Graf</t>
         </is>
       </c>
       <c r="E830" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F830" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G830" s="4"/>
     </row>
     <row r="831">
       <c r="A831" s="4" t="n">
-        <v>1501</v>
+        <v>1365</v>
       </c>
       <c r="B831" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C831" s="4" t="inlineStr">
         <is>
-          <t>Fabian</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="D831" s="4" t="inlineStr">
         <is>
-          <t>Hauswirth</t>
+          <t>Graziu</t>
         </is>
       </c>
       <c r="E831" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F831" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G831" s="4"/>
     </row>
     <row r="832">
       <c r="A832" s="4" t="n">
-        <v>1502</v>
+        <v>1366</v>
       </c>
       <c r="B832" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C832" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Natascha</t>
         </is>
       </c>
       <c r="D832" s="4" t="inlineStr">
         <is>
-          <t>Hauswirth</t>
+          <t>Greber</t>
         </is>
       </c>
       <c r="E832" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F832" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G832" s="4"/>
     </row>
     <row r="833">
       <c r="A833" s="4" t="n">
-        <v>1503</v>
+        <v>4616</v>
       </c>
       <c r="B833" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C833" s="4" t="inlineStr">
         <is>
-          <t>Dariusch</t>
+          <t>Ruzica</t>
         </is>
       </c>
       <c r="D833" s="4" t="inlineStr">
         <is>
-          <t>Hawadi</t>
+          <t>Grgic</t>
         </is>
       </c>
       <c r="E833" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F833" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G833" s="4"/>
     </row>
     <row r="834">
       <c r="A834" s="4" t="n">
-        <v>1507</v>
+        <v>7542</v>
       </c>
       <c r="B834" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C834" s="4" t="inlineStr">
         <is>
-          <t>Rebekka</t>
+          <t>Jana</t>
         </is>
       </c>
       <c r="D834" s="4" t="inlineStr">
         <is>
-          <t>Hediger</t>
+          <t>Grossen</t>
         </is>
       </c>
       <c r="E834" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F834" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G834" s="4"/>
     </row>
     <row r="835">
       <c r="A835" s="4" t="n">
-        <v>4620</v>
+        <v>1384</v>
       </c>
       <c r="B835" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C835" s="4" t="inlineStr">
         <is>
-          <t>Alexander</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D835" s="4" t="inlineStr">
         <is>
-          <t>Hegglin</t>
+          <t>Grossen</t>
         </is>
       </c>
       <c r="E835" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F835" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G835" s="4"/>
     </row>
     <row r="836">
       <c r="A836" s="4" t="n">
-        <v>6264</v>
+        <v>1387</v>
       </c>
       <c r="B836" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C836" s="4" t="inlineStr">
         <is>
-          <t>Stefanie</t>
+          <t>Stephanie</t>
         </is>
       </c>
       <c r="D836" s="4" t="inlineStr">
         <is>
-          <t>Heidtman</t>
+          <t>Grossenbacher</t>
         </is>
       </c>
       <c r="E836" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F836" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G836" s="4"/>
     </row>
     <row r="837">
       <c r="A837" s="4" t="n">
-        <v>1518</v>
+        <v>7408</v>
       </c>
       <c r="B837" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C837" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Severin</t>
         </is>
       </c>
       <c r="D837" s="4" t="inlineStr">
         <is>
-          <t>Heimberg</t>
+          <t>Grossenbacher</t>
         </is>
       </c>
       <c r="E837" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F837" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G837" s="4"/>
     </row>
     <row r="838">
       <c r="A838" s="4" t="n">
-        <v>1525</v>
+        <v>1386</v>
       </c>
       <c r="B838" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C838" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D838" s="4" t="inlineStr">
         <is>
-          <t>Heinzmann</t>
+          <t>Grossenbacher</t>
         </is>
       </c>
       <c r="E838" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F838" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G838" s="4"/>
     </row>
     <row r="839">
       <c r="A839" s="4" t="n">
-        <v>7433</v>
+        <v>1389</v>
       </c>
       <c r="B839" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C839" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Isabelle</t>
         </is>
       </c>
       <c r="D839" s="4" t="inlineStr">
         <is>
-          <t>Helbling</t>
+          <t>Grubert</t>
         </is>
       </c>
       <c r="E839" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F839" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G839" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G839" s="4"/>
     </row>
     <row r="840">
       <c r="A840" s="4" t="n">
-        <v>6280</v>
+        <v>1391</v>
       </c>
       <c r="B840" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C840" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D840" s="4" t="inlineStr">
         <is>
-          <t>Herger</t>
+          <t>Grunder</t>
         </is>
       </c>
       <c r="E840" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F840" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G840" s="4"/>
     </row>
     <row r="841">
       <c r="A841" s="4" t="n">
-        <v>1537</v>
+        <v>1390</v>
       </c>
       <c r="B841" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C841" s="4" t="inlineStr">
         <is>
-          <t>Christof</t>
+          <t>Noel</t>
         </is>
       </c>
       <c r="D841" s="4" t="inlineStr">
         <is>
-          <t>Heritier</t>
+          <t>Grunder</t>
         </is>
       </c>
       <c r="E841" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F841" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G841" s="4"/>
     </row>
     <row r="842">
       <c r="A842" s="4" t="n">
-        <v>4623</v>
+        <v>4878</v>
       </c>
       <c r="B842" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C842" s="4" t="inlineStr">
         <is>
-          <t>Kim </t>
+          <t> Maxwell</t>
         </is>
       </c>
       <c r="D842" s="4" t="inlineStr">
         <is>
-          <t>Herrmann</t>
+          <t>Guerne - Kieferndorf</t>
         </is>
       </c>
       <c r="E842" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F842" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G842" s="4"/>
+      <c r="G842" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="843">
       <c r="A843" s="4" t="n">
-        <v>1548</v>
+        <v>1408</v>
       </c>
       <c r="B843" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C843" s="4" t="inlineStr">
         <is>
-          <t>Kristof</t>
+          <t>Aurélie</t>
         </is>
       </c>
       <c r="D843" s="4" t="inlineStr">
         <is>
-          <t>Hertig</t>
+          <t>Guillaume</t>
         </is>
       </c>
       <c r="E843" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F843" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G843" s="4"/>
     </row>
     <row r="844">
       <c r="A844" s="4" t="n">
-        <v>1550</v>
+        <v>1409</v>
       </c>
       <c r="B844" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C844" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D844" s="4" t="inlineStr">
         <is>
-          <t>Herzig</t>
+          <t>Guillaume</t>
         </is>
       </c>
       <c r="E844" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F844" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G844" s="4"/>
     </row>
     <row r="845">
       <c r="A845" s="4" t="n">
-        <v>1551</v>
+        <v>1407</v>
       </c>
       <c r="B845" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C845" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Augustin</t>
         </is>
       </c>
       <c r="D845" s="4" t="inlineStr">
         <is>
-          <t>Herzog</t>
+          <t>Guillaume</t>
         </is>
       </c>
       <c r="E845" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F845" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G845" s="4"/>
     </row>
     <row r="846">
       <c r="A846" s="4" t="n">
-        <v>1552</v>
+        <v>1421</v>
       </c>
       <c r="B846" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C846" s="4" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Francesco</t>
         </is>
       </c>
       <c r="D846" s="4" t="inlineStr">
         <is>
-          <t>Hess</t>
+          <t>Gulla</t>
         </is>
       </c>
       <c r="E846" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F846" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G846" s="4"/>
     </row>
     <row r="847">
       <c r="A847" s="4" t="n">
-        <v>1554</v>
+        <v>1425</v>
       </c>
       <c r="B847" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C847" s="4" t="inlineStr">
         <is>
-          <t>Jérôme</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D847" s="4" t="inlineStr">
         <is>
-          <t>Hetzel</t>
+          <t>Gurtner</t>
         </is>
       </c>
       <c r="E847" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F847" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G847" s="4"/>
     </row>
     <row r="848">
       <c r="A848" s="4" t="n">
-        <v>1566</v>
+        <v>1441</v>
       </c>
       <c r="B848" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C848" s="4" t="inlineStr">
         <is>
-          <t>Monja</t>
+          <t>Joanne</t>
         </is>
       </c>
       <c r="D848" s="4" t="inlineStr">
         <is>
-          <t>Hirt</t>
+          <t>Haberer</t>
         </is>
       </c>
       <c r="E848" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F848" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G848" s="4"/>
     </row>
     <row r="849">
       <c r="A849" s="4" t="n">
-        <v>1570</v>
+        <v>4822</v>
       </c>
       <c r="B849" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C849" s="4" t="inlineStr">
         <is>
-          <t>Cornelia</t>
+          <t>Dariusch</t>
         </is>
       </c>
       <c r="D849" s="4" t="inlineStr">
         <is>
-          <t>Hodler</t>
+          <t>Hadawi</t>
         </is>
       </c>
       <c r="E849" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F849" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G849" s="4"/>
+      <c r="G849" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="850">
       <c r="A850" s="4" t="n">
-        <v>1578</v>
+        <v>4024</v>
       </c>
       <c r="B850" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C850" s="4" t="inlineStr">
         <is>
-          <t>Lara</t>
+          <t>Daniela</t>
         </is>
       </c>
       <c r="D850" s="4" t="inlineStr">
         <is>
-          <t>Hofer</t>
+          <t>Hadorn</t>
         </is>
       </c>
       <c r="E850" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F850" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G850" s="4"/>
+      <c r="G850" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="851">
       <c r="A851" s="4" t="n">
-        <v>4818</v>
+        <v>6858</v>
       </c>
       <c r="B851" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C851" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Alissa</t>
         </is>
       </c>
       <c r="D851" s="4" t="inlineStr">
         <is>
-          <t>Höfliger</t>
+          <t>Häfelfinger</t>
         </is>
       </c>
       <c r="E851" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F851" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G851" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G851" s="4"/>
     </row>
     <row r="852">
       <c r="A852" s="4" t="n">
-        <v>1581</v>
+        <v>1450</v>
       </c>
       <c r="B852" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C852" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D852" s="4" t="inlineStr">
         <is>
-          <t>Hofrmann</t>
+          <t>Häfelinger</t>
         </is>
       </c>
       <c r="E852" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F852" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G852" s="4"/>
     </row>
     <row r="853">
       <c r="A853" s="4" t="n">
-        <v>1585</v>
+        <v>1452</v>
       </c>
       <c r="B853" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C853" s="4" t="inlineStr">
         <is>
-          <t>Louis</t>
+          <t>Alexandra</t>
         </is>
       </c>
       <c r="D853" s="4" t="inlineStr">
         <is>
-          <t>Hofstetter</t>
+          <t>Hafner</t>
         </is>
       </c>
       <c r="E853" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F853" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G853" s="4"/>
     </row>
     <row r="854">
       <c r="A854" s="4" t="n">
-        <v>1584</v>
+        <v>1455</v>
       </c>
       <c r="B854" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C854" s="4" t="inlineStr">
         <is>
-          <t>Livia</t>
+          <t>Monika</t>
         </is>
       </c>
       <c r="D854" s="4" t="inlineStr">
         <is>
-          <t>Hofstetter</t>
+          <t>Hager</t>
         </is>
       </c>
       <c r="E854" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F854" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G854" s="4"/>
     </row>
     <row r="855">
       <c r="A855" s="4" t="n">
-        <v>1582</v>
+        <v>1456</v>
       </c>
       <c r="B855" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C855" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D855" s="4" t="inlineStr">
         <is>
-          <t>Hofstetter</t>
+          <t>Hagmann</t>
         </is>
       </c>
       <c r="E855" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F855" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G855" s="4"/>
     </row>
     <row r="856">
       <c r="A856" s="4" t="n">
-        <v>1586</v>
+        <v>1463</v>
       </c>
       <c r="B856" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C856" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Latifi</t>
         </is>
       </c>
       <c r="D856" s="4" t="inlineStr">
         <is>
-          <t>Hofstetter</t>
+          <t>Halit</t>
         </is>
       </c>
       <c r="E856" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F856" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G856" s="4"/>
     </row>
     <row r="857">
       <c r="A857" s="4" t="n">
-        <v>1583</v>
+        <v>6864</v>
       </c>
       <c r="B857" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C857" s="4" t="inlineStr">
         <is>
-          <t>Gina</t>
+          <t>Loris</t>
         </is>
       </c>
       <c r="D857" s="4" t="inlineStr">
         <is>
-          <t>Hofstetter</t>
+          <t>Hänggi</t>
         </is>
       </c>
       <c r="E857" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F857" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G857" s="4"/>
     </row>
     <row r="858">
       <c r="A858" s="4" t="n">
-        <v>1592</v>
+        <v>7534</v>
       </c>
       <c r="B858" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C858" s="4" t="inlineStr">
         <is>
-          <t>Dominik</t>
+          <t>Ruben</t>
         </is>
       </c>
       <c r="D858" s="4" t="inlineStr">
         <is>
-          <t>Hohl</t>
+          <t>Hänggi</t>
         </is>
       </c>
       <c r="E858" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F858" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G858" s="4"/>
     </row>
     <row r="859">
       <c r="A859" s="4" t="n">
-        <v>1607</v>
+        <v>1484</v>
       </c>
       <c r="B859" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C859" s="4" t="inlineStr">
         <is>
-          <t>Selma</t>
+          <t>Fabio</t>
         </is>
       </c>
       <c r="D859" s="4" t="inlineStr">
         <is>
-          <t>Horan</t>
+          <t>Harzenmoser</t>
         </is>
       </c>
       <c r="E859" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F859" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G859" s="4"/>
     </row>
     <row r="860">
       <c r="A860" s="4" t="n">
-        <v>1614</v>
+        <v>6255</v>
       </c>
       <c r="B860" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C860" s="4" t="inlineStr">
         <is>
-          <t>Jana</t>
+          <t>Janina</t>
         </is>
       </c>
       <c r="D860" s="4" t="inlineStr">
         <is>
-          <t>Houmard</t>
+          <t>Haslebacher</t>
         </is>
       </c>
       <c r="E860" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F860" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G860" s="4"/>
     </row>
     <row r="861">
       <c r="A861" s="4" t="n">
-        <v>1621</v>
+        <v>7400</v>
       </c>
       <c r="B861" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C861" s="4" t="inlineStr">
         <is>
-          <t>Denise</t>
+          <t>Nadia</t>
         </is>
       </c>
       <c r="D861" s="4" t="inlineStr">
         <is>
-          <t>Huber</t>
+          <t>Hasler</t>
         </is>
       </c>
       <c r="E861" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F861" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G861" s="4"/>
+      <c r="G861" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="862">
       <c r="A862" s="4" t="n">
-        <v>1630</v>
+        <v>1497</v>
       </c>
       <c r="B862" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C862" s="4" t="inlineStr">
         <is>
-          <t>Silvia</t>
+          <t>Mario</t>
         </is>
       </c>
       <c r="D862" s="4" t="inlineStr">
         <is>
-          <t>Huber-Ernst</t>
+          <t>Hausammann</t>
         </is>
       </c>
       <c r="E862" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F862" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G862" s="4"/>
     </row>
     <row r="863">
       <c r="A863" s="4" t="n">
-        <v>1632</v>
+        <v>1501</v>
       </c>
       <c r="B863" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C863" s="4" t="inlineStr">
         <is>
-          <t>Florence</t>
+          <t>Fabian</t>
         </is>
       </c>
       <c r="D863" s="4" t="inlineStr">
         <is>
-          <t>Huebner</t>
+          <t>Hauswirth</t>
         </is>
       </c>
       <c r="E863" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F863" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G863" s="4"/>
     </row>
     <row r="864">
       <c r="A864" s="4" t="n">
-        <v>1636</v>
+        <v>1502</v>
       </c>
       <c r="B864" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C864" s="4" t="inlineStr">
         <is>
-          <t>Mischa</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D864" s="4" t="inlineStr">
         <is>
-          <t>Hug</t>
+          <t>Hauswirth</t>
         </is>
       </c>
       <c r="E864" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F864" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G864" s="4"/>
     </row>
     <row r="865">
       <c r="A865" s="4" t="n">
-        <v>1656</v>
+        <v>1503</v>
       </c>
       <c r="B865" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C865" s="4" t="inlineStr">
         <is>
-          <t>Adnan</t>
+          <t>Dariusch</t>
         </is>
       </c>
       <c r="D865" s="4" t="inlineStr">
         <is>
-          <t>Husovic</t>
+          <t>Hawadi</t>
         </is>
       </c>
       <c r="E865" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F865" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G865" s="4"/>
     </row>
     <row r="866">
       <c r="A866" s="4" t="n">
-        <v>4053</v>
+        <v>1507</v>
       </c>
       <c r="B866" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C866" s="4" t="inlineStr">
         <is>
-          <t>Arslan</t>
+          <t>Rebekka</t>
         </is>
       </c>
       <c r="D866" s="4" t="inlineStr">
         <is>
-          <t>Hussain</t>
+          <t>Hediger</t>
         </is>
       </c>
       <c r="E866" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F866" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G866" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G866" s="4"/>
     </row>
     <row r="867">
       <c r="A867" s="4" t="n">
-        <v>4823</v>
+        <v>4620</v>
       </c>
       <c r="B867" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C867" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Alexander</t>
         </is>
       </c>
       <c r="D867" s="4" t="inlineStr">
         <is>
-          <t>Hutmacher</t>
+          <t>Hegglin</t>
         </is>
       </c>
       <c r="E867" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F867" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G867" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G867" s="4"/>
     </row>
     <row r="868">
       <c r="A868" s="4" t="n">
-        <v>5164</v>
+        <v>6264</v>
       </c>
       <c r="B868" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C868" s="4" t="inlineStr">
         <is>
-          <t>Jiriki</t>
+          <t>Stefanie</t>
         </is>
       </c>
       <c r="D868" s="4" t="inlineStr">
         <is>
-          <t>Huynh</t>
+          <t>Heidtman</t>
         </is>
       </c>
       <c r="E868" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F868" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G868" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G868" s="4"/>
     </row>
     <row r="869">
       <c r="A869" s="4" t="n">
-        <v>1661</v>
+        <v>1518</v>
       </c>
       <c r="B869" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C869" s="4" t="inlineStr">
         <is>
-          <t>Matije</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D869" s="4" t="inlineStr">
         <is>
-          <t>Ilak</t>
+          <t>Heimberg</t>
         </is>
       </c>
       <c r="E869" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F869" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G869" s="4"/>
     </row>
     <row r="870">
       <c r="A870" s="4" t="n">
-        <v>1660</v>
+        <v>1525</v>
       </c>
       <c r="B870" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C870" s="4" t="inlineStr">
         <is>
-          <t>Mario</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D870" s="4" t="inlineStr">
         <is>
-          <t>Ilak</t>
+          <t>Heinzmann</t>
         </is>
       </c>
       <c r="E870" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F870" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G870" s="4"/>
     </row>
     <row r="871">
       <c r="A871" s="4" t="n">
-        <v>1665</v>
+        <v>7433</v>
       </c>
       <c r="B871" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C871" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D871" s="4" t="inlineStr">
         <is>
-          <t>Ilg</t>
+          <t>Helbling</t>
         </is>
       </c>
       <c r="E871" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F871" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G871" s="4"/>
+      <c r="G871" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="872">
       <c r="A872" s="4" t="n">
-        <v>1668</v>
+        <v>6280</v>
       </c>
       <c r="B872" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C872" s="4" t="inlineStr">
         <is>
-          <t>Delil</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D872" s="4" t="inlineStr">
         <is>
-          <t>Im</t>
+          <t>Herger</t>
         </is>
       </c>
       <c r="E872" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F872" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G872" s="4"/>
     </row>
     <row r="873">
       <c r="A873" s="4" t="n">
-        <v>1670</v>
+        <v>1537</v>
       </c>
       <c r="B873" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C873" s="4" t="inlineStr">
         <is>
-          <t>Ibrahim</t>
+          <t>Christof</t>
         </is>
       </c>
       <c r="D873" s="4" t="inlineStr">
         <is>
-          <t>Imerovski</t>
+          <t>Heritier</t>
         </is>
       </c>
       <c r="E873" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F873" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G873" s="4"/>
     </row>
     <row r="874">
       <c r="A874" s="4" t="n">
-        <v>6279</v>
+        <v>4623</v>
       </c>
       <c r="B874" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C874" s="4" t="inlineStr">
         <is>
-          <t>Giulia</t>
+          <t>Kim </t>
         </is>
       </c>
       <c r="D874" s="4" t="inlineStr">
         <is>
-          <t>Imhof</t>
+          <t>Herrmann</t>
         </is>
       </c>
       <c r="E874" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F874" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G874" s="4"/>
     </row>
     <row r="875">
       <c r="A875" s="4" t="n">
-        <v>1675</v>
+        <v>1548</v>
       </c>
       <c r="B875" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C875" s="4" t="inlineStr">
         <is>
-          <t>Ramona</t>
+          <t>Kristof</t>
         </is>
       </c>
       <c r="D875" s="4" t="inlineStr">
         <is>
-          <t>Imhof</t>
+          <t>Hertig</t>
         </is>
       </c>
       <c r="E875" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F875" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G875" s="4"/>
     </row>
     <row r="876">
       <c r="A876" s="4" t="n">
-        <v>1673</v>
+        <v>1550</v>
       </c>
       <c r="B876" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C876" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D876" s="4" t="inlineStr">
         <is>
-          <t>Imhof</t>
+          <t>Herzig</t>
         </is>
       </c>
       <c r="E876" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F876" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G876" s="4"/>
     </row>
     <row r="877">
       <c r="A877" s="4" t="n">
-        <v>1676</v>
+        <v>1551</v>
       </c>
       <c r="B877" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C877" s="4" t="inlineStr">
         <is>
-          <t>Rahel</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D877" s="4" t="inlineStr">
         <is>
-          <t>Imholz</t>
+          <t>Herzog</t>
         </is>
       </c>
       <c r="E877" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F877" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G877" s="4"/>
     </row>
     <row r="878">
       <c r="A878" s="4" t="n">
-        <v>6456</v>
+        <v>1552</v>
       </c>
       <c r="B878" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C878" s="4" t="inlineStr">
         <is>
-          <t>Leijla</t>
+          <t>Benjamin</t>
         </is>
       </c>
       <c r="D878" s="4" t="inlineStr">
         <is>
-          <t>Isakovic</t>
+          <t>Hess</t>
         </is>
       </c>
       <c r="E878" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F878" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G878" s="4"/>
     </row>
     <row r="879">
       <c r="A879" s="4" t="n">
-        <v>7407</v>
+        <v>1554</v>
       </c>
       <c r="B879" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C879" s="4" t="inlineStr">
         <is>
-          <t>Timo</t>
+          <t>Jérôme</t>
         </is>
       </c>
       <c r="D879" s="4" t="inlineStr">
         <is>
-          <t>Iseli</t>
+          <t>Hetzel</t>
         </is>
       </c>
       <c r="E879" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F879" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G879" s="4"/>
     </row>
     <row r="880">
       <c r="A880" s="4" t="n">
-        <v>6453</v>
+        <v>1566</v>
       </c>
       <c r="B880" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C880" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Monja</t>
         </is>
       </c>
       <c r="D880" s="4" t="inlineStr">
         <is>
-          <t>Iseppi</t>
+          <t>Hirt</t>
         </is>
       </c>
       <c r="E880" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F880" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G880" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G880" s="4"/>
     </row>
     <row r="881">
       <c r="A881" s="4" t="n">
-        <v>1696</v>
+        <v>1570</v>
       </c>
       <c r="B881" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C881" s="4" t="inlineStr">
         <is>
-          <t>Valon</t>
+          <t>Cornelia</t>
         </is>
       </c>
       <c r="D881" s="4" t="inlineStr">
         <is>
-          <t>Islami</t>
+          <t>Hodler</t>
         </is>
       </c>
       <c r="E881" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F881" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G881" s="4"/>
     </row>
     <row r="882">
       <c r="A882" s="4" t="n">
-        <v>1699</v>
+        <v>1578</v>
       </c>
       <c r="B882" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C882" s="4" t="inlineStr">
         <is>
-          <t>Menk</t>
+          <t>Lara</t>
         </is>
       </c>
       <c r="D882" s="4" t="inlineStr">
         <is>
-          <t>Isler</t>
+          <t>Hofer</t>
         </is>
       </c>
       <c r="E882" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F882" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G882" s="4"/>
     </row>
     <row r="883">
       <c r="A883" s="4" t="n">
-        <v>4617</v>
+        <v>4818</v>
       </c>
       <c r="B883" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C883" s="4" t="inlineStr">
         <is>
-          <t>Matteo</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D883" s="4" t="inlineStr">
         <is>
-          <t>Ivelj</t>
+          <t>Höfliger</t>
         </is>
       </c>
       <c r="E883" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F883" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G883" s="4"/>
+      <c r="G883" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="884">
       <c r="A884" s="4" t="n">
-        <v>1709</v>
+        <v>1581</v>
       </c>
       <c r="B884" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C884" s="4" t="inlineStr">
         <is>
-          <t>Anina</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D884" s="4" t="inlineStr">
         <is>
-          <t>Jäggi</t>
+          <t>Hofrmann</t>
         </is>
       </c>
       <c r="E884" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F884" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G884" s="4"/>
     </row>
     <row r="885">
       <c r="A885" s="4" t="n">
-        <v>1721</v>
+        <v>1586</v>
       </c>
       <c r="B885" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C885" s="4" t="inlineStr">
         <is>
-          <t>Damir</t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D885" s="4" t="inlineStr">
         <is>
-          <t>Jaruzanin</t>
+          <t>Hofstetter</t>
         </is>
       </c>
       <c r="E885" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F885" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G885" s="4"/>
     </row>
     <row r="886">
       <c r="A886" s="4" t="n">
-        <v>5339</v>
+        <v>1584</v>
       </c>
       <c r="B886" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C886" s="4" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Livia</t>
         </is>
       </c>
       <c r="D886" s="4" t="inlineStr">
         <is>
-          <t>Jascur</t>
+          <t>Hofstetter</t>
         </is>
       </c>
       <c r="E886" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F886" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G886" s="4"/>
     </row>
     <row r="887">
       <c r="A887" s="4" t="n">
-        <v>1729</v>
+        <v>1583</v>
       </c>
       <c r="B887" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C887" s="4" t="inlineStr">
         <is>
-          <t>Steve</t>
+          <t>Gina</t>
         </is>
       </c>
       <c r="D887" s="4" t="inlineStr">
         <is>
-          <t>Jeanneret</t>
+          <t>Hofstetter</t>
         </is>
       </c>
       <c r="E887" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F887" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G887" s="4"/>
     </row>
     <row r="888">
       <c r="A888" s="4" t="n">
-        <v>1733</v>
+        <v>1582</v>
       </c>
       <c r="B888" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C888" s="4" t="inlineStr">
         <is>
-          <t>Gabriela</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D888" s="4" t="inlineStr">
         <is>
-          <t>Jeger</t>
+          <t>Hofstetter</t>
         </is>
       </c>
       <c r="E888" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F888" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G888" s="4"/>
     </row>
     <row r="889">
       <c r="A889" s="4" t="n">
-        <v>1736</v>
+        <v>1585</v>
       </c>
       <c r="B889" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C889" s="4" t="inlineStr">
         <is>
-          <t>Nathalie</t>
+          <t>Louis</t>
         </is>
       </c>
       <c r="D889" s="4" t="inlineStr">
         <is>
-          <t>Jenni</t>
+          <t>Hofstetter</t>
         </is>
       </c>
       <c r="E889" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F889" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G889" s="4"/>
     </row>
     <row r="890">
       <c r="A890" s="4" t="n">
-        <v>1748</v>
+        <v>1592</v>
       </c>
       <c r="B890" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C890" s="4" t="inlineStr">
         <is>
-          <t>Lara</t>
+          <t>Dominik</t>
         </is>
       </c>
       <c r="D890" s="4" t="inlineStr">
         <is>
-          <t>Jolidon</t>
+          <t>Hohl</t>
         </is>
       </c>
       <c r="E890" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F890" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G890" s="4"/>
     </row>
     <row r="891">
       <c r="A891" s="4" t="n">
-        <v>1757</v>
+        <v>1607</v>
       </c>
       <c r="B891" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C891" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Selma</t>
         </is>
       </c>
       <c r="D891" s="4" t="inlineStr">
         <is>
-          <t>Jörg</t>
+          <t>Horan</t>
         </is>
       </c>
       <c r="E891" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F891" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G891" s="4"/>
     </row>
     <row r="892">
       <c r="A892" s="4" t="n">
-        <v>1765</v>
+        <v>1614</v>
       </c>
       <c r="B892" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C892" s="4" t="inlineStr">
         <is>
-          <t>Christine</t>
+          <t>Jana</t>
         </is>
       </c>
       <c r="D892" s="4" t="inlineStr">
         <is>
-          <t>Jost</t>
+          <t>Houmard</t>
         </is>
       </c>
       <c r="E892" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F892" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G892" s="4"/>
     </row>
     <row r="893">
       <c r="A893" s="4" t="n">
-        <v>6263</v>
+        <v>1621</v>
       </c>
       <c r="B893" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C893" s="4" t="inlineStr">
         <is>
-          <t>Ruben</t>
+          <t>Denise</t>
         </is>
       </c>
       <c r="D893" s="4" t="inlineStr">
         <is>
-          <t>Jost</t>
+          <t>Huber</t>
         </is>
       </c>
       <c r="E893" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F893" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G893" s="4"/>
     </row>
     <row r="894">
       <c r="A894" s="4" t="n">
-        <v>1776</v>
+        <v>1630</v>
       </c>
       <c r="B894" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C894" s="4" t="inlineStr">
         <is>
-          <t>Samantha</t>
+          <t>Silvia</t>
         </is>
       </c>
       <c r="D894" s="4" t="inlineStr">
         <is>
-          <t>Julianose</t>
+          <t>Huber-Ernst</t>
         </is>
       </c>
       <c r="E894" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F894" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G894" s="4"/>
     </row>
     <row r="895">
       <c r="A895" s="4" t="n">
-        <v>1780</v>
+        <v>1632</v>
       </c>
       <c r="B895" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C895" s="4" t="inlineStr">
         <is>
-          <t>Jonas</t>
+          <t>Florence</t>
         </is>
       </c>
       <c r="D895" s="4" t="inlineStr">
         <is>
-          <t>Junker</t>
+          <t>Huebner</t>
         </is>
       </c>
       <c r="E895" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F895" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G895" s="4"/>
     </row>
     <row r="896">
       <c r="A896" s="4" t="n">
-        <v>5489</v>
+        <v>1636</v>
       </c>
       <c r="B896" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C896" s="4" t="inlineStr">
         <is>
-          <t>Klara</t>
+          <t>Mischa</t>
         </is>
       </c>
       <c r="D896" s="4" t="inlineStr">
         <is>
-          <t>Juric</t>
+          <t>Hug</t>
         </is>
       </c>
       <c r="E896" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F896" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G896" s="4"/>
     </row>
     <row r="897">
       <c r="A897" s="4" t="n">
-        <v>1789</v>
+        <v>1656</v>
       </c>
       <c r="B897" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C897" s="4" t="inlineStr">
         <is>
-          <t>Mia</t>
+          <t>Adnan</t>
         </is>
       </c>
       <c r="D897" s="4" t="inlineStr">
         <is>
-          <t>Kadoic</t>
+          <t>Husovic</t>
         </is>
       </c>
       <c r="E897" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F897" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G897" s="4"/>
     </row>
     <row r="898">
       <c r="A898" s="4" t="n">
-        <v>1795</v>
+        <v>4053</v>
       </c>
       <c r="B898" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C898" s="4" t="inlineStr">
         <is>
-          <t>Anel</t>
+          <t>Arslan</t>
         </is>
       </c>
       <c r="D898" s="4" t="inlineStr">
         <is>
-          <t>Kahrimanovic</t>
+          <t>Hussain</t>
         </is>
       </c>
       <c r="E898" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F898" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G898" s="4"/>
+      <c r="G898" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="899">
       <c r="A899" s="4" t="n">
-        <v>1796</v>
+        <v>4823</v>
       </c>
       <c r="B899" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C899" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D899" s="4" t="inlineStr">
         <is>
-          <t>Kaiser</t>
+          <t>Hutmacher</t>
         </is>
       </c>
       <c r="E899" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F899" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G899" s="4"/>
+      <c r="G899" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="900">
       <c r="A900" s="4" t="n">
-        <v>1799</v>
+        <v>5164</v>
       </c>
       <c r="B900" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C900" s="4" t="inlineStr">
         <is>
-          <t>Anru</t>
+          <t>Jiriki</t>
         </is>
       </c>
       <c r="D900" s="4" t="inlineStr">
         <is>
-          <t>Kalayamthanam</t>
+          <t>Huynh</t>
         </is>
       </c>
       <c r="E900" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F900" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G900" s="4"/>
+      <c r="G900" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="901">
       <c r="A901" s="4" t="n">
-        <v>4015</v>
+        <v>1661</v>
       </c>
       <c r="B901" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C901" s="4" t="inlineStr">
         <is>
-          <t>Lynn</t>
+          <t>Matije</t>
         </is>
       </c>
       <c r="D901" s="4" t="inlineStr">
         <is>
-          <t>Kallen</t>
+          <t>Ilak</t>
         </is>
       </c>
       <c r="E901" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F901" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G901" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G901" s="4"/>
     </row>
     <row r="902">
       <c r="A902" s="4" t="n">
-        <v>4622</v>
+        <v>1660</v>
       </c>
       <c r="B902" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C902" s="4" t="inlineStr">
         <is>
-          <t>Ludmilla</t>
+          <t>Mario</t>
         </is>
       </c>
       <c r="D902" s="4" t="inlineStr">
         <is>
-          <t>Kallen</t>
+          <t>Ilak</t>
         </is>
       </c>
       <c r="E902" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F902" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G902" s="4"/>
     </row>
     <row r="903">
       <c r="A903" s="4" t="n">
-        <v>4061</v>
+        <v>1665</v>
       </c>
       <c r="B903" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C903" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D903" s="4" t="inlineStr">
         <is>
-          <t>Kamber</t>
+          <t>Ilg</t>
         </is>
       </c>
       <c r="E903" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F903" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G903" s="4"/>
     </row>
     <row r="904">
       <c r="A904" s="4" t="n">
-        <v>1809</v>
+        <v>1668</v>
       </c>
       <c r="B904" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C904" s="4" t="inlineStr">
         <is>
-          <t>Arta</t>
+          <t>Delil</t>
         </is>
       </c>
       <c r="D904" s="4" t="inlineStr">
         <is>
-          <t>Kameri</t>
+          <t>Im</t>
         </is>
       </c>
       <c r="E904" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F904" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G904" s="4"/>
     </row>
     <row r="905">
       <c r="A905" s="4" t="n">
-        <v>6896</v>
+        <v>1670</v>
       </c>
       <c r="B905" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C905" s="4" t="inlineStr">
         <is>
-          <t>Len</t>
+          <t>Ibrahim</t>
         </is>
       </c>
       <c r="D905" s="4" t="inlineStr">
         <is>
-          <t>Kammermann</t>
+          <t>Imerovski</t>
         </is>
       </c>
       <c r="E905" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F905" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G905" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G905" s="4"/>
     </row>
     <row r="906">
       <c r="A906" s="4" t="n">
-        <v>1810</v>
+        <v>6279</v>
       </c>
       <c r="B906" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C906" s="4" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Giulia</t>
         </is>
       </c>
       <c r="D906" s="4" t="inlineStr">
         <is>
-          <t>Kämpf</t>
+          <t>Imhof</t>
         </is>
       </c>
       <c r="E906" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F906" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G906" s="4"/>
     </row>
     <row r="907">
       <c r="A907" s="4" t="n">
-        <v>1812</v>
+        <v>1675</v>
       </c>
       <c r="B907" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C907" s="4" t="inlineStr">
         <is>
-          <t>Selina</t>
+          <t>Ramona</t>
         </is>
       </c>
       <c r="D907" s="4" t="inlineStr">
         <is>
-          <t>Kämpfer</t>
+          <t>Imhof</t>
         </is>
       </c>
       <c r="E907" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F907" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G907" s="4"/>
     </row>
     <row r="908">
       <c r="A908" s="4" t="n">
-        <v>1816</v>
+        <v>1673</v>
       </c>
       <c r="B908" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C908" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D908" s="4" t="inlineStr">
         <is>
-          <t>Kandlbauer</t>
+          <t>Imhof</t>
         </is>
       </c>
       <c r="E908" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F908" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G908" s="4"/>
     </row>
     <row r="909">
       <c r="A909" s="4" t="n">
-        <v>1815</v>
+        <v>1676</v>
       </c>
       <c r="B909" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C909" s="4" t="inlineStr">
         <is>
-          <t>Alfred</t>
+          <t>Rahel</t>
         </is>
       </c>
       <c r="D909" s="4" t="inlineStr">
         <is>
-          <t>Kandlbauer</t>
+          <t>Imholz</t>
         </is>
       </c>
       <c r="E909" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F909" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G909" s="4"/>
     </row>
     <row r="910">
       <c r="A910" s="4" t="n">
-        <v>4211</v>
+        <v>6456</v>
       </c>
       <c r="B910" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C910" s="4" t="inlineStr">
         <is>
-          <t>Leila Elena</t>
+          <t>Leijla</t>
         </is>
       </c>
       <c r="D910" s="4" t="inlineStr">
         <is>
-          <t>Känel</t>
+          <t>Isakovic</t>
         </is>
       </c>
       <c r="E910" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F910" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G910" s="4"/>
     </row>
     <row r="911">
       <c r="A911" s="4" t="n">
-        <v>7491</v>
+        <v>7407</v>
       </c>
       <c r="B911" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C911" s="4" t="inlineStr">
         <is>
-          <t>Alycia</t>
+          <t>Timo</t>
         </is>
       </c>
       <c r="D911" s="4" t="inlineStr">
         <is>
-          <t>Kanesan</t>
+          <t>Iseli</t>
         </is>
       </c>
       <c r="E911" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F911" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G911" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G911" s="4"/>
     </row>
     <row r="912">
       <c r="A912" s="4" t="n">
-        <v>7421</v>
+        <v>6453</v>
       </c>
       <c r="B912" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C912" s="4" t="inlineStr">
         <is>
-          <t>Sujash</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D912" s="4" t="inlineStr">
         <is>
-          <t>Kanesan</t>
+          <t>Iseppi</t>
         </is>
       </c>
       <c r="E912" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F912" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G912" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="4" t="n">
-        <v>1820</v>
+        <v>1696</v>
       </c>
       <c r="B913" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C913" s="4" t="inlineStr">
         <is>
-          <t>Marianne</t>
+          <t>Valon</t>
         </is>
       </c>
       <c r="D913" s="4" t="inlineStr">
         <is>
-          <t>Kappeler</t>
+          <t>Islami</t>
         </is>
       </c>
       <c r="E913" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F913" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G913" s="4"/>
     </row>
     <row r="914">
       <c r="A914" s="4" t="n">
-        <v>1826</v>
+        <v>1699</v>
       </c>
       <c r="B914" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C914" s="4" t="inlineStr">
         <is>
-          <t>Mikail</t>
+          <t>Menk</t>
         </is>
       </c>
       <c r="D914" s="4" t="inlineStr">
         <is>
-          <t>Karakas</t>
+          <t>Isler</t>
         </is>
       </c>
       <c r="E914" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F914" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G914" s="4"/>
     </row>
     <row r="915">
       <c r="A915" s="4" t="n">
-        <v>1825</v>
+        <v>4617</v>
       </c>
       <c r="B915" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C915" s="4" t="inlineStr">
         <is>
-          <t>Cem</t>
+          <t>Matteo</t>
         </is>
       </c>
       <c r="D915" s="4" t="inlineStr">
         <is>
-          <t>Karakas</t>
+          <t>Ivelj</t>
         </is>
       </c>
       <c r="E915" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F915" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G915" s="4"/>
     </row>
     <row r="916">
       <c r="A916" s="4" t="n">
-        <v>6687</v>
+        <v>1709</v>
       </c>
       <c r="B916" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C916" s="4" t="inlineStr">
         <is>
-          <t>Théo</t>
+          <t>Anina</t>
         </is>
       </c>
       <c r="D916" s="4" t="inlineStr">
         <is>
-          <t>Karlen</t>
+          <t>Jäggi</t>
         </is>
       </c>
       <c r="E916" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F916" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G916" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G916" s="4"/>
     </row>
     <row r="917">
       <c r="A917" s="4" t="n">
-        <v>1832</v>
+        <v>1721</v>
       </c>
       <c r="B917" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C917" s="4" t="inlineStr">
         <is>
-          <t>Nur</t>
+          <t>Damir</t>
         </is>
       </c>
       <c r="D917" s="4" t="inlineStr">
         <is>
-          <t>Kars</t>
+          <t>Jaruzanin</t>
         </is>
       </c>
       <c r="E917" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F917" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G917" s="4"/>
     </row>
     <row r="918">
       <c r="A918" s="4" t="n">
-        <v>1835</v>
+        <v>5339</v>
       </c>
       <c r="B918" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C918" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="D918" s="4" t="inlineStr">
         <is>
-          <t>Kaschub</t>
+          <t>Jascur</t>
         </is>
       </c>
       <c r="E918" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F918" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G918" s="4"/>
     </row>
     <row r="919">
       <c r="A919" s="4" t="n">
-        <v>1838</v>
+        <v>1729</v>
       </c>
       <c r="B919" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C919" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Steve</t>
         </is>
       </c>
       <c r="D919" s="4" t="inlineStr">
         <is>
-          <t>Kaufmann</t>
+          <t>Jeanneret</t>
         </is>
       </c>
       <c r="E919" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F919" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G919" s="4"/>
     </row>
     <row r="920">
       <c r="A920" s="4" t="n">
-        <v>1841</v>
+        <v>1733</v>
       </c>
       <c r="B920" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C920" s="4" t="inlineStr">
         <is>
-          <t>Fabienne</t>
+          <t>Gabriela</t>
         </is>
       </c>
       <c r="D920" s="4" t="inlineStr">
         <is>
-          <t>Kaufmann</t>
+          <t>Jeger</t>
         </is>
       </c>
       <c r="E920" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F920" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G920" s="4"/>
     </row>
     <row r="921">
       <c r="A921" s="4" t="n">
-        <v>1862</v>
+        <v>1736</v>
       </c>
       <c r="B921" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C921" s="4" t="inlineStr">
         <is>
-          <t>Sajko</t>
+          <t>Nathalie</t>
         </is>
       </c>
       <c r="D921" s="4" t="inlineStr">
         <is>
-          <t>Kertic</t>
+          <t>Jenni</t>
         </is>
       </c>
       <c r="E921" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F921" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G921" s="4"/>
     </row>
     <row r="922">
       <c r="A922" s="4" t="n">
-        <v>1871</v>
+        <v>1748</v>
       </c>
       <c r="B922" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C922" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Lara</t>
         </is>
       </c>
       <c r="D922" s="4" t="inlineStr">
         <is>
-          <t>Kiefer</t>
+          <t>Jolidon</t>
         </is>
       </c>
       <c r="E922" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F922" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G922" s="4"/>
     </row>
     <row r="923">
       <c r="A923" s="4" t="n">
-        <v>1870</v>
+        <v>1757</v>
       </c>
       <c r="B923" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C923" s="4" t="inlineStr">
         <is>
-          <t>Cedric</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D923" s="4" t="inlineStr">
         <is>
-          <t>Kiefer</t>
+          <t>Jörg</t>
         </is>
       </c>
       <c r="E923" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F923" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G923" s="4"/>
     </row>
     <row r="924">
       <c r="A924" s="4" t="n">
-        <v>6254</v>
+        <v>7541</v>
       </c>
       <c r="B924" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C924" s="4" t="inlineStr">
         <is>
-          <t>Sawmiya</t>
+          <t>Thusshika</t>
         </is>
       </c>
       <c r="D924" s="4" t="inlineStr">
         <is>
-          <t>Kilendarajah</t>
+          <t>Joseph</t>
         </is>
       </c>
       <c r="E924" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F924" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G924" s="4"/>
     </row>
     <row r="925">
       <c r="A925" s="4" t="n">
-        <v>1878</v>
+        <v>6263</v>
       </c>
       <c r="B925" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C925" s="4" t="inlineStr">
         <is>
-          <t>Linda</t>
+          <t>Ruben</t>
         </is>
       </c>
       <c r="D925" s="4" t="inlineStr">
         <is>
-          <t>Kiss</t>
+          <t>Jost</t>
         </is>
       </c>
       <c r="E925" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F925" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G925" s="4"/>
     </row>
     <row r="926">
       <c r="A926" s="4" t="n">
-        <v>1883</v>
+        <v>1765</v>
       </c>
       <c r="B926" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C926" s="4" t="inlineStr">
         <is>
-          <t>Alain</t>
+          <t>Christine</t>
         </is>
       </c>
       <c r="D926" s="4" t="inlineStr">
         <is>
-          <t>Kleiner</t>
+          <t>Jost</t>
         </is>
       </c>
       <c r="E926" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F926" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G926" s="4"/>
     </row>
     <row r="927">
       <c r="A927" s="4" t="n">
-        <v>1888</v>
+        <v>1776</v>
       </c>
       <c r="B927" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C927" s="4" t="inlineStr">
         <is>
-          <t>Bernhard</t>
+          <t>Samantha</t>
         </is>
       </c>
       <c r="D927" s="4" t="inlineStr">
         <is>
-          <t>Klossner</t>
+          <t>Julianose</t>
         </is>
       </c>
       <c r="E927" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F927" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G927" s="4"/>
     </row>
     <row r="928">
       <c r="A928" s="4" t="n">
-        <v>1892</v>
+        <v>1780</v>
       </c>
       <c r="B928" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C928" s="4" t="inlineStr">
         <is>
-          <t>Daniela</t>
+          <t>Jonas</t>
         </is>
       </c>
       <c r="D928" s="4" t="inlineStr">
         <is>
-          <t>Knecht</t>
+          <t>Junker</t>
         </is>
       </c>
       <c r="E928" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F928" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G928" s="4"/>
     </row>
     <row r="929">
       <c r="A929" s="4" t="n">
-        <v>4212</v>
+        <v>5489</v>
       </c>
       <c r="B929" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C929" s="4" t="inlineStr">
         <is>
-          <t>Colin</t>
+          <t>Klara</t>
         </is>
       </c>
       <c r="D929" s="4" t="inlineStr">
         <is>
-          <t>Knus</t>
+          <t>Juric</t>
         </is>
       </c>
       <c r="E929" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F929" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G929" s="4"/>
     </row>
     <row r="930">
       <c r="A930" s="4" t="n">
-        <v>1915</v>
+        <v>1789</v>
       </c>
       <c r="B930" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C930" s="4" t="inlineStr">
         <is>
-          <t>Severin</t>
+          <t>Mia</t>
         </is>
       </c>
       <c r="D930" s="4" t="inlineStr">
         <is>
-          <t>Koch</t>
+          <t>Kadoic</t>
         </is>
       </c>
       <c r="E930" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F930" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G930" s="4"/>
     </row>
     <row r="931">
       <c r="A931" s="4" t="n">
-        <v>7485</v>
+        <v>1795</v>
       </c>
       <c r="B931" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C931" s="4" t="inlineStr">
         <is>
-          <t>Juliana</t>
+          <t>Anel</t>
         </is>
       </c>
       <c r="D931" s="4" t="inlineStr">
         <is>
-          <t>Kohler</t>
+          <t>Kahrimanovic</t>
         </is>
       </c>
       <c r="E931" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F931" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G931" s="4"/>
     </row>
     <row r="932">
       <c r="A932" s="4" t="n">
-        <v>1928</v>
+        <v>1796</v>
       </c>
       <c r="B932" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C932" s="4" t="inlineStr">
         <is>
-          <t>Julia</t>
+          <t>André</t>
         </is>
       </c>
       <c r="D932" s="4" t="inlineStr">
         <is>
-          <t>Koizik</t>
+          <t>Kaiser</t>
         </is>
       </c>
       <c r="E932" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F932" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G932" s="4"/>
     </row>
     <row r="933">
       <c r="A933" s="4" t="n">
-        <v>1934</v>
+        <v>1799</v>
       </c>
       <c r="B933" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C933" s="4" t="inlineStr">
         <is>
-          <t>Joel</t>
+          <t>Anru</t>
         </is>
       </c>
       <c r="D933" s="4" t="inlineStr">
         <is>
-          <t>Koller</t>
+          <t>Kalayamthanam</t>
         </is>
       </c>
       <c r="E933" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F933" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G933" s="4"/>
     </row>
     <row r="934">
       <c r="A934" s="4" t="n">
-        <v>6262</v>
+        <v>4622</v>
       </c>
       <c r="B934" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C934" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Ludmilla</t>
         </is>
       </c>
       <c r="D934" s="4" t="inlineStr">
         <is>
-          <t>Kolly</t>
+          <t>Kallen</t>
         </is>
       </c>
       <c r="E934" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F934" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G934" s="4"/>
     </row>
     <row r="935">
       <c r="A935" s="4" t="n">
-        <v>4076</v>
+        <v>4015</v>
       </c>
       <c r="B935" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C935" s="4" t="inlineStr">
         <is>
-          <t>Sabrina </t>
+          <t>Lynn</t>
         </is>
       </c>
       <c r="D935" s="4" t="inlineStr">
         <is>
-          <t>Kon</t>
+          <t>Kallen</t>
         </is>
       </c>
       <c r="E935" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F935" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G935" s="4"/>
+      <c r="G935" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="936">
       <c r="A936" s="4" t="n">
-        <v>1945</v>
+        <v>4061</v>
       </c>
       <c r="B936" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C936" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D936" s="4" t="inlineStr">
         <is>
-          <t>König</t>
+          <t>Kamber</t>
         </is>
       </c>
       <c r="E936" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F936" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G936" s="4"/>
     </row>
     <row r="937">
       <c r="A937" s="4" t="n">
-        <v>1955</v>
+        <v>1809</v>
       </c>
       <c r="B937" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C937" s="4" t="inlineStr">
         <is>
-          <t>Cigdem</t>
+          <t>Arta</t>
         </is>
       </c>
       <c r="D937" s="4" t="inlineStr">
         <is>
-          <t>Köseoglu</t>
+          <t>Kameri</t>
         </is>
       </c>
       <c r="E937" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F937" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G937" s="4"/>
     </row>
     <row r="938">
       <c r="A938" s="4" t="n">
-        <v>4021</v>
+        <v>6896</v>
       </c>
       <c r="B938" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C938" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Len</t>
         </is>
       </c>
       <c r="D938" s="4" t="inlineStr">
         <is>
-          <t>Kosic</t>
+          <t>Kammermann</t>
         </is>
       </c>
       <c r="E938" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F938" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G938" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="4" t="n">
-        <v>5527</v>
+        <v>1810</v>
       </c>
       <c r="B939" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C939" s="4" t="inlineStr">
         <is>
-          <t>Jean-Marc</t>
+          <t>Benjamin</t>
         </is>
       </c>
       <c r="D939" s="4" t="inlineStr">
         <is>
-          <t>Krähenbühl</t>
+          <t>Kämpf</t>
         </is>
       </c>
       <c r="E939" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F939" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G939" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G939" s="4"/>
     </row>
     <row r="940">
       <c r="A940" s="4" t="n">
-        <v>1964</v>
+        <v>1812</v>
       </c>
       <c r="B940" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C940" s="4" t="inlineStr">
         <is>
-          <t>Meo</t>
+          <t>Selina</t>
         </is>
       </c>
       <c r="D940" s="4" t="inlineStr">
         <is>
-          <t>Krapf</t>
+          <t>Kämpfer</t>
         </is>
       </c>
       <c r="E940" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F940" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G940" s="4"/>
     </row>
     <row r="941">
       <c r="A941" s="4" t="n">
-        <v>4833</v>
+        <v>1816</v>
       </c>
       <c r="B941" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C941" s="4" t="inlineStr">
         <is>
-          <t>Beatrice </t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D941" s="4" t="inlineStr">
         <is>
-          <t>Krapf</t>
+          <t>Kandlbauer</t>
         </is>
       </c>
       <c r="E941" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F941" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G941" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G941" s="4"/>
     </row>
     <row r="942">
       <c r="A942" s="4" t="n">
-        <v>4831</v>
+        <v>1815</v>
       </c>
       <c r="B942" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C942" s="4" t="inlineStr">
         <is>
-          <t>Lionel</t>
+          <t>Alfred</t>
         </is>
       </c>
       <c r="D942" s="4" t="inlineStr">
         <is>
-          <t>Krapf</t>
+          <t>Kandlbauer</t>
         </is>
       </c>
       <c r="E942" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F942" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G942" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G942" s="4"/>
     </row>
     <row r="943">
       <c r="A943" s="4" t="n">
-        <v>1969</v>
+        <v>4211</v>
       </c>
       <c r="B943" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C943" s="4" t="inlineStr">
         <is>
-          <t>Petra</t>
+          <t>Leila Elena</t>
         </is>
       </c>
       <c r="D943" s="4" t="inlineStr">
         <is>
-          <t>Kräuchi</t>
+          <t>Känel</t>
         </is>
       </c>
       <c r="E943" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F943" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G943" s="4"/>
     </row>
     <row r="944">
       <c r="A944" s="4" t="n">
-        <v>6460</v>
+        <v>7491</v>
       </c>
       <c r="B944" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C944" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Alycia</t>
         </is>
       </c>
       <c r="D944" s="4" t="inlineStr">
         <is>
-          <t>Krebs</t>
+          <t>Kanesan</t>
         </is>
       </c>
       <c r="E944" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F944" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G944" s="4"/>
+      <c r="G944" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="945">
       <c r="A945" s="4" t="n">
-        <v>1972</v>
+        <v>7421</v>
       </c>
       <c r="B945" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C945" s="4" t="inlineStr">
         <is>
-          <t>Jara</t>
+          <t>Sujash</t>
         </is>
       </c>
       <c r="D945" s="4" t="inlineStr">
         <is>
-          <t>Krebs</t>
+          <t>Kanesan</t>
         </is>
       </c>
       <c r="E945" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F945" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G945" s="4"/>
+      <c r="G945" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="946">
       <c r="A946" s="4" t="n">
-        <v>1974</v>
+        <v>1820</v>
       </c>
       <c r="B946" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C946" s="4" t="inlineStr">
         <is>
-          <t>Nicola</t>
+          <t>Marianne</t>
         </is>
       </c>
       <c r="D946" s="4" t="inlineStr">
         <is>
-          <t>Krebs</t>
+          <t>Kappeler</t>
         </is>
       </c>
       <c r="E946" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F946" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G946" s="4"/>
     </row>
     <row r="947">
       <c r="A947" s="4" t="n">
-        <v>1975</v>
+        <v>1826</v>
       </c>
       <c r="B947" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C947" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Mikail</t>
         </is>
       </c>
       <c r="D947" s="4" t="inlineStr">
         <is>
-          <t>Krebs</t>
+          <t>Karakas</t>
         </is>
       </c>
       <c r="E947" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F947" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G947" s="4"/>
     </row>
     <row r="948">
       <c r="A948" s="4" t="n">
-        <v>1978</v>
+        <v>1825</v>
       </c>
       <c r="B948" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C948" s="4" t="inlineStr">
         <is>
-          <t>Sebastian</t>
+          <t>Cem</t>
         </is>
       </c>
       <c r="D948" s="4" t="inlineStr">
         <is>
-          <t>Kreis</t>
+          <t>Karakas</t>
         </is>
       </c>
       <c r="E948" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F948" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G948" s="4"/>
     </row>
     <row r="949">
       <c r="A949" s="4" t="n">
-        <v>1984</v>
+        <v>6687</v>
       </c>
       <c r="B949" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C949" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Théo</t>
         </is>
       </c>
       <c r="D949" s="4" t="inlineStr">
         <is>
-          <t>Kropf</t>
+          <t>Karlen</t>
         </is>
       </c>
       <c r="E949" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F949" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G949" s="4"/>
+      <c r="G949" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="950">
       <c r="A950" s="4" t="n">
-        <v>1988</v>
+        <v>1832</v>
       </c>
       <c r="B950" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C950" s="4" t="inlineStr">
         <is>
-          <t>Dragan</t>
+          <t>Nur</t>
         </is>
       </c>
       <c r="D950" s="4" t="inlineStr">
         <is>
-          <t>Krstic</t>
+          <t>Kars</t>
         </is>
       </c>
       <c r="E950" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F950" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G950" s="4"/>
     </row>
     <row r="951">
       <c r="A951" s="4" t="n">
-        <v>1993</v>
+        <v>1835</v>
       </c>
       <c r="B951" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C951" s="4" t="inlineStr">
         <is>
-          <t>Beatrice</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D951" s="4" t="inlineStr">
         <is>
-          <t>Kübli</t>
+          <t>Kaschub</t>
         </is>
       </c>
       <c r="E951" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F951" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G951" s="4"/>
     </row>
     <row r="952">
       <c r="A952" s="4" t="n">
-        <v>1994</v>
+        <v>1841</v>
       </c>
       <c r="B952" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C952" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Fabienne</t>
         </is>
       </c>
       <c r="D952" s="4" t="inlineStr">
         <is>
-          <t>Kuenzi</t>
+          <t>Kaufmann</t>
         </is>
       </c>
       <c r="E952" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F952" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G952" s="4"/>
     </row>
     <row r="953">
       <c r="A953" s="4" t="n">
-        <v>7492</v>
+        <v>1838</v>
       </c>
       <c r="B953" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C953" s="4" t="inlineStr">
         <is>
-          <t>Maximilian</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D953" s="4" t="inlineStr">
         <is>
-          <t>Kuhl</t>
+          <t>Kaufmann</t>
         </is>
       </c>
       <c r="E953" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F953" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G953" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G953" s="4"/>
     </row>
     <row r="954">
       <c r="A954" s="4" t="n">
-        <v>6261</v>
+        <v>1862</v>
       </c>
       <c r="B954" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C954" s="4" t="inlineStr">
         <is>
-          <t>Dagmar</t>
+          <t>Sajko</t>
         </is>
       </c>
       <c r="D954" s="4" t="inlineStr">
         <is>
-          <t>Kuhn</t>
+          <t>Kertic</t>
         </is>
       </c>
       <c r="E954" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F954" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G954" s="4"/>
     </row>
     <row r="955">
       <c r="A955" s="4" t="n">
-        <v>6278</v>
+        <v>7535</v>
       </c>
       <c r="B955" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C955" s="4" t="inlineStr">
         <is>
-          <t>Christina</t>
+          <t>Bethel</t>
         </is>
       </c>
       <c r="D955" s="4" t="inlineStr">
         <is>
-          <t>Kummer</t>
+          <t>Kibrom</t>
         </is>
       </c>
       <c r="E955" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F955" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G955" s="4"/>
     </row>
     <row r="956">
       <c r="A956" s="4" t="n">
-        <v>2007</v>
+        <v>1871</v>
       </c>
       <c r="B956" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C956" s="4" t="inlineStr">
         <is>
-          <t>Marisa</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D956" s="4" t="inlineStr">
         <is>
-          <t>Künzle</t>
+          <t>Kiefer</t>
         </is>
       </c>
       <c r="E956" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F956" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G956" s="4"/>
     </row>
     <row r="957">
       <c r="A957" s="4" t="n">
-        <v>2011</v>
+        <v>1870</v>
       </c>
       <c r="B957" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C957" s="4" t="inlineStr">
         <is>
-          <t>Anja</t>
+          <t>Cedric</t>
         </is>
       </c>
       <c r="D957" s="4" t="inlineStr">
         <is>
-          <t>Kuonen</t>
+          <t>Kiefer</t>
         </is>
       </c>
       <c r="E957" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F957" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G957" s="4"/>
     </row>
     <row r="958">
       <c r="A958" s="4" t="n">
-        <v>2016</v>
+        <v>6254</v>
       </c>
       <c r="B958" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C958" s="4" t="inlineStr">
         <is>
-          <t>Noa</t>
+          <t>Sawmiya</t>
         </is>
       </c>
       <c r="D958" s="4" t="inlineStr">
         <is>
-          <t>Kurmann</t>
+          <t>Kilendarajah</t>
         </is>
       </c>
       <c r="E958" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F958" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G958" s="4"/>
     </row>
     <row r="959">
       <c r="A959" s="4" t="n">
-        <v>6276</v>
+        <v>1878</v>
       </c>
       <c r="B959" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C959" s="4" t="inlineStr">
         <is>
-          <t>Amit</t>
+          <t>Linda</t>
         </is>
       </c>
       <c r="D959" s="4" t="inlineStr">
         <is>
-          <t>Kurtz</t>
+          <t>Kiss</t>
         </is>
       </c>
       <c r="E959" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F959" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G959" s="4"/>
     </row>
     <row r="960">
       <c r="A960" s="4" t="n">
-        <v>6277</v>
+        <v>1883</v>
       </c>
       <c r="B960" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C960" s="4" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Alain</t>
         </is>
       </c>
       <c r="D960" s="4" t="inlineStr">
         <is>
-          <t>Kurtz</t>
+          <t>Kleiner</t>
         </is>
       </c>
       <c r="E960" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F960" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G960" s="4"/>
     </row>
     <row r="961">
       <c r="A961" s="4" t="n">
-        <v>2019</v>
+        <v>1888</v>
       </c>
       <c r="B961" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C961" s="4" t="inlineStr">
         <is>
-          <t>Dominique</t>
+          <t>Bernhard</t>
         </is>
       </c>
       <c r="D961" s="4" t="inlineStr">
         <is>
-          <t>Kuster</t>
+          <t>Klossner</t>
         </is>
       </c>
       <c r="E961" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F961" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G961" s="4"/>
     </row>
     <row r="962">
       <c r="A962" s="4" t="n">
-        <v>7422</v>
+        <v>1892</v>
       </c>
       <c r="B962" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C962" s="4" t="inlineStr">
         <is>
-          <t>Renzo</t>
+          <t>Daniela</t>
         </is>
       </c>
       <c r="D962" s="4" t="inlineStr">
         <is>
-          <t>Küttel</t>
+          <t>Knecht</t>
         </is>
       </c>
       <c r="E962" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F962" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G962" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G962" s="4"/>
     </row>
     <row r="963">
       <c r="A963" s="4" t="n">
-        <v>2024</v>
+        <v>4212</v>
       </c>
       <c r="B963" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C963" s="4" t="inlineStr">
         <is>
-          <t>Yaroslav</t>
+          <t>Colin</t>
         </is>
       </c>
       <c r="D963" s="4" t="inlineStr">
         <is>
-          <t>Kuznetsov</t>
+          <t>Knus</t>
         </is>
       </c>
       <c r="E963" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F963" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G963" s="4"/>
     </row>
     <row r="964">
       <c r="A964" s="4" t="n">
-        <v>2028</v>
+        <v>1915</v>
       </c>
       <c r="B964" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C964" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Severin</t>
         </is>
       </c>
       <c r="D964" s="4" t="inlineStr">
         <is>
-          <t>Lacava</t>
+          <t>Koch</t>
         </is>
       </c>
       <c r="E964" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F964" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G964" s="4"/>
     </row>
     <row r="965">
       <c r="A965" s="4" t="n">
-        <v>6034</v>
+        <v>7538</v>
       </c>
       <c r="B965" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C965" s="4" t="inlineStr">
         <is>
-          <t>Nino</t>
+          <t>Juri</t>
         </is>
       </c>
       <c r="D965" s="4" t="inlineStr">
         <is>
-          <t>Lang</t>
+          <t>Kohler</t>
         </is>
       </c>
       <c r="E965" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F965" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G965" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G965" s="4"/>
     </row>
     <row r="966">
       <c r="A966" s="4" t="n">
-        <v>4011</v>
+        <v>7485</v>
       </c>
       <c r="B966" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C966" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Juliana</t>
         </is>
       </c>
       <c r="D966" s="4" t="inlineStr">
         <is>
-          <t>Lardi</t>
+          <t>Kohler</t>
         </is>
       </c>
       <c r="E966" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F966" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G966" s="4"/>
     </row>
     <row r="967">
       <c r="A967" s="4" t="n">
-        <v>2055</v>
+        <v>1928</v>
       </c>
       <c r="B967" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C967" s="4" t="inlineStr">
         <is>
-          <t>Admir</t>
+          <t>Julia</t>
         </is>
       </c>
       <c r="D967" s="4" t="inlineStr">
         <is>
-          <t>Latic</t>
+          <t>Koizik</t>
         </is>
       </c>
       <c r="E967" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F967" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G967" s="4"/>
     </row>
     <row r="968">
       <c r="A968" s="4" t="n">
-        <v>6900</v>
+        <v>1934</v>
       </c>
       <c r="B968" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C968" s="4" t="inlineStr">
         <is>
-          <t>Spiro</t>
+          <t>Joel</t>
         </is>
       </c>
       <c r="D968" s="4" t="inlineStr">
         <is>
-          <t>Latsis</t>
+          <t>Koller</t>
         </is>
       </c>
       <c r="E968" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F968" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G968" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G968" s="4"/>
     </row>
     <row r="969">
       <c r="A969" s="4" t="n">
-        <v>2064</v>
+        <v>6262</v>
       </c>
       <c r="B969" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C969" s="4" t="inlineStr">
         <is>
-          <t>Michelle</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D969" s="4" t="inlineStr">
         <is>
-          <t>Laufer</t>
+          <t>Kolly</t>
         </is>
       </c>
       <c r="E969" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F969" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G969" s="4"/>
     </row>
     <row r="970">
       <c r="A970" s="4" t="n">
-        <v>2063</v>
+        <v>4076</v>
       </c>
       <c r="B970" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C970" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Sabrina </t>
         </is>
       </c>
       <c r="D970" s="4" t="inlineStr">
         <is>
-          <t>Laufer</t>
+          <t>Kon</t>
         </is>
       </c>
       <c r="E970" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F970" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G970" s="4"/>
     </row>
     <row r="971">
       <c r="A971" s="4" t="n">
-        <v>2067</v>
+        <v>1945</v>
       </c>
       <c r="B971" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C971" s="4" t="inlineStr">
         <is>
-          <t>Demian</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D971" s="4" t="inlineStr">
         <is>
-          <t>Lauper</t>
+          <t>König</t>
         </is>
       </c>
       <c r="E971" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F971" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G971" s="4"/>
     </row>
     <row r="972">
       <c r="A972" s="4" t="n">
-        <v>2081</v>
+        <v>1955</v>
       </c>
       <c r="B972" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C972" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Cigdem</t>
         </is>
       </c>
       <c r="D972" s="4" t="inlineStr">
         <is>
-          <t>Lehmann</t>
+          <t>Köseoglu</t>
         </is>
       </c>
       <c r="E972" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F972" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G972" s="4"/>
     </row>
     <row r="973">
       <c r="A973" s="4" t="n">
-        <v>2088</v>
+        <v>4021</v>
       </c>
       <c r="B973" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C973" s="4" t="inlineStr">
         <is>
-          <t>Julia</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D973" s="4" t="inlineStr">
         <is>
-          <t>Leisi</t>
+          <t>Kosic</t>
         </is>
       </c>
       <c r="E973" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F973" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G973" s="4"/>
+      <c r="G973" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="974">
       <c r="A974" s="4" t="n">
-        <v>2086</v>
+        <v>5527</v>
       </c>
       <c r="B974" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C974" s="4" t="inlineStr">
         <is>
-          <t>Angelina</t>
+          <t>Jean-Marc</t>
         </is>
       </c>
       <c r="D974" s="4" t="inlineStr">
         <is>
-          <t>Leisi</t>
+          <t>Krähenbühl</t>
         </is>
       </c>
       <c r="E974" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F974" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G974" s="4"/>
+      <c r="G974" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="975">
       <c r="A975" s="4" t="n">
-        <v>2087</v>
+        <v>4833</v>
       </c>
       <c r="B975" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C975" s="4" t="inlineStr">
         <is>
-          <t>Jessica</t>
+          <t>Beatrice </t>
         </is>
       </c>
       <c r="D975" s="4" t="inlineStr">
         <is>
-          <t>Leisi</t>
+          <t>Krapf</t>
         </is>
       </c>
       <c r="E975" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F975" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G975" s="4"/>
+      <c r="G975" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="976">
       <c r="A976" s="4" t="n">
-        <v>2089</v>
+        <v>1964</v>
       </c>
       <c r="B976" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C976" s="4" t="inlineStr">
         <is>
-          <t>Priska</t>
+          <t>Meo</t>
         </is>
       </c>
       <c r="D976" s="4" t="inlineStr">
         <is>
-          <t>Leist</t>
+          <t>Krapf</t>
         </is>
       </c>
       <c r="E976" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F976" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G976" s="4"/>
     </row>
     <row r="977">
       <c r="A977" s="4" t="n">
-        <v>2097</v>
+        <v>4831</v>
       </c>
       <c r="B977" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C977" s="4" t="inlineStr">
         <is>
-          <t>Brigitt</t>
+          <t>Lionel</t>
         </is>
       </c>
       <c r="D977" s="4" t="inlineStr">
         <is>
-          <t>Lengacher</t>
+          <t>Krapf</t>
         </is>
       </c>
       <c r="E977" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F977" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G977" s="4"/>
+      <c r="G977" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="978">
       <c r="A978" s="4" t="n">
-        <v>4614</v>
+        <v>1969</v>
       </c>
       <c r="B978" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C978" s="4" t="inlineStr">
         <is>
-          <t>Valentino</t>
+          <t>Petra</t>
         </is>
       </c>
       <c r="D978" s="4" t="inlineStr">
         <is>
-          <t>Leonforte</t>
+          <t>Kräuchi</t>
         </is>
       </c>
       <c r="E978" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F978" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G978" s="4"/>
     </row>
     <row r="979">
       <c r="A979" s="4" t="n">
-        <v>4615</v>
+        <v>6460</v>
       </c>
       <c r="B979" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C979" s="4" t="inlineStr">
         <is>
-          <t>Vanino</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D979" s="4" t="inlineStr">
         <is>
-          <t>Leonforte</t>
+          <t>Krebs</t>
         </is>
       </c>
       <c r="E979" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F979" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G979" s="4"/>
     </row>
     <row r="980">
       <c r="A980" s="4" t="n">
-        <v>2106</v>
+        <v>1972</v>
       </c>
       <c r="B980" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C980" s="4" t="inlineStr">
         <is>
-          <t>Toni</t>
+          <t>Jara</t>
         </is>
       </c>
       <c r="D980" s="4" t="inlineStr">
         <is>
-          <t>Lesaj</t>
+          <t>Krebs</t>
         </is>
       </c>
       <c r="E980" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F980" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G980" s="4"/>
     </row>
     <row r="981">
       <c r="A981" s="4" t="n">
-        <v>4874</v>
+        <v>1974</v>
       </c>
       <c r="B981" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C981" s="4" t="inlineStr">
         <is>
-          <t> Hanspeter</t>
+          <t>Nicola</t>
         </is>
       </c>
       <c r="D981" s="4" t="inlineStr">
         <is>
-          <t>Leutwyler</t>
+          <t>Krebs</t>
         </is>
       </c>
       <c r="E981" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F981" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G981" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G981" s="4"/>
     </row>
     <row r="982">
       <c r="A982" s="4" t="n">
-        <v>2130</v>
+        <v>1975</v>
       </c>
       <c r="B982" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C982" s="4" t="inlineStr">
         <is>
-          <t>Karin</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D982" s="4" t="inlineStr">
         <is>
-          <t>Lingg</t>
+          <t>Krebs</t>
         </is>
       </c>
       <c r="E982" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F982" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G982" s="4"/>
     </row>
     <row r="983">
       <c r="A983" s="4" t="n">
-        <v>2135</v>
+        <v>1978</v>
       </c>
       <c r="B983" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C983" s="4" t="inlineStr">
         <is>
-          <t>Philipp</t>
+          <t>Sebastian</t>
         </is>
       </c>
       <c r="D983" s="4" t="inlineStr">
         <is>
-          <t>Lirgg</t>
+          <t>Kreis</t>
         </is>
       </c>
       <c r="E983" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F983" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G983" s="4"/>
     </row>
     <row r="984">
       <c r="A984" s="4" t="n">
-        <v>6689</v>
+        <v>1984</v>
       </c>
       <c r="B984" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C984" s="4" t="inlineStr">
         <is>
-          <t>Isabelle </t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D984" s="4" t="inlineStr">
         <is>
-          <t>Loosli</t>
+          <t>Kropf</t>
         </is>
       </c>
       <c r="E984" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F984" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G984" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G984" s="4"/>
     </row>
     <row r="985">
       <c r="A985" s="4" t="n">
-        <v>6253</v>
+        <v>1988</v>
       </c>
       <c r="B985" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C985" s="4" t="inlineStr">
         <is>
-          <t>Irina</t>
+          <t>Dragan</t>
         </is>
       </c>
       <c r="D985" s="4" t="inlineStr">
         <is>
-          <t>Loosli</t>
+          <t>Krstic</t>
         </is>
       </c>
       <c r="E985" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F985" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G985" s="4"/>
     </row>
     <row r="986">
       <c r="A986" s="4" t="n">
-        <v>6690</v>
+        <v>1993</v>
       </c>
       <c r="B986" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C986" s="4" t="inlineStr">
         <is>
-          <t>Arwen Ronja</t>
+          <t>Beatrice</t>
         </is>
       </c>
       <c r="D986" s="4" t="inlineStr">
         <is>
-          <t>Loosli</t>
+          <t>Kübli</t>
         </is>
       </c>
       <c r="E986" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F986" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G986" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G986" s="4"/>
     </row>
     <row r="987">
       <c r="A987" s="4" t="n">
-        <v>4010</v>
+        <v>1994</v>
       </c>
       <c r="B987" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C987" s="4" t="inlineStr">
         <is>
-          <t>Luca</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D987" s="4" t="inlineStr">
         <is>
-          <t>Luminati</t>
+          <t>Kuenzi</t>
         </is>
       </c>
       <c r="E987" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F987" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G987" s="4"/>
     </row>
     <row r="988">
       <c r="A988" s="4" t="n">
-        <v>2193</v>
+        <v>7492</v>
       </c>
       <c r="B988" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C988" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Maximilian</t>
         </is>
       </c>
       <c r="D988" s="4" t="inlineStr">
         <is>
-          <t>Lüthi</t>
+          <t>Kuhl</t>
         </is>
       </c>
       <c r="E988" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F988" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G988" s="4"/>
+      <c r="G988" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="989">
       <c r="A989" s="4" t="n">
-        <v>6250</v>
+        <v>6261</v>
       </c>
       <c r="B989" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C989" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Dagmar</t>
         </is>
       </c>
       <c r="D989" s="4" t="inlineStr">
         <is>
-          <t>Maier</t>
+          <t>Kuhn</t>
         </is>
       </c>
       <c r="E989" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F989" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G989" s="4"/>
     </row>
     <row r="990">
       <c r="A990" s="4" t="n">
-        <v>6861</v>
+        <v>6278</v>
       </c>
       <c r="B990" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C990" s="4" t="inlineStr">
         <is>
-          <t>Sienna</t>
+          <t>Christina</t>
         </is>
       </c>
       <c r="D990" s="4" t="inlineStr">
         <is>
-          <t>Maier</t>
+          <t>Kummer</t>
         </is>
       </c>
       <c r="E990" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F990" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G990" s="4"/>
     </row>
     <row r="991">
       <c r="A991" s="4" t="n">
-        <v>2227</v>
+        <v>2007</v>
       </c>
       <c r="B991" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C991" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Marisa</t>
         </is>
       </c>
       <c r="D991" s="4" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Künzle</t>
         </is>
       </c>
       <c r="E991" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F991" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G991" s="4"/>
     </row>
     <row r="992">
       <c r="A992" s="4" t="n">
-        <v>2228</v>
+        <v>2011</v>
       </c>
       <c r="B992" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C992" s="4" t="inlineStr">
         <is>
-          <t>Adriano</t>
+          <t>Anja</t>
         </is>
       </c>
       <c r="D992" s="4" t="inlineStr">
         <is>
-          <t>Mannino</t>
+          <t>Kuonen</t>
         </is>
       </c>
       <c r="E992" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F992" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G992" s="4"/>
     </row>
     <row r="993">
       <c r="A993" s="4" t="n">
-        <v>6289</v>
+        <v>2016</v>
       </c>
       <c r="B993" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C993" s="4" t="inlineStr">
         <is>
-          <t>Jonas</t>
+          <t>Noa</t>
         </is>
       </c>
       <c r="D993" s="4" t="inlineStr">
         <is>
-          <t>Manser</t>
+          <t>Kurmann</t>
         </is>
       </c>
       <c r="E993" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F993" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G993" s="4"/>
     </row>
     <row r="994">
       <c r="A994" s="4" t="n">
-        <v>4698</v>
+        <v>6277</v>
       </c>
       <c r="B994" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C994" s="4" t="inlineStr">
         <is>
-          <t>Kimo</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="D994" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Kurtz</t>
         </is>
       </c>
       <c r="E994" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F994" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G994" s="4"/>
     </row>
     <row r="995">
       <c r="A995" s="4" t="n">
-        <v>4019</v>
+        <v>6276</v>
       </c>
       <c r="B995" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C995" s="4" t="inlineStr">
         <is>
-          <t>Yannick</t>
+          <t>Amit</t>
         </is>
       </c>
       <c r="D995" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Kurtz</t>
         </is>
       </c>
       <c r="E995" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F995" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G995" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G995" s="4"/>
     </row>
     <row r="996">
       <c r="A996" s="4" t="n">
-        <v>6252</v>
+        <v>2019</v>
       </c>
       <c r="B996" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C996" s="4" t="inlineStr">
         <is>
-          <t>Kimo</t>
+          <t>Dominique</t>
         </is>
       </c>
       <c r="D996" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Kuster</t>
         </is>
       </c>
       <c r="E996" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F996" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G996" s="4"/>
     </row>
     <row r="997">
       <c r="A997" s="4" t="n">
-        <v>2251</v>
+        <v>7422</v>
       </c>
       <c r="B997" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C997" s="4" t="inlineStr">
         <is>
-          <t>Celine</t>
+          <t>Renzo</t>
         </is>
       </c>
       <c r="D997" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Küttel</t>
         </is>
       </c>
       <c r="E997" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F997" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G997" s="4"/>
+      <c r="G997" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="998">
       <c r="A998" s="4" t="n">
-        <v>2254</v>
+        <v>2024</v>
       </c>
       <c r="B998" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C998" s="4" t="inlineStr">
         <is>
-          <t>Nicolas</t>
+          <t>Yaroslav</t>
         </is>
       </c>
       <c r="D998" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Kuznetsov</t>
         </is>
       </c>
       <c r="E998" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F998" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G998" s="4"/>
     </row>
     <row r="999">
       <c r="A999" s="4" t="n">
-        <v>4824</v>
+        <v>2028</v>
       </c>
       <c r="B999" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C999" s="4" t="inlineStr">
         <is>
-          <t>Doris</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D999" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Lacava</t>
         </is>
       </c>
       <c r="E999" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F999" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G999" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G999" s="4"/>
     </row>
     <row r="1000">
       <c r="A1000" s="4" t="n">
-        <v>2257</v>
+        <v>6034</v>
       </c>
       <c r="B1000" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1000" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Nino</t>
         </is>
       </c>
       <c r="D1000" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Lang</t>
         </is>
       </c>
       <c r="E1000" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1000" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1000" s="4"/>
+      <c r="G1000" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1001">
       <c r="A1001" s="4" t="n">
-        <v>4621</v>
+        <v>4011</v>
       </c>
       <c r="B1001" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1001" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D1001" s="4" t="inlineStr">
         <is>
-          <t>Mathys</t>
+          <t>Lardi</t>
         </is>
       </c>
       <c r="E1001" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1001" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1001" s="4"/>
     </row>
     <row r="1002">
       <c r="A1002" s="4" t="n">
-        <v>2271</v>
+        <v>2055</v>
       </c>
       <c r="B1002" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1002" s="4" t="inlineStr">
         <is>
-          <t>Dominique</t>
+          <t>Admir</t>
         </is>
       </c>
       <c r="D1002" s="4" t="inlineStr">
         <is>
-          <t>Matti</t>
+          <t>Latic</t>
         </is>
       </c>
       <c r="E1002" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1002" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1002" s="4"/>
     </row>
     <row r="1003">
       <c r="A1003" s="4" t="n">
-        <v>2272</v>
+        <v>7558</v>
       </c>
       <c r="B1003" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1003" s="4" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Maria</t>
         </is>
       </c>
       <c r="D1003" s="4" t="inlineStr">
         <is>
-          <t>Matti</t>
+          <t>Latsis</t>
         </is>
       </c>
       <c r="E1003" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1003" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1003" s="4"/>
+      <c r="G1003" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1004">
       <c r="A1004" s="4" t="n">
-        <v>2273</v>
+        <v>6900</v>
       </c>
       <c r="B1004" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1004" s="4" t="inlineStr">
         <is>
-          <t>Ove</t>
+          <t>Spiro</t>
         </is>
       </c>
       <c r="D1004" s="4" t="inlineStr">
         <is>
-          <t>Mattmann</t>
+          <t>Latsis</t>
         </is>
       </c>
       <c r="E1004" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1004" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1004" s="4"/>
+      <c r="G1004" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1005">
       <c r="A1005" s="4" t="n">
-        <v>7110</v>
+        <v>2064</v>
       </c>
       <c r="B1005" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1005" s="4" t="inlineStr">
         <is>
-          <t>Diarmuid</t>
+          <t>Michelle</t>
         </is>
       </c>
       <c r="D1005" s="4" t="inlineStr">
         <is>
-          <t>Mc Auliffe</t>
+          <t>Laufer</t>
         </is>
       </c>
       <c r="E1005" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1005" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1005" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1005" s="4"/>
     </row>
     <row r="1006">
       <c r="A1006" s="4" t="n">
-        <v>2286</v>
+        <v>2063</v>
       </c>
       <c r="B1006" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1006" s="4" t="inlineStr">
         <is>
-          <t>Sibylle</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D1006" s="4" t="inlineStr">
         <is>
-          <t>Mehmann</t>
+          <t>Laufer</t>
         </is>
       </c>
       <c r="E1006" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1006" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1006" s="4"/>
     </row>
     <row r="1007">
       <c r="A1007" s="4" t="n">
-        <v>2285</v>
+        <v>2067</v>
       </c>
       <c r="B1007" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1007" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Demian</t>
         </is>
       </c>
       <c r="D1007" s="4" t="inlineStr">
         <is>
-          <t>Mehmann</t>
+          <t>Lauper</t>
         </is>
       </c>
       <c r="E1007" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1007" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1007" s="4"/>
     </row>
     <row r="1008">
       <c r="A1008" s="4" t="n">
-        <v>2289</v>
+        <v>2081</v>
       </c>
       <c r="B1008" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1008" s="4" t="inlineStr">
         <is>
-          <t>Carolien</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1008" s="4" t="inlineStr">
         <is>
-          <t>Mehr-Wigger</t>
+          <t>Lehmann</t>
         </is>
       </c>
       <c r="E1008" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1008" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1008" s="4"/>
     </row>
     <row r="1009">
       <c r="A1009" s="4" t="n">
-        <v>2290</v>
+        <v>2086</v>
       </c>
       <c r="B1009" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1009" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Angelina</t>
         </is>
       </c>
       <c r="D1009" s="4" t="inlineStr">
         <is>
-          <t>Mehzoud</t>
+          <t>Leisi</t>
         </is>
       </c>
       <c r="E1009" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1009" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1009" s="4"/>
     </row>
     <row r="1010">
       <c r="A1010" s="4" t="n">
-        <v>2308</v>
+        <v>2087</v>
       </c>
       <c r="B1010" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1010" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Jessica</t>
         </is>
       </c>
       <c r="D1010" s="4" t="inlineStr">
         <is>
-          <t>Meier</t>
+          <t>Leisi</t>
         </is>
       </c>
       <c r="E1010" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1010" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1010" s="4"/>
     </row>
     <row r="1011">
       <c r="A1011" s="4" t="n">
-        <v>2318</v>
+        <v>2088</v>
       </c>
       <c r="B1011" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1011" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Julia</t>
         </is>
       </c>
       <c r="D1011" s="4" t="inlineStr">
         <is>
-          <t>Meili</t>
+          <t>Leisi</t>
         </is>
       </c>
       <c r="E1011" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1011" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1011" s="4"/>
     </row>
     <row r="1012">
       <c r="A1012" s="4" t="n">
-        <v>4064</v>
+        <v>2089</v>
       </c>
       <c r="B1012" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1012" s="4" t="inlineStr">
         <is>
-          <t>Julie</t>
+          <t>Priska</t>
         </is>
       </c>
       <c r="D1012" s="4" t="inlineStr">
         <is>
-          <t>Meister</t>
+          <t>Leist</t>
         </is>
       </c>
       <c r="E1012" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1012" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1012" s="4"/>
     </row>
     <row r="1013">
       <c r="A1013" s="4" t="n">
-        <v>2321</v>
+        <v>2097</v>
       </c>
       <c r="B1013" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1013" s="4" t="inlineStr">
         <is>
-          <t>Ursina</t>
+          <t>Brigitt</t>
         </is>
       </c>
       <c r="D1013" s="4" t="inlineStr">
         <is>
-          <t>Meister</t>
+          <t>Lengacher</t>
         </is>
       </c>
       <c r="E1013" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1013" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1013" s="4"/>
     </row>
     <row r="1014">
       <c r="A1014" s="4" t="n">
-        <v>2335</v>
+        <v>4614</v>
       </c>
       <c r="B1014" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1014" s="4" t="inlineStr">
         <is>
-          <t>Raffaela</t>
+          <t>Valentino</t>
         </is>
       </c>
       <c r="D1014" s="4" t="inlineStr">
         <is>
-          <t>Merlo</t>
+          <t>Leonforte</t>
         </is>
       </c>
       <c r="E1014" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1014" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1014" s="4"/>
     </row>
     <row r="1015">
       <c r="A1015" s="4" t="n">
-        <v>2334</v>
+        <v>4615</v>
       </c>
       <c r="B1015" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1015" s="4" t="inlineStr">
         <is>
-          <t>Donato</t>
+          <t>Vanino</t>
         </is>
       </c>
       <c r="D1015" s="4" t="inlineStr">
         <is>
-          <t>Merlo</t>
+          <t>Leonforte</t>
         </is>
       </c>
       <c r="E1015" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1015" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1015" s="4"/>
     </row>
     <row r="1016">
       <c r="A1016" s="4" t="n">
-        <v>6275</v>
+        <v>2106</v>
       </c>
       <c r="B1016" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1016" s="4" t="inlineStr">
         <is>
-          <t>Michelle</t>
+          <t>Toni</t>
         </is>
       </c>
       <c r="D1016" s="4" t="inlineStr">
         <is>
-          <t>Messerli</t>
+          <t>Lesaj</t>
         </is>
       </c>
       <c r="E1016" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1016" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1016" s="4"/>
     </row>
     <row r="1017">
       <c r="A1017" s="4" t="n">
-        <v>2345</v>
+        <v>4874</v>
       </c>
       <c r="B1017" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1017" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t> Hanspeter</t>
         </is>
       </c>
       <c r="D1017" s="4" t="inlineStr">
         <is>
-          <t>Metzger</t>
+          <t>Leutwyler</t>
         </is>
       </c>
       <c r="E1017" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1017" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1017" s="4"/>
+      <c r="G1017" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1018">
       <c r="A1018" s="4" t="n">
-        <v>2357</v>
+        <v>2130</v>
       </c>
       <c r="B1018" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1018" s="4" t="inlineStr">
         <is>
-          <t>Sabrina Melanie</t>
+          <t>Karin</t>
         </is>
       </c>
       <c r="D1018" s="4" t="inlineStr">
         <is>
-          <t>Meyer</t>
+          <t>Lingg</t>
         </is>
       </c>
       <c r="E1018" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1018" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1018" s="4"/>
     </row>
     <row r="1019">
       <c r="A1019" s="4" t="n">
-        <v>2351</v>
+        <v>2135</v>
       </c>
       <c r="B1019" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1019" s="4" t="inlineStr">
         <is>
-          <t>Eliane</t>
+          <t>Philipp</t>
         </is>
       </c>
       <c r="D1019" s="4" t="inlineStr">
         <is>
-          <t>Meyer</t>
+          <t>Lirgg</t>
         </is>
       </c>
       <c r="E1019" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1019" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1019" s="4"/>
     </row>
     <row r="1020">
       <c r="A1020" s="4" t="n">
-        <v>2359</v>
+        <v>6689</v>
       </c>
       <c r="B1020" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1020" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Isabelle </t>
         </is>
       </c>
       <c r="D1020" s="4" t="inlineStr">
         <is>
-          <t>Meylan</t>
+          <t>Loosli</t>
         </is>
       </c>
       <c r="E1020" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1020" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1020" s="4"/>
+      <c r="G1020" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1021">
       <c r="A1021" s="4" t="n">
-        <v>2365</v>
+        <v>6690</v>
       </c>
       <c r="B1021" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1021" s="4" t="inlineStr">
         <is>
-          <t>Ludi</t>
+          <t>Arwen Ronja</t>
         </is>
       </c>
       <c r="D1021" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Loosli</t>
         </is>
       </c>
       <c r="E1021" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1021" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1021" s="4"/>
+      <c r="G1021" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1022">
       <c r="A1022" s="4" t="n">
-        <v>4210</v>
+        <v>6253</v>
       </c>
       <c r="B1022" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1022" s="4" t="inlineStr">
         <is>
-          <t>Alessia</t>
+          <t>Irina</t>
         </is>
       </c>
       <c r="D1022" s="4" t="inlineStr">
         <is>
-          <t>Micheletti</t>
+          <t>Loosli</t>
         </is>
       </c>
       <c r="E1022" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1022" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1022" s="4"/>
     </row>
     <row r="1023">
       <c r="A1023" s="4" t="n">
-        <v>4006</v>
+        <v>4010</v>
       </c>
       <c r="B1023" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1023" s="4" t="inlineStr">
         <is>
-          <t>Serena</t>
+          <t>Luca</t>
         </is>
       </c>
       <c r="D1023" s="4" t="inlineStr">
         <is>
-          <t>Micheletti</t>
+          <t>Luminati</t>
         </is>
       </c>
       <c r="E1023" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1023" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1023" s="4"/>
     </row>
     <row r="1024">
       <c r="A1024" s="4" t="n">
-        <v>4013</v>
+        <v>7563</v>
       </c>
       <c r="B1024" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1024" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Lorenzo</t>
         </is>
       </c>
       <c r="D1024" s="4" t="inlineStr">
         <is>
-          <t>Micheletti</t>
+          <t>Luongo</t>
         </is>
       </c>
       <c r="E1024" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1024" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1024" s="4"/>
+      <c r="G1024" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1025">
       <c r="A1025" s="4" t="n">
-        <v>4014</v>
+        <v>2193</v>
       </c>
       <c r="B1025" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1025" s="4" t="inlineStr">
         <is>
-          <t>Tiziana</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D1025" s="4" t="inlineStr">
         <is>
-          <t>Micheli</t>
+          <t>Lüthi</t>
         </is>
       </c>
       <c r="E1025" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1025" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1025" s="4"/>
     </row>
     <row r="1026">
       <c r="A1026" s="4" t="n">
-        <v>2371</v>
+        <v>6861</v>
       </c>
       <c r="B1026" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1026" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Sienna</t>
         </is>
       </c>
       <c r="D1026" s="4" t="inlineStr">
         <is>
-          <t>Mihajlovic</t>
+          <t>Maier</t>
         </is>
       </c>
       <c r="E1026" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1026" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1026" s="4"/>
     </row>
     <row r="1027">
       <c r="A1027" s="4" t="n">
-        <v>2374</v>
+        <v>6250</v>
       </c>
       <c r="B1027" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1027" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D1027" s="4" t="inlineStr">
         <is>
-          <t>Miletic</t>
+          <t>Maier</t>
         </is>
       </c>
       <c r="E1027" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1027" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1027" s="4"/>
     </row>
     <row r="1028">
       <c r="A1028" s="4" t="n">
-        <v>2380</v>
+        <v>2227</v>
       </c>
       <c r="B1028" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1028" s="4" t="inlineStr">
         <is>
-          <t>Mirko</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D1028" s="4" t="inlineStr">
         <is>
-          <t>Milojevic</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="E1028" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1028" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1028" s="4"/>
     </row>
     <row r="1029">
       <c r="A1029" s="4" t="n">
-        <v>2385</v>
+        <v>2228</v>
       </c>
       <c r="B1029" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1029" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Adriano</t>
         </is>
       </c>
       <c r="D1029" s="4" t="inlineStr">
         <is>
-          <t>Minder</t>
+          <t>Mannino</t>
         </is>
       </c>
       <c r="E1029" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1029" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1029" s="4"/>
     </row>
     <row r="1030">
       <c r="A1030" s="4" t="n">
-        <v>2387</v>
+        <v>6289</v>
       </c>
       <c r="B1030" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1030" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Jonas</t>
         </is>
       </c>
       <c r="D1030" s="4" t="inlineStr">
         <is>
-          <t>Minerva</t>
+          <t>Manser</t>
         </is>
       </c>
       <c r="E1030" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1030" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1030" s="4"/>
     </row>
     <row r="1031">
       <c r="A1031" s="4" t="n">
-        <v>6902</v>
+        <v>2251</v>
       </c>
       <c r="B1031" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1031" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Celine</t>
         </is>
       </c>
       <c r="D1031" s="4" t="inlineStr">
         <is>
-          <t>Mischler</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1031" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1031" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1031" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1031" s="4"/>
     </row>
     <row r="1032">
       <c r="A1032" s="4" t="n">
-        <v>4819</v>
+        <v>4019</v>
       </c>
       <c r="B1032" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1032" s="4" t="inlineStr">
         <is>
-          <t>Milutin</t>
+          <t>Yannick</t>
         </is>
       </c>
       <c r="D1032" s="4" t="inlineStr">
         <is>
-          <t>Mitrovic</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1032" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1032" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1032" s="4" t="inlineStr">
         <is>
           <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="4" t="n">
-        <v>4208</v>
+        <v>2254</v>
       </c>
       <c r="B1033" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1033" s="4" t="inlineStr">
         <is>
-          <t>Shahrazed</t>
+          <t>Nicolas</t>
         </is>
       </c>
       <c r="D1033" s="4" t="inlineStr">
         <is>
-          <t>Mkaouar</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1033" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1033" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1033" s="4"/>
     </row>
     <row r="1034">
       <c r="A1034" s="4" t="n">
-        <v>2405</v>
+        <v>6252</v>
       </c>
       <c r="B1034" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1034" s="4" t="inlineStr">
         <is>
-          <t>Amir</t>
+          <t>Kimo</t>
         </is>
       </c>
       <c r="D1034" s="4" t="inlineStr">
         <is>
-          <t>Mneimne</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1034" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1034" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1034" s="4"/>
     </row>
     <row r="1035">
       <c r="A1035" s="4" t="n">
-        <v>6899</v>
+        <v>2257</v>
       </c>
       <c r="B1035" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1035" s="4" t="inlineStr">
         <is>
-          <t>Reynaud</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D1035" s="4" t="inlineStr">
         <is>
-          <t>M'Niquich</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1035" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1035" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1035" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1035" s="4"/>
     </row>
     <row r="1036">
       <c r="A1036" s="4" t="n">
-        <v>2415</v>
+        <v>4698</v>
       </c>
       <c r="B1036" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1036" s="4" t="inlineStr">
         <is>
-          <t>Karin</t>
+          <t>Kimo</t>
         </is>
       </c>
       <c r="D1036" s="4" t="inlineStr">
         <is>
-          <t>Mollet</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1036" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1036" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1036" s="4"/>
     </row>
     <row r="1037">
       <c r="A1037" s="4" t="n">
-        <v>2422</v>
+        <v>4824</v>
       </c>
       <c r="B1037" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1037" s="4" t="inlineStr">
         <is>
-          <t>Justin</t>
+          <t>Doris</t>
         </is>
       </c>
       <c r="D1037" s="4" t="inlineStr">
         <is>
-          <t>Monney</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1037" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1037" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1037" s="4"/>
+      <c r="G1037" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1038">
       <c r="A1038" s="4" t="n">
-        <v>2423</v>
+        <v>7544</v>
       </c>
       <c r="B1038" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1038" s="4" t="inlineStr">
         <is>
-          <t>Renaud</t>
+          <t>Lucien</t>
         </is>
       </c>
       <c r="D1038" s="4" t="inlineStr">
         <is>
-          <t>Monney</t>
+          <t>Martino</t>
         </is>
       </c>
       <c r="E1038" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1038" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1038" s="4"/>
+      <c r="G1038" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1039">
       <c r="A1039" s="4" t="n">
-        <v>2429</v>
+        <v>7578</v>
       </c>
       <c r="B1039" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1039" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Antonija</t>
         </is>
       </c>
       <c r="D1039" s="4" t="inlineStr">
         <is>
-          <t>Moratti</t>
+          <t>Martinovic</t>
         </is>
       </c>
       <c r="E1039" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1039" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1039" s="4"/>
+      <c r="G1039" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1040">
       <c r="A1040" s="4" t="n">
-        <v>2430</v>
+        <v>4621</v>
       </c>
       <c r="B1040" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1040" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D1040" s="4" t="inlineStr">
         <is>
-          <t>Moratti</t>
+          <t>Mathys</t>
         </is>
       </c>
       <c r="E1040" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1040" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1040" s="4"/>
     </row>
     <row r="1041">
       <c r="A1041" s="4" t="n">
-        <v>2440</v>
+        <v>2272</v>
       </c>
       <c r="B1041" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1041" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="D1041" s="4" t="inlineStr">
         <is>
-          <t>Mösching</t>
+          <t>Matti</t>
         </is>
       </c>
       <c r="E1041" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1041" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1041" s="4"/>
     </row>
     <row r="1042">
       <c r="A1042" s="4" t="n">
-        <v>4005</v>
+        <v>2271</v>
       </c>
       <c r="B1042" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1042" s="4" t="inlineStr">
         <is>
-          <t>Tosca</t>
+          <t>Dominique</t>
         </is>
       </c>
       <c r="D1042" s="4" t="inlineStr">
         <is>
-          <t>Muffatti</t>
+          <t>Matti</t>
         </is>
       </c>
       <c r="E1042" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1042" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1042" s="4"/>
     </row>
     <row r="1043">
       <c r="A1043" s="4" t="n">
-        <v>2450</v>
+        <v>2273</v>
       </c>
       <c r="B1043" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1043" s="4" t="inlineStr">
         <is>
-          <t>Delic</t>
+          <t>Ove</t>
         </is>
       </c>
       <c r="D1043" s="4" t="inlineStr">
         <is>
-          <t>Muhamed</t>
+          <t>Mattmann</t>
         </is>
       </c>
       <c r="E1043" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1043" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1043" s="4"/>
     </row>
     <row r="1044">
       <c r="A1044" s="4" t="n">
-        <v>2453</v>
+        <v>7110</v>
       </c>
       <c r="B1044" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1044" s="4" t="inlineStr">
         <is>
-          <t>Amélie</t>
+          <t>Diarmuid</t>
         </is>
       </c>
       <c r="D1044" s="4" t="inlineStr">
         <is>
-          <t>Mühlethaler</t>
+          <t>Mc Auliffe</t>
         </is>
       </c>
       <c r="E1044" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1044" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1044" s="4"/>
+      <c r="G1044" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="1045">
       <c r="A1045" s="4" t="n">
-        <v>2454</v>
+        <v>2285</v>
       </c>
       <c r="B1045" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1045" s="4" t="inlineStr">
         <is>
-          <t>Céline</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D1045" s="4" t="inlineStr">
         <is>
-          <t>Mühlethaler</t>
+          <t>Mehmann</t>
         </is>
       </c>
       <c r="E1045" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1045" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1045" s="4"/>
     </row>
     <row r="1046">
       <c r="A1046" s="4" t="n">
-        <v>2455</v>
+        <v>2286</v>
       </c>
       <c r="B1046" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1046" s="4" t="inlineStr">
         <is>
-          <t>Frédéric</t>
+          <t>Sibylle</t>
         </is>
       </c>
       <c r="D1046" s="4" t="inlineStr">
         <is>
-          <t>Mühlethaler</t>
+          <t>Mehmann</t>
         </is>
       </c>
       <c r="E1046" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1046" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1046" s="4"/>
     </row>
     <row r="1047">
       <c r="A1047" s="4" t="n">
-        <v>2462</v>
+        <v>2289</v>
       </c>
       <c r="B1047" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1047" s="4" t="inlineStr">
         <is>
-          <t>Anna</t>
+          <t>Carolien</t>
         </is>
       </c>
       <c r="D1047" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Mehr-Wigger</t>
         </is>
       </c>
       <c r="E1047" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1047" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1047" s="4"/>
     </row>
     <row r="1048">
       <c r="A1048" s="4" t="n">
-        <v>2476</v>
+        <v>2290</v>
       </c>
       <c r="B1048" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1048" s="4" t="inlineStr">
         <is>
-          <t>Linda</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D1048" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Mehzoud</t>
         </is>
       </c>
       <c r="E1048" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1048" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1048" s="4"/>
     </row>
     <row r="1049">
       <c r="A1049" s="4" t="n">
-        <v>4825</v>
+        <v>2308</v>
       </c>
       <c r="B1049" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1049" s="4" t="inlineStr">
         <is>
-          <t>Franziska</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1049" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Meier</t>
         </is>
       </c>
       <c r="E1049" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1049" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1049" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1049" s="4"/>
     </row>
     <row r="1050">
       <c r="A1050" s="4" t="n">
-        <v>2473</v>
+        <v>2318</v>
       </c>
       <c r="B1050" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1050" s="4" t="inlineStr">
         <is>
-          <t>Jonathan</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D1050" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Meili</t>
         </is>
       </c>
       <c r="E1050" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1050" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1050" s="4"/>
     </row>
     <row r="1051">
       <c r="A1051" s="4" t="n">
-        <v>2486</v>
+        <v>2321</v>
       </c>
       <c r="B1051" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1051" s="4" t="inlineStr">
         <is>
-          <t>Oliver</t>
+          <t>Ursina</t>
         </is>
       </c>
       <c r="D1051" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Meister</t>
         </is>
       </c>
       <c r="E1051" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1051" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1051" s="4"/>
     </row>
     <row r="1052">
       <c r="A1052" s="4" t="n">
-        <v>2477</v>
+        <v>4064</v>
       </c>
       <c r="B1052" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1052" s="4" t="inlineStr">
         <is>
-          <t>Lorenz</t>
+          <t>Julie</t>
         </is>
       </c>
       <c r="D1052" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Meister</t>
         </is>
       </c>
       <c r="E1052" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1052" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1052" s="4"/>
     </row>
     <row r="1053">
       <c r="A1053" s="4" t="n">
-        <v>2494</v>
+        <v>2335</v>
       </c>
       <c r="B1053" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1053" s="4" t="inlineStr">
         <is>
-          <t>Sven</t>
+          <t>Raffaela</t>
         </is>
       </c>
       <c r="D1053" s="4" t="inlineStr">
         <is>
-          <t>Mumenthaler</t>
+          <t>Merlo</t>
         </is>
       </c>
       <c r="E1053" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1053" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1053" s="4"/>
     </row>
     <row r="1054">
       <c r="A1054" s="4" t="n">
-        <v>2499</v>
+        <v>2334</v>
       </c>
       <c r="B1054" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1054" s="4" t="inlineStr">
         <is>
-          <t>Drilon</t>
+          <t>Donato</t>
         </is>
       </c>
       <c r="D1054" s="4" t="inlineStr">
         <is>
-          <t>Musa</t>
+          <t>Merlo</t>
         </is>
       </c>
       <c r="E1054" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1054" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1054" s="4"/>
     </row>
     <row r="1055">
       <c r="A1055" s="4" t="n">
-        <v>2502</v>
+        <v>6275</v>
       </c>
       <c r="B1055" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1055" s="4" t="inlineStr">
         <is>
-          <t>Sinem</t>
+          <t>Michelle</t>
         </is>
       </c>
       <c r="D1055" s="4" t="inlineStr">
         <is>
-          <t>Muslu</t>
+          <t>Messerli</t>
         </is>
       </c>
       <c r="E1055" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1055" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1055" s="4"/>
     </row>
     <row r="1056">
       <c r="A1056" s="4" t="n">
-        <v>6286</v>
+        <v>2345</v>
       </c>
       <c r="B1056" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1056" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D1056" s="4" t="inlineStr">
         <is>
-          <t>Mutti</t>
+          <t>Metzger</t>
         </is>
       </c>
       <c r="E1056" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1056" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1056" s="4"/>
     </row>
     <row r="1057">
       <c r="A1057" s="4" t="n">
-        <v>4863</v>
+        <v>2357</v>
       </c>
       <c r="B1057" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1057" s="4" t="inlineStr">
         <is>
-          <t>Leona</t>
+          <t>Sabrina Melanie</t>
         </is>
       </c>
       <c r="D1057" s="4" t="inlineStr">
         <is>
-          <t>Nägelin</t>
+          <t>Meyer</t>
         </is>
       </c>
       <c r="E1057" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1057" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1057" s="4"/>
     </row>
     <row r="1058">
       <c r="A1058" s="4" t="n">
-        <v>2515</v>
+        <v>2351</v>
       </c>
       <c r="B1058" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1058" s="4" t="inlineStr">
         <is>
-          <t>Kayoko</t>
+          <t>Eliane</t>
         </is>
       </c>
       <c r="D1058" s="4" t="inlineStr">
         <is>
-          <t>Nakamura-Kiss</t>
+          <t>Meyer</t>
         </is>
       </c>
       <c r="E1058" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1058" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1058" s="4"/>
     </row>
     <row r="1059">
       <c r="A1059" s="4" t="n">
-        <v>2516</v>
+        <v>2359</v>
       </c>
       <c r="B1059" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1059" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D1059" s="4" t="inlineStr">
         <is>
-          <t>Nani</t>
+          <t>Meylan</t>
         </is>
       </c>
       <c r="E1059" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1059" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1059" s="4"/>
     </row>
     <row r="1060">
       <c r="A1060" s="4" t="n">
-        <v>2518</v>
+        <v>2365</v>
       </c>
       <c r="B1060" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1060" s="4" t="inlineStr">
         <is>
-          <t>Marwan</t>
+          <t>Ludi</t>
         </is>
       </c>
       <c r="D1060" s="4" t="inlineStr">
         <is>
-          <t>Nasrallah</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="E1060" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1060" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1060" s="4"/>
     </row>
     <row r="1061">
       <c r="A1061" s="4" t="n">
-        <v>2533</v>
+        <v>4013</v>
       </c>
       <c r="B1061" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1061" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D1061" s="4" t="inlineStr">
         <is>
-          <t>Neuenschwander</t>
+          <t>Micheletti</t>
         </is>
       </c>
       <c r="E1061" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1061" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1061" s="4"/>
     </row>
     <row r="1062">
       <c r="A1062" s="4" t="n">
-        <v>2540</v>
+        <v>4210</v>
       </c>
       <c r="B1062" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1062" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Alessia</t>
         </is>
       </c>
       <c r="D1062" s="4" t="inlineStr">
         <is>
-          <t>Neuhaus</t>
+          <t>Micheletti</t>
         </is>
       </c>
       <c r="E1062" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1062" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1062" s="4"/>
     </row>
     <row r="1063">
       <c r="A1063" s="4" t="n">
-        <v>2538</v>
+        <v>4006</v>
       </c>
       <c r="B1063" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1063" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Serena</t>
         </is>
       </c>
       <c r="D1063" s="4" t="inlineStr">
         <is>
-          <t>Neuhaus</t>
+          <t>Micheletti</t>
         </is>
       </c>
       <c r="E1063" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1063" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1063" s="4"/>
     </row>
     <row r="1064">
       <c r="A1064" s="4" t="n">
-        <v>2543</v>
+        <v>4014</v>
       </c>
       <c r="B1064" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1064" s="4" t="inlineStr">
         <is>
-          <t>Kujtim</t>
+          <t>Tiziana</t>
         </is>
       </c>
       <c r="D1064" s="4" t="inlineStr">
         <is>
-          <t>Neziri</t>
+          <t>Micheli</t>
         </is>
       </c>
       <c r="E1064" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1064" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1064" s="4"/>
     </row>
     <row r="1065">
       <c r="A1065" s="4" t="n">
-        <v>7426</v>
+        <v>2371</v>
       </c>
       <c r="B1065" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1065" s="4" t="inlineStr">
         <is>
-          <t>Dustin                  </t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D1065" s="4" t="inlineStr">
         <is>
-          <t>Ngauf                    </t>
+          <t>Mihajlovic</t>
         </is>
       </c>
       <c r="E1065" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1065" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1065" s="4"/>
     </row>
     <row r="1066">
       <c r="A1066" s="4" t="n">
-        <v>6035</v>
+        <v>2374</v>
       </c>
       <c r="B1066" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1066" s="4" t="inlineStr">
         <is>
-          <t>Giang</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D1066" s="4" t="inlineStr">
         <is>
-          <t>Nguyen</t>
+          <t>Miletic</t>
         </is>
       </c>
       <c r="E1066" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1066" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1066" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1066" s="4"/>
     </row>
     <row r="1067">
       <c r="A1067" s="4" t="n">
-        <v>2551</v>
+        <v>2380</v>
       </c>
       <c r="B1067" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1067" s="4" t="inlineStr">
         <is>
-          <t>Nando</t>
+          <t>Mirko</t>
         </is>
       </c>
       <c r="D1067" s="4" t="inlineStr">
         <is>
-          <t>Niederberger</t>
+          <t>Milojevic</t>
         </is>
       </c>
       <c r="E1067" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1067" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1067" s="4"/>
     </row>
     <row r="1068">
       <c r="A1068" s="4" t="n">
-        <v>2552</v>
+        <v>2385</v>
       </c>
       <c r="B1068" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1068" s="4" t="inlineStr">
         <is>
-          <t>Nena</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1068" s="4" t="inlineStr">
         <is>
-          <t>Niederberger</t>
+          <t>Minder</t>
         </is>
       </c>
       <c r="E1068" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1068" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1068" s="4"/>
     </row>
     <row r="1069">
       <c r="A1069" s="4" t="n">
-        <v>2553</v>
+        <v>2387</v>
       </c>
       <c r="B1069" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1069" s="4" t="inlineStr">
         <is>
-          <t>Jens</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D1069" s="4" t="inlineStr">
         <is>
-          <t>Niederhäuser</t>
+          <t>Minerva</t>
         </is>
       </c>
       <c r="E1069" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1069" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1069" s="4"/>
     </row>
     <row r="1070">
       <c r="A1070" s="4" t="n">
-        <v>2562</v>
+        <v>6902</v>
       </c>
       <c r="B1070" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1070" s="4" t="inlineStr">
         <is>
-          <t>Slavica</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D1070" s="4" t="inlineStr">
         <is>
-          <t>Nisavic</t>
+          <t>Mischler</t>
         </is>
       </c>
       <c r="E1070" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1070" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1070" s="4"/>
+      <c r="G1070" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1071">
       <c r="A1071" s="4" t="n">
-        <v>2561</v>
+        <v>4819</v>
       </c>
       <c r="B1071" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1071" s="4" t="inlineStr">
         <is>
-          <t>Sinisa</t>
+          <t>Milutin</t>
         </is>
       </c>
       <c r="D1071" s="4" t="inlineStr">
         <is>
-          <t>Nisavic</t>
+          <t>Mitrovic</t>
         </is>
       </c>
       <c r="E1071" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1071" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1071" s="4"/>
+      <c r="G1071" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1072">
       <c r="A1072" s="4" t="n">
-        <v>6867</v>
+        <v>4208</v>
       </c>
       <c r="B1072" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1072" s="4" t="inlineStr">
         <is>
-          <t>Enrico</t>
+          <t>Shahrazed</t>
         </is>
       </c>
       <c r="D1072" s="4" t="inlineStr">
         <is>
-          <t>Nithihardjo</t>
+          <t>Mkaouar</t>
         </is>
       </c>
       <c r="E1072" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1072" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1072" s="4"/>
     </row>
     <row r="1073">
       <c r="A1073" s="4" t="n">
-        <v>7404</v>
+        <v>2405</v>
       </c>
       <c r="B1073" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1073" s="4" t="inlineStr">
         <is>
-          <t>Camil</t>
+          <t>Amir</t>
         </is>
       </c>
       <c r="D1073" s="4" t="inlineStr">
         <is>
-          <t>Nour</t>
+          <t>Mneimne</t>
         </is>
       </c>
       <c r="E1073" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1073" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1073" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1073" s="4"/>
     </row>
     <row r="1074">
       <c r="A1074" s="4" t="n">
-        <v>5528</v>
+        <v>6899</v>
       </c>
       <c r="B1074" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1074" s="4" t="inlineStr">
         <is>
-          <t>Lavane</t>
+          <t>Reynaud</t>
         </is>
       </c>
       <c r="D1074" s="4" t="inlineStr">
         <is>
-          <t>Nour</t>
+          <t>M'Niquich</t>
         </is>
       </c>
       <c r="E1074" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1074" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1074" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="4" t="n">
-        <v>6686</v>
+        <v>7555</v>
       </c>
       <c r="B1075" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1075" s="4" t="inlineStr">
         <is>
-          <t>Antoine</t>
+          <t>Yanick</t>
         </is>
       </c>
       <c r="D1075" s="4" t="inlineStr">
         <is>
-          <t>Oberson</t>
+          <t>Mohn</t>
         </is>
       </c>
       <c r="E1075" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1075" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1075" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="4" t="n">
-        <v>2588</v>
+        <v>2415</v>
       </c>
       <c r="B1076" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1076" s="4" t="inlineStr">
         <is>
-          <t>Gerhard</t>
+          <t>Karin</t>
         </is>
       </c>
       <c r="D1076" s="4" t="inlineStr">
         <is>
-          <t>Oester</t>
+          <t>Mollet</t>
         </is>
       </c>
       <c r="E1076" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1076" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1076" s="4"/>
     </row>
     <row r="1077">
       <c r="A1077" s="4" t="n">
-        <v>4215</v>
+        <v>2422</v>
       </c>
       <c r="B1077" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1077" s="4" t="inlineStr">
         <is>
-          <t>Cedric</t>
+          <t>Justin</t>
         </is>
       </c>
       <c r="D1077" s="4" t="inlineStr">
         <is>
-          <t>Oetterli</t>
+          <t>Monney</t>
         </is>
       </c>
       <c r="E1077" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1077" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1077" s="4"/>
     </row>
     <row r="1078">
       <c r="A1078" s="4" t="n">
-        <v>2595</v>
+        <v>2423</v>
       </c>
       <c r="B1078" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1078" s="4" t="inlineStr">
         <is>
-          <t>Luis</t>
+          <t>Renaud</t>
         </is>
       </c>
       <c r="D1078" s="4" t="inlineStr">
         <is>
-          <t>Oliveira da Cunha</t>
+          <t>Monney</t>
         </is>
       </c>
       <c r="E1078" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1078" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1078" s="4"/>
     </row>
     <row r="1079">
       <c r="A1079" s="4" t="n">
-        <v>2598</v>
+        <v>2429</v>
       </c>
       <c r="B1079" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1079" s="4" t="inlineStr">
         <is>
-          <t>Dogan</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D1079" s="4" t="inlineStr">
         <is>
-          <t>Orakci</t>
+          <t>Moratti</t>
         </is>
       </c>
       <c r="E1079" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1079" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1079" s="4"/>
     </row>
     <row r="1080">
       <c r="A1080" s="4" t="n">
-        <v>7431</v>
+        <v>2430</v>
       </c>
       <c r="B1080" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1080" s="4" t="inlineStr">
         <is>
-          <t>Emma</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D1080" s="4" t="inlineStr">
         <is>
-          <t>Oser</t>
+          <t>Moratti</t>
         </is>
       </c>
       <c r="E1080" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1080" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1080" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1080" s="4"/>
     </row>
     <row r="1081">
       <c r="A1081" s="4" t="n">
-        <v>4062</v>
+        <v>2440</v>
       </c>
       <c r="B1081" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1081" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D1081" s="4" t="inlineStr">
         <is>
-          <t>Ott</t>
+          <t>Mösching</t>
         </is>
       </c>
       <c r="E1081" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1081" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1081" s="4"/>
     </row>
     <row r="1082">
       <c r="A1082" s="4" t="n">
-        <v>5529</v>
+        <v>4005</v>
       </c>
       <c r="B1082" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1082" s="4" t="inlineStr">
         <is>
-          <t>Jean-Rodolphe</t>
+          <t>Tosca</t>
         </is>
       </c>
       <c r="D1082" s="4" t="inlineStr">
         <is>
-          <t>Paratte</t>
+          <t>Muffatti</t>
         </is>
       </c>
       <c r="E1082" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1082" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1082" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1082" s="4"/>
     </row>
     <row r="1083">
       <c r="A1083" s="4" t="n">
-        <v>6249</v>
+        <v>2450</v>
       </c>
       <c r="B1083" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1083" s="4" t="inlineStr">
         <is>
-          <t>Rhea Emilia</t>
+          <t>Delic</t>
         </is>
       </c>
       <c r="D1083" s="4" t="inlineStr">
         <is>
-          <t>Pauchard</t>
+          <t>Muhamed</t>
         </is>
       </c>
       <c r="E1083" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1083" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1083" s="4"/>
     </row>
     <row r="1084">
       <c r="A1084" s="4" t="n">
-        <v>2641</v>
+        <v>2454</v>
       </c>
       <c r="B1084" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1084" s="4" t="inlineStr">
         <is>
-          <t>Lino</t>
+          <t>Céline</t>
         </is>
       </c>
       <c r="D1084" s="4" t="inlineStr">
         <is>
-          <t>Pelleriti</t>
+          <t>Mühlethaler</t>
         </is>
       </c>
       <c r="E1084" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1084" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1084" s="4"/>
     </row>
     <row r="1085">
       <c r="A1085" s="4" t="n">
-        <v>4052</v>
+        <v>2453</v>
       </c>
       <c r="B1085" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1085" s="4" t="inlineStr">
         <is>
-          <t>Mario Yunior</t>
+          <t>Amélie</t>
         </is>
       </c>
       <c r="D1085" s="4" t="inlineStr">
         <is>
-          <t>Pentassuglia</t>
+          <t>Mühlethaler</t>
         </is>
       </c>
       <c r="E1085" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1085" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1085" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1085" s="4"/>
     </row>
     <row r="1086">
       <c r="A1086" s="4" t="n">
-        <v>2654</v>
+        <v>2455</v>
       </c>
       <c r="B1086" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1086" s="4" t="inlineStr">
         <is>
-          <t>Francisco</t>
+          <t>Frédéric</t>
         </is>
       </c>
       <c r="D1086" s="4" t="inlineStr">
         <is>
-          <t>Pereira</t>
+          <t>Mühlethaler</t>
         </is>
       </c>
       <c r="E1086" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1086" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1086" s="4"/>
     </row>
     <row r="1087">
       <c r="A1087" s="4" t="n">
-        <v>2655</v>
+        <v>4825</v>
       </c>
       <c r="B1087" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1087" s="4" t="inlineStr">
         <is>
-          <t>Lori</t>
+          <t>Franziska</t>
         </is>
       </c>
       <c r="D1087" s="4" t="inlineStr">
         <is>
-          <t>Pereira</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E1087" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1087" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1087" s="4"/>
+      <c r="G1087" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1088">
       <c r="A1088" s="4" t="n">
-        <v>2664</v>
+        <v>2473</v>
       </c>
       <c r="B1088" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1088" s="4" t="inlineStr">
         <is>
-          <t>Isabelle</t>
+          <t>Jonathan</t>
         </is>
       </c>
       <c r="D1088" s="4" t="inlineStr">
         <is>
-          <t>Perroud</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E1088" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1088" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1088" s="4"/>
     </row>
     <row r="1089">
       <c r="A1089" s="4" t="n">
-        <v>2666</v>
+        <v>2476</v>
       </c>
       <c r="B1089" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1089" s="4" t="inlineStr">
         <is>
-          <t>Guiliano</t>
+          <t>Linda</t>
         </is>
       </c>
       <c r="D1089" s="4" t="inlineStr">
         <is>
-          <t>Pescio</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E1089" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1089" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1089" s="4"/>
     </row>
     <row r="1090">
       <c r="A1090" s="4" t="n">
-        <v>2679</v>
+        <v>2477</v>
       </c>
       <c r="B1090" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1090" s="4" t="inlineStr">
         <is>
-          <t>Davor</t>
+          <t>Lorenz</t>
         </is>
       </c>
       <c r="D1090" s="4" t="inlineStr">
         <is>
-          <t>Petrovic</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E1090" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1090" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1090" s="4"/>
     </row>
     <row r="1091">
       <c r="A1091" s="4" t="n">
-        <v>2678</v>
+        <v>2486</v>
       </c>
       <c r="B1091" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1091" s="4" t="inlineStr">
         <is>
-          <t>Danijela</t>
+          <t>Oliver</t>
         </is>
       </c>
       <c r="D1091" s="4" t="inlineStr">
         <is>
-          <t>Petrovic</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E1091" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1091" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1091" s="4"/>
     </row>
     <row r="1092">
       <c r="A1092" s="4" t="n">
-        <v>2681</v>
+        <v>2462</v>
       </c>
       <c r="B1092" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1092" s="4" t="inlineStr">
         <is>
-          <t>Igor</t>
+          <t>Anna</t>
         </is>
       </c>
       <c r="D1092" s="4" t="inlineStr">
         <is>
-          <t>Petrovic</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E1092" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1092" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1092" s="4"/>
     </row>
     <row r="1093">
       <c r="A1093" s="4" t="n">
-        <v>2677</v>
+        <v>2494</v>
       </c>
       <c r="B1093" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1093" s="4" t="inlineStr">
         <is>
-          <t>Danijel</t>
+          <t>Sven</t>
         </is>
       </c>
       <c r="D1093" s="4" t="inlineStr">
         <is>
-          <t>Petrovic</t>
+          <t>Mumenthaler</t>
         </is>
       </c>
       <c r="E1093" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1093" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1093" s="4"/>
     </row>
     <row r="1094">
       <c r="A1094" s="4" t="n">
-        <v>2682</v>
+        <v>2499</v>
       </c>
       <c r="B1094" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1094" s="4" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Drilon</t>
         </is>
       </c>
       <c r="D1094" s="4" t="inlineStr">
         <is>
-          <t>Petrovic </t>
+          <t>Musa</t>
         </is>
       </c>
       <c r="E1094" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1094" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1094" s="4"/>
     </row>
     <row r="1095">
       <c r="A1095" s="4" t="n">
-        <v>2694</v>
+        <v>2502</v>
       </c>
       <c r="B1095" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1095" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Sinem</t>
         </is>
       </c>
       <c r="D1095" s="4" t="inlineStr">
         <is>
-          <t>Pfeiffer</t>
+          <t>Muslu</t>
         </is>
       </c>
       <c r="E1095" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1095" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1095" s="4"/>
     </row>
     <row r="1096">
       <c r="A1096" s="4" t="n">
-        <v>2692</v>
+        <v>6286</v>
       </c>
       <c r="B1096" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1096" s="4" t="inlineStr">
         <is>
-          <t>Ana Marie</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D1096" s="4" t="inlineStr">
         <is>
-          <t>Pfeiffer</t>
+          <t>Mutti</t>
         </is>
       </c>
       <c r="E1096" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1096" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1096" s="4"/>
     </row>
     <row r="1097">
       <c r="A1097" s="4" t="n">
-        <v>4866</v>
+        <v>4863</v>
       </c>
       <c r="B1097" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1097" s="4" t="inlineStr">
         <is>
-          <t>Aurora</t>
+          <t>Leona</t>
         </is>
       </c>
       <c r="D1097" s="4" t="inlineStr">
         <is>
-          <t>Pianta</t>
+          <t>Nägelin</t>
         </is>
       </c>
       <c r="E1097" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1097" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1097" s="4"/>
     </row>
     <row r="1098">
       <c r="A1098" s="4" t="n">
-        <v>2716</v>
+        <v>2515</v>
       </c>
       <c r="B1098" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1098" s="4" t="inlineStr">
         <is>
-          <t>Stephanie</t>
+          <t>Kayoko</t>
         </is>
       </c>
       <c r="D1098" s="4" t="inlineStr">
         <is>
-          <t>Pin</t>
+          <t>Nakamura-Kiss</t>
         </is>
       </c>
       <c r="E1098" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1098" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1098" s="4"/>
     </row>
     <row r="1099">
       <c r="A1099" s="4" t="n">
-        <v>4009</v>
+        <v>2516</v>
       </c>
       <c r="B1099" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1099" s="4" t="inlineStr">
         <is>
-          <t>Livia</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D1099" s="4" t="inlineStr">
         <is>
-          <t>Plozza</t>
+          <t>Nani</t>
         </is>
       </c>
       <c r="E1099" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1099" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1099" s="4"/>
     </row>
     <row r="1100">
       <c r="A1100" s="4" t="n">
-        <v>2743</v>
+        <v>2518</v>
       </c>
       <c r="B1100" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1100" s="4" t="inlineStr">
         <is>
-          <t>Meltem</t>
+          <t>Marwan</t>
         </is>
       </c>
       <c r="D1100" s="4" t="inlineStr">
         <is>
-          <t>Polatli</t>
+          <t>Nasrallah</t>
         </is>
       </c>
       <c r="E1100" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1100" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1100" s="4"/>
     </row>
     <row r="1101">
       <c r="A1101" s="4" t="n">
-        <v>2742</v>
+        <v>2533</v>
       </c>
       <c r="B1101" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1101" s="4" t="inlineStr">
         <is>
-          <t>Melisa</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D1101" s="4" t="inlineStr">
         <is>
-          <t>Polatli</t>
+          <t>Neuenschwander</t>
         </is>
       </c>
       <c r="E1101" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1101" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1101" s="4"/>
     </row>
     <row r="1102">
       <c r="A1102" s="4" t="n">
-        <v>2754</v>
+        <v>2540</v>
       </c>
       <c r="B1102" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1102" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D1102" s="4" t="inlineStr">
         <is>
-          <t>Popovic</t>
+          <t>Neuhaus</t>
         </is>
       </c>
       <c r="E1102" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1102" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1102" s="4"/>
     </row>
     <row r="1103">
       <c r="A1103" s="4" t="n">
-        <v>2755</v>
+        <v>2538</v>
       </c>
       <c r="B1103" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1103" s="4" t="inlineStr">
         <is>
-          <t>Jasmine</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D1103" s="4" t="inlineStr">
         <is>
-          <t>Portmann</t>
+          <t>Neuhaus</t>
         </is>
       </c>
       <c r="E1103" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1103" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1103" s="4"/>
     </row>
     <row r="1104">
       <c r="A1104" s="4" t="n">
-        <v>2761</v>
+        <v>2543</v>
       </c>
       <c r="B1104" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1104" s="4" t="inlineStr">
         <is>
-          <t>Aleksander</t>
+          <t>Kujtim</t>
         </is>
       </c>
       <c r="D1104" s="4" t="inlineStr">
         <is>
-          <t>Prekaj</t>
+          <t>Neziri</t>
         </is>
       </c>
       <c r="E1104" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1104" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1104" s="4"/>
     </row>
     <row r="1105">
       <c r="A1105" s="4" t="n">
-        <v>2768</v>
+        <v>7426</v>
       </c>
       <c r="B1105" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1105" s="4" t="inlineStr">
         <is>
-          <t>Giuseppe</t>
+          <t>Dustin                  </t>
         </is>
       </c>
       <c r="D1105" s="4" t="inlineStr">
         <is>
-          <t>Puccio</t>
+          <t>Ngauf                    </t>
         </is>
       </c>
       <c r="E1105" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1105" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1105" s="4"/>
     </row>
     <row r="1106">
       <c r="A1106" s="4" t="n">
-        <v>2770</v>
+        <v>6035</v>
       </c>
       <c r="B1106" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1106" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Giang</t>
         </is>
       </c>
       <c r="D1106" s="4" t="inlineStr">
         <is>
-          <t>Puglisi</t>
+          <t>Nguyen</t>
         </is>
       </c>
       <c r="E1106" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1106" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1106" s="4"/>
+      <c r="G1106" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1107">
       <c r="A1107" s="4" t="n">
-        <v>2773</v>
+        <v>2552</v>
       </c>
       <c r="B1107" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1107" s="4" t="inlineStr">
         <is>
-          <t>Christoph</t>
+          <t>Nena</t>
         </is>
       </c>
       <c r="D1107" s="4" t="inlineStr">
         <is>
-          <t>Pulfer</t>
+          <t>Niederberger</t>
         </is>
       </c>
       <c r="E1107" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1107" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1107" s="4"/>
     </row>
     <row r="1108">
       <c r="A1108" s="4" t="n">
-        <v>2790</v>
+        <v>2551</v>
       </c>
       <c r="B1108" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1108" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Nando</t>
         </is>
       </c>
       <c r="D1108" s="4" t="inlineStr">
         <is>
-          <t>Radic</t>
+          <t>Niederberger</t>
         </is>
       </c>
       <c r="E1108" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1108" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1108" s="4"/>
     </row>
     <row r="1109">
       <c r="A1109" s="4" t="n">
-        <v>2792</v>
+        <v>2553</v>
       </c>
       <c r="B1109" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1109" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Jens</t>
         </is>
       </c>
       <c r="D1109" s="4" t="inlineStr">
         <is>
-          <t>Radjenovic</t>
+          <t>Niederhäuser</t>
         </is>
       </c>
       <c r="E1109" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1109" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1109" s="4"/>
     </row>
     <row r="1110">
       <c r="A1110" s="4" t="n">
-        <v>2794</v>
+        <v>2561</v>
       </c>
       <c r="B1110" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1110" s="4" t="inlineStr">
         <is>
-          <t>Timo</t>
+          <t>Sinisa</t>
         </is>
       </c>
       <c r="D1110" s="4" t="inlineStr">
         <is>
-          <t>Radjenovic</t>
+          <t>Nisavic</t>
         </is>
       </c>
       <c r="E1110" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1110" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1110" s="4"/>
     </row>
     <row r="1111">
       <c r="A1111" s="4" t="n">
-        <v>2793</v>
+        <v>2562</v>
       </c>
       <c r="B1111" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1111" s="4" t="inlineStr">
         <is>
-          <t>Pia</t>
+          <t>Slavica</t>
         </is>
       </c>
       <c r="D1111" s="4" t="inlineStr">
         <is>
-          <t>Radjenovic</t>
+          <t>Nisavic</t>
         </is>
       </c>
       <c r="E1111" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1111" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1111" s="4"/>
     </row>
     <row r="1112">
       <c r="A1112" s="4" t="n">
-        <v>7489</v>
+        <v>6867</v>
       </c>
       <c r="B1112" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1112" s="4" t="inlineStr">
         <is>
-          <t>Gabriel</t>
+          <t>Enrico</t>
         </is>
       </c>
       <c r="D1112" s="4" t="inlineStr">
         <is>
-          <t>Rados</t>
+          <t>Nithihardjo</t>
         </is>
       </c>
       <c r="E1112" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1112" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1112" s="4"/>
     </row>
     <row r="1113">
       <c r="A1113" s="4" t="n">
-        <v>2796</v>
+        <v>7404</v>
       </c>
       <c r="B1113" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1113" s="4" t="inlineStr">
         <is>
-          <t>Nicola</t>
+          <t>Camil</t>
         </is>
       </c>
       <c r="D1113" s="4" t="inlineStr">
         <is>
-          <t>Raemy</t>
+          <t>Nour</t>
         </is>
       </c>
       <c r="E1113" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F1113" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1113" s="4"/>
+      <c r="G1113" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1114">
       <c r="A1114" s="4" t="n">
-        <v>2795</v>
+        <v>5528</v>
       </c>
       <c r="B1114" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1114" s="4" t="inlineStr">
         <is>
-          <t>Leona</t>
+          <t>Lavane</t>
         </is>
       </c>
       <c r="D1114" s="4" t="inlineStr">
         <is>
-          <t>Raemy</t>
+          <t>Nour</t>
         </is>
       </c>
       <c r="E1114" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1114" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1114" s="4"/>
+      <c r="G1114" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1115">
       <c r="A1115" s="4" t="n">
-        <v>2802</v>
+        <v>6686</v>
       </c>
       <c r="B1115" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1115" s="4" t="inlineStr">
         <is>
-          <t>Ladina</t>
+          <t>Antoine</t>
         </is>
       </c>
       <c r="D1115" s="4" t="inlineStr">
         <is>
-          <t>Raguth</t>
+          <t>Oberson</t>
         </is>
       </c>
       <c r="E1115" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1115" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1115" s="4"/>
+      <c r="G1115" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1116">
       <c r="A1116" s="4" t="n">
-        <v>2803</v>
+        <v>2588</v>
       </c>
       <c r="B1116" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1116" s="4" t="inlineStr">
         <is>
-          <t>Mario</t>
+          <t>Gerhard</t>
         </is>
       </c>
       <c r="D1116" s="4" t="inlineStr">
         <is>
-          <t>Raguth</t>
+          <t>Oester</t>
         </is>
       </c>
       <c r="E1116" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1116" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1116" s="4"/>
     </row>
     <row r="1117">
       <c r="A1117" s="4" t="n">
-        <v>2801</v>
+        <v>4215</v>
       </c>
       <c r="B1117" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1117" s="4" t="inlineStr">
         <is>
-          <t>Gian-Carlo</t>
+          <t>Cedric</t>
         </is>
       </c>
       <c r="D1117" s="4" t="inlineStr">
         <is>
-          <t>Raguth</t>
+          <t>Oetterli</t>
         </is>
       </c>
       <c r="E1117" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1117" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1117" s="4"/>
     </row>
     <row r="1118">
       <c r="A1118" s="4" t="n">
-        <v>2804</v>
+        <v>2595</v>
       </c>
       <c r="B1118" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1118" s="4" t="inlineStr">
         <is>
-          <t>Baki</t>
+          <t>Luis</t>
         </is>
       </c>
       <c r="D1118" s="4" t="inlineStr">
         <is>
-          <t>Rahamani</t>
+          <t>Oliveira da Cunha</t>
         </is>
       </c>
       <c r="E1118" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1118" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1118" s="4"/>
     </row>
     <row r="1119">
       <c r="A1119" s="4" t="n">
-        <v>2808</v>
+        <v>2598</v>
       </c>
       <c r="B1119" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1119" s="4" t="inlineStr">
         <is>
-          <t>Slavisa</t>
+          <t>Dogan</t>
         </is>
       </c>
       <c r="D1119" s="4" t="inlineStr">
         <is>
-          <t>Rakic</t>
+          <t>Orakci</t>
         </is>
       </c>
       <c r="E1119" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1119" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1119" s="4"/>
     </row>
     <row r="1120">
       <c r="A1120" s="4" t="n">
-        <v>2809</v>
+        <v>7431</v>
       </c>
       <c r="B1120" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1120" s="4" t="inlineStr">
         <is>
-          <t>Fitim</t>
+          <t>Emma</t>
         </is>
       </c>
       <c r="D1120" s="4" t="inlineStr">
         <is>
-          <t>Rama</t>
+          <t>Oser</t>
         </is>
       </c>
       <c r="E1120" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F1120" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1120" s="4"/>
+      <c r="G1120" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="1121">
       <c r="A1121" s="4" t="n">
-        <v>2810</v>
+        <v>4062</v>
       </c>
       <c r="B1121" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1121" s="4" t="inlineStr">
         <is>
-          <t>Armin</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D1121" s="4" t="inlineStr">
         <is>
-          <t>Ramcilovic</t>
+          <t>Ott</t>
         </is>
       </c>
       <c r="E1121" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1121" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1121" s="4"/>
     </row>
     <row r="1122">
       <c r="A1122" s="4" t="n">
-        <v>5681</v>
+        <v>5529</v>
       </c>
       <c r="B1122" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1122" s="4" t="inlineStr">
         <is>
-          <t>Leandro</t>
+          <t>Jean-Rodolphe</t>
         </is>
       </c>
       <c r="D1122" s="4" t="inlineStr">
         <is>
-          <t>Ramirez</t>
+          <t>Paratte</t>
         </is>
       </c>
       <c r="E1122" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1122" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1122" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="4" t="n">
-        <v>2813</v>
+        <v>6249</v>
       </c>
       <c r="B1123" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1123" s="4" t="inlineStr">
         <is>
-          <t>Herschel</t>
+          <t>Rhea Emilia</t>
         </is>
       </c>
       <c r="D1123" s="4" t="inlineStr">
         <is>
-          <t>Ranjan</t>
+          <t>Pauchard</t>
         </is>
       </c>
       <c r="E1123" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1123" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1123" s="4"/>
     </row>
     <row r="1124">
       <c r="A1124" s="4" t="n">
-        <v>6251</v>
+        <v>2641</v>
       </c>
       <c r="B1124" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1124" s="4" t="inlineStr">
         <is>
-          <t>Noële</t>
+          <t>Lino</t>
         </is>
       </c>
       <c r="D1124" s="4" t="inlineStr">
         <is>
-          <t>Raschle</t>
+          <t>Pelleriti</t>
         </is>
       </c>
       <c r="E1124" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1124" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1124" s="4"/>
     </row>
     <row r="1125">
       <c r="A1125" s="4" t="n">
-        <v>2823</v>
+        <v>4052</v>
       </c>
       <c r="B1125" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1125" s="4" t="inlineStr">
         <is>
-          <t>Mathushan</t>
+          <t>Mario Yunior</t>
         </is>
       </c>
       <c r="D1125" s="4" t="inlineStr">
         <is>
-          <t>Ravichandran</t>
+          <t>Pentassuglia</t>
         </is>
       </c>
       <c r="E1125" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1125" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1125" s="4"/>
+      <c r="G1125" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="1126">
       <c r="A1126" s="4" t="n">
-        <v>2830</v>
+        <v>2654</v>
       </c>
       <c r="B1126" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1126" s="4" t="inlineStr">
         <is>
-          <t>Annelies</t>
+          <t>Francisco</t>
         </is>
       </c>
       <c r="D1126" s="4" t="inlineStr">
         <is>
-          <t>Reber</t>
+          <t>Pereira</t>
         </is>
       </c>
       <c r="E1126" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1126" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1126" s="4"/>
     </row>
     <row r="1127">
       <c r="A1127" s="4" t="n">
-        <v>2835</v>
+        <v>2655</v>
       </c>
       <c r="B1127" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1127" s="4" t="inlineStr">
         <is>
-          <t>Felix</t>
+          <t>Lori</t>
         </is>
       </c>
       <c r="D1127" s="4" t="inlineStr">
         <is>
-          <t>Rechberger</t>
+          <t>Pereira</t>
         </is>
       </c>
       <c r="E1127" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1127" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1127" s="4"/>
     </row>
     <row r="1128">
       <c r="A1128" s="4" t="n">
-        <v>2842</v>
+        <v>2664</v>
       </c>
       <c r="B1128" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1128" s="4" t="inlineStr">
         <is>
-          <t>Bajram</t>
+          <t>Isabelle</t>
         </is>
       </c>
       <c r="D1128" s="4" t="inlineStr">
         <is>
-          <t>Redzepi</t>
+          <t>Perroud</t>
         </is>
       </c>
       <c r="E1128" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1128" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1128" s="4"/>
     </row>
     <row r="1129">
       <c r="A1129" s="4" t="n">
-        <v>2848</v>
+        <v>2666</v>
       </c>
       <c r="B1129" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1129" s="4" t="inlineStr">
         <is>
-          <t>Kobi</t>
+          <t>Guiliano</t>
         </is>
       </c>
       <c r="D1129" s="4" t="inlineStr">
         <is>
-          <t>Reichen</t>
+          <t>Pescio</t>
         </is>
       </c>
       <c r="E1129" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1129" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1129" s="4"/>
     </row>
     <row r="1130">
       <c r="A1130" s="4" t="n">
-        <v>5682</v>
+        <v>2681</v>
       </c>
       <c r="B1130" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1130" s="4" t="inlineStr">
         <is>
-          <t>Jasmina</t>
+          <t>Igor</t>
         </is>
       </c>
       <c r="D1130" s="4" t="inlineStr">
         <is>
-          <t>Reiz</t>
+          <t>Petrovic</t>
         </is>
       </c>
       <c r="E1130" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1130" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1130" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1130" s="4"/>
     </row>
     <row r="1131">
       <c r="A1131" s="4" t="n">
-        <v>7432</v>
+        <v>2679</v>
       </c>
       <c r="B1131" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1131" s="4" t="inlineStr">
         <is>
-          <t>Kilian</t>
+          <t>Davor</t>
         </is>
       </c>
       <c r="D1131" s="4" t="inlineStr">
         <is>
-          <t>Renner</t>
+          <t>Petrovic</t>
         </is>
       </c>
       <c r="E1131" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1131" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1131" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1131" s="4"/>
     </row>
     <row r="1132">
       <c r="A1132" s="4" t="n">
-        <v>7493</v>
+        <v>2678</v>
       </c>
       <c r="B1132" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1132" s="4" t="inlineStr">
         <is>
-          <t>Mika</t>
+          <t>Danijela</t>
         </is>
       </c>
       <c r="D1132" s="4" t="inlineStr">
         <is>
-          <t>Rentsch</t>
+          <t>Petrovic</t>
         </is>
       </c>
       <c r="E1132" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1132" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1132" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1132" s="4"/>
     </row>
     <row r="1133">
       <c r="A1133" s="4" t="n">
-        <v>2863</v>
+        <v>2677</v>
       </c>
       <c r="B1133" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1133" s="4" t="inlineStr">
         <is>
-          <t>Beatrice</t>
+          <t>Danijel</t>
         </is>
       </c>
       <c r="D1133" s="4" t="inlineStr">
         <is>
-          <t>Reusser</t>
+          <t>Petrovic</t>
         </is>
       </c>
       <c r="E1133" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1133" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1133" s="4"/>
     </row>
     <row r="1134">
       <c r="A1134" s="4" t="n">
-        <v>2867</v>
+        <v>2682</v>
       </c>
       <c r="B1134" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1134" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Diana</t>
         </is>
       </c>
       <c r="D1134" s="4" t="inlineStr">
         <is>
-          <t>Reuteler</t>
+          <t>Petrovic </t>
         </is>
       </c>
       <c r="E1134" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1134" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1134" s="4"/>
     </row>
     <row r="1135">
       <c r="A1135" s="4" t="n">
-        <v>6457</v>
+        <v>2692</v>
       </c>
       <c r="B1135" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1135" s="4" t="inlineStr">
         <is>
-          <t>Livio</t>
+          <t>Ana Marie</t>
         </is>
       </c>
       <c r="D1135" s="4" t="inlineStr">
         <is>
-          <t>Reuteler</t>
+          <t>Pfeiffer</t>
         </is>
       </c>
       <c r="E1135" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1135" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1135" s="4"/>
     </row>
     <row r="1136">
       <c r="A1136" s="4" t="n">
-        <v>2869</v>
+        <v>2694</v>
       </c>
       <c r="B1136" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1136" s="4" t="inlineStr">
         <is>
-          <t>Ives</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D1136" s="4" t="inlineStr">
         <is>
-          <t>Rhyser</t>
+          <t>Pfeiffer</t>
         </is>
       </c>
       <c r="E1136" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1136" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1136" s="4"/>
     </row>
     <row r="1137">
       <c r="A1137" s="4" t="n">
-        <v>7088</v>
+        <v>4866</v>
       </c>
       <c r="B1137" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1137" s="4" t="inlineStr">
         <is>
-          <t>Ladina</t>
+          <t>Aurora</t>
         </is>
       </c>
       <c r="D1137" s="4" t="inlineStr">
         <is>
-          <t>Riedi-Thomann</t>
+          <t>Pianta</t>
         </is>
       </c>
       <c r="E1137" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1137" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1137" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1137" s="4"/>
     </row>
     <row r="1138">
       <c r="A1138" s="4" t="n">
-        <v>2891</v>
+        <v>2716</v>
       </c>
       <c r="B1138" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1138" s="4" t="inlineStr">
         <is>
-          <t>Tarik</t>
+          <t>Stephanie</t>
         </is>
       </c>
       <c r="D1138" s="4" t="inlineStr">
         <is>
-          <t>Rifai</t>
+          <t>Pin</t>
         </is>
       </c>
       <c r="E1138" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1138" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1138" s="4"/>
     </row>
     <row r="1139">
       <c r="A1139" s="4" t="n">
-        <v>2889</v>
+        <v>4009</v>
       </c>
       <c r="B1139" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1139" s="4" t="inlineStr">
         <is>
-          <t>Osama</t>
+          <t>Livia</t>
         </is>
       </c>
       <c r="D1139" s="4" t="inlineStr">
         <is>
-          <t>Rifai</t>
+          <t>Plozza</t>
         </is>
       </c>
       <c r="E1139" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1139" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1139" s="4"/>
     </row>
     <row r="1140">
       <c r="A1140" s="4" t="n">
-        <v>2896</v>
+        <v>2742</v>
       </c>
       <c r="B1140" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1140" s="4" t="inlineStr">
         <is>
-          <t>Julian</t>
+          <t>Melisa</t>
         </is>
       </c>
       <c r="D1140" s="4" t="inlineStr">
         <is>
-          <t>Ringler</t>
+          <t>Polatli</t>
         </is>
       </c>
       <c r="E1140" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1140" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1140" s="4"/>
     </row>
     <row r="1141">
       <c r="A1141" s="4" t="n">
-        <v>4611</v>
+        <v>2743</v>
       </c>
       <c r="B1141" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1141" s="4" t="inlineStr">
         <is>
-          <t>Rustem</t>
+          <t>Meltem</t>
         </is>
       </c>
       <c r="D1141" s="4" t="inlineStr">
         <is>
-          <t>Ristemi</t>
+          <t>Polatli</t>
         </is>
       </c>
       <c r="E1141" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1141" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1141" s="4"/>
     </row>
     <row r="1142">
       <c r="A1142" s="4" t="n">
-        <v>2901</v>
+        <v>7565</v>
       </c>
       <c r="B1142" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1142" s="4" t="inlineStr">
         <is>
-          <t>Boban</t>
+          <t>Jean</t>
         </is>
       </c>
       <c r="D1142" s="4" t="inlineStr">
         <is>
-          <t>Ristic</t>
+          <t>Ponsot</t>
         </is>
       </c>
       <c r="E1142" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1142" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1142" s="4"/>
+      <c r="G1142" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="1143">
       <c r="A1143" s="4" t="n">
-        <v>2904</v>
+        <v>2754</v>
       </c>
       <c r="B1143" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1143" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D1143" s="4" t="inlineStr">
         <is>
-          <t>Ritschard</t>
+          <t>Popovic</t>
         </is>
       </c>
       <c r="E1143" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1143" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1143" s="4"/>
     </row>
     <row r="1144">
       <c r="A1144" s="4" t="n">
-        <v>2905</v>
+        <v>2755</v>
       </c>
       <c r="B1144" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1144" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Jasmine</t>
         </is>
       </c>
       <c r="D1144" s="4" t="inlineStr">
         <is>
-          <t>Ritter</t>
+          <t>Portmann</t>
         </is>
       </c>
       <c r="E1144" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1144" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1144" s="4"/>
     </row>
     <row r="1145">
       <c r="A1145" s="4" t="n">
-        <v>6027</v>
+        <v>2761</v>
       </c>
       <c r="B1145" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1145" s="4" t="inlineStr">
         <is>
-          <t>Lila</t>
+          <t>Aleksander</t>
         </is>
       </c>
       <c r="D1145" s="4" t="inlineStr">
         <is>
-          <t>Ritz</t>
+          <t>Prekaj</t>
         </is>
       </c>
       <c r="E1145" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1145" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1145" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1145" s="4"/>
     </row>
     <row r="1146">
       <c r="A1146" s="4" t="n">
-        <v>7403</v>
+        <v>2768</v>
       </c>
       <c r="B1146" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1146" s="4" t="inlineStr">
         <is>
-          <t>Maia</t>
+          <t>Giuseppe</t>
         </is>
       </c>
       <c r="D1146" s="4" t="inlineStr">
         <is>
-          <t>Ritz</t>
+          <t>Puccio</t>
         </is>
       </c>
       <c r="E1146" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1146" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1146" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1146" s="4"/>
     </row>
     <row r="1147">
       <c r="A1147" s="4" t="n">
-        <v>5491</v>
+        <v>2770</v>
       </c>
       <c r="B1147" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1147" s="4" t="inlineStr">
         <is>
-          <t>Yvonne</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D1147" s="4" t="inlineStr">
         <is>
-          <t>Rodel</t>
+          <t>Puglisi</t>
         </is>
       </c>
       <c r="E1147" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1147" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1147" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1147" s="4"/>
     </row>
     <row r="1148">
       <c r="A1148" s="4" t="n">
-        <v>7488</v>
+        <v>2773</v>
       </c>
       <c r="B1148" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1148" s="4" t="inlineStr">
         <is>
-          <t>Teixeira</t>
+          <t>Christoph</t>
         </is>
       </c>
       <c r="D1148" s="4" t="inlineStr">
         <is>
-          <t>Rodrigo Morais</t>
+          <t>Pulfer</t>
         </is>
       </c>
       <c r="E1148" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1148" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1148" s="4"/>
     </row>
     <row r="1149">
       <c r="A1149" s="4" t="n">
-        <v>7401</v>
+        <v>2790</v>
       </c>
       <c r="B1149" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1149" s="4" t="inlineStr">
         <is>
           <t>Michael</t>
         </is>
       </c>
       <c r="D1149" s="4" t="inlineStr">
         <is>
-          <t>Rolli</t>
+          <t>Radic</t>
         </is>
       </c>
       <c r="E1149" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1149" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1149" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1149" s="4"/>
     </row>
     <row r="1150">
       <c r="A1150" s="4" t="n">
-        <v>7402</v>
+        <v>2794</v>
       </c>
       <c r="B1150" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1150" s="4" t="inlineStr">
         <is>
-          <t>Heike</t>
+          <t>Timo</t>
         </is>
       </c>
       <c r="D1150" s="4" t="inlineStr">
         <is>
-          <t>Rolli</t>
+          <t>Radjenovic</t>
         </is>
       </c>
       <c r="E1150" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1150" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1150" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1150" s="4"/>
     </row>
     <row r="1151">
       <c r="A1151" s="4" t="n">
-        <v>2929</v>
+        <v>2793</v>
       </c>
       <c r="B1151" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1151" s="4" t="inlineStr">
         <is>
-          <t>Hanspeter</t>
+          <t>Pia</t>
         </is>
       </c>
       <c r="D1151" s="4" t="inlineStr">
         <is>
-          <t>Romang</t>
+          <t>Radjenovic</t>
         </is>
       </c>
       <c r="E1151" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1151" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1151" s="4"/>
     </row>
     <row r="1152">
       <c r="A1152" s="4" t="n">
-        <v>6288</v>
+        <v>2792</v>
       </c>
       <c r="B1152" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1152" s="4" t="inlineStr">
         <is>
-          <t>Coletta</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D1152" s="4" t="inlineStr">
         <is>
-          <t>Romeo</t>
+          <t>Radjenovic</t>
         </is>
       </c>
       <c r="E1152" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1152" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1152" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1152" s="4"/>
     </row>
     <row r="1153">
       <c r="A1153" s="4" t="n">
-        <v>2941</v>
+        <v>7489</v>
       </c>
       <c r="B1153" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1153" s="4" t="inlineStr">
         <is>
-          <t>Sascha</t>
+          <t>Gabriel</t>
         </is>
       </c>
       <c r="D1153" s="4" t="inlineStr">
         <is>
-          <t>Rösch</t>
+          <t>Rados</t>
         </is>
       </c>
       <c r="E1153" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1153" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1153" s="4"/>
     </row>
     <row r="1154">
       <c r="A1154" s="4" t="n">
-        <v>7089</v>
+        <v>2795</v>
       </c>
       <c r="B1154" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1154" s="4" t="inlineStr">
         <is>
-          <t>Nadja</t>
+          <t>Leona</t>
         </is>
       </c>
       <c r="D1154" s="4" t="inlineStr">
         <is>
-          <t>Rosenberger</t>
+          <t>Raemy</t>
         </is>
       </c>
       <c r="E1154" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1154" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1154" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1154" s="4"/>
     </row>
     <row r="1155">
       <c r="A1155" s="4" t="n">
-        <v>2954</v>
+        <v>2796</v>
       </c>
       <c r="B1155" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1155" s="4" t="inlineStr">
         <is>
-          <t>Patricia</t>
+          <t>Nicola</t>
         </is>
       </c>
       <c r="D1155" s="4" t="inlineStr">
         <is>
-          <t>Roth</t>
+          <t>Raemy</t>
         </is>
       </c>
       <c r="E1155" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1155" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1155" s="4"/>
     </row>
     <row r="1156">
       <c r="A1156" s="4" t="n">
-        <v>2952</v>
+        <v>2802</v>
       </c>
       <c r="B1156" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1156" s="4" t="inlineStr">
         <is>
-          <t>Doris</t>
+          <t>Ladina</t>
         </is>
       </c>
       <c r="D1156" s="4" t="inlineStr">
         <is>
-          <t>Roth</t>
+          <t>Raguth</t>
         </is>
       </c>
       <c r="E1156" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1156" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1156" s="4"/>
     </row>
     <row r="1157">
       <c r="A1157" s="4" t="n">
-        <v>6291</v>
+        <v>2803</v>
       </c>
       <c r="B1157" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1157" s="4" t="inlineStr">
         <is>
-          <t>Sean</t>
+          <t>Mario</t>
         </is>
       </c>
       <c r="D1157" s="4" t="inlineStr">
         <is>
-          <t>Roth</t>
+          <t>Raguth</t>
         </is>
       </c>
       <c r="E1157" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1157" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1157" s="4"/>
     </row>
     <row r="1158">
       <c r="A1158" s="4" t="n">
-        <v>2959</v>
+        <v>2801</v>
       </c>
       <c r="B1158" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1158" s="4" t="inlineStr">
         <is>
-          <t>Romina</t>
+          <t>Gian-Carlo</t>
         </is>
       </c>
       <c r="D1158" s="4" t="inlineStr">
         <is>
-          <t>Röthlisberger</t>
+          <t>Raguth</t>
         </is>
       </c>
       <c r="E1158" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1158" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1158" s="4"/>
     </row>
     <row r="1159">
       <c r="A1159" s="4" t="n">
-        <v>6677</v>
+        <v>2804</v>
       </c>
       <c r="B1159" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1159" s="4" t="inlineStr">
         <is>
-          <t>Elena Jael</t>
+          <t>Baki</t>
         </is>
       </c>
       <c r="D1159" s="4" t="inlineStr">
         <is>
-          <t>Röthlisberger</t>
+          <t>Rahamani</t>
         </is>
       </c>
       <c r="E1159" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1159" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1159" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1159" s="4"/>
     </row>
     <row r="1160">
       <c r="A1160" s="4" t="n">
-        <v>2965</v>
+        <v>2808</v>
       </c>
       <c r="B1160" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1160" s="4" t="inlineStr">
         <is>
-          <t>Kicaj</t>
+          <t>Slavisa</t>
         </is>
       </c>
       <c r="D1160" s="4" t="inlineStr">
         <is>
-          <t>Rrustern</t>
+          <t>Rakic</t>
         </is>
       </c>
       <c r="E1160" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1160" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1160" s="4"/>
     </row>
     <row r="1161">
       <c r="A1161" s="4" t="n">
-        <v>5163</v>
+        <v>2809</v>
       </c>
       <c r="B1161" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1161" s="4" t="inlineStr">
         <is>
-          <t>Larissa</t>
+          <t>Fitim</t>
         </is>
       </c>
       <c r="D1161" s="4" t="inlineStr">
         <is>
-          <t>Ruch</t>
+          <t>Rama</t>
         </is>
       </c>
       <c r="E1161" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1161" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1161" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1161" s="4"/>
     </row>
     <row r="1162">
       <c r="A1162" s="4" t="n">
-        <v>2970</v>
+        <v>2810</v>
       </c>
       <c r="B1162" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1162" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Armin</t>
         </is>
       </c>
       <c r="D1162" s="4" t="inlineStr">
         <is>
-          <t>Ruckstuhl</t>
+          <t>Ramcilovic</t>
         </is>
       </c>
       <c r="E1162" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1162" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1162" s="4"/>
     </row>
     <row r="1163">
       <c r="A1163" s="4" t="n">
-        <v>2975</v>
+        <v>5681</v>
       </c>
       <c r="B1163" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1163" s="4" t="inlineStr">
         <is>
-          <t>Florin</t>
+          <t>Leandro</t>
         </is>
       </c>
       <c r="D1163" s="4" t="inlineStr">
         <is>
-          <t>Rüdisühli</t>
+          <t>Ramirez</t>
         </is>
       </c>
       <c r="E1163" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1163" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1163" s="4"/>
+      <c r="G1163" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1164">
       <c r="A1164" s="4" t="n">
-        <v>2976</v>
+        <v>2813</v>
       </c>
       <c r="B1164" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1164" s="4" t="inlineStr">
         <is>
-          <t>Anina</t>
+          <t>Herschel</t>
         </is>
       </c>
       <c r="D1164" s="4" t="inlineStr">
         <is>
-          <t>Rüdisühli </t>
+          <t>Ranjan</t>
         </is>
       </c>
       <c r="E1164" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1164" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1164" s="4"/>
     </row>
     <row r="1165">
       <c r="A1165" s="4" t="n">
-        <v>4608</v>
+        <v>6251</v>
       </c>
       <c r="B1165" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1165" s="4" t="inlineStr">
         <is>
-          <t>Marion </t>
+          <t>Noële</t>
         </is>
       </c>
       <c r="D1165" s="4" t="inlineStr">
         <is>
-          <t>Rüegg</t>
+          <t>Raschle</t>
         </is>
       </c>
       <c r="E1165" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1165" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1165" s="4"/>
     </row>
     <row r="1166">
       <c r="A1166" s="4" t="n">
-        <v>2988</v>
+        <v>2823</v>
       </c>
       <c r="B1166" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1166" s="4" t="inlineStr">
         <is>
-          <t>Margrit</t>
+          <t>Mathushan</t>
         </is>
       </c>
       <c r="D1166" s="4" t="inlineStr">
         <is>
-          <t>Rüfenacht</t>
+          <t>Ravichandran</t>
         </is>
       </c>
       <c r="E1166" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1166" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1166" s="4"/>
     </row>
     <row r="1167">
       <c r="A1167" s="4" t="n">
-        <v>2990</v>
+        <v>2830</v>
       </c>
       <c r="B1167" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1167" s="4" t="inlineStr">
         <is>
-          <t>Jasmin</t>
+          <t>Annelies</t>
         </is>
       </c>
       <c r="D1167" s="4" t="inlineStr">
         <is>
-          <t>Rufer</t>
+          <t>Reber</t>
         </is>
       </c>
       <c r="E1167" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1167" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1167" s="4"/>
     </row>
     <row r="1168">
       <c r="A1168" s="4" t="n">
-        <v>4876</v>
+        <v>2835</v>
       </c>
       <c r="B1168" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1168" s="4" t="inlineStr">
         <is>
-          <t> Matteo</t>
+          <t>Felix</t>
         </is>
       </c>
       <c r="D1168" s="4" t="inlineStr">
         <is>
-          <t>Ruffini</t>
+          <t>Rechberger</t>
         </is>
       </c>
       <c r="E1168" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1168" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1168" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1168" s="4"/>
     </row>
     <row r="1169">
       <c r="A1169" s="4" t="n">
-        <v>2991</v>
+        <v>7559</v>
       </c>
       <c r="B1169" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1169" s="4" t="inlineStr">
         <is>
-          <t>Sascha</t>
+          <t>Line</t>
         </is>
       </c>
       <c r="D1169" s="4" t="inlineStr">
         <is>
-          <t>Ruggeri</t>
+          <t>Reda</t>
         </is>
       </c>
       <c r="E1169" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1169" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1169" s="4"/>
+      <c r="G1169" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1170">
       <c r="A1170" s="4" t="n">
-        <v>2997</v>
+        <v>2842</v>
       </c>
       <c r="B1170" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1170" s="4" t="inlineStr">
         <is>
-          <t>Daniel-Marcel</t>
+          <t>Bajram</t>
         </is>
       </c>
       <c r="D1170" s="4" t="inlineStr">
         <is>
-          <t>Rupbrecht</t>
+          <t>Redzepi</t>
         </is>
       </c>
       <c r="E1170" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1170" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1170" s="4"/>
     </row>
     <row r="1171">
       <c r="A1171" s="4" t="n">
-        <v>3005</v>
+        <v>2848</v>
       </c>
       <c r="B1171" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1171" s="4" t="inlineStr">
         <is>
-          <t>Joelle</t>
+          <t>Kobi</t>
         </is>
       </c>
       <c r="D1171" s="4" t="inlineStr">
         <is>
-          <t>Rüthemann</t>
+          <t>Reichen</t>
         </is>
       </c>
       <c r="E1171" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1171" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1171" s="4"/>
     </row>
     <row r="1172">
       <c r="A1172" s="4" t="n">
-        <v>3016</v>
+        <v>5682</v>
       </c>
       <c r="B1172" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1172" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Jasmina</t>
         </is>
       </c>
       <c r="D1172" s="4" t="inlineStr">
         <is>
-          <t>Ryser</t>
+          <t>Reiz</t>
         </is>
       </c>
       <c r="E1172" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1172" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1172" s="4"/>
+      <c r="G1172" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1173">
       <c r="A1173" s="4" t="n">
-        <v>3021</v>
+        <v>7432</v>
       </c>
       <c r="B1173" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1173" s="4" t="inlineStr">
         <is>
-          <t>Menbeh</t>
+          <t>Kilian</t>
         </is>
       </c>
       <c r="D1173" s="4" t="inlineStr">
         <is>
-          <t>Sabani</t>
+          <t>Renner</t>
         </is>
       </c>
       <c r="E1173" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1173" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1173" s="4"/>
+      <c r="G1173" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="1174">
       <c r="A1174" s="4" t="n">
-        <v>3032</v>
+        <v>7493</v>
       </c>
       <c r="B1174" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1174" s="4" t="inlineStr">
         <is>
-          <t>Mujdin</t>
+          <t>Mika</t>
         </is>
       </c>
       <c r="D1174" s="4" t="inlineStr">
         <is>
-          <t>Sakiri</t>
+          <t>Rentsch</t>
         </is>
       </c>
       <c r="E1174" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1174" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1174" s="4"/>
+      <c r="G1174" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1175">
       <c r="A1175" s="4" t="n">
-        <v>3033</v>
+        <v>2863</v>
       </c>
       <c r="B1175" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1175" s="4" t="inlineStr">
         <is>
-          <t>Fabio</t>
+          <t>Beatrice</t>
         </is>
       </c>
       <c r="D1175" s="4" t="inlineStr">
         <is>
-          <t>Salemo</t>
+          <t>Reusser</t>
         </is>
       </c>
       <c r="E1175" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1175" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1175" s="4"/>
     </row>
     <row r="1176">
       <c r="A1176" s="4" t="n">
-        <v>3035</v>
+        <v>6457</v>
       </c>
       <c r="B1176" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1176" s="4" t="inlineStr">
         <is>
-          <t>Noèmi</t>
+          <t>Livio</t>
         </is>
       </c>
       <c r="D1176" s="4" t="inlineStr">
         <is>
-          <t>Salerno</t>
+          <t>Reuteler</t>
         </is>
       </c>
       <c r="E1176" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1176" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1176" s="4"/>
     </row>
     <row r="1177">
       <c r="A1177" s="4" t="n">
-        <v>6029</v>
+        <v>2867</v>
       </c>
       <c r="B1177" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1177" s="4" t="inlineStr">
         <is>
-          <t>Aylin</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D1177" s="4" t="inlineStr">
         <is>
-          <t>Salzmann</t>
+          <t>Reuteler</t>
         </is>
       </c>
       <c r="E1177" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1177" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1177" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1177" s="4"/>
     </row>
     <row r="1178">
       <c r="A1178" s="4" t="n">
-        <v>3046</v>
+        <v>2869</v>
       </c>
       <c r="B1178" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1178" s="4" t="inlineStr">
         <is>
-          <t>Alessandro</t>
+          <t>Ives</t>
         </is>
       </c>
       <c r="D1178" s="4" t="inlineStr">
         <is>
-          <t>Sama</t>
+          <t>Rhyser</t>
         </is>
       </c>
       <c r="E1178" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1178" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1178" s="4"/>
     </row>
     <row r="1179">
       <c r="A1179" s="4" t="n">
-        <v>3047</v>
+        <v>7088</v>
       </c>
       <c r="B1179" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1179" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Ladina</t>
         </is>
       </c>
       <c r="D1179" s="4" t="inlineStr">
         <is>
-          <t>Sama</t>
+          <t>Riedi-Thomann</t>
         </is>
       </c>
       <c r="E1179" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1179" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1179" s="4"/>
+      <c r="G1179" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1180">
       <c r="A1180" s="4" t="n">
-        <v>6859</v>
+        <v>2891</v>
       </c>
       <c r="B1180" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1180" s="4" t="inlineStr">
         <is>
-          <t>Araathana</t>
+          <t>Tarik</t>
         </is>
       </c>
       <c r="D1180" s="4" t="inlineStr">
         <is>
-          <t>Sangarapillai</t>
+          <t>Rifai</t>
         </is>
       </c>
       <c r="E1180" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1180" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1180" s="4"/>
     </row>
     <row r="1181">
       <c r="A1181" s="4" t="n">
-        <v>3054</v>
+        <v>2889</v>
       </c>
       <c r="B1181" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1181" s="4" t="inlineStr">
         <is>
-          <t>Gowtham</t>
+          <t>Osama</t>
         </is>
       </c>
       <c r="D1181" s="4" t="inlineStr">
         <is>
-          <t>Sangarapillai</t>
+          <t>Rifai</t>
         </is>
       </c>
       <c r="E1181" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1181" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1181" s="4"/>
     </row>
     <row r="1182">
       <c r="A1182" s="4" t="n">
-        <v>3057</v>
+        <v>2896</v>
       </c>
       <c r="B1182" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1182" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Julian</t>
         </is>
       </c>
       <c r="D1182" s="4" t="inlineStr">
         <is>
-          <t>Santer</t>
+          <t>Ringler</t>
         </is>
       </c>
       <c r="E1182" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1182" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1182" s="4"/>
     </row>
     <row r="1183">
       <c r="A1183" s="4" t="n">
-        <v>3063</v>
+        <v>4611</v>
       </c>
       <c r="B1183" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1183" s="4" t="inlineStr">
         <is>
-          <t>Daniele</t>
+          <t>Rustem</t>
         </is>
       </c>
       <c r="D1183" s="4" t="inlineStr">
         <is>
-          <t>Saracista</t>
+          <t>Ristemi</t>
         </is>
       </c>
       <c r="E1183" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1183" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1183" s="4"/>
     </row>
     <row r="1184">
       <c r="A1184" s="4" t="n">
-        <v>3066</v>
+        <v>2901</v>
       </c>
       <c r="B1184" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1184" s="4" t="inlineStr">
         <is>
-          <t>Besim</t>
+          <t>Boban</t>
         </is>
       </c>
       <c r="D1184" s="4" t="inlineStr">
         <is>
-          <t>Sasivari</t>
+          <t>Ristic</t>
         </is>
       </c>
       <c r="E1184" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1184" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1184" s="4"/>
     </row>
     <row r="1185">
       <c r="A1185" s="4" t="n">
-        <v>3078</v>
+        <v>2904</v>
       </c>
       <c r="B1185" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1185" s="4" t="inlineStr">
         <is>
-          <t>Sladjana</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D1185" s="4" t="inlineStr">
         <is>
-          <t>Savorani</t>
+          <t>Ritschard</t>
         </is>
       </c>
       <c r="E1185" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1185" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1185" s="4"/>
     </row>
     <row r="1186">
       <c r="A1186" s="4" t="n">
-        <v>6028</v>
+        <v>2905</v>
       </c>
       <c r="B1186" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1186" s="4" t="inlineStr">
         <is>
-          <t>Elin</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="D1186" s="4" t="inlineStr">
         <is>
-          <t>Schaeren</t>
+          <t>Ritter</t>
         </is>
       </c>
       <c r="E1186" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1186" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1186" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1186" s="4"/>
     </row>
     <row r="1187">
       <c r="A1187" s="4" t="n">
-        <v>3096</v>
+        <v>7403</v>
       </c>
       <c r="B1187" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1187" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Maia</t>
         </is>
       </c>
       <c r="D1187" s="4" t="inlineStr">
         <is>
-          <t>Schaller</t>
+          <t>Ritz</t>
         </is>
       </c>
       <c r="E1187" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1187" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1187" s="4"/>
+      <c r="G1187" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1188">
       <c r="A1188" s="4" t="n">
-        <v>6458</v>
+        <v>6027</v>
       </c>
       <c r="B1188" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1188" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Lila</t>
         </is>
       </c>
       <c r="D1188" s="4" t="inlineStr">
         <is>
-          <t>Schaller</t>
+          <t>Ritz</t>
         </is>
       </c>
       <c r="E1188" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1188" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1188" s="4"/>
+      <c r="G1188" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1189">
       <c r="A1189" s="4" t="n">
-        <v>3106</v>
+        <v>5491</v>
       </c>
       <c r="B1189" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1189" s="4" t="inlineStr">
         <is>
-          <t>Eva</t>
+          <t>Yvonne</t>
         </is>
       </c>
       <c r="D1189" s="4" t="inlineStr">
         <is>
-          <t>Schaub</t>
+          <t>Rodel</t>
         </is>
       </c>
       <c r="E1189" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1189" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1189" s="4"/>
+      <c r="G1189" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="1190">
       <c r="A1190" s="4" t="n">
-        <v>4618</v>
+        <v>7488</v>
       </c>
       <c r="B1190" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1190" s="4" t="inlineStr">
         <is>
-          <t>Ines</t>
+          <t>Teixeira</t>
         </is>
       </c>
       <c r="D1190" s="4" t="inlineStr">
         <is>
-          <t>Schaufelberger</t>
+          <t>Rodrigo Morais</t>
         </is>
       </c>
       <c r="E1190" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1190" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1190" s="4"/>
     </row>
     <row r="1191">
       <c r="A1191" s="4" t="n">
-        <v>7398</v>
+        <v>7402</v>
       </c>
       <c r="B1191" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1191" s="4" t="inlineStr">
         <is>
-          <t>Kaena</t>
+          <t>Heike</t>
         </is>
       </c>
       <c r="D1191" s="4" t="inlineStr">
         <is>
-          <t>Schedel</t>
+          <t>Rolli</t>
         </is>
       </c>
       <c r="E1191" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1191" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1191" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="4" t="n">
-        <v>3112</v>
+        <v>7401</v>
       </c>
       <c r="B1192" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1192" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D1192" s="4" t="inlineStr">
         <is>
-          <t>Scheidegger</t>
+          <t>Rolli</t>
         </is>
       </c>
       <c r="E1192" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1192" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1192" s="4"/>
+      <c r="G1192" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1193">
       <c r="A1193" s="4" t="n">
-        <v>3115</v>
+        <v>7539</v>
       </c>
       <c r="B1193" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1193" s="4" t="inlineStr">
         <is>
-          <t>Christoph</t>
+          <t>Nils</t>
         </is>
       </c>
       <c r="D1193" s="4" t="inlineStr">
         <is>
-          <t>Schelker</t>
+          <t>Romang</t>
         </is>
       </c>
       <c r="E1193" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1193" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1193" s="4"/>
     </row>
     <row r="1194">
       <c r="A1194" s="4" t="n">
-        <v>3119</v>
+        <v>2929</v>
       </c>
       <c r="B1194" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1194" s="4" t="inlineStr">
         <is>
-          <t>Anita</t>
+          <t>Hanspeter</t>
         </is>
       </c>
       <c r="D1194" s="4" t="inlineStr">
         <is>
-          <t>Schenk</t>
+          <t>Romang</t>
         </is>
       </c>
       <c r="E1194" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1194" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1194" s="4"/>
     </row>
     <row r="1195">
       <c r="A1195" s="4" t="n">
-        <v>3120</v>
+        <v>6288</v>
       </c>
       <c r="B1195" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1195" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Coletta</t>
         </is>
       </c>
       <c r="D1195" s="4" t="inlineStr">
         <is>
-          <t>Schenk</t>
+          <t>Romeo</t>
         </is>
       </c>
       <c r="E1195" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1195" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1195" s="4"/>
+      <c r="G1195" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="1196">
       <c r="A1196" s="4" t="n">
-        <v>3133</v>
+        <v>2941</v>
       </c>
       <c r="B1196" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1196" s="4" t="inlineStr">
         <is>
-          <t>Anita</t>
+          <t>Sascha</t>
         </is>
       </c>
       <c r="D1196" s="4" t="inlineStr">
         <is>
-          <t>Schicktanz</t>
+          <t>Rösch</t>
         </is>
       </c>
       <c r="E1196" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1196" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1196" s="4"/>
     </row>
     <row r="1197">
       <c r="A1197" s="4" t="n">
-        <v>3139</v>
+        <v>7089</v>
       </c>
       <c r="B1197" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1197" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Nadja</t>
         </is>
       </c>
       <c r="D1197" s="4" t="inlineStr">
         <is>
-          <t>Schindelholz</t>
+          <t>Rosenberger</t>
         </is>
       </c>
       <c r="E1197" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1197" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1197" s="4"/>
+      <c r="G1197" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1198">
       <c r="A1198" s="4" t="n">
-        <v>3140</v>
+        <v>2952</v>
       </c>
       <c r="B1198" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1198" s="4" t="inlineStr">
         <is>
-          <t>Aline</t>
+          <t>Doris</t>
         </is>
       </c>
       <c r="D1198" s="4" t="inlineStr">
         <is>
-          <t>Schindler</t>
+          <t>Roth</t>
         </is>
       </c>
       <c r="E1198" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1198" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1198" s="4"/>
     </row>
     <row r="1199">
       <c r="A1199" s="4" t="n">
-        <v>3143</v>
+        <v>2954</v>
       </c>
       <c r="B1199" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1199" s="4" t="inlineStr">
         <is>
-          <t>Tim</t>
+          <t>Patricia</t>
         </is>
       </c>
       <c r="D1199" s="4" t="inlineStr">
         <is>
-          <t>Schlachter</t>
+          <t>Roth</t>
         </is>
       </c>
       <c r="E1199" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1199" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1199" s="4"/>
     </row>
     <row r="1200">
       <c r="A1200" s="4" t="n">
-        <v>3144</v>
+        <v>6291</v>
       </c>
       <c r="B1200" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1200" s="4" t="inlineStr">
         <is>
-          <t>Rino</t>
+          <t>Sean</t>
         </is>
       </c>
       <c r="D1200" s="4" t="inlineStr">
         <is>
-          <t>Schläfli</t>
+          <t>Roth</t>
         </is>
       </c>
       <c r="E1200" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1200" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1200" s="4"/>
     </row>
     <row r="1201">
       <c r="A1201" s="4" t="n">
-        <v>3156</v>
+        <v>6677</v>
       </c>
       <c r="B1201" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1201" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Elena Jael</t>
         </is>
       </c>
       <c r="D1201" s="4" t="inlineStr">
         <is>
-          <t>Schmalz</t>
+          <t>Röthlisberger</t>
         </is>
       </c>
       <c r="E1201" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1201" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1201" s="4"/>
+      <c r="G1201" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1202">
       <c r="A1202" s="4" t="n">
-        <v>3169</v>
+        <v>7574</v>
       </c>
       <c r="B1202" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1202" s="4" t="inlineStr">
         <is>
-          <t>Hans Jürg</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="D1202" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Röthlisberger</t>
         </is>
       </c>
       <c r="E1202" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1202" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1202" s="4"/>
+      <c r="G1202" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1203">
       <c r="A1203" s="4" t="n">
-        <v>3159</v>
+        <v>2959</v>
       </c>
       <c r="B1203" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1203" s="4" t="inlineStr">
         <is>
-          <t>Annina</t>
+          <t>Romina</t>
         </is>
       </c>
       <c r="D1203" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Röthlisberger</t>
         </is>
       </c>
       <c r="E1203" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1203" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1203" s="4"/>
     </row>
     <row r="1204">
       <c r="A1204" s="4" t="n">
-        <v>3162</v>
+        <v>2965</v>
       </c>
       <c r="B1204" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1204" s="4" t="inlineStr">
         <is>
-          <t>Christa</t>
+          <t>Kicaj</t>
         </is>
       </c>
       <c r="D1204" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Rrustern</t>
         </is>
       </c>
       <c r="E1204" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1204" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1204" s="4"/>
     </row>
     <row r="1205">
       <c r="A1205" s="4" t="n">
-        <v>3167</v>
+        <v>5163</v>
       </c>
       <c r="B1205" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1205" s="4" t="inlineStr">
         <is>
-          <t>Fabia</t>
+          <t>Larissa</t>
         </is>
       </c>
       <c r="D1205" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Ruch</t>
         </is>
       </c>
       <c r="E1205" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1205" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1205" s="4"/>
+      <c r="G1205" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1206">
       <c r="A1206" s="4" t="n">
-        <v>3168</v>
+        <v>2970</v>
       </c>
       <c r="B1206" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1206" s="4" t="inlineStr">
         <is>
-          <t>Fabian</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D1206" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Ruckstuhl</t>
         </is>
       </c>
       <c r="E1206" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1206" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1206" s="4"/>
     </row>
     <row r="1207">
       <c r="A1207" s="4" t="n">
-        <v>3170</v>
+        <v>2975</v>
       </c>
       <c r="B1207" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1207" s="4" t="inlineStr">
         <is>
-          <t>Kassandra</t>
+          <t>Florin</t>
         </is>
       </c>
       <c r="D1207" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Rüdisühli</t>
         </is>
       </c>
       <c r="E1207" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1207" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1207" s="4"/>
     </row>
     <row r="1208">
       <c r="A1208" s="4" t="n">
-        <v>3171</v>
+        <v>2976</v>
       </c>
       <c r="B1208" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1208" s="4" t="inlineStr">
         <is>
-          <t>Léonie</t>
+          <t>Anina</t>
         </is>
       </c>
       <c r="D1208" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Rüdisühli </t>
         </is>
       </c>
       <c r="E1208" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1208" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1208" s="4"/>
     </row>
     <row r="1209">
       <c r="A1209" s="4" t="n">
-        <v>3181</v>
+        <v>4608</v>
       </c>
       <c r="B1209" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1209" s="4" t="inlineStr">
         <is>
-          <t>Olivier</t>
+          <t>Marion </t>
         </is>
       </c>
       <c r="D1209" s="4" t="inlineStr">
         <is>
-          <t>Schmidt</t>
+          <t>Rüegg</t>
         </is>
       </c>
       <c r="E1209" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1209" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1209" s="4"/>
     </row>
     <row r="1210">
       <c r="A1210" s="4" t="n">
-        <v>3184</v>
+        <v>2988</v>
       </c>
       <c r="B1210" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1210" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Margrit</t>
         </is>
       </c>
       <c r="D1210" s="4" t="inlineStr">
         <is>
-          <t>Schmitz</t>
+          <t>Rüfenacht</t>
         </is>
       </c>
       <c r="E1210" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1210" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1210" s="4"/>
     </row>
     <row r="1211">
       <c r="A1211" s="4" t="n">
-        <v>3192</v>
+        <v>2990</v>
       </c>
       <c r="B1211" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1211" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Jasmin</t>
         </is>
       </c>
       <c r="D1211" s="4" t="inlineStr">
         <is>
-          <t>Schnegg</t>
+          <t>Rufer</t>
         </is>
       </c>
       <c r="E1211" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1211" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1211" s="4"/>
     </row>
     <row r="1212">
       <c r="A1212" s="4" t="n">
-        <v>7406</v>
+        <v>4876</v>
       </c>
       <c r="B1212" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1212" s="4" t="inlineStr">
         <is>
-          <t>Livio</t>
+          <t> Matteo</t>
         </is>
       </c>
       <c r="D1212" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Ruffini</t>
         </is>
       </c>
       <c r="E1212" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1212" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1212" s="4"/>
+      <c r="G1212" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1213">
       <c r="A1213" s="4" t="n">
-        <v>3206</v>
+        <v>2991</v>
       </c>
       <c r="B1213" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1213" s="4" t="inlineStr">
         <is>
-          <t>Ursula</t>
+          <t>Sascha</t>
         </is>
       </c>
       <c r="D1213" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Ruggeri</t>
         </is>
       </c>
       <c r="E1213" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1213" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1213" s="4"/>
     </row>
     <row r="1214">
       <c r="A1214" s="4" t="n">
-        <v>3198</v>
+        <v>2997</v>
       </c>
       <c r="B1214" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1214" s="4" t="inlineStr">
         <is>
-          <t>Jeanine</t>
+          <t>Daniel-Marcel</t>
         </is>
       </c>
       <c r="D1214" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Rupbrecht</t>
         </is>
       </c>
       <c r="E1214" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1214" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1214" s="4"/>
     </row>
     <row r="1215">
       <c r="A1215" s="4" t="n">
-        <v>3193</v>
+        <v>3005</v>
       </c>
       <c r="B1215" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1215" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Joelle</t>
         </is>
       </c>
       <c r="D1215" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Rüthemann</t>
         </is>
       </c>
       <c r="E1215" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1215" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1215" s="4"/>
     </row>
     <row r="1216">
       <c r="A1216" s="4" t="n">
-        <v>4075</v>
+        <v>3016</v>
       </c>
       <c r="B1216" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1216" s="4" t="inlineStr">
         <is>
-          <t>Gabriel</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D1216" s="4" t="inlineStr">
         <is>
-          <t>Schneuwly</t>
+          <t>Ryser</t>
         </is>
       </c>
       <c r="E1216" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1216" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1216" s="4"/>
     </row>
     <row r="1217">
       <c r="A1217" s="4" t="n">
-        <v>3221</v>
+        <v>3021</v>
       </c>
       <c r="B1217" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1217" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Menbeh</t>
         </is>
       </c>
       <c r="D1217" s="4" t="inlineStr">
         <is>
-          <t>Schnyder</t>
+          <t>Sabani</t>
         </is>
       </c>
       <c r="E1217" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1217" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1217" s="4"/>
     </row>
     <row r="1218">
       <c r="A1218" s="4" t="n">
-        <v>3217</v>
+        <v>3032</v>
       </c>
       <c r="B1218" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1218" s="4" t="inlineStr">
         <is>
-          <t>Fabienne</t>
+          <t>Mujdin</t>
         </is>
       </c>
       <c r="D1218" s="4" t="inlineStr">
         <is>
-          <t>Schnyder</t>
+          <t>Sakiri</t>
         </is>
       </c>
       <c r="E1218" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1218" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1218" s="4"/>
     </row>
     <row r="1219">
       <c r="A1219" s="4" t="n">
-        <v>3233</v>
+        <v>3033</v>
       </c>
       <c r="B1219" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1219" s="4" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Fabio</t>
         </is>
       </c>
       <c r="D1219" s="4" t="inlineStr">
         <is>
-          <t>Schor</t>
+          <t>Salemo</t>
         </is>
       </c>
       <c r="E1219" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1219" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1219" s="4"/>
     </row>
     <row r="1220">
       <c r="A1220" s="4" t="n">
-        <v>3244</v>
+        <v>3035</v>
       </c>
       <c r="B1220" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1220" s="4" t="inlineStr">
         <is>
-          <t>Emil</t>
+          <t>Noèmi</t>
         </is>
       </c>
       <c r="D1220" s="4" t="inlineStr">
         <is>
-          <t>Schuler</t>
+          <t>Salerno</t>
         </is>
       </c>
       <c r="E1220" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1220" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1220" s="4"/>
     </row>
     <row r="1221">
       <c r="A1221" s="4" t="n">
-        <v>3250</v>
+        <v>6029</v>
       </c>
       <c r="B1221" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1221" s="4" t="inlineStr">
         <is>
-          <t>Rahel</t>
+          <t>Aylin</t>
         </is>
       </c>
       <c r="D1221" s="4" t="inlineStr">
         <is>
-          <t>Schumacher</t>
+          <t>Salzmann</t>
         </is>
       </c>
       <c r="E1221" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1221" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1221" s="4"/>
+      <c r="G1221" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1222">
       <c r="A1222" s="4" t="n">
-        <v>3255</v>
+        <v>7573</v>
       </c>
       <c r="B1222" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1222" s="4" t="inlineStr">
         <is>
-          <t>Kilian</t>
+          <t>Svenja</t>
         </is>
       </c>
       <c r="D1222" s="4" t="inlineStr">
         <is>
-          <t>Schürch</t>
+          <t>Salzmann</t>
         </is>
       </c>
       <c r="E1222" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1222" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1222" s="4"/>
+      <c r="G1222" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1223">
       <c r="A1223" s="4" t="n">
-        <v>3256</v>
+        <v>3047</v>
       </c>
       <c r="B1223" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1223" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D1223" s="4" t="inlineStr">
         <is>
-          <t>Schürch</t>
+          <t>Sama</t>
         </is>
       </c>
       <c r="E1223" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1223" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1223" s="4"/>
     </row>
     <row r="1224">
       <c r="A1224" s="4" t="n">
-        <v>6274</v>
+        <v>3046</v>
       </c>
       <c r="B1224" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1224" s="4" t="inlineStr">
         <is>
-          <t>Alena</t>
+          <t>Alessandro</t>
         </is>
       </c>
       <c r="D1224" s="4" t="inlineStr">
         <is>
-          <t>Schwab</t>
+          <t>Sama</t>
         </is>
       </c>
       <c r="E1224" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1224" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1224" s="4"/>
     </row>
     <row r="1225">
       <c r="A1225" s="4" t="n">
-        <v>3260</v>
+        <v>3054</v>
       </c>
       <c r="B1225" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1225" s="4" t="inlineStr">
         <is>
-          <t>Damian</t>
+          <t>Gowtham</t>
         </is>
       </c>
       <c r="D1225" s="4" t="inlineStr">
         <is>
-          <t>Schwab</t>
+          <t>Sangarapillai</t>
         </is>
       </c>
       <c r="E1225" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1225" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1225" s="4"/>
     </row>
     <row r="1226">
       <c r="A1226" s="4" t="n">
-        <v>3262</v>
+        <v>6859</v>
       </c>
       <c r="B1226" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1226" s="4" t="inlineStr">
         <is>
-          <t>Lucien</t>
+          <t>Araathana</t>
         </is>
       </c>
       <c r="D1226" s="4" t="inlineStr">
         <is>
-          <t>Schwab</t>
+          <t>Sangarapillai</t>
         </is>
       </c>
       <c r="E1226" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1226" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1226" s="4"/>
     </row>
     <row r="1227">
       <c r="A1227" s="4" t="n">
-        <v>3270</v>
+        <v>3057</v>
       </c>
       <c r="B1227" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1227" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D1227" s="4" t="inlineStr">
         <is>
-          <t>Schweizer</t>
+          <t>Santer</t>
         </is>
       </c>
       <c r="E1227" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1227" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1227" s="4"/>
     </row>
     <row r="1228">
       <c r="A1228" s="4" t="n">
-        <v>3269</v>
+        <v>3063</v>
       </c>
       <c r="B1228" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1228" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Daniele</t>
         </is>
       </c>
       <c r="D1228" s="4" t="inlineStr">
         <is>
-          <t>Schweizer</t>
+          <t>Saracista</t>
         </is>
       </c>
       <c r="E1228" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1228" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1228" s="4"/>
     </row>
     <row r="1229">
       <c r="A1229" s="4" t="n">
-        <v>4860</v>
+        <v>3066</v>
       </c>
       <c r="B1229" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1229" s="4" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Besim</t>
         </is>
       </c>
       <c r="D1229" s="4" t="inlineStr">
         <is>
-          <t>Segovia</t>
+          <t>Sasivari</t>
         </is>
       </c>
       <c r="E1229" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1229" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1229" s="4"/>
     </row>
     <row r="1230">
       <c r="A1230" s="4" t="n">
-        <v>6273</v>
+        <v>3078</v>
       </c>
       <c r="B1230" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1230" s="4" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Sladjana</t>
         </is>
       </c>
       <c r="D1230" s="4" t="inlineStr">
         <is>
-          <t>Seidel</t>
+          <t>Savorani</t>
         </is>
       </c>
       <c r="E1230" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1230" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1230" s="4"/>
     </row>
     <row r="1231">
       <c r="A1231" s="4" t="n">
-        <v>3292</v>
+        <v>6028</v>
       </c>
       <c r="B1231" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1231" s="4" t="inlineStr">
         <is>
-          <t>Daniela</t>
+          <t>Elin</t>
         </is>
       </c>
       <c r="D1231" s="4" t="inlineStr">
         <is>
-          <t>Seitz</t>
+          <t>Schaeren</t>
         </is>
       </c>
       <c r="E1231" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1231" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1231" s="4"/>
+      <c r="G1231" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1232">
       <c r="A1232" s="4" t="n">
-        <v>3298</v>
+        <v>6458</v>
       </c>
       <c r="B1232" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1232" s="4" t="inlineStr">
         <is>
-          <t>Sarmilan</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1232" s="4" t="inlineStr">
         <is>
-          <t>Sellakumar</t>
+          <t>Schaller</t>
         </is>
       </c>
       <c r="E1232" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1232" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1232" s="4"/>
     </row>
     <row r="1233">
       <c r="A1233" s="4" t="n">
-        <v>3299</v>
+        <v>3096</v>
       </c>
       <c r="B1233" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1233" s="4" t="inlineStr">
         <is>
-          <t>Imran</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D1233" s="4" t="inlineStr">
         <is>
-          <t>Selmani</t>
+          <t>Schaller</t>
         </is>
       </c>
       <c r="E1233" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1233" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1233" s="4"/>
     </row>
     <row r="1234">
       <c r="A1234" s="4" t="n">
-        <v>3302</v>
+        <v>3106</v>
       </c>
       <c r="B1234" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1234" s="4" t="inlineStr">
         <is>
-          <t>Ragavi</t>
+          <t>Eva</t>
         </is>
       </c>
       <c r="D1234" s="4" t="inlineStr">
         <is>
-          <t>Selvam</t>
+          <t>Schaub</t>
         </is>
       </c>
       <c r="E1234" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1234" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1234" s="4"/>
     </row>
     <row r="1235">
       <c r="A1235" s="4" t="n">
-        <v>3308</v>
+        <v>4618</v>
       </c>
       <c r="B1235" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1235" s="4" t="inlineStr">
         <is>
-          <t>Tanja</t>
+          <t>Ines</t>
         </is>
       </c>
       <c r="D1235" s="4" t="inlineStr">
         <is>
-          <t>Senn</t>
+          <t>Schaufelberger</t>
         </is>
       </c>
       <c r="E1235" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1235" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1235" s="4"/>
     </row>
     <row r="1236">
       <c r="A1236" s="4" t="n">
-        <v>3310</v>
+        <v>7398</v>
       </c>
       <c r="B1236" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1236" s="4" t="inlineStr">
         <is>
-          <t>Aiman</t>
+          <t>Kaena</t>
         </is>
       </c>
       <c r="D1236" s="4" t="inlineStr">
         <is>
-          <t>Sepic</t>
+          <t>Schedel</t>
         </is>
       </c>
       <c r="E1236" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F1236" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1236" s="4"/>
+      <c r="G1236" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1237">
       <c r="A1237" s="4" t="n">
-        <v>4609</v>
+        <v>3112</v>
       </c>
       <c r="B1237" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1237" s="4" t="inlineStr">
         <is>
-          <t>Lahodovets</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D1237" s="4" t="inlineStr">
         <is>
-          <t>Serhiy</t>
+          <t>Scheidegger</t>
         </is>
       </c>
       <c r="E1237" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1237" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1237" s="4"/>
     </row>
     <row r="1238">
       <c r="A1238" s="4" t="n">
-        <v>3325</v>
+        <v>3115</v>
       </c>
       <c r="B1238" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1238" s="4" t="inlineStr">
         <is>
-          <t>Philipp</t>
+          <t>Christoph</t>
         </is>
       </c>
       <c r="D1238" s="4" t="inlineStr">
         <is>
-          <t>Shehade</t>
+          <t>Schelker</t>
         </is>
       </c>
       <c r="E1238" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1238" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1238" s="4"/>
     </row>
     <row r="1239">
       <c r="A1239" s="4" t="n">
-        <v>6287</v>
+        <v>3119</v>
       </c>
       <c r="B1239" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1239" s="4" t="inlineStr">
         <is>
-          <t>Amir</t>
+          <t>Anita</t>
         </is>
       </c>
       <c r="D1239" s="4" t="inlineStr">
         <is>
-          <t>Sheikn Manzoor</t>
+          <t>Schenk</t>
         </is>
       </c>
       <c r="E1239" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1239" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1239" s="4"/>
     </row>
     <row r="1240">
       <c r="A1240" s="4" t="n">
-        <v>3340</v>
+        <v>3120</v>
       </c>
       <c r="B1240" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1240" s="4" t="inlineStr">
         <is>
-          <t>Sara</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D1240" s="4" t="inlineStr">
         <is>
-          <t>Sierra</t>
+          <t>Schenk</t>
         </is>
       </c>
       <c r="E1240" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1240" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1240" s="4"/>
     </row>
     <row r="1241">
       <c r="A1241" s="4" t="n">
-        <v>5524</v>
+        <v>3133</v>
       </c>
       <c r="B1241" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1241" s="4" t="inlineStr">
         <is>
-          <t>Celina</t>
+          <t>Anita</t>
         </is>
       </c>
       <c r="D1241" s="4" t="inlineStr">
         <is>
-          <t>Singer</t>
+          <t>Schicktanz</t>
         </is>
       </c>
       <c r="E1241" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1241" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1241" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1241" s="4"/>
     </row>
     <row r="1242">
       <c r="A1242" s="4" t="n">
-        <v>6260</v>
+        <v>3139</v>
       </c>
       <c r="B1242" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1242" s="4" t="inlineStr">
         <is>
-          <t>Andrej</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D1242" s="4" t="inlineStr">
         <is>
-          <t>Sirovina</t>
+          <t>Schindelholz</t>
         </is>
       </c>
       <c r="E1242" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1242" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1242" s="4"/>
     </row>
     <row r="1243">
       <c r="A1243" s="4" t="n">
-        <v>4619</v>
+        <v>3140</v>
       </c>
       <c r="B1243" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1243" s="4" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Aline</t>
         </is>
       </c>
       <c r="D1243" s="4" t="inlineStr">
         <is>
-          <t>Skender</t>
+          <t>Schindler</t>
         </is>
       </c>
       <c r="E1243" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1243" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1243" s="4"/>
     </row>
     <row r="1244">
       <c r="A1244" s="4" t="n">
-        <v>3372</v>
+        <v>3143</v>
       </c>
       <c r="B1244" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1244" s="4" t="inlineStr">
         <is>
-          <t>Roberto</t>
+          <t>Tim</t>
         </is>
       </c>
       <c r="D1244" s="4" t="inlineStr">
         <is>
-          <t>Solidoro</t>
+          <t>Schlachter</t>
         </is>
       </c>
       <c r="E1244" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1244" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1244" s="4"/>
     </row>
     <row r="1245">
       <c r="A1245" s="4" t="n">
-        <v>3373</v>
+        <v>3144</v>
       </c>
       <c r="B1245" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1245" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Rino</t>
         </is>
       </c>
       <c r="D1245" s="4" t="inlineStr">
         <is>
-          <t>Solothurnmann</t>
+          <t>Schläfli</t>
         </is>
       </c>
       <c r="E1245" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1245" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1245" s="4"/>
     </row>
     <row r="1246">
       <c r="A1246" s="4" t="n">
-        <v>3375</v>
+        <v>7572</v>
       </c>
       <c r="B1246" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1246" s="4" t="inlineStr">
         <is>
-          <t>Jennifer</t>
+          <t>Chiara</t>
         </is>
       </c>
       <c r="D1246" s="4" t="inlineStr">
         <is>
-          <t>Sommer</t>
+          <t>Schlatter</t>
         </is>
       </c>
       <c r="E1246" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1246" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1246" s="4"/>
+      <c r="G1246" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1247">
       <c r="A1247" s="4" t="n">
-        <v>3420</v>
+        <v>3156</v>
       </c>
       <c r="B1247" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1247" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D1247" s="4" t="inlineStr">
         <is>
-          <t>Stagliano</t>
+          <t>Schmalz</t>
         </is>
       </c>
       <c r="E1247" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1247" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1247" s="4"/>
     </row>
     <row r="1248">
       <c r="A1248" s="4" t="n">
-        <v>6678</v>
+        <v>3169</v>
       </c>
       <c r="B1248" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1248" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Hans Jürg</t>
         </is>
       </c>
       <c r="D1248" s="4" t="inlineStr">
         <is>
-          <t>Stähli</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1248" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1248" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1248" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1248" s="4"/>
     </row>
     <row r="1249">
       <c r="A1249" s="4" t="n">
-        <v>4697</v>
+        <v>3171</v>
       </c>
       <c r="B1249" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1249" s="4" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Léonie</t>
         </is>
       </c>
       <c r="D1249" s="4" t="inlineStr">
         <is>
-          <t>Stalder</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1249" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1249" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1249" s="4"/>
     </row>
     <row r="1250">
       <c r="A1250" s="4" t="n">
-        <v>3430</v>
+        <v>3162</v>
       </c>
       <c r="B1250" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1250" s="4" t="inlineStr">
         <is>
-          <t>Anna</t>
+          <t>Christa</t>
         </is>
       </c>
       <c r="D1250" s="4" t="inlineStr">
         <is>
-          <t>Stalder</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1250" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1250" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1250" s="4"/>
     </row>
     <row r="1251">
       <c r="A1251" s="4" t="n">
-        <v>3434</v>
+        <v>3167</v>
       </c>
       <c r="B1251" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1251" s="4" t="inlineStr">
         <is>
-          <t>Heinz</t>
+          <t>Fabia</t>
         </is>
       </c>
       <c r="D1251" s="4" t="inlineStr">
         <is>
-          <t>Stalder</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1251" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1251" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1251" s="4"/>
     </row>
     <row r="1252">
       <c r="A1252" s="4" t="n">
-        <v>6685</v>
+        <v>3168</v>
       </c>
       <c r="B1252" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1252" s="4" t="inlineStr">
         <is>
-          <t>Robin</t>
+          <t>Fabian</t>
         </is>
       </c>
       <c r="D1252" s="4" t="inlineStr">
         <is>
-          <t>Stampfli</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1252" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1252" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1252" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1252" s="4"/>
     </row>
     <row r="1253">
       <c r="A1253" s="4" t="n">
-        <v>4020</v>
+        <v>3170</v>
       </c>
       <c r="B1253" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1253" s="4" t="inlineStr">
         <is>
-          <t>Joshua</t>
+          <t>Kassandra</t>
         </is>
       </c>
       <c r="D1253" s="4" t="inlineStr">
         <is>
-          <t>Steinacher</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1253" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1253" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1253" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1253" s="4"/>
     </row>
     <row r="1254">
       <c r="A1254" s="4" t="n">
-        <v>3462</v>
+        <v>3159</v>
       </c>
       <c r="B1254" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1254" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Annina</t>
         </is>
       </c>
       <c r="D1254" s="4" t="inlineStr">
         <is>
-          <t>Steiner</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1254" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1254" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1254" s="4"/>
     </row>
     <row r="1255">
       <c r="A1255" s="4" t="n">
-        <v>7484</v>
+        <v>3181</v>
       </c>
       <c r="B1255" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1255" s="4" t="inlineStr">
         <is>
-          <t>Amaryllis</t>
+          <t>Olivier</t>
         </is>
       </c>
       <c r="D1255" s="4" t="inlineStr">
         <is>
-          <t>Stemmler</t>
+          <t>Schmidt</t>
         </is>
       </c>
       <c r="E1255" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1255" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1255" s="4"/>
     </row>
     <row r="1256">
       <c r="A1256" s="4" t="n">
-        <v>3472</v>
+        <v>3184</v>
       </c>
       <c r="B1256" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1256" s="4" t="inlineStr">
         <is>
-          <t>Dominik</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D1256" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Schmitz</t>
         </is>
       </c>
       <c r="E1256" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1256" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1256" s="4"/>
     </row>
     <row r="1257">
       <c r="A1257" s="4" t="n">
-        <v>3471</v>
+        <v>3192</v>
       </c>
       <c r="B1257" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1257" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D1257" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Schnegg</t>
         </is>
       </c>
       <c r="E1257" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1257" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1257" s="4"/>
     </row>
     <row r="1258">
       <c r="A1258" s="4" t="n">
-        <v>3474</v>
+        <v>3198</v>
       </c>
       <c r="B1258" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1258" s="4" t="inlineStr">
         <is>
-          <t>Susanne</t>
+          <t>Jeanine</t>
         </is>
       </c>
       <c r="D1258" s="4" t="inlineStr">
         <is>
-          <t>Sterchi</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E1258" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1258" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1258" s="4"/>
     </row>
     <row r="1259">
       <c r="A1259" s="4" t="n">
-        <v>3484</v>
+        <v>7540</v>
       </c>
       <c r="B1259" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1259" s="4" t="inlineStr">
         <is>
-          <t>Ciril</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D1259" s="4" t="inlineStr">
         <is>
-          <t>Stöckli</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E1259" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1259" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1259" s="4"/>
     </row>
     <row r="1260">
       <c r="A1260" s="4" t="n">
-        <v>4827</v>
+        <v>7406</v>
       </c>
       <c r="B1260" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1260" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Livio</t>
         </is>
       </c>
       <c r="D1260" s="4" t="inlineStr">
         <is>
-          <t>Stöckmann</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E1260" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1260" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1260" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1260" s="4"/>
     </row>
     <row r="1261">
       <c r="A1261" s="4" t="n">
-        <v>3488</v>
+        <v>3206</v>
       </c>
       <c r="B1261" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1261" s="4" t="inlineStr">
         <is>
-          <t>Pavel</t>
+          <t>Ursula</t>
         </is>
       </c>
       <c r="D1261" s="4" t="inlineStr">
         <is>
-          <t>Stöckmann</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E1261" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1261" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1261" s="4"/>
     </row>
     <row r="1262">
       <c r="A1262" s="4" t="n">
-        <v>3492</v>
+        <v>3193</v>
       </c>
       <c r="B1262" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1262" s="4" t="inlineStr">
         <is>
-          <t>Livia</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D1262" s="4" t="inlineStr">
         <is>
-          <t>Stoll</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E1262" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1262" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1262" s="4"/>
     </row>
     <row r="1263">
       <c r="A1263" s="4" t="n">
-        <v>6290</v>
+        <v>4075</v>
       </c>
       <c r="B1263" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1263" s="4" t="inlineStr">
         <is>
-          <t>Ralf</t>
+          <t>Gabriel</t>
         </is>
       </c>
       <c r="D1263" s="4" t="inlineStr">
         <is>
-          <t>Stoob</t>
+          <t>Schneuwly</t>
         </is>
       </c>
       <c r="E1263" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1263" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1263" s="4"/>
     </row>
     <row r="1264">
       <c r="A1264" s="4" t="n">
-        <v>3502</v>
+        <v>3217</v>
       </c>
       <c r="B1264" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1264" s="4" t="inlineStr">
         <is>
-          <t>Gwendolin</t>
+          <t>Fabienne</t>
         </is>
       </c>
       <c r="D1264" s="4" t="inlineStr">
         <is>
-          <t>Stoupa</t>
+          <t>Schnyder</t>
         </is>
       </c>
       <c r="E1264" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1264" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1264" s="4"/>
     </row>
     <row r="1265">
       <c r="A1265" s="4" t="n">
-        <v>6860</v>
+        <v>3221</v>
       </c>
       <c r="B1265" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1265" s="4" t="inlineStr">
         <is>
-          <t>Lynn</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D1265" s="4" t="inlineStr">
         <is>
-          <t>Strahm</t>
+          <t>Schnyder</t>
         </is>
       </c>
       <c r="E1265" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1265" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1265" s="4"/>
     </row>
     <row r="1266">
       <c r="A1266" s="4" t="n">
-        <v>6863</v>
+        <v>3233</v>
       </c>
       <c r="B1266" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1266" s="4" t="inlineStr">
         <is>
-          <t>Till</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="D1266" s="4" t="inlineStr">
         <is>
-          <t>Strahm</t>
+          <t>Schor</t>
         </is>
       </c>
       <c r="E1266" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1266" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1266" s="4"/>
     </row>
     <row r="1267">
       <c r="A1267" s="4" t="n">
-        <v>6855</v>
+        <v>3244</v>
       </c>
       <c r="B1267" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1267" s="4" t="inlineStr">
         <is>
-          <t>Markus </t>
+          <t>Emil</t>
         </is>
       </c>
       <c r="D1267" s="4" t="inlineStr">
         <is>
-          <t>Strahm</t>
+          <t>Schuler</t>
         </is>
       </c>
       <c r="E1267" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1267" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1267" s="4"/>
     </row>
     <row r="1268">
       <c r="A1268" s="4" t="n">
-        <v>3505</v>
+        <v>3250</v>
       </c>
       <c r="B1268" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1268" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Rahel</t>
         </is>
       </c>
       <c r="D1268" s="4" t="inlineStr">
         <is>
-          <t>Strauch</t>
+          <t>Schumacher</t>
         </is>
       </c>
       <c r="E1268" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1268" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1268" s="4"/>
     </row>
     <row r="1269">
       <c r="A1269" s="4" t="n">
-        <v>3507</v>
+        <v>3256</v>
       </c>
       <c r="B1269" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1269" s="4" t="inlineStr">
         <is>
-          <t>Bernhard</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D1269" s="4" t="inlineStr">
         <is>
-          <t>Streit</t>
+          <t>Schürch</t>
         </is>
       </c>
       <c r="E1269" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1269" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1269" s="4"/>
     </row>
     <row r="1270">
       <c r="A1270" s="4" t="n">
-        <v>3508</v>
+        <v>3255</v>
       </c>
       <c r="B1270" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1270" s="4" t="inlineStr">
         <is>
-          <t>Reto</t>
+          <t>Kilian</t>
         </is>
       </c>
       <c r="D1270" s="4" t="inlineStr">
         <is>
-          <t>Streit</t>
+          <t>Schürch</t>
         </is>
       </c>
       <c r="E1270" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1270" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1270" s="4"/>
     </row>
     <row r="1271">
       <c r="A1271" s="4" t="n">
-        <v>6272</v>
+        <v>6274</v>
       </c>
       <c r="B1271" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1271" s="4" t="inlineStr">
         <is>
-          <t>Kim</t>
+          <t>Alena</t>
         </is>
       </c>
       <c r="D1271" s="4" t="inlineStr">
         <is>
-          <t>Streit</t>
+          <t>Schwab</t>
         </is>
       </c>
       <c r="E1271" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1271" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1271" s="4"/>
     </row>
     <row r="1272">
       <c r="A1272" s="4" t="n">
-        <v>7482</v>
+        <v>3260</v>
       </c>
       <c r="B1272" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1272" s="4" t="inlineStr">
         <is>
-          <t>Sven</t>
+          <t>Damian</t>
         </is>
       </c>
       <c r="D1272" s="4" t="inlineStr">
         <is>
-          <t>Streit</t>
+          <t>Schwab</t>
         </is>
       </c>
       <c r="E1272" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1272" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1272" s="4"/>
     </row>
     <row r="1273">
       <c r="A1273" s="4" t="n">
-        <v>3509</v>
+        <v>3262</v>
       </c>
       <c r="B1273" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1273" s="4" t="inlineStr">
         <is>
-          <t>Raphael</t>
+          <t>Lucien</t>
         </is>
       </c>
       <c r="D1273" s="4" t="inlineStr">
         <is>
-          <t>Streuli</t>
+          <t>Schwab</t>
         </is>
       </c>
       <c r="E1273" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1273" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1273" s="4"/>
     </row>
     <row r="1274">
       <c r="A1274" s="4" t="n">
-        <v>6862</v>
+        <v>3270</v>
       </c>
       <c r="B1274" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1274" s="4" t="inlineStr">
         <is>
-          <t>Lina</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D1274" s="4" t="inlineStr">
         <is>
-          <t>Stucki</t>
+          <t>Schweizer</t>
         </is>
       </c>
       <c r="E1274" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1274" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1274" s="4"/>
     </row>
     <row r="1275">
       <c r="A1275" s="4" t="n">
-        <v>3515</v>
+        <v>3269</v>
       </c>
       <c r="B1275" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1275" s="4" t="inlineStr">
         <is>
-          <t>Frank</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D1275" s="4" t="inlineStr">
         <is>
-          <t>Stucki</t>
+          <t>Schweizer</t>
         </is>
       </c>
       <c r="E1275" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1275" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1275" s="4"/>
     </row>
     <row r="1276">
       <c r="A1276" s="4" t="n">
-        <v>3520</v>
+        <v>4860</v>
       </c>
       <c r="B1276" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1276" s="4" t="inlineStr">
         <is>
-          <t>Annerös</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="D1276" s="4" t="inlineStr">
         <is>
-          <t>Studer</t>
+          <t>Segovia</t>
         </is>
       </c>
       <c r="E1276" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1276" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1276" s="4"/>
     </row>
     <row r="1277">
       <c r="A1277" s="4" t="n">
-        <v>3525</v>
+        <v>6273</v>
       </c>
       <c r="B1277" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1277" s="4" t="inlineStr">
         <is>
-          <t>Natascha</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="D1277" s="4" t="inlineStr">
         <is>
-          <t>Sturny</t>
+          <t>Seidel</t>
         </is>
       </c>
       <c r="E1277" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1277" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1277" s="4"/>
     </row>
     <row r="1278">
       <c r="A1278" s="4" t="n">
-        <v>3531</v>
+        <v>3292</v>
       </c>
       <c r="B1278" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1278" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Daniela</t>
         </is>
       </c>
       <c r="D1278" s="4" t="inlineStr">
         <is>
-          <t>Stutzmann</t>
+          <t>Seitz</t>
         </is>
       </c>
       <c r="E1278" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1278" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1278" s="4"/>
     </row>
     <row r="1279">
       <c r="A1279" s="4" t="n">
-        <v>3534</v>
+        <v>3298</v>
       </c>
       <c r="B1279" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1279" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Sarmilan</t>
         </is>
       </c>
       <c r="D1279" s="4" t="inlineStr">
         <is>
-          <t>Sucur</t>
+          <t>Sellakumar</t>
         </is>
       </c>
       <c r="E1279" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1279" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1279" s="4"/>
     </row>
     <row r="1280">
       <c r="A1280" s="4" t="n">
-        <v>3538</v>
+        <v>3299</v>
       </c>
       <c r="B1280" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1280" s="4" t="inlineStr">
         <is>
-          <t>Davor</t>
+          <t>Imran</t>
         </is>
       </c>
       <c r="D1280" s="4" t="inlineStr">
         <is>
-          <t>Suhalj</t>
+          <t>Selmani</t>
         </is>
       </c>
       <c r="E1280" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1280" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1280" s="4"/>
     </row>
     <row r="1281">
       <c r="A1281" s="4" t="n">
-        <v>6259</v>
+        <v>3302</v>
       </c>
       <c r="B1281" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1281" s="4" t="inlineStr">
         <is>
-          <t>Laure</t>
+          <t>Ragavi</t>
         </is>
       </c>
       <c r="D1281" s="4" t="inlineStr">
         <is>
-          <t>Sutter</t>
+          <t>Selvam</t>
         </is>
       </c>
       <c r="E1281" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1281" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1281" s="4"/>
     </row>
     <row r="1282">
       <c r="A1282" s="4" t="n">
-        <v>3549</v>
+        <v>3308</v>
       </c>
       <c r="B1282" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1282" s="4" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Tanja</t>
         </is>
       </c>
       <c r="D1282" s="4" t="inlineStr">
         <is>
-          <t>Sutter</t>
+          <t>Senn</t>
         </is>
       </c>
       <c r="E1282" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1282" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1282" s="4"/>
     </row>
     <row r="1283">
       <c r="A1283" s="4" t="n">
-        <v>3552</v>
+        <v>3310</v>
       </c>
       <c r="B1283" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1283" s="4" t="inlineStr">
         <is>
-          <t>Florian</t>
+          <t>Aiman</t>
         </is>
       </c>
       <c r="D1283" s="4" t="inlineStr">
         <is>
-          <t>Sutter</t>
+          <t>Sepic</t>
         </is>
       </c>
       <c r="E1283" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1283" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1283" s="4"/>
     </row>
     <row r="1284">
       <c r="A1284" s="4" t="n">
-        <v>3560</v>
+        <v>4609</v>
       </c>
       <c r="B1284" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1284" s="4" t="inlineStr">
         <is>
-          <t>Alvaro</t>
+          <t>Lahodovets</t>
         </is>
       </c>
       <c r="D1284" s="4" t="inlineStr">
         <is>
-          <t>Taccetta</t>
+          <t>Serhiy</t>
         </is>
       </c>
       <c r="E1284" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1284" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1284" s="4"/>
     </row>
     <row r="1285">
       <c r="A1285" s="4" t="n">
-        <v>3563</v>
+        <v>3325</v>
       </c>
       <c r="B1285" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1285" s="4" t="inlineStr">
         <is>
-          <t>Igor</t>
+          <t>Philipp</t>
         </is>
       </c>
       <c r="D1285" s="4" t="inlineStr">
         <is>
-          <t>Tanev</t>
+          <t>Shehade</t>
         </is>
       </c>
       <c r="E1285" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1285" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1285" s="4"/>
     </row>
     <row r="1286">
       <c r="A1286" s="4" t="n">
-        <v>4666</v>
+        <v>6287</v>
       </c>
       <c r="B1286" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1286" s="4" t="inlineStr">
         <is>
-          <t>Hasan</t>
+          <t>Amir</t>
         </is>
       </c>
       <c r="D1286" s="4" t="inlineStr">
         <is>
-          <t>Tatan</t>
+          <t>Sheikn Manzoor</t>
         </is>
       </c>
       <c r="E1286" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1286" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1286" s="4"/>
     </row>
     <row r="1287">
       <c r="A1287" s="4" t="n">
-        <v>4667</v>
+        <v>3340</v>
       </c>
       <c r="B1287" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1287" s="4" t="inlineStr">
         <is>
-          <t>Ron</t>
+          <t>Sara</t>
         </is>
       </c>
       <c r="D1287" s="4" t="inlineStr">
         <is>
-          <t>Teichmann</t>
+          <t>Sierra</t>
         </is>
       </c>
       <c r="E1287" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1287" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1287" s="4"/>
     </row>
     <row r="1288">
       <c r="A1288" s="4" t="n">
-        <v>4008</v>
+        <v>5524</v>
       </c>
       <c r="B1288" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1288" s="4" t="inlineStr">
         <is>
-          <t>Asia Alba</t>
+          <t>Celina</t>
         </is>
       </c>
       <c r="D1288" s="4" t="inlineStr">
         <is>
-          <t>Tempini</t>
+          <t>Singer</t>
         </is>
       </c>
       <c r="E1288" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1288" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1288" s="4"/>
+      <c r="G1288" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1289">
       <c r="A1289" s="4" t="n">
-        <v>3576</v>
+        <v>6260</v>
       </c>
       <c r="B1289" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1289" s="4" t="inlineStr">
         <is>
-          <t>Uygar</t>
+          <t>Andrej</t>
         </is>
       </c>
       <c r="D1289" s="4" t="inlineStr">
         <is>
-          <t>Tenes</t>
+          <t>Sirovina</t>
         </is>
       </c>
       <c r="E1289" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1289" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1289" s="4"/>
     </row>
     <row r="1290">
       <c r="A1290" s="4" t="n">
-        <v>3596</v>
+        <v>4619</v>
       </c>
       <c r="B1290" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1290" s="4" t="inlineStr">
         <is>
-          <t>Ramesh</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="D1290" s="4" t="inlineStr">
         <is>
-          <t>Thirugnanam</t>
+          <t>Skender</t>
         </is>
       </c>
       <c r="E1290" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1290" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1290" s="4"/>
     </row>
     <row r="1291">
       <c r="A1291" s="4" t="n">
-        <v>3608</v>
+        <v>3372</v>
       </c>
       <c r="B1291" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1291" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Roberto</t>
         </is>
       </c>
       <c r="D1291" s="4" t="inlineStr">
         <is>
-          <t>Thurnherr</t>
+          <t>Solidoro</t>
         </is>
       </c>
       <c r="E1291" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1291" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1291" s="4"/>
     </row>
     <row r="1292">
       <c r="A1292" s="4" t="n">
-        <v>3613</v>
+        <v>3373</v>
       </c>
       <c r="B1292" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1292" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D1292" s="4" t="inlineStr">
         <is>
-          <t>Tinner</t>
+          <t>Solothurnmann</t>
         </is>
       </c>
       <c r="E1292" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1292" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1292" s="4"/>
     </row>
     <row r="1293">
       <c r="A1293" s="4" t="n">
-        <v>3617</v>
+        <v>3375</v>
       </c>
       <c r="B1293" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1293" s="4" t="inlineStr">
         <is>
-          <t>Arber</t>
+          <t>Jennifer</t>
         </is>
       </c>
       <c r="D1293" s="4" t="inlineStr">
         <is>
-          <t>Tmava</t>
+          <t>Sommer</t>
         </is>
       </c>
       <c r="E1293" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1293" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1293" s="4"/>
     </row>
     <row r="1294">
       <c r="A1294" s="4" t="n">
-        <v>3621</v>
+        <v>3420</v>
       </c>
       <c r="B1294" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1294" s="4" t="inlineStr">
         <is>
-          <t>Maurizio</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D1294" s="4" t="inlineStr">
         <is>
-          <t>Togni</t>
+          <t>Stagliano</t>
         </is>
       </c>
       <c r="E1294" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1294" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1294" s="4"/>
     </row>
     <row r="1295">
       <c r="A1295" s="4" t="n">
-        <v>5493</v>
+        <v>6678</v>
       </c>
       <c r="B1295" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1295" s="4" t="inlineStr">
         <is>
-          <t>Luis</t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D1295" s="4" t="inlineStr">
         <is>
-          <t>Torres</t>
+          <t>Stähli</t>
         </is>
       </c>
       <c r="E1295" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1295" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1295" s="4" t="inlineStr">
         <is>
-          <t>Kaisho Karate Association</t>
+          <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="4" t="n">
-        <v>4864</v>
+        <v>7533</v>
       </c>
       <c r="B1296" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1296" s="4" t="inlineStr">
         <is>
-          <t>Victoria Freya</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D1296" s="4" t="inlineStr">
         <is>
-          <t>Treier</t>
+          <t>Stähli</t>
         </is>
       </c>
       <c r="E1296" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1296" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1296" s="4"/>
     </row>
     <row r="1297">
       <c r="A1297" s="4" t="n">
-        <v>4862</v>
+        <v>3434</v>
       </c>
       <c r="B1297" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1297" s="4" t="inlineStr">
         <is>
-          <t>Raik Odin</t>
+          <t>Heinz</t>
         </is>
       </c>
       <c r="D1297" s="4" t="inlineStr">
         <is>
-          <t>Treier</t>
+          <t>Stalder</t>
         </is>
       </c>
       <c r="E1297" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1297" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1297" s="4"/>
     </row>
     <row r="1298">
       <c r="A1298" s="4" t="n">
-        <v>3649</v>
+        <v>4697</v>
       </c>
       <c r="B1298" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1298" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Benjamin</t>
         </is>
       </c>
       <c r="D1298" s="4" t="inlineStr">
         <is>
-          <t>Trisolino</t>
+          <t>Stalder</t>
         </is>
       </c>
       <c r="E1298" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1298" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1298" s="4"/>
     </row>
     <row r="1299">
       <c r="A1299" s="4" t="n">
-        <v>3650</v>
+        <v>3430</v>
       </c>
       <c r="B1299" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1299" s="4" t="inlineStr">
         <is>
-          <t>Stefano</t>
+          <t>Anna</t>
         </is>
       </c>
       <c r="D1299" s="4" t="inlineStr">
         <is>
-          <t>Trojani</t>
+          <t>Stalder</t>
         </is>
       </c>
       <c r="E1299" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1299" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1299" s="4"/>
     </row>
     <row r="1300">
       <c r="A1300" s="4" t="n">
-        <v>3659</v>
+        <v>6685</v>
       </c>
       <c r="B1300" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1300" s="4" t="inlineStr">
         <is>
-          <t>Jessica</t>
+          <t>Robin</t>
         </is>
       </c>
       <c r="D1300" s="4" t="inlineStr">
         <is>
-          <t>Tschanz</t>
+          <t>Stampfli</t>
         </is>
       </c>
       <c r="E1300" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1300" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1300" s="4"/>
+      <c r="G1300" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1301">
       <c r="A1301" s="4" t="n">
-        <v>4209</v>
+        <v>4020</v>
       </c>
       <c r="B1301" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1301" s="4" t="inlineStr">
         <is>
-          <t>Olivia</t>
+          <t>Joshua</t>
         </is>
       </c>
       <c r="D1301" s="4" t="inlineStr">
         <is>
-          <t>Tschanz</t>
+          <t>Steinacher</t>
         </is>
       </c>
       <c r="E1301" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1301" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1301" s="4"/>
+      <c r="G1301" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1302">
       <c r="A1302" s="4" t="n">
-        <v>3660</v>
+        <v>3462</v>
       </c>
       <c r="B1302" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1302" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D1302" s="4" t="inlineStr">
         <is>
-          <t>Tschanz</t>
+          <t>Steiner</t>
         </is>
       </c>
       <c r="E1302" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1302" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1302" s="4"/>
     </row>
     <row r="1303">
       <c r="A1303" s="4" t="n">
-        <v>6271</v>
+        <v>7484</v>
       </c>
       <c r="B1303" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1303" s="4" t="inlineStr">
         <is>
-          <t>Loan</t>
+          <t>Amaryllis</t>
         </is>
       </c>
       <c r="D1303" s="4" t="inlineStr">
         <is>
-          <t>Tscharner</t>
+          <t>Stemmler</t>
         </is>
       </c>
       <c r="E1303" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1303" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1303" s="4"/>
     </row>
     <row r="1304">
       <c r="A1304" s="4" t="n">
-        <v>7490</v>
+        <v>3471</v>
       </c>
       <c r="B1304" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1304" s="4" t="inlineStr">
         <is>
-          <t>Aaron</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D1304" s="4" t="inlineStr">
         <is>
-          <t>Tschopp</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="E1304" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1304" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1304" s="4"/>
     </row>
     <row r="1305">
       <c r="A1305" s="4" t="n">
-        <v>4610</v>
+        <v>3472</v>
       </c>
       <c r="B1305" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1305" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Dominik</t>
         </is>
       </c>
       <c r="D1305" s="4" t="inlineStr">
         <is>
-          <t>Tschuor</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="E1305" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1305" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1305" s="4"/>
     </row>
     <row r="1306">
       <c r="A1306" s="4" t="n">
-        <v>3671</v>
+        <v>3474</v>
       </c>
       <c r="B1306" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1306" s="4" t="inlineStr">
         <is>
-          <t>Montaine</t>
+          <t>Susanne</t>
         </is>
       </c>
       <c r="D1306" s="4" t="inlineStr">
         <is>
-          <t>Turrian</t>
+          <t>Sterchi</t>
         </is>
       </c>
       <c r="E1306" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1306" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1306" s="4"/>
     </row>
     <row r="1307">
       <c r="A1307" s="4" t="n">
-        <v>4875</v>
+        <v>3484</v>
       </c>
       <c r="B1307" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1307" s="4" t="inlineStr">
         <is>
-          <t> Naoki</t>
+          <t>Ciril</t>
         </is>
       </c>
       <c r="D1307" s="4" t="inlineStr">
         <is>
-          <t>Ujihara</t>
+          <t>Stöckli</t>
         </is>
       </c>
       <c r="E1307" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1307" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1307" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1307" s="4"/>
     </row>
     <row r="1308">
       <c r="A1308" s="4" t="n">
-        <v>4696</v>
+        <v>3488</v>
       </c>
       <c r="B1308" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1308" s="4" t="inlineStr">
         <is>
-          <t>Angela</t>
+          <t>Pavel</t>
         </is>
       </c>
       <c r="D1308" s="4" t="inlineStr">
         <is>
-          <t>Ulmann</t>
+          <t>Stöckmann</t>
         </is>
       </c>
       <c r="E1308" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1308" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1308" s="4"/>
     </row>
     <row r="1309">
       <c r="A1309" s="4" t="n">
-        <v>3692</v>
+        <v>4827</v>
       </c>
       <c r="B1309" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1309" s="4" t="inlineStr">
         <is>
-          <t>Sivam</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1309" s="4" t="inlineStr">
         <is>
-          <t>Ushan</t>
+          <t>Stöckmann</t>
         </is>
       </c>
       <c r="E1309" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1309" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1309" s="4"/>
+      <c r="G1309" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1310">
       <c r="A1310" s="4" t="n">
-        <v>6270</v>
+        <v>3492</v>
       </c>
       <c r="B1310" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1310" s="4" t="inlineStr">
         <is>
-          <t>Nevio</t>
+          <t>Livia</t>
         </is>
       </c>
       <c r="D1310" s="4" t="inlineStr">
         <is>
-          <t>Uva </t>
+          <t>Stoll</t>
         </is>
       </c>
       <c r="E1310" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1310" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1310" s="4"/>
     </row>
     <row r="1311">
       <c r="A1311" s="4" t="n">
-        <v>3693</v>
+        <v>6290</v>
       </c>
       <c r="B1311" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1311" s="4" t="inlineStr">
         <is>
-          <t>Alessandro</t>
+          <t>Ralf</t>
         </is>
       </c>
       <c r="D1311" s="4" t="inlineStr">
         <is>
-          <t>Uva </t>
+          <t>Stoob</t>
         </is>
       </c>
       <c r="E1311" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1311" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1311" s="4"/>
     </row>
     <row r="1312">
       <c r="A1312" s="4" t="n">
-        <v>6692</v>
+        <v>3502</v>
       </c>
       <c r="B1312" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1312" s="4" t="inlineStr">
         <is>
-          <t>Beatrice</t>
+          <t>Gwendolin</t>
         </is>
       </c>
       <c r="D1312" s="4" t="inlineStr">
         <is>
-          <t>Vallejo</t>
+          <t>Stoupa</t>
         </is>
       </c>
       <c r="E1312" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1312" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1312" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1312" s="4"/>
     </row>
     <row r="1313">
       <c r="A1313" s="4" t="n">
-        <v>3703</v>
+        <v>6863</v>
       </c>
       <c r="B1313" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1313" s="4" t="inlineStr">
         <is>
-          <t>Alessio</t>
+          <t>Till</t>
         </is>
       </c>
       <c r="D1313" s="4" t="inlineStr">
         <is>
-          <t>Vanacore</t>
+          <t>Strahm</t>
         </is>
       </c>
       <c r="E1313" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1313" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1313" s="4"/>
     </row>
     <row r="1314">
       <c r="A1314" s="4" t="n">
-        <v>3702</v>
+        <v>6855</v>
       </c>
       <c r="B1314" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1314" s="4" t="inlineStr">
         <is>
-          <t>To</t>
+          <t>Markus </t>
         </is>
       </c>
       <c r="D1314" s="4" t="inlineStr">
         <is>
-          <t>van Thong</t>
+          <t>Strahm</t>
         </is>
       </c>
       <c r="E1314" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1314" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1314" s="4"/>
     </row>
     <row r="1315">
       <c r="A1315" s="4" t="n">
-        <v>3709</v>
+        <v>6860</v>
       </c>
       <c r="B1315" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1315" s="4" t="inlineStr">
         <is>
-          <t>Florence</t>
+          <t>Lynn</t>
         </is>
       </c>
       <c r="D1315" s="4" t="inlineStr">
         <is>
-          <t>Vauthey</t>
+          <t>Strahm</t>
         </is>
       </c>
       <c r="E1315" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1315" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1315" s="4"/>
     </row>
     <row r="1316">
       <c r="A1316" s="4" t="n">
-        <v>3712</v>
+        <v>3505</v>
       </c>
       <c r="B1316" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1316" s="4" t="inlineStr">
         <is>
-          <t>Adis</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D1316" s="4" t="inlineStr">
         <is>
-          <t>Velic</t>
+          <t>Strauch</t>
         </is>
       </c>
       <c r="E1316" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1316" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1316" s="4"/>
     </row>
     <row r="1317">
       <c r="A1317" s="4" t="n">
-        <v>3715</v>
+        <v>3508</v>
       </c>
       <c r="B1317" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1317" s="4" t="inlineStr">
         <is>
-          <t>Sulakshan</t>
+          <t>Reto</t>
         </is>
       </c>
       <c r="D1317" s="4" t="inlineStr">
         <is>
-          <t>Venugopal</t>
+          <t>Streit</t>
         </is>
       </c>
       <c r="E1317" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1317" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1317" s="4"/>
     </row>
     <row r="1318">
       <c r="A1318" s="4" t="n">
-        <v>3727</v>
+        <v>3507</v>
       </c>
       <c r="B1318" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1318" s="4" t="inlineStr">
         <is>
-          <t>Alen</t>
+          <t>Bernhard</t>
         </is>
       </c>
       <c r="D1318" s="4" t="inlineStr">
         <is>
-          <t>Vidic</t>
+          <t>Streit</t>
         </is>
       </c>
       <c r="E1318" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1318" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1318" s="4"/>
     </row>
     <row r="1319">
       <c r="A1319" s="4" t="n">
-        <v>3728</v>
+        <v>7482</v>
       </c>
       <c r="B1319" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1319" s="4" t="inlineStr">
         <is>
-          <t>Alea</t>
+          <t>Sven</t>
         </is>
       </c>
       <c r="D1319" s="4" t="inlineStr">
         <is>
-          <t>Vifian</t>
+          <t>Streit</t>
         </is>
       </c>
       <c r="E1319" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1319" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1319" s="4"/>
     </row>
     <row r="1320">
       <c r="A1320" s="4" t="n">
-        <v>4016</v>
+        <v>6272</v>
       </c>
       <c r="B1320" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1320" s="4" t="inlineStr">
         <is>
-          <t>Celine</t>
+          <t>Kim</t>
         </is>
       </c>
       <c r="D1320" s="4" t="inlineStr">
         <is>
-          <t>Vo</t>
+          <t>Streit</t>
         </is>
       </c>
       <c r="E1320" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1320" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1320" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1320" s="4"/>
     </row>
     <row r="1321">
       <c r="A1321" s="4" t="n">
-        <v>6269</v>
+        <v>3509</v>
       </c>
       <c r="B1321" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1321" s="4" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Raphael</t>
         </is>
       </c>
       <c r="D1321" s="4" t="inlineStr">
         <is>
-          <t>Vo-Dang</t>
+          <t>Streuli</t>
         </is>
       </c>
       <c r="E1321" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1321" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1321" s="4"/>
     </row>
     <row r="1322">
       <c r="A1322" s="4" t="n">
-        <v>3736</v>
+        <v>3515</v>
       </c>
       <c r="B1322" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1322" s="4" t="inlineStr">
         <is>
-          <t>Doris</t>
+          <t>Frank</t>
         </is>
       </c>
       <c r="D1322" s="4" t="inlineStr">
         <is>
-          <t>Voegelin</t>
+          <t>Stucki</t>
         </is>
       </c>
       <c r="E1322" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1322" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1322" s="4"/>
     </row>
     <row r="1323">
       <c r="A1323" s="4" t="n">
-        <v>6857</v>
+        <v>6862</v>
       </c>
       <c r="B1323" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1323" s="4" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Lina</t>
         </is>
       </c>
       <c r="D1323" s="4" t="inlineStr">
         <is>
-          <t>Vögtlin</t>
+          <t>Stucki</t>
         </is>
       </c>
       <c r="E1323" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1323" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1323" s="4"/>
     </row>
     <row r="1324">
       <c r="A1324" s="4" t="n">
-        <v>3757</v>
+        <v>3520</v>
       </c>
       <c r="B1324" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1324" s="4" t="inlineStr">
         <is>
-          <t>Yanick</t>
+          <t>Annerös</t>
         </is>
       </c>
       <c r="D1324" s="4" t="inlineStr">
         <is>
-          <t>Von Allmen</t>
+          <t>Studer</t>
         </is>
       </c>
       <c r="E1324" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1324" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1324" s="4"/>
     </row>
     <row r="1325">
       <c r="A1325" s="4" t="n">
-        <v>3756</v>
+        <v>3525</v>
       </c>
       <c r="B1325" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1325" s="4" t="inlineStr">
         <is>
-          <t>Selina</t>
+          <t>Natascha</t>
         </is>
       </c>
       <c r="D1325" s="4" t="inlineStr">
         <is>
-          <t>Von Allmen</t>
+          <t>Sturny</t>
         </is>
       </c>
       <c r="E1325" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1325" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1325" s="4"/>
     </row>
     <row r="1326">
       <c r="A1326" s="4" t="n">
-        <v>3761</v>
+        <v>3531</v>
       </c>
       <c r="B1326" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1326" s="4" t="inlineStr">
         <is>
-          <t>Serge</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D1326" s="4" t="inlineStr">
         <is>
-          <t>Von Grünigen</t>
+          <t>Stutzmann</t>
         </is>
       </c>
       <c r="E1326" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1326" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1326" s="4"/>
     </row>
     <row r="1327">
       <c r="A1327" s="4" t="n">
-        <v>3768</v>
+        <v>3534</v>
       </c>
       <c r="B1327" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1327" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1327" s="4" t="inlineStr">
         <is>
-          <t>Von Roth</t>
+          <t>Sucur</t>
         </is>
       </c>
       <c r="E1327" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1327" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1327" s="4"/>
     </row>
     <row r="1328">
       <c r="A1328" s="4" t="n">
-        <v>3777</v>
+        <v>3538</v>
       </c>
       <c r="B1328" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1328" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Davor</t>
         </is>
       </c>
       <c r="D1328" s="4" t="inlineStr">
         <is>
-          <t>Vucicevic</t>
+          <t>Suhalj</t>
         </is>
       </c>
       <c r="E1328" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1328" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1328" s="4"/>
     </row>
     <row r="1329">
       <c r="A1329" s="4" t="n">
-        <v>3779</v>
+        <v>6259</v>
       </c>
       <c r="B1329" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1329" s="4" t="inlineStr">
         <is>
-          <t>Stefana</t>
+          <t>Laure</t>
         </is>
       </c>
       <c r="D1329" s="4" t="inlineStr">
         <is>
-          <t>Vukadinovic</t>
+          <t>Sutter</t>
         </is>
       </c>
       <c r="E1329" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1329" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1329" s="4"/>
     </row>
     <row r="1330">
       <c r="A1330" s="4" t="n">
-        <v>3778</v>
+        <v>3549</v>
       </c>
       <c r="B1330" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1330" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="D1330" s="4" t="inlineStr">
         <is>
-          <t>Vukadinovic</t>
+          <t>Sutter</t>
         </is>
       </c>
       <c r="E1330" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1330" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1330" s="4"/>
     </row>
     <row r="1331">
       <c r="A1331" s="4" t="n">
-        <v>4066</v>
+        <v>3552</v>
       </c>
       <c r="B1331" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1331" s="4" t="inlineStr">
         <is>
-          <t>Marko</t>
+          <t>Florian</t>
         </is>
       </c>
       <c r="D1331" s="4" t="inlineStr">
         <is>
-          <t>Vukajlovic</t>
+          <t>Sutter</t>
         </is>
       </c>
       <c r="E1331" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1331" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1331" s="4"/>
     </row>
     <row r="1332">
       <c r="A1332" s="4" t="n">
-        <v>4069</v>
+        <v>3560</v>
       </c>
       <c r="B1332" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1332" s="4" t="inlineStr">
         <is>
-          <t>Milos</t>
+          <t>Alvaro</t>
         </is>
       </c>
       <c r="D1332" s="4" t="inlineStr">
         <is>
-          <t>Vukajlovic</t>
+          <t>Taccetta</t>
         </is>
       </c>
       <c r="E1332" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1332" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1332" s="4"/>
     </row>
     <row r="1333">
       <c r="A1333" s="4" t="n">
-        <v>3781</v>
+        <v>3563</v>
       </c>
       <c r="B1333" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1333" s="4" t="inlineStr">
         <is>
-          <t>Nemanja</t>
+          <t>Igor</t>
         </is>
       </c>
       <c r="D1333" s="4" t="inlineStr">
         <is>
-          <t>Vukicevic</t>
+          <t>Tanev</t>
         </is>
       </c>
       <c r="E1333" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1333" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1333" s="4"/>
     </row>
     <row r="1334">
       <c r="A1334" s="4" t="n">
-        <v>3784</v>
+        <v>4666</v>
       </c>
       <c r="B1334" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1334" s="4" t="inlineStr">
         <is>
-          <t>Francine</t>
+          <t>Hasan</t>
         </is>
       </c>
       <c r="D1334" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Tatan</t>
         </is>
       </c>
       <c r="E1334" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1334" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1334" s="4"/>
     </row>
     <row r="1335">
       <c r="A1335" s="4" t="n">
-        <v>3786</v>
+        <v>4667</v>
       </c>
       <c r="B1335" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1335" s="4" t="inlineStr">
         <is>
-          <t>Kjetil</t>
+          <t>Ron</t>
         </is>
       </c>
       <c r="D1335" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Teichmann</t>
         </is>
       </c>
       <c r="E1335" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1335" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1335" s="4"/>
     </row>
     <row r="1336">
       <c r="A1336" s="4" t="n">
-        <v>3785</v>
+        <v>4008</v>
       </c>
       <c r="B1336" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1336" s="4" t="inlineStr">
         <is>
-          <t>Joëlle</t>
+          <t>Asia Alba</t>
         </is>
       </c>
       <c r="D1336" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Tempini</t>
         </is>
       </c>
       <c r="E1336" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1336" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1336" s="4"/>
     </row>
     <row r="1337">
       <c r="A1337" s="4" t="n">
-        <v>3793</v>
+        <v>3576</v>
       </c>
       <c r="B1337" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1337" s="4" t="inlineStr">
         <is>
-          <t>Debora</t>
+          <t>Uygar</t>
         </is>
       </c>
       <c r="D1337" s="4" t="inlineStr">
         <is>
-          <t>Wägli</t>
+          <t>Tenes</t>
         </is>
       </c>
       <c r="E1337" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1337" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1337" s="4"/>
     </row>
     <row r="1338">
       <c r="A1338" s="4" t="n">
-        <v>3796</v>
+        <v>3596</v>
       </c>
       <c r="B1338" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1338" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Ramesh</t>
         </is>
       </c>
       <c r="D1338" s="4" t="inlineStr">
         <is>
-          <t>Wagner</t>
+          <t>Thirugnanam</t>
         </is>
       </c>
       <c r="E1338" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1338" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1338" s="4"/>
     </row>
     <row r="1339">
       <c r="A1339" s="4" t="n">
-        <v>3797</v>
+        <v>7536</v>
       </c>
       <c r="B1339" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1339" s="4" t="inlineStr">
         <is>
-          <t>Mika</t>
+          <t>Nils</t>
         </is>
       </c>
       <c r="D1339" s="4" t="inlineStr">
         <is>
-          <t>Wagner</t>
+          <t>Thöni</t>
         </is>
       </c>
       <c r="E1339" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1339" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1339" s="4"/>
     </row>
     <row r="1340">
       <c r="A1340" s="4" t="n">
-        <v>3799</v>
+        <v>3608</v>
       </c>
       <c r="B1340" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1340" s="4" t="inlineStr">
         <is>
-          <t>Tina</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D1340" s="4" t="inlineStr">
         <is>
-          <t>Wagner</t>
+          <t>Thurnherr</t>
         </is>
       </c>
       <c r="E1340" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1340" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1340" s="4"/>
     </row>
     <row r="1341">
       <c r="A1341" s="4" t="n">
-        <v>3798</v>
+        <v>3613</v>
       </c>
       <c r="B1341" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1341" s="4" t="inlineStr">
         <is>
-          <t>Monika</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D1341" s="4" t="inlineStr">
         <is>
-          <t>Wagner</t>
+          <t>Tinner</t>
         </is>
       </c>
       <c r="E1341" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1341" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1341" s="4"/>
     </row>
     <row r="1342">
       <c r="A1342" s="4" t="n">
-        <v>3803</v>
+        <v>3617</v>
       </c>
       <c r="B1342" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1342" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Arber</t>
         </is>
       </c>
       <c r="D1342" s="4" t="inlineStr">
         <is>
-          <t>Wälchli</t>
+          <t>Tmava</t>
         </is>
       </c>
       <c r="E1342" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1342" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1342" s="4"/>
     </row>
     <row r="1343">
       <c r="A1343" s="4" t="n">
-        <v>7425</v>
+        <v>3621</v>
       </c>
       <c r="B1343" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1343" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Maurizio</t>
         </is>
       </c>
       <c r="D1343" s="4" t="inlineStr">
         <is>
-          <t>Wandeler</t>
+          <t>Togni</t>
         </is>
       </c>
       <c r="E1343" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1343" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1343" s="4"/>
     </row>
     <row r="1344">
       <c r="A1344" s="4" t="n">
-        <v>3814</v>
+        <v>5493</v>
       </c>
       <c r="B1344" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1344" s="4" t="inlineStr">
         <is>
-          <t>Liliane</t>
+          <t>Luis</t>
         </is>
       </c>
       <c r="D1344" s="4" t="inlineStr">
         <is>
-          <t>Wanner</t>
+          <t>Torres</t>
         </is>
       </c>
       <c r="E1344" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1344" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1344" s="4"/>
+      <c r="G1344" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="1345">
       <c r="A1345" s="4" t="n">
-        <v>4060</v>
+        <v>4862</v>
       </c>
       <c r="B1345" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1345" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Raik Odin</t>
         </is>
       </c>
       <c r="D1345" s="4" t="inlineStr">
         <is>
-          <t>Weber</t>
+          <t>Treier</t>
         </is>
       </c>
       <c r="E1345" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1345" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1345" s="4"/>
     </row>
     <row r="1346">
       <c r="A1346" s="4" t="n">
-        <v>3823</v>
+        <v>4864</v>
       </c>
       <c r="B1346" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1346" s="4" t="inlineStr">
         <is>
-          <t>Kathrin</t>
+          <t>Victoria Freya</t>
         </is>
       </c>
       <c r="D1346" s="4" t="inlineStr">
         <is>
-          <t>Weber</t>
+          <t>Treier</t>
         </is>
       </c>
       <c r="E1346" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1346" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1346" s="4"/>
     </row>
     <row r="1347">
       <c r="A1347" s="4" t="n">
-        <v>3830</v>
+        <v>3649</v>
       </c>
       <c r="B1347" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1347" s="4" t="inlineStr">
         <is>
-          <t>Lars</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D1347" s="4" t="inlineStr">
         <is>
-          <t>Weibel</t>
+          <t>Trisolino</t>
         </is>
       </c>
       <c r="E1347" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1347" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1347" s="4"/>
     </row>
     <row r="1348">
       <c r="A1348" s="4" t="n">
-        <v>4695</v>
+        <v>3650</v>
       </c>
       <c r="B1348" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1348" s="4" t="inlineStr">
         <is>
-          <t>Kaya</t>
+          <t>Stefano</t>
         </is>
       </c>
       <c r="D1348" s="4" t="inlineStr">
         <is>
-          <t>Weibel</t>
+          <t>Trojani</t>
         </is>
       </c>
       <c r="E1348" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1348" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1348" s="4"/>
     </row>
     <row r="1349">
       <c r="A1349" s="4" t="n">
-        <v>3837</v>
+        <v>3660</v>
       </c>
       <c r="B1349" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1349" s="4" t="inlineStr">
         <is>
-          <t>Anne-Florence</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D1349" s="4" t="inlineStr">
         <is>
-          <t>Weissert</t>
+          <t>Tschanz</t>
         </is>
       </c>
       <c r="E1349" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1349" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1349" s="4"/>
     </row>
     <row r="1350">
       <c r="A1350" s="4" t="n">
-        <v>3839</v>
+        <v>4209</v>
       </c>
       <c r="B1350" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1350" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Olivia</t>
         </is>
       </c>
       <c r="D1350" s="4" t="inlineStr">
         <is>
-          <t>Wenger</t>
+          <t>Tschanz</t>
         </is>
       </c>
       <c r="E1350" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1350" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1350" s="4"/>
     </row>
     <row r="1351">
       <c r="A1351" s="4" t="n">
-        <v>3857</v>
+        <v>3659</v>
       </c>
       <c r="B1351" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1351" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Jessica</t>
         </is>
       </c>
       <c r="D1351" s="4" t="inlineStr">
         <is>
-          <t>Widmer</t>
+          <t>Tschanz</t>
         </is>
       </c>
       <c r="E1351" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1351" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1351" s="4"/>
     </row>
     <row r="1352">
       <c r="A1352" s="4" t="n">
-        <v>3859</v>
+        <v>6271</v>
       </c>
       <c r="B1352" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1352" s="4" t="inlineStr">
         <is>
-          <t>Sven</t>
+          <t>Loan</t>
         </is>
       </c>
       <c r="D1352" s="4" t="inlineStr">
         <is>
-          <t>Widmer</t>
+          <t>Tscharner</t>
         </is>
       </c>
       <c r="E1352" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1352" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1352" s="4"/>
     </row>
     <row r="1353">
       <c r="A1353" s="4" t="n">
-        <v>7486</v>
+        <v>7490</v>
       </c>
       <c r="B1353" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1353" s="4" t="inlineStr">
         <is>
-          <t>Nevio</t>
+          <t>Aaron</t>
         </is>
       </c>
       <c r="D1353" s="4" t="inlineStr">
         <is>
-          <t>Will</t>
+          <t>Tschopp</t>
         </is>
       </c>
       <c r="E1353" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1353" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1353" s="4"/>
     </row>
     <row r="1354">
       <c r="A1354" s="4" t="n">
-        <v>4861</v>
+        <v>4610</v>
       </c>
       <c r="B1354" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1354" s="4" t="inlineStr">
         <is>
-          <t>Leonie Vanessa</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D1354" s="4" t="inlineStr">
         <is>
-          <t>Will</t>
+          <t>Tschuor</t>
         </is>
       </c>
       <c r="E1354" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1354" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1354" s="4"/>
     </row>
     <row r="1355">
       <c r="A1355" s="4" t="n">
-        <v>4865</v>
+        <v>3671</v>
       </c>
       <c r="B1355" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1355" s="4" t="inlineStr">
         <is>
-          <t>Justine</t>
+          <t>Montaine</t>
         </is>
       </c>
       <c r="D1355" s="4" t="inlineStr">
         <is>
-          <t>Willié</t>
+          <t>Turrian</t>
         </is>
       </c>
       <c r="E1355" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1355" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1355" s="4"/>
     </row>
     <row r="1356">
       <c r="A1356" s="4" t="n">
-        <v>6684</v>
+        <v>4875</v>
       </c>
       <c r="B1356" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1356" s="4" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t> Naoki</t>
         </is>
       </c>
       <c r="D1356" s="4" t="inlineStr">
         <is>
-          <t>Winkelmann</t>
+          <t>Ujihara</t>
         </is>
       </c>
       <c r="E1356" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1356" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1356" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" s="4" t="n">
-        <v>3877</v>
+        <v>4696</v>
       </c>
       <c r="B1357" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1357" s="4" t="inlineStr">
         <is>
-          <t>Nadia</t>
+          <t>Angela</t>
         </is>
       </c>
       <c r="D1357" s="4" t="inlineStr">
         <is>
-          <t>Winkler</t>
+          <t>Ulmann</t>
         </is>
       </c>
       <c r="E1357" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1357" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1357" s="4"/>
     </row>
     <row r="1358">
       <c r="A1358" s="4" t="n">
-        <v>7494</v>
+        <v>3692</v>
       </c>
       <c r="B1358" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1358" s="4" t="inlineStr">
         <is>
-          <t>Stefanie</t>
+          <t>Sivam</t>
         </is>
       </c>
       <c r="D1358" s="4" t="inlineStr">
         <is>
-          <t>Witte</t>
+          <t>Ushan</t>
         </is>
       </c>
       <c r="E1358" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1358" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1358" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1358" s="4"/>
     </row>
     <row r="1359">
       <c r="A1359" s="4" t="n">
-        <v>5161</v>
+        <v>6270</v>
       </c>
       <c r="B1359" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1359" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Nevio</t>
         </is>
       </c>
       <c r="D1359" s="4" t="inlineStr">
         <is>
-          <t>Wittwer</t>
+          <t>Uva </t>
         </is>
       </c>
       <c r="E1359" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1359" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1359" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1359" s="4"/>
     </row>
     <row r="1360">
       <c r="A1360" s="4" t="n">
-        <v>3889</v>
+        <v>3693</v>
       </c>
       <c r="B1360" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1360" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Alessandro</t>
         </is>
       </c>
       <c r="D1360" s="4" t="inlineStr">
         <is>
-          <t>Wittwer</t>
+          <t>Uva </t>
         </is>
       </c>
       <c r="E1360" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1360" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1360" s="4"/>
     </row>
     <row r="1361">
       <c r="A1361" s="4" t="n">
-        <v>3891</v>
+        <v>6692</v>
       </c>
       <c r="B1361" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1361" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Beatrice</t>
         </is>
       </c>
       <c r="D1361" s="4" t="inlineStr">
         <is>
-          <t>Wittwer</t>
+          <t>Vallejo</t>
         </is>
       </c>
       <c r="E1361" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1361" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1361" s="4"/>
+      <c r="G1361" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="1362">
       <c r="A1362" s="4" t="n">
-        <v>5336</v>
+        <v>3703</v>
       </c>
       <c r="B1362" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1362" s="4" t="inlineStr">
         <is>
-          <t>Severin</t>
+          <t>Alessio</t>
         </is>
       </c>
       <c r="D1362" s="4" t="inlineStr">
         <is>
-          <t>Wollenberg</t>
+          <t>Vanacore</t>
         </is>
       </c>
       <c r="E1362" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1362" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1362" s="4"/>
     </row>
     <row r="1363">
       <c r="A1363" s="4" t="n">
-        <v>4821</v>
+        <v>3702</v>
       </c>
       <c r="B1363" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1363" s="4" t="inlineStr">
         <is>
-          <t>René</t>
+          <t>To</t>
         </is>
       </c>
       <c r="D1363" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>van Thong</t>
         </is>
       </c>
       <c r="E1363" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1363" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1363" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1363" s="4"/>
     </row>
     <row r="1364">
       <c r="A1364" s="4" t="n">
-        <v>3914</v>
+        <v>3709</v>
       </c>
       <c r="B1364" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1364" s="4" t="inlineStr">
         <is>
-          <t>Timon</t>
+          <t>Florence</t>
         </is>
       </c>
       <c r="D1364" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>Vauthey</t>
         </is>
       </c>
       <c r="E1364" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1364" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1364" s="4"/>
     </row>
     <row r="1365">
       <c r="A1365" s="4" t="n">
-        <v>3910</v>
+        <v>3712</v>
       </c>
       <c r="B1365" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1365" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Adis</t>
         </is>
       </c>
       <c r="D1365" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>Velic</t>
         </is>
       </c>
       <c r="E1365" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1365" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1365" s="4"/>
     </row>
     <row r="1366">
       <c r="A1366" s="4" t="n">
-        <v>3909</v>
+        <v>3715</v>
       </c>
       <c r="B1366" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1366" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Sulakshan</t>
         </is>
       </c>
       <c r="D1366" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>Venugopal</t>
         </is>
       </c>
       <c r="E1366" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1366" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1366" s="4"/>
     </row>
     <row r="1367">
       <c r="A1367" s="4" t="n">
-        <v>3922</v>
+        <v>3727</v>
       </c>
       <c r="B1367" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1367" s="4" t="inlineStr">
         <is>
-          <t>Raphael</t>
+          <t>Alen</t>
         </is>
       </c>
       <c r="D1367" s="4" t="inlineStr">
         <is>
-          <t>Wyss</t>
+          <t>Vidic</t>
         </is>
       </c>
       <c r="E1367" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1367" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1367" s="4"/>
     </row>
     <row r="1368">
       <c r="A1368" s="4" t="n">
-        <v>4067</v>
+        <v>3728</v>
       </c>
       <c r="B1368" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1368" s="4" t="inlineStr">
         <is>
-          <t>Santo</t>
+          <t>Alea</t>
         </is>
       </c>
       <c r="D1368" s="4" t="inlineStr">
         <is>
-          <t>Xalfa</t>
+          <t>Vifian</t>
         </is>
       </c>
       <c r="E1368" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1368" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1368" s="4"/>
     </row>
     <row r="1369">
       <c r="A1369" s="4" t="n">
-        <v>3925</v>
+        <v>4016</v>
       </c>
       <c r="B1369" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1369" s="4" t="inlineStr">
         <is>
-          <t>Sai Long</t>
+          <t>Celine</t>
         </is>
       </c>
       <c r="D1369" s="4" t="inlineStr">
         <is>
-          <t>Yaw</t>
+          <t>Vo</t>
         </is>
       </c>
       <c r="E1369" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1369" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1369" s="4"/>
+      <c r="G1369" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1370">
       <c r="A1370" s="4" t="n">
-        <v>3929</v>
+        <v>6269</v>
       </c>
       <c r="B1370" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1370" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="D1370" s="4" t="inlineStr">
         <is>
-          <t>Zaccaria</t>
+          <t>Vo-Dang</t>
         </is>
       </c>
       <c r="E1370" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1370" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1370" s="4"/>
     </row>
     <row r="1371">
       <c r="A1371" s="4" t="n">
-        <v>5338</v>
+        <v>3736</v>
       </c>
       <c r="B1371" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1371" s="4" t="inlineStr">
         <is>
-          <t>Sabina</t>
+          <t>Doris</t>
         </is>
       </c>
       <c r="D1371" s="4" t="inlineStr">
         <is>
-          <t>Zala</t>
+          <t>Voegelin</t>
         </is>
       </c>
       <c r="E1371" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1371" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1371" s="4"/>
     </row>
     <row r="1372">
       <c r="A1372" s="4" t="n">
-        <v>4007</v>
+        <v>6857</v>
       </c>
       <c r="B1372" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1372" s="4" t="inlineStr">
         <is>
-          <t>Nadia</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="D1372" s="4" t="inlineStr">
         <is>
-          <t>Zala</t>
+          <t>Vögtlin</t>
         </is>
       </c>
       <c r="E1372" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1372" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1372" s="4"/>
     </row>
     <row r="1373">
       <c r="A1373" s="4" t="n">
-        <v>4012</v>
+        <v>3757</v>
       </c>
       <c r="B1373" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1373" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Yanick</t>
         </is>
       </c>
       <c r="D1373" s="4" t="inlineStr">
         <is>
-          <t>Zanolari</t>
+          <t>Von Allmen</t>
         </is>
       </c>
       <c r="E1373" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1373" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1373" s="4"/>
     </row>
     <row r="1374">
       <c r="A1374" s="4" t="n">
-        <v>3941</v>
+        <v>3756</v>
       </c>
       <c r="B1374" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1374" s="4" t="inlineStr">
         <is>
-          <t>Evelyne</t>
+          <t>Selina</t>
         </is>
       </c>
       <c r="D1374" s="4" t="inlineStr">
         <is>
-          <t>Zaugg</t>
+          <t>Von Allmen</t>
         </is>
       </c>
       <c r="E1374" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1374" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1374" s="4"/>
     </row>
     <row r="1375">
       <c r="A1375" s="4" t="n">
-        <v>4017</v>
+        <v>3761</v>
       </c>
       <c r="B1375" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1375" s="4" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Serge</t>
         </is>
       </c>
       <c r="D1375" s="4" t="inlineStr">
         <is>
-          <t>Zbinden</t>
+          <t>Von Grünigen</t>
         </is>
       </c>
       <c r="E1375" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1375" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1375" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1375" s="4"/>
     </row>
     <row r="1376">
       <c r="A1376" s="4" t="n">
-        <v>4018</v>
+        <v>3768</v>
       </c>
       <c r="B1376" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1376" s="4" t="inlineStr">
         <is>
-          <t>Lara</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D1376" s="4" t="inlineStr">
         <is>
-          <t>Zbinden</t>
+          <t>Von Roth</t>
         </is>
       </c>
       <c r="E1376" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1376" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1376" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1376" s="4"/>
     </row>
     <row r="1377">
       <c r="A1377" s="4" t="n">
-        <v>3948</v>
+        <v>3777</v>
       </c>
       <c r="B1377" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1377" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D1377" s="4" t="inlineStr">
         <is>
-          <t>Zehnder Dr.</t>
+          <t>Vucicevic</t>
         </is>
       </c>
       <c r="E1377" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1377" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1377" s="4"/>
     </row>
     <row r="1378">
       <c r="A1378" s="4" t="n">
-        <v>3959</v>
+        <v>3778</v>
       </c>
       <c r="B1378" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1378" s="4" t="inlineStr">
         <is>
-          <t>Vanessa</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D1378" s="4" t="inlineStr">
         <is>
-          <t>Ziegler</t>
+          <t>Vukadinovic</t>
         </is>
       </c>
       <c r="E1378" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1378" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1378" s="4"/>
     </row>
     <row r="1379">
       <c r="A1379" s="4" t="n">
-        <v>3961</v>
+        <v>3779</v>
       </c>
       <c r="B1379" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1379" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Stefana</t>
         </is>
       </c>
       <c r="D1379" s="4" t="inlineStr">
         <is>
-          <t>Ziemer</t>
+          <t>Vukadinovic</t>
         </is>
       </c>
       <c r="E1379" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1379" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1379" s="4"/>
     </row>
     <row r="1380">
       <c r="A1380" s="4" t="n">
-        <v>4830</v>
+        <v>4069</v>
       </c>
       <c r="B1380" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1380" s="4" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Milos</t>
         </is>
       </c>
       <c r="D1380" s="4" t="inlineStr">
         <is>
-          <t>Zimmermann</t>
+          <t>Vukajlovic</t>
         </is>
       </c>
       <c r="E1380" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1380" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1380" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1380" s="4"/>
     </row>
     <row r="1381">
       <c r="A1381" s="4" t="n">
-        <v>4826</v>
+        <v>4066</v>
       </c>
       <c r="B1381" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1381" s="4" t="inlineStr">
         <is>
-          <t>Errol</t>
+          <t>Marko</t>
         </is>
       </c>
       <c r="D1381" s="4" t="inlineStr">
         <is>
-          <t>Zimmermann</t>
+          <t>Vukajlovic</t>
         </is>
       </c>
       <c r="E1381" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1381" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1381" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1381" s="4"/>
     </row>
     <row r="1382">
       <c r="A1382" s="4" t="n">
-        <v>3967</v>
+        <v>3781</v>
       </c>
       <c r="B1382" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1382" s="4" t="inlineStr">
         <is>
-          <t>Vreni</t>
+          <t>Nemanja</t>
         </is>
       </c>
       <c r="D1382" s="4" t="inlineStr">
         <is>
-          <t>Zimmermann</t>
+          <t>Vukicevic</t>
         </is>
       </c>
       <c r="E1382" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1382" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1382" s="4"/>
     </row>
     <row r="1383">
       <c r="A1383" s="4" t="n">
-        <v>3970</v>
+        <v>3786</v>
       </c>
       <c r="B1383" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1383" s="4" t="inlineStr">
         <is>
-          <t>Aila</t>
+          <t>Kjetil</t>
         </is>
       </c>
       <c r="D1383" s="4" t="inlineStr">
         <is>
-          <t>Zolic</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E1383" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1383" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1383" s="4"/>
     </row>
     <row r="1384">
       <c r="A1384" s="4" t="n">
-        <v>3973</v>
+        <v>3784</v>
       </c>
       <c r="B1384" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1384" s="4" t="inlineStr">
         <is>
-          <t>Alessio</t>
+          <t>Francine</t>
         </is>
       </c>
       <c r="D1384" s="4" t="inlineStr">
         <is>
-          <t>Zolpi</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E1384" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1384" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1384" s="4"/>
     </row>
     <row r="1385">
       <c r="A1385" s="4" t="n">
-        <v>3978</v>
+        <v>3785</v>
       </c>
       <c r="B1385" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1385" s="4" t="inlineStr">
         <is>
-          <t>Shay Dimo</t>
+          <t>Joëlle</t>
         </is>
       </c>
       <c r="D1385" s="4" t="inlineStr">
         <is>
-          <t>Zulauf</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E1385" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1385" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1385" s="4"/>
     </row>
     <row r="1386">
       <c r="A1386" s="4" t="n">
-        <v>3980</v>
+        <v>3793</v>
       </c>
       <c r="B1386" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1386" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Debora</t>
         </is>
       </c>
       <c r="D1386" s="4" t="inlineStr">
         <is>
-          <t>Zumbrunn</t>
+          <t>Wägli</t>
         </is>
       </c>
       <c r="E1386" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1386" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1386" s="4"/>
     </row>
     <row r="1387">
       <c r="A1387" s="4" t="n">
-        <v>3983</v>
+        <v>3796</v>
       </c>
       <c r="B1387" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1387" s="4" t="inlineStr">
         <is>
-          <t>Sibylle</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D1387" s="4" t="inlineStr">
         <is>
-          <t>Zurbrügg</t>
+          <t>Wagner</t>
         </is>
       </c>
       <c r="E1387" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1387" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1387" s="4"/>
     </row>
     <row r="1388">
       <c r="A1388" s="4" t="n">
-        <v>3985</v>
+        <v>3797</v>
       </c>
       <c r="B1388" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1388" s="4" t="inlineStr">
         <is>
-          <t>Christine</t>
+          <t>Mika</t>
         </is>
       </c>
       <c r="D1388" s="4" t="inlineStr">
         <is>
-          <t>Zurbuchen</t>
+          <t>Wagner</t>
         </is>
       </c>
       <c r="E1388" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1388" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1388" s="4"/>
     </row>
     <row r="1389">
       <c r="A1389" s="4" t="n">
-        <v>3986</v>
+        <v>3798</v>
       </c>
       <c r="B1389" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1389" s="4" t="inlineStr">
         <is>
-          <t>Hans-Ulrich</t>
+          <t>Monika</t>
         </is>
       </c>
       <c r="D1389" s="4" t="inlineStr">
         <is>
-          <t>Zurbuchen</t>
+          <t>Wagner</t>
         </is>
       </c>
       <c r="E1389" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1389" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1389" s="4"/>
     </row>
     <row r="1390">
       <c r="A1390" s="4" t="n">
-        <v>3988</v>
+        <v>3799</v>
       </c>
       <c r="B1390" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1390" s="4" t="inlineStr">
         <is>
-          <t>Seline</t>
+          <t>Tina</t>
         </is>
       </c>
       <c r="D1390" s="4" t="inlineStr">
         <is>
-          <t>Zürcher</t>
+          <t>Wagner</t>
         </is>
       </c>
       <c r="E1390" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1390" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1390" s="4"/>
     </row>
     <row r="1391">
       <c r="A1391" s="4" t="n">
+        <v>3803</v>
+      </c>
+      <c r="B1391" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1391" s="4" t="inlineStr">
+        <is>
+          <t>Patrick</t>
+        </is>
+      </c>
+      <c r="D1391" s="4" t="inlineStr">
+        <is>
+          <t>Wälchli</t>
+        </is>
+      </c>
+      <c r="E1391" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1391" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1391" s="4"/>
+    </row>
+    <row r="1392">
+      <c r="A1392" s="4" t="n">
+        <v>7425</v>
+      </c>
+      <c r="B1392" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1392" s="4" t="inlineStr">
+        <is>
+          <t>Michel</t>
+        </is>
+      </c>
+      <c r="D1392" s="4" t="inlineStr">
+        <is>
+          <t>Wandeler</t>
+        </is>
+      </c>
+      <c r="E1392" s="4" t="inlineStr">
+        <is>
+          <t>Shorin-Ryu</t>
+        </is>
+      </c>
+      <c r="F1392" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1392" s="4"/>
+    </row>
+    <row r="1393">
+      <c r="A1393" s="4" t="n">
+        <v>3814</v>
+      </c>
+      <c r="B1393" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1393" s="4" t="inlineStr">
+        <is>
+          <t>Liliane</t>
+        </is>
+      </c>
+      <c r="D1393" s="4" t="inlineStr">
+        <is>
+          <t>Wanner</t>
+        </is>
+      </c>
+      <c r="E1393" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1393" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1393" s="4"/>
+    </row>
+    <row r="1394">
+      <c r="A1394" s="4" t="n">
+        <v>3823</v>
+      </c>
+      <c r="B1394" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1394" s="4" t="inlineStr">
+        <is>
+          <t>Kathrin</t>
+        </is>
+      </c>
+      <c r="D1394" s="4" t="inlineStr">
+        <is>
+          <t>Weber</t>
+        </is>
+      </c>
+      <c r="E1394" s="4" t="inlineStr">
+        <is>
+          <t>Shorin-Ryu</t>
+        </is>
+      </c>
+      <c r="F1394" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1394" s="4"/>
+    </row>
+    <row r="1395">
+      <c r="A1395" s="4" t="n">
+        <v>4060</v>
+      </c>
+      <c r="B1395" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1395" s="4" t="inlineStr">
+        <is>
+          <t>Christian</t>
+        </is>
+      </c>
+      <c r="D1395" s="4" t="inlineStr">
+        <is>
+          <t>Weber</t>
+        </is>
+      </c>
+      <c r="E1395" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1395" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1395" s="4"/>
+    </row>
+    <row r="1396">
+      <c r="A1396" s="4" t="n">
+        <v>3830</v>
+      </c>
+      <c r="B1396" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1396" s="4" t="inlineStr">
+        <is>
+          <t>Lars</t>
+        </is>
+      </c>
+      <c r="D1396" s="4" t="inlineStr">
+        <is>
+          <t>Weibel</t>
+        </is>
+      </c>
+      <c r="E1396" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1396" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1396" s="4"/>
+    </row>
+    <row r="1397">
+      <c r="A1397" s="4" t="n">
+        <v>4695</v>
+      </c>
+      <c r="B1397" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1397" s="4" t="inlineStr">
+        <is>
+          <t>Kaya</t>
+        </is>
+      </c>
+      <c r="D1397" s="4" t="inlineStr">
+        <is>
+          <t>Weibel</t>
+        </is>
+      </c>
+      <c r="E1397" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan</t>
+        </is>
+      </c>
+      <c r="F1397" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1397" s="4"/>
+    </row>
+    <row r="1398">
+      <c r="A1398" s="4" t="n">
+        <v>7571</v>
+      </c>
+      <c r="B1398" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1398" s="4" t="inlineStr">
+        <is>
+          <t>Mia</t>
+        </is>
+      </c>
+      <c r="D1398" s="4" t="inlineStr">
+        <is>
+          <t>Weibel</t>
+        </is>
+      </c>
+      <c r="E1398" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan</t>
+        </is>
+      </c>
+      <c r="F1398" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1398" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
+    </row>
+    <row r="1399">
+      <c r="A1399" s="4" t="n">
+        <v>3837</v>
+      </c>
+      <c r="B1399" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1399" s="4" t="inlineStr">
+        <is>
+          <t>Anne-Florence</t>
+        </is>
+      </c>
+      <c r="D1399" s="4" t="inlineStr">
+        <is>
+          <t>Weissert</t>
+        </is>
+      </c>
+      <c r="E1399" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1399" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1399" s="4"/>
+    </row>
+    <row r="1400">
+      <c r="A1400" s="4" t="n">
+        <v>3839</v>
+      </c>
+      <c r="B1400" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1400" s="4" t="inlineStr">
+        <is>
+          <t>Claudia</t>
+        </is>
+      </c>
+      <c r="D1400" s="4" t="inlineStr">
+        <is>
+          <t>Wenger</t>
+        </is>
+      </c>
+      <c r="E1400" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1400" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1400" s="4"/>
+    </row>
+    <row r="1401">
+      <c r="A1401" s="4" t="n">
+        <v>3859</v>
+      </c>
+      <c r="B1401" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1401" s="4" t="inlineStr">
+        <is>
+          <t>Sven</t>
+        </is>
+      </c>
+      <c r="D1401" s="4" t="inlineStr">
+        <is>
+          <t>Widmer</t>
+        </is>
+      </c>
+      <c r="E1401" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1401" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1401" s="4"/>
+    </row>
+    <row r="1402">
+      <c r="A1402" s="4" t="n">
+        <v>3857</v>
+      </c>
+      <c r="B1402" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1402" s="4" t="inlineStr">
+        <is>
+          <t>Roger</t>
+        </is>
+      </c>
+      <c r="D1402" s="4" t="inlineStr">
+        <is>
+          <t>Widmer</t>
+        </is>
+      </c>
+      <c r="E1402" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1402" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1402" s="4"/>
+    </row>
+    <row r="1403">
+      <c r="A1403" s="4" t="n">
+        <v>7486</v>
+      </c>
+      <c r="B1403" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1403" s="4" t="inlineStr">
+        <is>
+          <t>Nevio</t>
+        </is>
+      </c>
+      <c r="D1403" s="4" t="inlineStr">
+        <is>
+          <t>Will</t>
+        </is>
+      </c>
+      <c r="E1403" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1403" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1403" s="4"/>
+    </row>
+    <row r="1404">
+      <c r="A1404" s="4" t="n">
+        <v>4861</v>
+      </c>
+      <c r="B1404" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1404" s="4" t="inlineStr">
+        <is>
+          <t>Leonie Vanessa</t>
+        </is>
+      </c>
+      <c r="D1404" s="4" t="inlineStr">
+        <is>
+          <t>Will</t>
+        </is>
+      </c>
+      <c r="E1404" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1404" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1404" s="4"/>
+    </row>
+    <row r="1405">
+      <c r="A1405" s="4" t="n">
+        <v>4865</v>
+      </c>
+      <c r="B1405" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1405" s="4" t="inlineStr">
+        <is>
+          <t>Justine</t>
+        </is>
+      </c>
+      <c r="D1405" s="4" t="inlineStr">
+        <is>
+          <t>Willié</t>
+        </is>
+      </c>
+      <c r="E1405" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1405" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1405" s="4"/>
+    </row>
+    <row r="1406">
+      <c r="A1406" s="4" t="n">
+        <v>6684</v>
+      </c>
+      <c r="B1406" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1406" s="4" t="inlineStr">
+        <is>
+          <t>Jan</t>
+        </is>
+      </c>
+      <c r="D1406" s="4" t="inlineStr">
+        <is>
+          <t>Winkelmann</t>
+        </is>
+      </c>
+      <c r="E1406" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1406" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1406" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
+    </row>
+    <row r="1407">
+      <c r="A1407" s="4" t="n">
+        <v>3877</v>
+      </c>
+      <c r="B1407" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1407" s="4" t="inlineStr">
+        <is>
+          <t>Nadia</t>
+        </is>
+      </c>
+      <c r="D1407" s="4" t="inlineStr">
+        <is>
+          <t>Winkler</t>
+        </is>
+      </c>
+      <c r="E1407" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1407" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1407" s="4"/>
+    </row>
+    <row r="1408">
+      <c r="A1408" s="4" t="n">
+        <v>7494</v>
+      </c>
+      <c r="B1408" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1408" s="4" t="inlineStr">
+        <is>
+          <t>Stefanie</t>
+        </is>
+      </c>
+      <c r="D1408" s="4" t="inlineStr">
+        <is>
+          <t>Witte</t>
+        </is>
+      </c>
+      <c r="E1408" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1408" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1408" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
+    </row>
+    <row r="1409">
+      <c r="A1409" s="4" t="n">
+        <v>3891</v>
+      </c>
+      <c r="B1409" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1409" s="4" t="inlineStr">
+        <is>
+          <t>Roger</t>
+        </is>
+      </c>
+      <c r="D1409" s="4" t="inlineStr">
+        <is>
+          <t>Wittwer</t>
+        </is>
+      </c>
+      <c r="E1409" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1409" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1409" s="4"/>
+    </row>
+    <row r="1410">
+      <c r="A1410" s="4" t="n">
+        <v>5161</v>
+      </c>
+      <c r="B1410" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1410" s="4" t="inlineStr">
+        <is>
+          <t>Markus</t>
+        </is>
+      </c>
+      <c r="D1410" s="4" t="inlineStr">
+        <is>
+          <t>Wittwer</t>
+        </is>
+      </c>
+      <c r="E1410" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1410" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1410" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
+    </row>
+    <row r="1411">
+      <c r="A1411" s="4" t="n">
+        <v>3889</v>
+      </c>
+      <c r="B1411" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1411" s="4" t="inlineStr">
+        <is>
+          <t>Marco</t>
+        </is>
+      </c>
+      <c r="D1411" s="4" t="inlineStr">
+        <is>
+          <t>Wittwer</t>
+        </is>
+      </c>
+      <c r="E1411" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1411" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1411" s="4"/>
+    </row>
+    <row r="1412">
+      <c r="A1412" s="4" t="n">
+        <v>5336</v>
+      </c>
+      <c r="B1412" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1412" s="4" t="inlineStr">
+        <is>
+          <t>Severin</t>
+        </is>
+      </c>
+      <c r="D1412" s="4" t="inlineStr">
+        <is>
+          <t>Wollenberg</t>
+        </is>
+      </c>
+      <c r="E1412" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1412" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1412" s="4"/>
+    </row>
+    <row r="1413">
+      <c r="A1413" s="4" t="n">
+        <v>3910</v>
+      </c>
+      <c r="B1413" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1413" s="4" t="inlineStr">
+        <is>
+          <t>Patrick</t>
+        </is>
+      </c>
+      <c r="D1413" s="4" t="inlineStr">
+        <is>
+          <t>Wüthrich</t>
+        </is>
+      </c>
+      <c r="E1413" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1413" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1413" s="4"/>
+    </row>
+    <row r="1414">
+      <c r="A1414" s="4" t="n">
+        <v>4821</v>
+      </c>
+      <c r="B1414" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1414" s="4" t="inlineStr">
+        <is>
+          <t>René</t>
+        </is>
+      </c>
+      <c r="D1414" s="4" t="inlineStr">
+        <is>
+          <t>Wüthrich</t>
+        </is>
+      </c>
+      <c r="E1414" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1414" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1414" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
+    </row>
+    <row r="1415">
+      <c r="A1415" s="4" t="n">
+        <v>3909</v>
+      </c>
+      <c r="B1415" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1415" s="4" t="inlineStr">
+        <is>
+          <t>Nina</t>
+        </is>
+      </c>
+      <c r="D1415" s="4" t="inlineStr">
+        <is>
+          <t>Wüthrich</t>
+        </is>
+      </c>
+      <c r="E1415" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1415" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1415" s="4"/>
+    </row>
+    <row r="1416">
+      <c r="A1416" s="4" t="n">
+        <v>3914</v>
+      </c>
+      <c r="B1416" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1416" s="4" t="inlineStr">
+        <is>
+          <t>Timon</t>
+        </is>
+      </c>
+      <c r="D1416" s="4" t="inlineStr">
+        <is>
+          <t>Wüthrich</t>
+        </is>
+      </c>
+      <c r="E1416" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1416" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1416" s="4"/>
+    </row>
+    <row r="1417">
+      <c r="A1417" s="4" t="n">
+        <v>3922</v>
+      </c>
+      <c r="B1417" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1417" s="4" t="inlineStr">
+        <is>
+          <t>Raphael</t>
+        </is>
+      </c>
+      <c r="D1417" s="4" t="inlineStr">
+        <is>
+          <t>Wyss</t>
+        </is>
+      </c>
+      <c r="E1417" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1417" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1417" s="4"/>
+    </row>
+    <row r="1418">
+      <c r="A1418" s="4" t="n">
+        <v>4067</v>
+      </c>
+      <c r="B1418" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1418" s="4" t="inlineStr">
+        <is>
+          <t>Santo</t>
+        </is>
+      </c>
+      <c r="D1418" s="4" t="inlineStr">
+        <is>
+          <t>Xalfa</t>
+        </is>
+      </c>
+      <c r="E1418" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1418" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1418" s="4"/>
+    </row>
+    <row r="1419">
+      <c r="A1419" s="4" t="n">
+        <v>3925</v>
+      </c>
+      <c r="B1419" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1419" s="4" t="inlineStr">
+        <is>
+          <t>Sai Long</t>
+        </is>
+      </c>
+      <c r="D1419" s="4" t="inlineStr">
+        <is>
+          <t>Yaw</t>
+        </is>
+      </c>
+      <c r="E1419" s="4" t="inlineStr">
+        <is>
+          <t>Shorin-Ryu</t>
+        </is>
+      </c>
+      <c r="F1419" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1419" s="4"/>
+    </row>
+    <row r="1420">
+      <c r="A1420" s="4" t="n">
+        <v>3929</v>
+      </c>
+      <c r="B1420" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1420" s="4" t="inlineStr">
+        <is>
+          <t>Antonio</t>
+        </is>
+      </c>
+      <c r="D1420" s="4" t="inlineStr">
+        <is>
+          <t>Zaccaria</t>
+        </is>
+      </c>
+      <c r="E1420" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1420" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1420" s="4"/>
+    </row>
+    <row r="1421">
+      <c r="A1421" s="4" t="n">
+        <v>5338</v>
+      </c>
+      <c r="B1421" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1421" s="4" t="inlineStr">
+        <is>
+          <t>Sabina</t>
+        </is>
+      </c>
+      <c r="D1421" s="4" t="inlineStr">
+        <is>
+          <t>Zala</t>
+        </is>
+      </c>
+      <c r="E1421" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1421" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1421" s="4"/>
+    </row>
+    <row r="1422">
+      <c r="A1422" s="4" t="n">
+        <v>4007</v>
+      </c>
+      <c r="B1422" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1422" s="4" t="inlineStr">
+        <is>
+          <t>Nadia</t>
+        </is>
+      </c>
+      <c r="D1422" s="4" t="inlineStr">
+        <is>
+          <t>Zala</t>
+        </is>
+      </c>
+      <c r="E1422" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1422" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1422" s="4"/>
+    </row>
+    <row r="1423">
+      <c r="A1423" s="4" t="n">
+        <v>4012</v>
+      </c>
+      <c r="B1423" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1423" s="4" t="inlineStr">
+        <is>
+          <t>Davide </t>
+        </is>
+      </c>
+      <c r="D1423" s="4" t="inlineStr">
+        <is>
+          <t>Zanolari</t>
+        </is>
+      </c>
+      <c r="E1423" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1423" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1423" s="4"/>
+    </row>
+    <row r="1424">
+      <c r="A1424" s="4" t="n">
+        <v>3941</v>
+      </c>
+      <c r="B1424" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1424" s="4" t="inlineStr">
+        <is>
+          <t>Evelyne</t>
+        </is>
+      </c>
+      <c r="D1424" s="4" t="inlineStr">
+        <is>
+          <t>Zaugg</t>
+        </is>
+      </c>
+      <c r="E1424" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1424" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1424" s="4"/>
+    </row>
+    <row r="1425">
+      <c r="A1425" s="4" t="n">
+        <v>4018</v>
+      </c>
+      <c r="B1425" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1425" s="4" t="inlineStr">
+        <is>
+          <t>Lara</t>
+        </is>
+      </c>
+      <c r="D1425" s="4" t="inlineStr">
+        <is>
+          <t>Zbinden</t>
+        </is>
+      </c>
+      <c r="E1425" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1425" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1425" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
+    </row>
+    <row r="1426">
+      <c r="A1426" s="4" t="n">
+        <v>4017</v>
+      </c>
+      <c r="B1426" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1426" s="4" t="inlineStr">
+        <is>
+          <t>Lea</t>
+        </is>
+      </c>
+      <c r="D1426" s="4" t="inlineStr">
+        <is>
+          <t>Zbinden</t>
+        </is>
+      </c>
+      <c r="E1426" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1426" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1426" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
+    </row>
+    <row r="1427">
+      <c r="A1427" s="4" t="n">
+        <v>3948</v>
+      </c>
+      <c r="B1427" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1427" s="4" t="inlineStr">
+        <is>
+          <t>Thomas</t>
+        </is>
+      </c>
+      <c r="D1427" s="4" t="inlineStr">
+        <is>
+          <t>Zehnder Dr.</t>
+        </is>
+      </c>
+      <c r="E1427" s="4" t="inlineStr">
+        <is>
+          <t>Wado-Ryu</t>
+        </is>
+      </c>
+      <c r="F1427" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1427" s="4"/>
+    </row>
+    <row r="1428">
+      <c r="A1428" s="4" t="n">
+        <v>3959</v>
+      </c>
+      <c r="B1428" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1428" s="4" t="inlineStr">
+        <is>
+          <t>Vanessa</t>
+        </is>
+      </c>
+      <c r="D1428" s="4" t="inlineStr">
+        <is>
+          <t>Ziegler</t>
+        </is>
+      </c>
+      <c r="E1428" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1428" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1428" s="4"/>
+    </row>
+    <row r="1429">
+      <c r="A1429" s="4" t="n">
+        <v>3961</v>
+      </c>
+      <c r="B1429" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1429" s="4" t="inlineStr">
+        <is>
+          <t>Patrick</t>
+        </is>
+      </c>
+      <c r="D1429" s="4" t="inlineStr">
+        <is>
+          <t>Ziemer</t>
+        </is>
+      </c>
+      <c r="E1429" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan</t>
+        </is>
+      </c>
+      <c r="F1429" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1429" s="4"/>
+    </row>
+    <row r="1430">
+      <c r="A1430" s="4" t="n">
+        <v>3967</v>
+      </c>
+      <c r="B1430" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1430" s="4" t="inlineStr">
+        <is>
+          <t>Vreni</t>
+        </is>
+      </c>
+      <c r="D1430" s="4" t="inlineStr">
+        <is>
+          <t>Zimmermann</t>
+        </is>
+      </c>
+      <c r="E1430" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan</t>
+        </is>
+      </c>
+      <c r="F1430" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1430" s="4"/>
+    </row>
+    <row r="1431">
+      <c r="A1431" s="4" t="n">
+        <v>4826</v>
+      </c>
+      <c r="B1431" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1431" s="4" t="inlineStr">
+        <is>
+          <t>Errol</t>
+        </is>
+      </c>
+      <c r="D1431" s="4" t="inlineStr">
+        <is>
+          <t>Zimmermann</t>
+        </is>
+      </c>
+      <c r="E1431" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1431" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1431" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
+    </row>
+    <row r="1432">
+      <c r="A1432" s="4" t="n">
+        <v>4830</v>
+      </c>
+      <c r="B1432" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1432" s="4" t="inlineStr">
+        <is>
+          <t>Jan</t>
+        </is>
+      </c>
+      <c r="D1432" s="4" t="inlineStr">
+        <is>
+          <t>Zimmermann</t>
+        </is>
+      </c>
+      <c r="E1432" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1432" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1432" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
+    </row>
+    <row r="1433">
+      <c r="A1433" s="4" t="n">
+        <v>3970</v>
+      </c>
+      <c r="B1433" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1433" s="4" t="inlineStr">
+        <is>
+          <t>Aila</t>
+        </is>
+      </c>
+      <c r="D1433" s="4" t="inlineStr">
+        <is>
+          <t>Zolic</t>
+        </is>
+      </c>
+      <c r="E1433" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1433" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1433" s="4"/>
+    </row>
+    <row r="1434">
+      <c r="A1434" s="4" t="n">
+        <v>3973</v>
+      </c>
+      <c r="B1434" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1434" s="4" t="inlineStr">
+        <is>
+          <t>Alessio</t>
+        </is>
+      </c>
+      <c r="D1434" s="4" t="inlineStr">
+        <is>
+          <t>Zolpi</t>
+        </is>
+      </c>
+      <c r="E1434" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1434" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1434" s="4"/>
+    </row>
+    <row r="1435">
+      <c r="A1435" s="4" t="n">
+        <v>3978</v>
+      </c>
+      <c r="B1435" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1435" s="4" t="inlineStr">
+        <is>
+          <t>Shay Dimo</t>
+        </is>
+      </c>
+      <c r="D1435" s="4" t="inlineStr">
+        <is>
+          <t>Zulauf</t>
+        </is>
+      </c>
+      <c r="E1435" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1435" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1435" s="4"/>
+    </row>
+    <row r="1436">
+      <c r="A1436" s="4" t="n">
+        <v>3980</v>
+      </c>
+      <c r="B1436" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1436" s="4" t="inlineStr">
+        <is>
+          <t>André</t>
+        </is>
+      </c>
+      <c r="D1436" s="4" t="inlineStr">
+        <is>
+          <t>Zumbrunn</t>
+        </is>
+      </c>
+      <c r="E1436" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1436" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1436" s="4"/>
+    </row>
+    <row r="1437">
+      <c r="A1437" s="4" t="n">
+        <v>3983</v>
+      </c>
+      <c r="B1437" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1437" s="4" t="inlineStr">
+        <is>
+          <t>Sibylle</t>
+        </is>
+      </c>
+      <c r="D1437" s="4" t="inlineStr">
+        <is>
+          <t>Zurbrügg</t>
+        </is>
+      </c>
+      <c r="E1437" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1437" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1437" s="4"/>
+    </row>
+    <row r="1438">
+      <c r="A1438" s="4" t="n">
+        <v>3986</v>
+      </c>
+      <c r="B1438" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1438" s="4" t="inlineStr">
+        <is>
+          <t>Hans-Ulrich</t>
+        </is>
+      </c>
+      <c r="D1438" s="4" t="inlineStr">
+        <is>
+          <t>Zurbuchen</t>
+        </is>
+      </c>
+      <c r="E1438" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1438" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1438" s="4"/>
+    </row>
+    <row r="1439">
+      <c r="A1439" s="4" t="n">
+        <v>3985</v>
+      </c>
+      <c r="B1439" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1439" s="4" t="inlineStr">
+        <is>
+          <t>Christine</t>
+        </is>
+      </c>
+      <c r="D1439" s="4" t="inlineStr">
+        <is>
+          <t>Zurbuchen</t>
+        </is>
+      </c>
+      <c r="E1439" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1439" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1439" s="4"/>
+    </row>
+    <row r="1440">
+      <c r="A1440" s="4" t="n">
+        <v>3988</v>
+      </c>
+      <c r="B1440" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1440" s="4" t="inlineStr">
+        <is>
+          <t>Seline</t>
+        </is>
+      </c>
+      <c r="D1440" s="4" t="inlineStr">
+        <is>
+          <t>Zürcher</t>
+        </is>
+      </c>
+      <c r="E1440" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1440" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1440" s="4"/>
+    </row>
+    <row r="1441">
+      <c r="A1441" s="4" t="n">
         <v>5162</v>
       </c>
-      <c r="B1391" s="4" t="n">
-[...2 lines deleted...]
-      <c r="C1391" s="4" t="inlineStr">
+      <c r="B1441" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1441" s="4" t="inlineStr">
         <is>
           <t>Eric</t>
         </is>
       </c>
-      <c r="D1391" s="4" t="inlineStr">
+      <c r="D1441" s="4" t="inlineStr">
         <is>
           <t>Zwinger</t>
         </is>
       </c>
-      <c r="E1391" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G1391" s="4" t="inlineStr">
+      <c r="E1441" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1441" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1441" s="4" t="inlineStr">
         <is>
           <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>