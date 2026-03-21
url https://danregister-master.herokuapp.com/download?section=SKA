--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -78,51 +78,51 @@
       <protection locked="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:G1441"/>
+  <dimension ref="A1:G1448"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="8.25" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="18.15" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="29.700000000000003" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="14.3" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="16.5" min="6" max="6" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="7" max="7" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Dan Grad</t>
         </is>
       </c>
@@ -897,87 +897,87 @@
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Barbara</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>Seiler</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G26" s="4"/>
     </row>
     <row r="27">
       <c r="A27" s="4" t="n">
-        <v>7100</v>
+        <v>7099</v>
       </c>
       <c r="B27" s="4" t="n">
         <v>5</v>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Bernhard</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G27" s="4"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="n">
-        <v>7099</v>
+        <v>7100</v>
       </c>
       <c r="B28" s="4" t="n">
         <v>5</v>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Bernhard</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G28" s="4"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="n">
         <v>7098</v>
       </c>
       <c r="B29" s="4" t="n">
         <v>5</v>
@@ -1910,174 +1910,174 @@
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>Zolliker</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland - Ehrendan</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="4" t="n">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B60" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Bernhard</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G60" s="4"/>
     </row>
     <row r="61">
       <c r="A61" s="4" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B61" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Bernhard</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G61" s="4"/>
     </row>
     <row r="62">
       <c r="A62" s="4" t="n">
         <v>160</v>
       </c>
       <c r="B62" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Ali</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>Aykac</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G62" s="4"/>
     </row>
     <row r="63">
       <c r="A63" s="4" t="n">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B63" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Salvatore</t>
+          <t>Biagio</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>Bandello</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G63" s="4"/>
     </row>
     <row r="64">
       <c r="A64" s="4" t="n">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B64" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Biagio</t>
+          <t>Salvatore</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>Bandello</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G64" s="4"/>
     </row>
     <row r="65">
       <c r="A65" s="4" t="n">
         <v>7384</v>
       </c>
       <c r="B65" s="4" t="n">
         <v>4</v>
@@ -2779,87 +2779,87 @@
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>Jans</t>
         </is>
       </c>
       <c r="E88" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G88" s="4" t="inlineStr">
         <is>
           <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="4" t="n">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="B89" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Bojan</t>
+          <t>Boris</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>Josifovic </t>
         </is>
       </c>
       <c r="E89" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G89" s="4"/>
     </row>
     <row r="90">
       <c r="A90" s="4" t="n">
-        <v>1762</v>
+        <v>1761</v>
       </c>
       <c r="B90" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Boris</t>
+          <t>Bojan</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>Josifovic </t>
         </is>
       </c>
       <c r="E90" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G90" s="4"/>
     </row>
     <row r="91">
       <c r="A91" s="4" t="n">
         <v>1764</v>
       </c>
       <c r="B91" s="4" t="n">
         <v>4</v>
@@ -3044,97 +3044,97 @@
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>Lüthold</t>
         </is>
       </c>
       <c r="E97" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G97" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="4" t="n">
-        <v>2224</v>
+        <v>2223</v>
       </c>
       <c r="B98" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Paolo</t>
+          <t>Giovanni</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>Maltese</t>
         </is>
       </c>
       <c r="E98" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G98" s="4"/>
     </row>
     <row r="99">
       <c r="A99" s="4" t="n">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="B99" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Giovanni</t>
+          <t>Paolo</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>Maltese</t>
         </is>
       </c>
       <c r="E99" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G99" s="4"/>
     </row>
     <row r="100">
       <c r="A100" s="4" t="n">
         <v>7473</v>
       </c>
       <c r="B100" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Stefan </t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>Marti</t>
         </is>
@@ -4091,80 +4091,80 @@
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>René</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>Berchten</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G132" s="4"/>
     </row>
     <row r="133">
       <c r="A133" s="4" t="n">
-        <v>6223</v>
+        <v>4692</v>
       </c>
       <c r="B133" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Dragan</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>Bijelic</t>
         </is>
       </c>
       <c r="E133" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G133" s="4"/>
     </row>
     <row r="134">
       <c r="A134" s="4" t="n">
-        <v>4692</v>
+        <v>6223</v>
       </c>
       <c r="B134" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Dragan</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>Bijelic</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G134" s="4"/>
@@ -5092,87 +5092,87 @@
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Eugen</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>Gossauer</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G165" s="4"/>
     </row>
     <row r="166">
       <c r="A166" s="4" t="n">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="B166" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
-          <t>Cigdem</t>
+          <t>Gerald</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>Groll</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G166" s="4"/>
     </row>
     <row r="167">
       <c r="A167" s="4" t="n">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B167" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
-          <t>Gerald</t>
+          <t>Cigdem</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>Groll</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G167" s="4"/>
     </row>
     <row r="168">
       <c r="A168" s="4" t="n">
         <v>7414</v>
       </c>
       <c r="B168" s="4" t="n">
         <v>3</v>
@@ -5928,3487 +5928,3487 @@
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>Lüthi</t>
         </is>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G193" s="4" t="inlineStr">
         <is>
           <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="4" t="n">
-        <v>2197</v>
+        <v>7579</v>
       </c>
       <c r="B194" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
-          <t>Raffael</t>
+          <t>Romina</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
-          <t>Lüthold</t>
+          <t>Lüthi-Bodmer</t>
         </is>
       </c>
       <c r="E194" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G194" s="4"/>
     </row>
     <row r="195">
       <c r="A195" s="4" t="n">
-        <v>2230</v>
+        <v>2197</v>
       </c>
       <c r="B195" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Raffael</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
-          <t>Manrecaj</t>
+          <t>Lüthold</t>
         </is>
       </c>
       <c r="E195" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G195" s="4"/>
     </row>
     <row r="196">
       <c r="A196" s="4" t="n">
-        <v>4684</v>
+        <v>2230</v>
       </c>
       <c r="B196" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
-          <t>Massimo</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
-          <t>Marcozzi</t>
+          <t>Manrecaj</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G196" s="4"/>
     </row>
     <row r="197">
       <c r="A197" s="4" t="n">
-        <v>4590</v>
+        <v>4684</v>
       </c>
       <c r="B197" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
-          <t>Trink</t>
+          <t>Massimo</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Marcozzi</t>
         </is>
       </c>
       <c r="E197" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G197" s="4"/>
     </row>
     <row r="198">
       <c r="A198" s="4" t="n">
-        <v>2244</v>
+        <v>4590</v>
       </c>
       <c r="B198" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
-          <t>Giuseppe</t>
+          <t>Trink</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
-          <t>Marra</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="E198" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G198" s="4"/>
     </row>
     <row r="199">
       <c r="A199" s="4" t="n">
-        <v>2255</v>
+        <v>2244</v>
       </c>
       <c r="B199" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Giuseppe</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Marra</t>
         </is>
       </c>
       <c r="E199" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G199" s="4"/>
     </row>
     <row r="200">
       <c r="A200" s="4" t="n">
-        <v>2303</v>
+        <v>2255</v>
       </c>
       <c r="B200" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
-          <t>Josef</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
-          <t>Meier</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G200" s="4"/>
     </row>
     <row r="201">
       <c r="A201" s="4" t="n">
-        <v>7389</v>
+        <v>2303</v>
       </c>
       <c r="B201" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Josef</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
-          <t>Micheletti</t>
+          <t>Meier</t>
         </is>
       </c>
       <c r="E201" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G201" s="4"/>
     </row>
     <row r="202">
       <c r="A202" s="4" t="n">
-        <v>7528</v>
+        <v>7389</v>
       </c>
       <c r="B202" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
-          <t>Shahrazed</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
-          <t>Mkaouar</t>
+          <t>Micheletti</t>
         </is>
       </c>
       <c r="E202" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G202" s="4"/>
     </row>
     <row r="203">
       <c r="A203" s="4" t="n">
-        <v>2431</v>
+        <v>7528</v>
       </c>
       <c r="B203" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
-          <t>Silvio</t>
+          <t>Shahrazed</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
-          <t>Mordasini</t>
+          <t>Mkaouar</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G203" s="4"/>
     </row>
     <row r="204">
       <c r="A204" s="4" t="n">
-        <v>2442</v>
+        <v>2431</v>
       </c>
       <c r="B204" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Silvio</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
-          <t>Mosconi</t>
+          <t>Mordasini</t>
         </is>
       </c>
       <c r="E204" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G204" s="4"/>
     </row>
     <row r="205">
       <c r="A205" s="4" t="n">
-        <v>4071</v>
+        <v>2442</v>
       </c>
       <c r="B205" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
-          <t>Cornelia</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
-          <t>Moser</t>
+          <t>Mosconi</t>
         </is>
       </c>
       <c r="E205" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G205" s="4"/>
     </row>
     <row r="206">
       <c r="A206" s="4" t="n">
         <v>4070</v>
       </c>
       <c r="B206" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Karin</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>Moser</t>
         </is>
       </c>
       <c r="E206" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G206" s="4"/>
     </row>
     <row r="207">
       <c r="A207" s="4" t="n">
-        <v>7388</v>
+        <v>4071</v>
       </c>
       <c r="B207" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
-          <t>Tosca</t>
+          <t>Cornelia</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
-          <t>Muffatti</t>
+          <t>Moser</t>
         </is>
       </c>
       <c r="E207" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G207" s="4"/>
     </row>
     <row r="208">
       <c r="A208" s="4" t="n">
-        <v>2451</v>
+        <v>7388</v>
       </c>
       <c r="B208" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
-          <t>Maja</t>
+          <t>Tosca</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
-          <t>Mühlemann</t>
+          <t>Muffatti</t>
         </is>
       </c>
       <c r="E208" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G208" s="4"/>
     </row>
     <row r="209">
       <c r="A209" s="4" t="n">
-        <v>2458</v>
+        <v>2451</v>
       </c>
       <c r="B209" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Maja</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Mühlemann</t>
         </is>
       </c>
       <c r="E209" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G209" s="4"/>
     </row>
     <row r="210">
       <c r="A210" s="4" t="n">
-        <v>7477</v>
+        <v>2458</v>
       </c>
       <c r="B210" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
-          <t>Nani</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E210" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G210" s="4"/>
     </row>
     <row r="211">
       <c r="A211" s="4" t="n">
-        <v>2630</v>
+        <v>7477</v>
       </c>
       <c r="B211" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
-          <t>Filip</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
-          <t>Pavlinec</t>
+          <t>Nani</t>
         </is>
       </c>
       <c r="E211" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G211" s="4"/>
     </row>
     <row r="212">
       <c r="A212" s="4" t="n">
-        <v>2660</v>
+        <v>2630</v>
       </c>
       <c r="B212" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
-          <t>Rolf</t>
+          <t>Filip</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
-          <t>Perren</t>
+          <t>Pavlinec</t>
         </is>
       </c>
       <c r="E212" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G212" s="4"/>
     </row>
     <row r="213">
       <c r="A213" s="4" t="n">
-        <v>6228</v>
+        <v>2660</v>
       </c>
       <c r="B213" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Rolf</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
-          <t>Pin</t>
+          <t>Perren</t>
         </is>
       </c>
       <c r="E213" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G213" s="4"/>
     </row>
     <row r="214">
       <c r="A214" s="4" t="n">
-        <v>2746</v>
+        <v>6228</v>
       </c>
       <c r="B214" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
-          <t>Marcus</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
-          <t>Pollak</t>
+          <t>Pin</t>
         </is>
       </c>
       <c r="E214" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G214" s="4"/>
     </row>
     <row r="215">
       <c r="A215" s="4" t="n">
-        <v>7476</v>
+        <v>2746</v>
       </c>
       <c r="B215" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
-          <t>Bratislav</t>
+          <t>Marcus</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
-          <t>Popovic</t>
+          <t>Pollak</t>
         </is>
       </c>
       <c r="E215" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G215" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G215" s="4"/>
     </row>
     <row r="216">
       <c r="A216" s="4" t="n">
-        <v>2772</v>
+        <v>7476</v>
       </c>
       <c r="B216" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Bratislav</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
-          <t>Puglisi</t>
+          <t>Popovic</t>
         </is>
       </c>
       <c r="E216" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G216" s="4"/>
+      <c r="G216" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="217">
       <c r="A217" s="4" t="n">
-        <v>7568</v>
+        <v>2772</v>
       </c>
       <c r="B217" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
-          <t>Radjenovic</t>
+          <t>Puglisi</t>
         </is>
       </c>
       <c r="E217" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G217" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G217" s="4"/>
     </row>
     <row r="218">
       <c r="A218" s="4" t="n">
-        <v>6225</v>
+        <v>7568</v>
       </c>
       <c r="B218" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
-          <t>Joëlle</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
-          <t>Rebeyrol</t>
+          <t>Radjenovic</t>
         </is>
       </c>
       <c r="E218" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G218" s="4"/>
+      <c r="G218" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="219">
       <c r="A219" s="4" t="n">
-        <v>4591</v>
+        <v>6225</v>
       </c>
       <c r="B219" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
-          <t>Silvan</t>
+          <t>Joëlle</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
-          <t>Reinstadler</t>
+          <t>Rebeyrol</t>
         </is>
       </c>
       <c r="E219" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G219" s="4"/>
     </row>
     <row r="220">
       <c r="A220" s="4" t="n">
-        <v>2861</v>
+        <v>4591</v>
       </c>
       <c r="B220" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
-          <t>Susann</t>
+          <t>Silvan</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
-          <t>Rentsch</t>
+          <t>Reinstadler</t>
         </is>
       </c>
       <c r="E220" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G220" s="4"/>
     </row>
     <row r="221">
       <c r="A221" s="4" t="n">
-        <v>7386</v>
+        <v>2861</v>
       </c>
       <c r="B221" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
-          <t>Sabine</t>
+          <t>Susann</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
-          <t>Riemenschneider</t>
+          <t>Rentsch</t>
         </is>
       </c>
       <c r="E221" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G221" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G221" s="4"/>
     </row>
     <row r="222">
       <c r="A222" s="4" t="n">
-        <v>7412</v>
+        <v>7386</v>
       </c>
       <c r="B222" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
-          <t>Osama</t>
+          <t>Sabine</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
-          <t>Rifai</t>
+          <t>Riemenschneider</t>
         </is>
       </c>
       <c r="E222" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G222" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="4" t="n">
-        <v>2908</v>
+        <v>7412</v>
       </c>
       <c r="B223" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
-          <t>Brucal</t>
+          <t>Osama</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
-          <t>Rizalito</t>
+          <t>Rifai</t>
         </is>
       </c>
       <c r="E223" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G223" s="4"/>
+      <c r="G223" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="224">
       <c r="A224" s="4" t="n">
-        <v>7103</v>
+        <v>2908</v>
       </c>
       <c r="B224" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
-          <t>Elio</t>
+          <t>Brucal</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
-          <t>Romano</t>
+          <t>Rizalito</t>
         </is>
       </c>
       <c r="E224" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G224" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G224" s="4"/>
     </row>
     <row r="225">
       <c r="A225" s="4" t="n">
-        <v>2937</v>
+        <v>7103</v>
       </c>
       <c r="B225" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Elio</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
-          <t>Roos</t>
+          <t>Romano</t>
         </is>
       </c>
       <c r="E225" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G225" s="4"/>
+      <c r="G225" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="226">
       <c r="A226" s="4" t="n">
-        <v>2945</v>
+        <v>2937</v>
       </c>
       <c r="B226" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
-          <t>Rossi</t>
+          <t>Roos</t>
         </is>
       </c>
       <c r="E226" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G226" s="4"/>
     </row>
     <row r="227">
       <c r="A227" s="4" t="n">
-        <v>6227</v>
+        <v>2945</v>
       </c>
       <c r="B227" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
-          <t>Rothen</t>
+          <t>Rossi</t>
         </is>
       </c>
       <c r="E227" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G227" s="4"/>
     </row>
     <row r="228">
       <c r="A228" s="4" t="n">
-        <v>5672</v>
+        <v>6227</v>
       </c>
       <c r="B228" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
-          <t>Rudin</t>
+          <t>Rothen</t>
         </is>
       </c>
       <c r="E228" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G228" s="4"/>
     </row>
     <row r="229">
       <c r="A229" s="4" t="n">
-        <v>7102</v>
+        <v>5672</v>
       </c>
       <c r="B229" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
           <t>Michael</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
-          <t>Rüegg</t>
+          <t>Rudin</t>
         </is>
       </c>
       <c r="E229" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G229" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G229" s="4"/>
     </row>
     <row r="230">
       <c r="A230" s="4" t="n">
-        <v>5673</v>
+        <v>7102</v>
       </c>
       <c r="B230" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
-          <t>Martina</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
-          <t>Savorani</t>
+          <t>Rüegg</t>
         </is>
       </c>
       <c r="E230" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G230" s="4"/>
+      <c r="G230" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="231">
       <c r="A231" s="4" t="n">
-        <v>7547</v>
+        <v>5673</v>
       </c>
       <c r="B231" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
-          <t>Keni</t>
+          <t>Martina</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
-          <t>Schedel</t>
+          <t>Savorani</t>
         </is>
       </c>
       <c r="E231" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G231" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G231" s="4"/>
     </row>
     <row r="232">
       <c r="A232" s="4" t="n">
-        <v>3124</v>
+        <v>7547</v>
       </c>
       <c r="B232" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Keni</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
-          <t>Schenker</t>
+          <t>Schedel</t>
         </is>
       </c>
       <c r="E232" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G232" s="4"/>
+      <c r="G232" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="233">
       <c r="A233" s="4" t="n">
-        <v>3132</v>
+        <v>3124</v>
       </c>
       <c r="B233" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
-          <t>Urban</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
-          <t>Schicker</t>
+          <t>Schenker</t>
         </is>
       </c>
       <c r="E233" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G233" s="4"/>
     </row>
     <row r="234">
       <c r="A234" s="4" t="n">
-        <v>3135</v>
+        <v>3132</v>
       </c>
       <c r="B234" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
-          <t>Linda</t>
+          <t>Urban</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
-          <t>Schiesser</t>
+          <t>Schicker</t>
         </is>
       </c>
       <c r="E234" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G234" s="4"/>
     </row>
     <row r="235">
       <c r="A235" s="4" t="n">
-        <v>3210</v>
+        <v>3135</v>
       </c>
       <c r="B235" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
-          <t>Gabriel</t>
+          <t>Linda</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
-          <t>Schneuwly</t>
+          <t>Schiesser</t>
         </is>
       </c>
       <c r="E235" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G235" s="4"/>
     </row>
     <row r="236">
       <c r="A236" s="4" t="n">
-        <v>3235</v>
+        <v>3210</v>
       </c>
       <c r="B236" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
-          <t>Ruedi</t>
+          <t>Gabriel</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
-          <t>Schori</t>
+          <t>Schneuwly</t>
         </is>
       </c>
       <c r="E236" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G236" s="4"/>
     </row>
     <row r="237">
       <c r="A237" s="4" t="n">
-        <v>3287</v>
+        <v>3235</v>
       </c>
       <c r="B237" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
-          <t>Roman</t>
+          <t>Ruedi</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>Seiler</t>
+          <t>Schori</t>
         </is>
       </c>
       <c r="E237" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G237" s="4"/>
     </row>
     <row r="238">
       <c r="A238" s="4" t="n">
-        <v>3338</v>
+        <v>3287</v>
       </c>
       <c r="B238" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
-          <t>Juan</t>
+          <t>Roman</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
-          <t>Sierra</t>
+          <t>Seiler</t>
         </is>
       </c>
       <c r="E238" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G238" s="4"/>
     </row>
     <row r="239">
       <c r="A239" s="4" t="n">
-        <v>6671</v>
+        <v>3338</v>
       </c>
       <c r="B239" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Juan</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
-          <t>Sigrist</t>
+          <t>Sierra</t>
         </is>
       </c>
       <c r="E239" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G239" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G239" s="4"/>
     </row>
     <row r="240">
       <c r="A240" s="4" t="n">
-        <v>3374</v>
+        <v>6671</v>
       </c>
       <c r="B240" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
-          <t>Sommer</t>
+          <t>Sigrist</t>
         </is>
       </c>
       <c r="E240" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G240" s="4"/>
+      <c r="G240" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="241">
       <c r="A241" s="4" t="n">
-        <v>3444</v>
+        <v>3374</v>
       </c>
       <c r="B241" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
-          <t>Jürg</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
-          <t>Staubli</t>
+          <t>Sommer</t>
         </is>
       </c>
       <c r="E241" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G241" s="4"/>
     </row>
     <row r="242">
       <c r="A242" s="4" t="n">
-        <v>3479</v>
+        <v>3444</v>
       </c>
       <c r="B242" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Jürg</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
-          <t>Stifani</t>
+          <t>Staubli</t>
         </is>
       </c>
       <c r="E242" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G242" s="4"/>
     </row>
     <row r="243">
       <c r="A243" s="4" t="n">
-        <v>5675</v>
+        <v>3479</v>
       </c>
       <c r="B243" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
-          <t>Hans</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
-          <t>Strahm</t>
+          <t>Stifani</t>
         </is>
       </c>
       <c r="E243" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G243" s="4"/>
     </row>
     <row r="244">
       <c r="A244" s="4" t="n">
-        <v>6224</v>
+        <v>5675</v>
       </c>
       <c r="B244" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
-          <t>Donato</t>
+          <t>Hans</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
-          <t>Telesca</t>
+          <t>Strahm</t>
         </is>
       </c>
       <c r="E244" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G244" s="4"/>
     </row>
     <row r="245">
       <c r="A245" s="4" t="n">
-        <v>3584</v>
+        <v>6224</v>
       </c>
       <c r="B245" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
-          <t>Alfred</t>
+          <t>Donato</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
-          <t>Teuscher</t>
+          <t>Telesca</t>
         </is>
       </c>
       <c r="E245" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G245" s="4"/>
     </row>
     <row r="246">
       <c r="A246" s="4" t="n">
-        <v>3587</v>
+        <v>3584</v>
       </c>
       <c r="B246" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
-          <t>Jeniffer</t>
+          <t>Alfred</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
-          <t>Theiler</t>
+          <t>Teuscher</t>
         </is>
       </c>
       <c r="E246" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G246" s="4"/>
     </row>
     <row r="247">
       <c r="A247" s="4" t="n">
-        <v>6447</v>
+        <v>3587</v>
       </c>
       <c r="B247" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
-          <t>Franziska</t>
+          <t>Jeniffer</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
-          <t>Tidy-Imhof</t>
+          <t>Theiler</t>
         </is>
       </c>
       <c r="E247" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G247" s="4"/>
     </row>
     <row r="248">
       <c r="A248" s="4" t="n">
-        <v>4850</v>
+        <v>6447</v>
       </c>
       <c r="B248" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
-          <t>Brigitte</t>
+          <t>Franziska</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
-          <t>Tischhauser</t>
+          <t>Tidy-Imhof</t>
         </is>
       </c>
       <c r="E248" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G248" s="4"/>
     </row>
     <row r="249">
       <c r="A249" s="4" t="n">
-        <v>4664</v>
+        <v>4850</v>
       </c>
       <c r="B249" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Brigitte</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
-          <t>Trink</t>
+          <t>Tischhauser</t>
         </is>
       </c>
       <c r="E249" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G249" s="4"/>
     </row>
     <row r="250">
       <c r="A250" s="4" t="n">
-        <v>3655</v>
+        <v>4664</v>
       </c>
       <c r="B250" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C250" s="4" t="inlineStr">
         <is>
-          <t>Daniela</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
-          <t>Truttmann</t>
+          <t>Trink</t>
         </is>
       </c>
       <c r="E250" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G250" s="4"/>
     </row>
     <row r="251">
       <c r="A251" s="4" t="n">
         <v>3657</v>
       </c>
       <c r="B251" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C251" s="4" t="inlineStr">
         <is>
           <t>Martin</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
           <t>Truttmann</t>
         </is>
       </c>
       <c r="E251" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G251" s="4"/>
     </row>
     <row r="252">
       <c r="A252" s="4" t="n">
-        <v>3689</v>
+        <v>3655</v>
       </c>
       <c r="B252" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C252" s="4" t="inlineStr">
         <is>
-          <t>Leos</t>
+          <t>Daniela</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
-          <t>Urbanek</t>
+          <t>Truttmann</t>
         </is>
       </c>
       <c r="E252" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G252" s="4"/>
     </row>
     <row r="253">
       <c r="A253" s="4" t="n">
-        <v>7550</v>
+        <v>3689</v>
       </c>
       <c r="B253" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
-          <t>Ricardo</t>
+          <t>Leos</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
-          <t>Visini</t>
+          <t>Urbanek</t>
         </is>
       </c>
       <c r="E253" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G253" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G253" s="4"/>
     </row>
     <row r="254">
       <c r="A254" s="4" t="n">
-        <v>4056</v>
+        <v>7550</v>
       </c>
       <c r="B254" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C254" s="4" t="inlineStr">
         <is>
-          <t>Zoran</t>
+          <t>Ricardo</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
-          <t>Vukajlovic</t>
+          <t>Visini</t>
         </is>
       </c>
       <c r="E254" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G254" s="4"/>
+      <c r="G254" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="255">
       <c r="A255" s="4" t="n">
-        <v>3809</v>
+        <v>4056</v>
       </c>
       <c r="B255" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Zoran</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
-          <t>Waltert</t>
+          <t>Vukajlovic</t>
         </is>
       </c>
       <c r="E255" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G255" s="4"/>
     </row>
     <row r="256">
       <c r="A256" s="4" t="n">
-        <v>3826</v>
+        <v>3809</v>
       </c>
       <c r="B256" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C256" s="4" t="inlineStr">
         <is>
-          <t>René</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
-          <t>Weber</t>
+          <t>Waltert</t>
         </is>
       </c>
       <c r="E256" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G256" s="4"/>
     </row>
     <row r="257">
       <c r="A257" s="4" t="n">
-        <v>7548</v>
+        <v>3826</v>
       </c>
       <c r="B257" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C257" s="4" t="inlineStr">
         <is>
-          <t>Mario</t>
+          <t>René</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
-          <t>Wermelinger</t>
+          <t>Weber</t>
         </is>
       </c>
       <c r="E257" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G257" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G257" s="4"/>
     </row>
     <row r="258">
       <c r="A258" s="4" t="n">
-        <v>3842</v>
+        <v>7548</v>
       </c>
       <c r="B258" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C258" s="4" t="inlineStr">
         <is>
-          <t>Florian</t>
+          <t>Mario</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
-          <t>Wernly</t>
+          <t>Wermelinger</t>
         </is>
       </c>
       <c r="E258" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G258" s="4"/>
+      <c r="G258" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="259">
       <c r="A259" s="4" t="n">
-        <v>3869</v>
+        <v>3842</v>
       </c>
       <c r="B259" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C259" s="4" t="inlineStr">
         <is>
-          <t>Charlotte</t>
+          <t>Florian</t>
         </is>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
-          <t>Willener</t>
+          <t>Wernly</t>
         </is>
       </c>
       <c r="E259" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G259" s="4"/>
     </row>
     <row r="260">
       <c r="A260" s="4" t="n">
-        <v>3873</v>
+        <v>3869</v>
       </c>
       <c r="B260" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
-          <t>Jutta</t>
+          <t>Charlotte</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
-          <t>Wimmer</t>
+          <t>Willener</t>
         </is>
       </c>
       <c r="E260" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G260" s="4"/>
     </row>
     <row r="261">
       <c r="A261" s="4" t="n">
-        <v>3886</v>
+        <v>3873</v>
       </c>
       <c r="B261" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Jutta</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
-          <t>Wittwer</t>
+          <t>Wimmer</t>
         </is>
       </c>
       <c r="E261" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G261" s="4"/>
     </row>
     <row r="262">
       <c r="A262" s="4" t="n">
-        <v>3907</v>
+        <v>3886</v>
       </c>
       <c r="B262" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C262" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>André</t>
         </is>
       </c>
       <c r="D262" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>Wittwer</t>
         </is>
       </c>
       <c r="E262" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G262" s="4"/>
     </row>
     <row r="263">
       <c r="A263" s="4" t="n">
-        <v>3921</v>
+        <v>3907</v>
       </c>
       <c r="B263" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C263" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D263" s="4" t="inlineStr">
         <is>
-          <t>Wyss</t>
+          <t>Wüthrich</t>
         </is>
       </c>
       <c r="E263" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G263" s="4"/>
     </row>
     <row r="264">
       <c r="A264" s="4" t="n">
-        <v>7390</v>
+        <v>3921</v>
       </c>
       <c r="B264" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C264" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D264" s="4" t="inlineStr">
         <is>
-          <t>Zanolari</t>
+          <t>Wyss</t>
         </is>
       </c>
       <c r="E264" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G264" s="4"/>
     </row>
     <row r="265">
       <c r="A265" s="4" t="n">
-        <v>3972</v>
+        <v>7390</v>
       </c>
       <c r="B265" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C265" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
-          <t>Zolliker</t>
+          <t>Zanolari</t>
         </is>
       </c>
       <c r="E265" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G265" s="4"/>
     </row>
     <row r="266">
       <c r="A266" s="4" t="n">
-        <v>3998</v>
+        <v>3972</v>
       </c>
       <c r="B266" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C266" s="4" t="inlineStr">
         <is>
-          <t>Jürg</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D266" s="4" t="inlineStr">
         <is>
-          <t>Zwicker</t>
+          <t>Zolliker</t>
         </is>
       </c>
       <c r="E266" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G266" s="4"/>
     </row>
     <row r="267">
       <c r="A267" s="4" t="n">
-        <v>4809</v>
+        <v>3998</v>
       </c>
       <c r="B267" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C267" s="4" t="inlineStr">
         <is>
           <t>Jürg</t>
         </is>
       </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
-          <t>Zwiker</t>
+          <t>Zwicker</t>
         </is>
       </c>
       <c r="E267" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G267" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G267" s="4"/>
     </row>
     <row r="268">
       <c r="A268" s="4" t="n">
-        <v>6449</v>
+        <v>4809</v>
       </c>
       <c r="B268" s="4" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C268" s="4" t="inlineStr">
         <is>
-          <t>Ramzi</t>
+          <t>Jürg</t>
         </is>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
-          <t>Abidi</t>
+          <t>Zwiker</t>
         </is>
       </c>
       <c r="E268" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G268" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="4" t="n">
-        <v>17</v>
+        <v>6449</v>
       </c>
       <c r="B269" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C269" s="4" t="inlineStr">
         <is>
-          <t>Robert</t>
+          <t>Ramzi</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
-          <t>Adlun</t>
+          <t>Abidi</t>
         </is>
       </c>
       <c r="E269" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G269" s="4"/>
+      <c r="G269" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="270">
       <c r="A270" s="4" t="n">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B270" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C270" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Robert</t>
         </is>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
-          <t>Aebischer</t>
+          <t>Adlun</t>
         </is>
       </c>
       <c r="E270" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G270" s="4"/>
     </row>
     <row r="271">
       <c r="A271" s="4" t="n">
-        <v>6248</v>
+        <v>21</v>
       </c>
       <c r="B271" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C271" s="4" t="inlineStr">
         <is>
-          <t>Renate</t>
+          <t>André</t>
         </is>
       </c>
       <c r="D271" s="4" t="inlineStr">
         <is>
-          <t>Aeschbacher</t>
+          <t>Aebischer</t>
         </is>
       </c>
       <c r="E271" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G271" s="4"/>
     </row>
     <row r="272">
       <c r="A272" s="4" t="n">
-        <v>31</v>
+        <v>6248</v>
       </c>
       <c r="B272" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C272" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Renate</t>
         </is>
       </c>
       <c r="D272" s="4" t="inlineStr">
         <is>
-          <t>Aeschlimann</t>
+          <t>Aeschbacher</t>
         </is>
       </c>
       <c r="E272" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G272" s="4"/>
     </row>
     <row r="273">
       <c r="A273" s="4" t="n">
-        <v>6231</v>
+        <v>31</v>
       </c>
       <c r="B273" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C273" s="4" t="inlineStr">
         <is>
-          <t>Mirjam</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D273" s="4" t="inlineStr">
         <is>
-          <t>Amahaotu</t>
+          <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E273" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G273" s="4"/>
     </row>
     <row r="274">
       <c r="A274" s="4" t="n">
-        <v>89</v>
+        <v>6231</v>
       </c>
       <c r="B274" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C274" s="4" t="inlineStr">
         <is>
-          <t>Mélanie</t>
+          <t>Mirjam</t>
         </is>
       </c>
       <c r="D274" s="4" t="inlineStr">
         <is>
-          <t>Amrein</t>
+          <t>Amahaotu</t>
         </is>
       </c>
       <c r="E274" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G274" s="4"/>
     </row>
     <row r="275">
       <c r="A275" s="4" t="n">
-        <v>5331</v>
+        <v>89</v>
       </c>
       <c r="B275" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C275" s="4" t="inlineStr">
         <is>
-          <t>Silvio</t>
+          <t>Mélanie</t>
         </is>
       </c>
       <c r="D275" s="4" t="inlineStr">
         <is>
-          <t>Apostolo</t>
+          <t>Amrein</t>
         </is>
       </c>
       <c r="E275" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G275" s="4"/>
     </row>
     <row r="276">
       <c r="A276" s="4" t="n">
-        <v>6244</v>
+        <v>5331</v>
       </c>
       <c r="B276" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C276" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Silvio</t>
         </is>
       </c>
       <c r="D276" s="4" t="inlineStr">
         <is>
-          <t>Arn</t>
+          <t>Apostolo</t>
         </is>
       </c>
       <c r="E276" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G276" s="4"/>
     </row>
     <row r="277">
       <c r="A277" s="4" t="n">
-        <v>6026</v>
+        <v>6244</v>
       </c>
       <c r="B277" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C277" s="4" t="inlineStr">
         <is>
-          <t>Gian Elias</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
-          <t>Aschwanden</t>
+          <t>Arn</t>
         </is>
       </c>
       <c r="E277" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G277" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G277" s="4"/>
     </row>
     <row r="278">
       <c r="A278" s="4" t="n">
-        <v>4049</v>
+        <v>6026</v>
       </c>
       <c r="B278" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C278" s="4" t="inlineStr">
         <is>
-          <t>Mirjam</t>
+          <t>Gian Elias</t>
         </is>
       </c>
       <c r="D278" s="4" t="inlineStr">
         <is>
-          <t>Bachmann</t>
+          <t>Aschwanden</t>
         </is>
       </c>
       <c r="E278" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G278" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="4" t="n">
-        <v>183</v>
+        <v>4049</v>
       </c>
       <c r="B279" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C279" s="4" t="inlineStr">
         <is>
-          <t>Rudolf</t>
+          <t>Mirjam</t>
         </is>
       </c>
       <c r="D279" s="4" t="inlineStr">
         <is>
-          <t>Bachtler</t>
+          <t>Bachmann</t>
         </is>
       </c>
       <c r="E279" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G279" s="4"/>
+      <c r="G279" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="280">
       <c r="A280" s="4" t="n">
-        <v>205</v>
+        <v>183</v>
       </c>
       <c r="B280" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C280" s="4" t="inlineStr">
         <is>
-          <t>Benedetto</t>
+          <t>Rudolf</t>
         </is>
       </c>
       <c r="D280" s="4" t="inlineStr">
         <is>
-          <t>Bandello</t>
+          <t>Bachtler</t>
         </is>
       </c>
       <c r="E280" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G280" s="4"/>
     </row>
     <row r="281">
       <c r="A281" s="4" t="n">
-        <v>4599</v>
+        <v>205</v>
       </c>
       <c r="B281" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C281" s="4" t="inlineStr">
         <is>
-          <t>Kurt</t>
+          <t>Benedetto</t>
         </is>
       </c>
       <c r="D281" s="4" t="inlineStr">
         <is>
-          <t>Bannwart</t>
+          <t>Bandello</t>
         </is>
       </c>
       <c r="E281" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F281" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G281" s="4"/>
     </row>
     <row r="282">
       <c r="A282" s="4" t="n">
-        <v>7440</v>
+        <v>4599</v>
       </c>
       <c r="B282" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C282" s="4" t="inlineStr">
         <is>
-          <t>Sylvain</t>
+          <t>Kurt</t>
         </is>
       </c>
       <c r="D282" s="4" t="inlineStr">
         <is>
-          <t>Barbé</t>
+          <t>Bannwart</t>
         </is>
       </c>
       <c r="E282" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G282" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G282" s="4"/>
     </row>
     <row r="283">
       <c r="A283" s="4" t="n">
-        <v>246</v>
+        <v>7440</v>
       </c>
       <c r="B283" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C283" s="4" t="inlineStr">
         <is>
-          <t>Corina</t>
+          <t>Sylvain</t>
         </is>
       </c>
       <c r="D283" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Barbé</t>
         </is>
       </c>
       <c r="E283" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G283" s="4"/>
+      <c r="G283" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="284">
       <c r="A284" s="4" t="n">
         <v>4857</v>
       </c>
       <c r="B284" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C284" s="4" t="inlineStr">
         <is>
           <t>Iren Angelina</t>
         </is>
       </c>
       <c r="D284" s="4" t="inlineStr">
         <is>
           <t>Baumann</t>
         </is>
       </c>
       <c r="E284" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G284" s="4"/>
     </row>
     <row r="285">
       <c r="A285" s="4" t="n">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="B285" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C285" s="4" t="inlineStr">
         <is>
-          <t>Fabian</t>
+          <t>Corina</t>
         </is>
       </c>
       <c r="D285" s="4" t="inlineStr">
         <is>
-          <t>Baur</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E285" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F285" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G285" s="4"/>
     </row>
     <row r="286">
       <c r="A286" s="4" t="n">
-        <v>311</v>
+        <v>266</v>
       </c>
       <c r="B286" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C286" s="4" t="inlineStr">
         <is>
-          <t>Visar</t>
+          <t>Fabian</t>
         </is>
       </c>
       <c r="D286" s="4" t="inlineStr">
         <is>
-          <t>Berisha</t>
+          <t>Baur</t>
         </is>
       </c>
       <c r="E286" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F286" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G286" s="4"/>
     </row>
     <row r="287">
       <c r="A287" s="4" t="n">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B287" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C287" s="4" t="inlineStr">
         <is>
-          <t>Silvia</t>
+          <t>Visar</t>
         </is>
       </c>
       <c r="D287" s="4" t="inlineStr">
         <is>
-          <t>Bernath</t>
+          <t>Berisha</t>
         </is>
       </c>
       <c r="E287" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F287" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G287" s="4"/>
     </row>
     <row r="288">
       <c r="A288" s="4" t="n">
-        <v>5155</v>
+        <v>314</v>
       </c>
       <c r="B288" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C288" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Silvia</t>
         </is>
       </c>
       <c r="D288" s="4" t="inlineStr">
         <is>
-          <t>Bernegger</t>
+          <t>Bernath</t>
         </is>
       </c>
       <c r="E288" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F288" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G288" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G288" s="4"/>
     </row>
     <row r="289">
       <c r="A289" s="4" t="n">
-        <v>6247</v>
+        <v>5155</v>
       </c>
       <c r="B289" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C289" s="4" t="inlineStr">
         <is>
-          <t>Isabella</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D289" s="4" t="inlineStr">
         <is>
-          <t>Bianchi</t>
+          <t>Bernegger</t>
         </is>
       </c>
       <c r="E289" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G289" s="4"/>
+      <c r="G289" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="290">
       <c r="A290" s="4" t="n">
-        <v>360</v>
+        <v>6247</v>
       </c>
       <c r="B290" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C290" s="4" t="inlineStr">
         <is>
-          <t>Dragan</t>
+          <t>Isabella</t>
         </is>
       </c>
       <c r="D290" s="4" t="inlineStr">
         <is>
-          <t>Bijelic</t>
+          <t>Bianchi</t>
         </is>
       </c>
       <c r="E290" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G290" s="4"/>
     </row>
     <row r="291">
       <c r="A291" s="4" t="n">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="B291" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C291" s="4" t="inlineStr">
         <is>
-          <t>Eros</t>
+          <t>Dragan</t>
         </is>
       </c>
       <c r="D291" s="4" t="inlineStr">
         <is>
-          <t>Bilgerig</t>
+          <t>Bijelic</t>
         </is>
       </c>
       <c r="E291" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F291" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G291" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G291" s="4"/>
     </row>
     <row r="292">
       <c r="A292" s="4" t="n">
-        <v>4693</v>
+        <v>362</v>
       </c>
       <c r="B292" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C292" s="4" t="inlineStr">
         <is>
-          <t>Christoph</t>
+          <t>Eros</t>
         </is>
       </c>
       <c r="D292" s="4" t="inlineStr">
         <is>
-          <t>Bingisser</t>
+          <t>Bilgerig</t>
         </is>
       </c>
       <c r="E292" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F292" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G292" s="4"/>
+      <c r="G292" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="293">
       <c r="A293" s="4" t="n">
-        <v>6243</v>
+        <v>4693</v>
       </c>
       <c r="B293" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C293" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Christoph</t>
         </is>
       </c>
       <c r="D293" s="4" t="inlineStr">
         <is>
-          <t>Bischofsberger</t>
+          <t>Bingisser</t>
         </is>
       </c>
       <c r="E293" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F293" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G293" s="4"/>
     </row>
     <row r="294">
       <c r="A294" s="4" t="n">
-        <v>394</v>
+        <v>6243</v>
       </c>
       <c r="B294" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C294" s="4" t="inlineStr">
         <is>
-          <t>Simone</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="D294" s="4" t="inlineStr">
         <is>
-          <t>Blaser</t>
+          <t>Bischofsberger</t>
         </is>
       </c>
       <c r="E294" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F294" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G294" s="4"/>
     </row>
     <row r="295">
       <c r="A295" s="4" t="n">
-        <v>4595</v>
+        <v>394</v>
       </c>
       <c r="B295" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C295" s="4" t="inlineStr">
         <is>
-          <t>Gaby</t>
+          <t>Simone</t>
         </is>
       </c>
       <c r="D295" s="4" t="inlineStr">
         <is>
-          <t>Blum</t>
+          <t>Blaser</t>
         </is>
       </c>
       <c r="E295" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F295" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G295" s="4"/>
     </row>
     <row r="296">
       <c r="A296" s="4" t="n">
-        <v>424</v>
+        <v>4595</v>
       </c>
       <c r="B296" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C296" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Gaby</t>
         </is>
       </c>
       <c r="D296" s="4" t="inlineStr">
         <is>
-          <t>Bolton</t>
+          <t>Blum</t>
         </is>
       </c>
       <c r="E296" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F296" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G296" s="4"/>
     </row>
     <row r="297">
       <c r="A297" s="4" t="n">
-        <v>4597</v>
+        <v>424</v>
       </c>
       <c r="B297" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C297" s="4" t="inlineStr">
         <is>
-          <t>Heinz</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D297" s="4" t="inlineStr">
         <is>
-          <t>Boss</t>
+          <t>Bolton</t>
         </is>
       </c>
       <c r="E297" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F297" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G297" s="4"/>
     </row>
     <row r="298">
       <c r="A298" s="4" t="n">
-        <v>7570</v>
+        <v>4597</v>
       </c>
       <c r="B298" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C298" s="4" t="inlineStr">
         <is>
-          <t>Lea Marie</t>
+          <t>Heinz</t>
         </is>
       </c>
       <c r="D298" s="4" t="inlineStr">
         <is>
-          <t>Bosshard</t>
+          <t>Boss</t>
         </is>
       </c>
       <c r="E298" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F298" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G298" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G298" s="4"/>
     </row>
     <row r="299">
       <c r="A299" s="4" t="n">
-        <v>447</v>
+        <v>7570</v>
       </c>
       <c r="B299" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C299" s="4" t="inlineStr">
         <is>
-          <t>Arezki</t>
+          <t>Lea Marie</t>
         </is>
       </c>
       <c r="D299" s="4" t="inlineStr">
         <is>
-          <t>Boulaouche</t>
+          <t>Bosshard</t>
         </is>
       </c>
       <c r="E299" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F299" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G299" s="4"/>
+      <c r="G299" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="300">
       <c r="A300" s="4" t="n">
-        <v>7420</v>
+        <v>447</v>
       </c>
       <c r="B300" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C300" s="4" t="inlineStr">
         <is>
-          <t>Annelies</t>
+          <t>Arezki</t>
         </is>
       </c>
       <c r="D300" s="4" t="inlineStr">
         <is>
-          <t>Bracher</t>
+          <t>Boulaouche</t>
         </is>
       </c>
       <c r="E300" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F300" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G300" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G300" s="4"/>
     </row>
     <row r="301">
       <c r="A301" s="4" t="n">
-        <v>5678</v>
+        <v>7420</v>
       </c>
       <c r="B301" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C301" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Annelies</t>
         </is>
       </c>
       <c r="D301" s="4" t="inlineStr">
         <is>
-          <t>Brogini-Hofer</t>
+          <t>Bracher</t>
         </is>
       </c>
       <c r="E301" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F301" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G301" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="4" t="n">
-        <v>480</v>
+        <v>5678</v>
       </c>
       <c r="B302" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C302" s="4" t="inlineStr">
         <is>
-          <t>Ramona</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D302" s="4" t="inlineStr">
         <is>
-          <t>Brüderlin</t>
+          <t>Brogini-Hofer</t>
         </is>
       </c>
       <c r="E302" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F302" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G302" s="4"/>
+      <c r="G302" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="303">
       <c r="A303" s="4" t="n">
-        <v>500</v>
+        <v>480</v>
       </c>
       <c r="B303" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C303" s="4" t="inlineStr">
         <is>
-          <t>Philippe</t>
+          <t>Ramona</t>
         </is>
       </c>
       <c r="D303" s="4" t="inlineStr">
         <is>
-          <t>Brunner</t>
+          <t>Brüderlin</t>
         </is>
       </c>
       <c r="E303" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F303" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G303" s="4"/>
     </row>
     <row r="304">
       <c r="A304" s="4" t="n">
-        <v>6893</v>
+        <v>500</v>
       </c>
       <c r="B304" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C304" s="4" t="inlineStr">
         <is>
-          <t>Anel</t>
+          <t>Philippe</t>
         </is>
       </c>
       <c r="D304" s="4" t="inlineStr">
         <is>
-          <t>Buchser</t>
+          <t>Brunner</t>
         </is>
       </c>
       <c r="E304" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F304" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G304" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G304" s="4"/>
     </row>
     <row r="305">
       <c r="A305" s="4" t="n">
-        <v>538</v>
+        <v>6893</v>
       </c>
       <c r="B305" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C305" s="4" t="inlineStr">
         <is>
-          <t>Anita</t>
+          <t>Anel</t>
         </is>
       </c>
       <c r="D305" s="4" t="inlineStr">
         <is>
-          <t>Burgener</t>
+          <t>Buchser</t>
         </is>
       </c>
       <c r="E305" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F305" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G305" s="4"/>
+      <c r="G305" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="306">
       <c r="A306" s="4" t="n">
         <v>539</v>
       </c>
       <c r="B306" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C306" s="4" t="inlineStr">
         <is>
           <t>Sabrina</t>
         </is>
       </c>
       <c r="D306" s="4" t="inlineStr">
         <is>
           <t>Burgener</t>
         </is>
       </c>
       <c r="E306" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F306" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G306" s="4"/>
     </row>
     <row r="307">
       <c r="A307" s="4" t="n">
-        <v>554</v>
+        <v>538</v>
       </c>
       <c r="B307" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C307" s="4" t="inlineStr">
         <is>
-          <t>Oliver</t>
+          <t>Anita</t>
         </is>
       </c>
       <c r="D307" s="4" t="inlineStr">
         <is>
-          <t>Burkhalter</t>
+          <t>Burgener</t>
         </is>
       </c>
       <c r="E307" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F307" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G307" s="4"/>
     </row>
     <row r="308">
       <c r="A308" s="4" t="n">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="B308" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C308" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Oliver</t>
         </is>
       </c>
       <c r="D308" s="4" t="inlineStr">
         <is>
-          <t>Burkhardt</t>
+          <t>Burkhalter</t>
         </is>
       </c>
       <c r="E308" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F308" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G308" s="4"/>
     </row>
     <row r="309">
       <c r="A309" s="4" t="n">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="B309" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C309" s="4" t="inlineStr">
         <is>
-          <t>Lorenz</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D309" s="4" t="inlineStr">
         <is>
-          <t>Burri</t>
+          <t>Burkhardt</t>
         </is>
       </c>
       <c r="E309" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F309" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G309" s="4"/>
     </row>
     <row r="310">
       <c r="A310" s="4" t="n">
         <v>564</v>
       </c>
       <c r="B310" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C310" s="4" t="inlineStr">
         <is>
           <t>Meike</t>
         </is>
       </c>
       <c r="D310" s="4" t="inlineStr">
         <is>
           <t>Burri</t>
         </is>
@@ -9434,33561 +9434,33784 @@
       </c>
       <c r="C311" s="4" t="inlineStr">
         <is>
           <t>Francoise</t>
         </is>
       </c>
       <c r="D311" s="4" t="inlineStr">
         <is>
           <t>Burri</t>
         </is>
       </c>
       <c r="E311" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F311" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G311" s="4"/>
     </row>
     <row r="312">
       <c r="A312" s="4" t="n">
-        <v>4685</v>
+        <v>562</v>
       </c>
       <c r="B312" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C312" s="4" t="inlineStr">
         <is>
-          <t>Domenico</t>
+          <t>Lorenz</t>
         </is>
       </c>
       <c r="D312" s="4" t="inlineStr">
         <is>
-          <t>Capelli</t>
+          <t>Burri</t>
         </is>
       </c>
       <c r="E312" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F312" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G312" s="4"/>
     </row>
     <row r="313">
       <c r="A313" s="4" t="n">
-        <v>617</v>
+        <v>4685</v>
       </c>
       <c r="B313" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C313" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Domenico</t>
         </is>
       </c>
       <c r="D313" s="4" t="inlineStr">
         <is>
-          <t>Carneiro </t>
+          <t>Capelli</t>
         </is>
       </c>
       <c r="E313" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F313" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G313" s="4"/>
     </row>
     <row r="314">
       <c r="A314" s="4" t="n">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="B314" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C314" s="4" t="inlineStr">
         <is>
-          <t>Emanuele</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D314" s="4" t="inlineStr">
         <is>
-          <t>Casciaro</t>
+          <t>Carneiro </t>
         </is>
       </c>
       <c r="E314" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F314" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G314" s="4"/>
     </row>
     <row r="315">
       <c r="A315" s="4" t="n">
-        <v>638</v>
+        <v>625</v>
       </c>
       <c r="B315" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C315" s="4" t="inlineStr">
         <is>
-          <t>Aline</t>
+          <t>Emanuele</t>
         </is>
       </c>
       <c r="D315" s="4" t="inlineStr">
         <is>
-          <t>Cavadini</t>
+          <t>Casciaro</t>
         </is>
       </c>
       <c r="E315" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F315" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G315" s="4"/>
     </row>
     <row r="316">
       <c r="A316" s="4" t="n">
-        <v>680</v>
+        <v>638</v>
       </c>
       <c r="B316" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C316" s="4" t="inlineStr">
         <is>
-          <t>Rodolfo</t>
+          <t>Aline</t>
         </is>
       </c>
       <c r="D316" s="4" t="inlineStr">
         <is>
-          <t>Ciucci</t>
+          <t>Cavadini</t>
         </is>
       </c>
       <c r="E316" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F316" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G316" s="4"/>
     </row>
     <row r="317">
       <c r="A317" s="4" t="n">
-        <v>4074</v>
+        <v>680</v>
       </c>
       <c r="B317" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C317" s="4" t="inlineStr">
         <is>
-          <t>Janine</t>
+          <t>Rodolfo</t>
         </is>
       </c>
       <c r="D317" s="4" t="inlineStr">
         <is>
-          <t>Corpataux</t>
+          <t>Ciucci</t>
         </is>
       </c>
       <c r="E317" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F317" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G317" s="4"/>
     </row>
     <row r="318">
       <c r="A318" s="4" t="n">
-        <v>4815</v>
+        <v>4074</v>
       </c>
       <c r="B318" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C318" s="4" t="inlineStr">
         <is>
-          <t>Mauro</t>
+          <t>Janine</t>
         </is>
       </c>
       <c r="D318" s="4" t="inlineStr">
         <is>
-          <t>Da Rold</t>
+          <t>Corpataux</t>
         </is>
       </c>
       <c r="E318" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F318" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G318" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G318" s="4"/>
     </row>
     <row r="319">
       <c r="A319" s="4" t="n">
-        <v>772</v>
+        <v>4815</v>
       </c>
       <c r="B319" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C319" s="4" t="inlineStr">
         <is>
-          <t>Martinoh</t>
+          <t>Mauro</t>
         </is>
       </c>
       <c r="D319" s="4" t="inlineStr">
         <is>
-          <t>De Jesus Sousa</t>
+          <t>Da Rold</t>
         </is>
       </c>
       <c r="E319" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F319" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G319" s="4"/>
+      <c r="G319" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="320">
       <c r="A320" s="4" t="n">
-        <v>799</v>
+        <v>772</v>
       </c>
       <c r="B320" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C320" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Martinoh</t>
         </is>
       </c>
       <c r="D320" s="4" t="inlineStr">
         <is>
-          <t>Dellenbach</t>
+          <t>De Jesus Sousa</t>
         </is>
       </c>
       <c r="E320" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F320" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G320" s="4"/>
     </row>
     <row r="321">
       <c r="A321" s="4" t="n">
-        <v>779</v>
+        <v>799</v>
       </c>
       <c r="B321" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C321" s="4" t="inlineStr">
         <is>
-          <t>Mirco</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D321" s="4" t="inlineStr">
         <is>
-          <t>De Pascalis</t>
+          <t>Dellenbach</t>
         </is>
       </c>
       <c r="E321" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F321" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G321" s="4"/>
     </row>
     <row r="322">
       <c r="A322" s="4" t="n">
-        <v>831</v>
+        <v>779</v>
       </c>
       <c r="B322" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C322" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Mirco</t>
         </is>
       </c>
       <c r="D322" s="4" t="inlineStr">
         <is>
-          <t>Dick </t>
+          <t>De Pascalis</t>
         </is>
       </c>
       <c r="E322" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F322" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G322" s="4"/>
     </row>
     <row r="323">
       <c r="A323" s="4" t="n">
-        <v>7569</v>
+        <v>831</v>
       </c>
       <c r="B323" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C323" s="4" t="inlineStr">
         <is>
-          <t>Raffaele</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D323" s="4" t="inlineStr">
         <is>
-          <t>Di Gioia</t>
+          <t>Dick </t>
         </is>
       </c>
       <c r="E323" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F323" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G323" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G323" s="4"/>
     </row>
     <row r="324">
       <c r="A324" s="4" t="n">
-        <v>4600</v>
+        <v>7569</v>
       </c>
       <c r="B324" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C324" s="4" t="inlineStr">
         <is>
-          <t>Sylvie</t>
+          <t>Raffaele</t>
         </is>
       </c>
       <c r="D324" s="4" t="inlineStr">
         <is>
-          <t>Domeniconi</t>
+          <t>Di Gioia</t>
         </is>
       </c>
       <c r="E324" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F324" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G324" s="4"/>
+      <c r="G324" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="325">
       <c r="A325" s="4" t="n">
-        <v>4816</v>
+        <v>4600</v>
       </c>
       <c r="B325" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C325" s="4" t="inlineStr">
         <is>
-          <t>Silvia</t>
+          <t>Sylvie</t>
         </is>
       </c>
       <c r="D325" s="4" t="inlineStr">
         <is>
-          <t>Dossenbach</t>
+          <t>Domeniconi</t>
         </is>
       </c>
       <c r="E325" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F325" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G325" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G325" s="4"/>
     </row>
     <row r="326">
       <c r="A326" s="4" t="n">
-        <v>960</v>
+        <v>4816</v>
       </c>
       <c r="B326" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C326" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Silvia</t>
         </is>
       </c>
       <c r="D326" s="4" t="inlineStr">
         <is>
-          <t>Egli</t>
+          <t>Dossenbach</t>
         </is>
       </c>
       <c r="E326" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F326" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G326" s="4"/>
+      <c r="G326" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="327">
       <c r="A327" s="4" t="n">
-        <v>4814</v>
+        <v>960</v>
       </c>
       <c r="B327" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C327" s="4" t="inlineStr">
         <is>
-          <t>Noémi</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D327" s="4" t="inlineStr">
         <is>
-          <t>Ellenberger</t>
+          <t>Egli</t>
         </is>
       </c>
       <c r="E327" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F327" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G327" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G327" s="4"/>
     </row>
     <row r="328">
       <c r="A328" s="4" t="n">
-        <v>1018</v>
+        <v>4814</v>
       </c>
       <c r="B328" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C328" s="4" t="inlineStr">
         <is>
-          <t>Yannik</t>
+          <t>Noémi</t>
         </is>
       </c>
       <c r="D328" s="4" t="inlineStr">
         <is>
-          <t>Faes</t>
+          <t>Ellenberger</t>
         </is>
       </c>
       <c r="E328" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F328" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G328" s="4"/>
+      <c r="G328" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="329">
       <c r="A329" s="4" t="n">
-        <v>1028</v>
+        <v>1018</v>
       </c>
       <c r="B329" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C329" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Yannik</t>
         </is>
       </c>
       <c r="D329" s="4" t="inlineStr">
         <is>
-          <t>Fankhauser</t>
+          <t>Faes</t>
         </is>
       </c>
       <c r="E329" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F329" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G329" s="4"/>
     </row>
     <row r="330">
       <c r="A330" s="4" t="n">
-        <v>1039</v>
+        <v>1028</v>
       </c>
       <c r="B330" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C330" s="4" t="inlineStr">
         <is>
-          <t>Franziska</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D330" s="4" t="inlineStr">
         <is>
-          <t>Fawer</t>
+          <t>Fankhauser</t>
         </is>
       </c>
       <c r="E330" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F330" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G330" s="4"/>
     </row>
     <row r="331">
       <c r="A331" s="4" t="n">
-        <v>4817</v>
+        <v>1039</v>
       </c>
       <c r="B331" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C331" s="4" t="inlineStr">
         <is>
-          <t>Tiago</t>
+          <t>Franziska</t>
         </is>
       </c>
       <c r="D331" s="4" t="inlineStr">
         <is>
-          <t>Fernandes</t>
+          <t>Fawer</t>
         </is>
       </c>
       <c r="E331" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F331" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G331" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G331" s="4"/>
     </row>
     <row r="332">
       <c r="A332" s="4" t="n">
-        <v>7554</v>
+        <v>4817</v>
       </c>
       <c r="B332" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C332" s="4" t="inlineStr">
         <is>
-          <t>Ria</t>
+          <t>Tiago</t>
         </is>
       </c>
       <c r="D332" s="4" t="inlineStr">
         <is>
-          <t>Fischer</t>
+          <t>Fernandes</t>
         </is>
       </c>
       <c r="E332" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F332" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G332" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="4" t="n">
         <v>7553</v>
       </c>
       <c r="B333" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C333" s="4" t="inlineStr">
         <is>
           <t>Basil</t>
         </is>
       </c>
       <c r="D333" s="4" t="inlineStr">
         <is>
           <t>Fischer</t>
         </is>
       </c>
       <c r="E333" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F333" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G333" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="4" t="n">
-        <v>6241</v>
+        <v>7554</v>
       </c>
       <c r="B334" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C334" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Ria</t>
         </is>
       </c>
       <c r="D334" s="4" t="inlineStr">
         <is>
-          <t>Fontanesi</t>
+          <t>Fischer</t>
         </is>
       </c>
       <c r="E334" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F334" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G334" s="4"/>
+      <c r="G334" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="335">
       <c r="A335" s="4" t="n">
-        <v>7529</v>
+        <v>6241</v>
       </c>
       <c r="B335" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C335" s="4" t="inlineStr">
         <is>
-          <t>Sara</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D335" s="4" t="inlineStr">
         <is>
-          <t>Franco Cerdeira</t>
+          <t>Fontanesi</t>
         </is>
       </c>
       <c r="E335" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F335" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G335" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G335" s="4"/>
     </row>
     <row r="336">
       <c r="A336" s="4" t="n">
-        <v>4604</v>
+        <v>7529</v>
       </c>
       <c r="B336" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C336" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Sara</t>
         </is>
       </c>
       <c r="D336" s="4" t="inlineStr">
         <is>
-          <t>Fuhrimann</t>
+          <t>Franco Cerdeira</t>
         </is>
       </c>
       <c r="E336" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F336" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G336" s="4"/>
+      <c r="G336" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="337">
       <c r="A337" s="4" t="n">
-        <v>4596</v>
+        <v>4604</v>
       </c>
       <c r="B337" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C337" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D337" s="4" t="inlineStr">
         <is>
-          <t>Gadient</t>
+          <t>Fuhrimann</t>
         </is>
       </c>
       <c r="E337" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F337" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G337" s="4"/>
     </row>
     <row r="338">
       <c r="A338" s="4" t="n">
-        <v>1193</v>
+        <v>4596</v>
       </c>
       <c r="B338" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C338" s="4" t="inlineStr">
         <is>
-          <t>Salome</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D338" s="4" t="inlineStr">
         <is>
-          <t>Gafner</t>
+          <t>Gadient</t>
         </is>
       </c>
       <c r="E338" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F338" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G338" s="4"/>
     </row>
     <row r="339">
       <c r="A339" s="4" t="n">
-        <v>1206</v>
+        <v>1193</v>
       </c>
       <c r="B339" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C339" s="4" t="inlineStr">
         <is>
-          <t>Franca</t>
+          <t>Salome</t>
         </is>
       </c>
       <c r="D339" s="4" t="inlineStr">
         <is>
-          <t>Gamma</t>
+          <t>Gafner</t>
         </is>
       </c>
       <c r="E339" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F339" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G339" s="4"/>
     </row>
     <row r="340">
       <c r="A340" s="4" t="n">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="B340" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C340" s="4" t="inlineStr">
         <is>
-          <t>Tonia</t>
+          <t>Franca</t>
         </is>
       </c>
       <c r="D340" s="4" t="inlineStr">
         <is>
           <t>Gamma</t>
         </is>
       </c>
       <c r="E340" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F340" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G340" s="4"/>
     </row>
     <row r="341">
       <c r="A341" s="4" t="n">
-        <v>7109</v>
+        <v>1208</v>
       </c>
       <c r="B341" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C341" s="4" t="inlineStr">
         <is>
-          <t>Sara</t>
+          <t>Tonia</t>
         </is>
       </c>
       <c r="D341" s="4" t="inlineStr">
         <is>
-          <t>Garofalo</t>
+          <t>Gamma</t>
         </is>
       </c>
       <c r="E341" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F341" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G341" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G341" s="4"/>
     </row>
     <row r="342">
       <c r="A342" s="4" t="n">
-        <v>1248</v>
+        <v>7109</v>
       </c>
       <c r="B342" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C342" s="4" t="inlineStr">
         <is>
-          <t>Mehdi</t>
+          <t>Sara</t>
         </is>
       </c>
       <c r="D342" s="4" t="inlineStr">
         <is>
-          <t>Geiger</t>
+          <t>Garofalo</t>
         </is>
       </c>
       <c r="E342" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F342" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G342" s="4"/>
+      <c r="G342" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="343">
       <c r="A343" s="4" t="n">
-        <v>6674</v>
+        <v>1248</v>
       </c>
       <c r="B343" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C343" s="4" t="inlineStr">
         <is>
-          <t>Verena</t>
+          <t>Mehdi</t>
         </is>
       </c>
       <c r="D343" s="4" t="inlineStr">
         <is>
-          <t>Geissbühler</t>
+          <t>Geiger</t>
         </is>
       </c>
       <c r="E343" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F343" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G343" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G343" s="4"/>
     </row>
     <row r="344">
       <c r="A344" s="4" t="n">
-        <v>1261</v>
+        <v>6674</v>
       </c>
       <c r="B344" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C344" s="4" t="inlineStr">
         <is>
-          <t>Amanda</t>
+          <t>Verena</t>
         </is>
       </c>
       <c r="D344" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Geissbühler</t>
         </is>
       </c>
       <c r="E344" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F344" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G344" s="4"/>
+      <c r="G344" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="345">
       <c r="A345" s="4" t="n">
-        <v>1272</v>
+        <v>1261</v>
       </c>
       <c r="B345" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C345" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Amanda</t>
         </is>
       </c>
       <c r="D345" s="4" t="inlineStr">
         <is>
           <t>Gerber</t>
         </is>
       </c>
       <c r="E345" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F345" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G345" s="4"/>
     </row>
     <row r="346">
       <c r="A346" s="4" t="n">
-        <v>1358</v>
+        <v>1272</v>
       </c>
       <c r="B346" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C346" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D346" s="4" t="inlineStr">
         <is>
-          <t>Graf</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E346" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F346" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G346" s="4"/>
     </row>
     <row r="347">
       <c r="A347" s="4" t="n">
-        <v>1350</v>
+        <v>7580</v>
       </c>
       <c r="B347" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C347" s="4" t="inlineStr">
         <is>
-          <t>Hanspeter</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D347" s="4" t="inlineStr">
         <is>
-          <t>Graf</t>
+          <t>Glaser</t>
         </is>
       </c>
       <c r="E347" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F347" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G347" s="4"/>
+      <c r="G347" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="348">
       <c r="A348" s="4" t="n">
-        <v>5159</v>
+        <v>1358</v>
       </c>
       <c r="B348" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C348" s="4" t="inlineStr">
         <is>
-          <t>Katrin</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D348" s="4" t="inlineStr">
         <is>
-          <t>Grässli</t>
+          <t>Graf</t>
         </is>
       </c>
       <c r="E348" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F348" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G348" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G348" s="4"/>
     </row>
     <row r="349">
       <c r="A349" s="4" t="n">
-        <v>1373</v>
+        <v>1350</v>
       </c>
       <c r="B349" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C349" s="4" t="inlineStr">
         <is>
-          <t>Anto</t>
+          <t>Hanspeter</t>
         </is>
       </c>
       <c r="D349" s="4" t="inlineStr">
         <is>
-          <t>Grgic</t>
+          <t>Graf</t>
         </is>
       </c>
       <c r="E349" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F349" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G349" s="4"/>
     </row>
     <row r="350">
       <c r="A350" s="4" t="n">
-        <v>6673</v>
+        <v>5159</v>
       </c>
       <c r="B350" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C350" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Katrin</t>
         </is>
       </c>
       <c r="D350" s="4" t="inlineStr">
         <is>
-          <t>Griffiths</t>
+          <t>Grässli</t>
         </is>
       </c>
       <c r="E350" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F350" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G350" s="4" t="inlineStr">
         <is>
           <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="4" t="n">
-        <v>1375</v>
+        <v>1373</v>
       </c>
       <c r="B351" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C351" s="4" t="inlineStr">
         <is>
-          <t>Franco</t>
+          <t>Anto</t>
         </is>
       </c>
       <c r="D351" s="4" t="inlineStr">
         <is>
-          <t>Grillo</t>
+          <t>Grgic</t>
         </is>
       </c>
       <c r="E351" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F351" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G351" s="4"/>
     </row>
     <row r="352">
       <c r="A352" s="4" t="n">
-        <v>6892</v>
+        <v>6673</v>
       </c>
       <c r="B352" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C352" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D352" s="4" t="inlineStr">
         <is>
-          <t>Grunder</t>
+          <t>Griffiths</t>
         </is>
       </c>
       <c r="E352" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F352" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G352" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="4" t="n">
-        <v>1423</v>
+        <v>1375</v>
       </c>
       <c r="B353" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C353" s="4" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>Franco</t>
         </is>
       </c>
       <c r="D353" s="4" t="inlineStr">
         <is>
-          <t>Gürbuga</t>
+          <t>Grillo</t>
         </is>
       </c>
       <c r="E353" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F353" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G353" s="4"/>
     </row>
     <row r="354">
       <c r="A354" s="4" t="n">
-        <v>4851</v>
+        <v>6892</v>
       </c>
       <c r="B354" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C354" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D354" s="4" t="inlineStr">
         <is>
-          <t>Häfelfinger</t>
+          <t>Grunder</t>
         </is>
       </c>
       <c r="E354" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F354" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G354" s="4"/>
+      <c r="G354" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="355">
       <c r="A355" s="4" t="n">
-        <v>1496</v>
+        <v>1423</v>
       </c>
       <c r="B355" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C355" s="4" t="inlineStr">
         <is>
-          <t>Carol</t>
+          <t>Ali</t>
         </is>
       </c>
       <c r="D355" s="4" t="inlineStr">
         <is>
-          <t>Hausammann</t>
+          <t>Gürbuga</t>
         </is>
       </c>
       <c r="E355" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F355" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G355" s="4"/>
     </row>
     <row r="356">
       <c r="A356" s="4" t="n">
-        <v>7418</v>
+        <v>4851</v>
       </c>
       <c r="B356" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C356" s="4" t="inlineStr">
         <is>
-          <t>Kim</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D356" s="4" t="inlineStr">
         <is>
-          <t>Herrmann</t>
+          <t>Häfelfinger</t>
         </is>
       </c>
       <c r="E356" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F356" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G356" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G356" s="4"/>
     </row>
     <row r="357">
       <c r="A357" s="4" t="n">
-        <v>1596</v>
+        <v>1496</v>
       </c>
       <c r="B357" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C357" s="4" t="inlineStr">
         <is>
-          <t>Rebekka-Aicha</t>
+          <t>Carol</t>
         </is>
       </c>
       <c r="D357" s="4" t="inlineStr">
         <is>
-          <t>Holenstein</t>
+          <t>Hausammann</t>
         </is>
       </c>
       <c r="E357" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F357" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G357" s="4"/>
     </row>
     <row r="358">
       <c r="A358" s="4" t="n">
-        <v>1600</v>
+        <v>7418</v>
       </c>
       <c r="B358" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C358" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Kim</t>
         </is>
       </c>
       <c r="D358" s="4" t="inlineStr">
         <is>
-          <t>Holt</t>
+          <t>Herrmann</t>
         </is>
       </c>
       <c r="E358" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F358" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G358" s="4"/>
+      <c r="G358" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="359">
       <c r="A359" s="4" t="n">
-        <v>6233</v>
+        <v>1596</v>
       </c>
       <c r="B359" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C359" s="4" t="inlineStr">
         <is>
-          <t>Dominique</t>
+          <t>Rebekka-Aicha</t>
         </is>
       </c>
       <c r="D359" s="4" t="inlineStr">
         <is>
-          <t>Horne</t>
+          <t>Holenstein</t>
         </is>
       </c>
       <c r="E359" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F359" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G359" s="4"/>
     </row>
     <row r="360">
       <c r="A360" s="4" t="n">
-        <v>1655</v>
+        <v>1600</v>
       </c>
       <c r="B360" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C360" s="4" t="inlineStr">
         <is>
-          <t>Adnan</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D360" s="4" t="inlineStr">
         <is>
-          <t>Husovic</t>
+          <t>Holt</t>
         </is>
       </c>
       <c r="E360" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F360" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G360" s="4"/>
     </row>
     <row r="361">
       <c r="A361" s="4" t="n">
-        <v>1664</v>
+        <v>6233</v>
       </c>
       <c r="B361" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C361" s="4" t="inlineStr">
         <is>
-          <t>Helen Leah</t>
+          <t>Dominique</t>
         </is>
       </c>
       <c r="D361" s="4" t="inlineStr">
         <is>
-          <t>Ilg</t>
+          <t>Horne</t>
         </is>
       </c>
       <c r="E361" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F361" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G361" s="4"/>
     </row>
     <row r="362">
       <c r="A362" s="4" t="n">
-        <v>1667</v>
+        <v>1655</v>
       </c>
       <c r="B362" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C362" s="4" t="inlineStr">
         <is>
-          <t>Pero</t>
+          <t>Adnan</t>
         </is>
       </c>
       <c r="D362" s="4" t="inlineStr">
         <is>
-          <t>Ilijasevic</t>
+          <t>Husovic</t>
         </is>
       </c>
       <c r="E362" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F362" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G362" s="4"/>
     </row>
     <row r="363">
       <c r="A363" s="4" t="n">
-        <v>1672</v>
+        <v>1664</v>
       </c>
       <c r="B363" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C363" s="4" t="inlineStr">
         <is>
-          <t>Franziska</t>
+          <t>Helen Leah</t>
         </is>
       </c>
       <c r="D363" s="4" t="inlineStr">
         <is>
-          <t>Imhof</t>
+          <t>Ilg</t>
         </is>
       </c>
       <c r="E363" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F363" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G363" s="4"/>
     </row>
     <row r="364">
       <c r="A364" s="4" t="n">
-        <v>1678</v>
+        <v>1667</v>
       </c>
       <c r="B364" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C364" s="4" t="inlineStr">
         <is>
-          <t>Simone</t>
+          <t>Pero</t>
         </is>
       </c>
       <c r="D364" s="4" t="inlineStr">
         <is>
-          <t>Indelicato</t>
+          <t>Ilijasevic</t>
         </is>
       </c>
       <c r="E364" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F364" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G364" s="4"/>
     </row>
     <row r="365">
       <c r="A365" s="4" t="n">
-        <v>1698</v>
+        <v>1672</v>
       </c>
       <c r="B365" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C365" s="4" t="inlineStr">
         <is>
-          <t>Menk</t>
+          <t>Franziska</t>
         </is>
       </c>
       <c r="D365" s="4" t="inlineStr">
         <is>
-          <t>Isler</t>
+          <t>Imhof</t>
         </is>
       </c>
       <c r="E365" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F365" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G365" s="4"/>
     </row>
     <row r="366">
       <c r="A366" s="4" t="n">
-        <v>1716</v>
+        <v>1678</v>
       </c>
       <c r="B366" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C366" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Simone</t>
         </is>
       </c>
       <c r="D366" s="4" t="inlineStr">
         <is>
-          <t>Jans</t>
+          <t>Indelicato</t>
         </is>
       </c>
       <c r="E366" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F366" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G366" s="4"/>
     </row>
     <row r="367">
       <c r="A367" s="4" t="n">
-        <v>1739</v>
+        <v>1698</v>
       </c>
       <c r="B367" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C367" s="4" t="inlineStr">
         <is>
-          <t>Jahiu</t>
+          <t>Menk</t>
         </is>
       </c>
       <c r="D367" s="4" t="inlineStr">
         <is>
-          <t>Jeton</t>
+          <t>Isler</t>
         </is>
       </c>
       <c r="E367" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F367" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G367" s="4"/>
     </row>
     <row r="368">
       <c r="A368" s="4" t="n">
-        <v>1759</v>
+        <v>1716</v>
       </c>
       <c r="B368" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C368" s="4" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D368" s="4" t="inlineStr">
         <is>
-          <t>Josifovic</t>
+          <t>Jans</t>
         </is>
       </c>
       <c r="E368" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F368" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G368" s="4"/>
     </row>
     <row r="369">
       <c r="A369" s="4" t="n">
-        <v>4058</v>
+        <v>1739</v>
       </c>
       <c r="B369" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C369" s="4" t="inlineStr">
         <is>
-          <t>Tanja</t>
+          <t>Jahiu</t>
         </is>
       </c>
       <c r="D369" s="4" t="inlineStr">
         <is>
-          <t>Jutzet</t>
+          <t>Jeton</t>
         </is>
       </c>
       <c r="E369" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F369" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G369" s="4"/>
     </row>
     <row r="370">
       <c r="A370" s="4" t="n">
-        <v>1798</v>
+        <v>1759</v>
       </c>
       <c r="B370" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C370" s="4" t="inlineStr">
         <is>
-          <t>Ferenc</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="D370" s="4" t="inlineStr">
         <is>
-          <t>Kalamasz</t>
+          <t>Josifovic</t>
         </is>
       </c>
       <c r="E370" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F370" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G370" s="4"/>
     </row>
     <row r="371">
       <c r="A371" s="4" t="n">
-        <v>6246</v>
+        <v>4058</v>
       </c>
       <c r="B371" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C371" s="4" t="inlineStr">
         <is>
-          <t>Ludmilla</t>
+          <t>Tanja</t>
         </is>
       </c>
       <c r="D371" s="4" t="inlineStr">
         <is>
-          <t>Kallen</t>
+          <t>Jutzet</t>
         </is>
       </c>
       <c r="E371" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F371" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G371" s="4"/>
     </row>
     <row r="372">
       <c r="A372" s="4" t="n">
-        <v>1806</v>
+        <v>1798</v>
       </c>
       <c r="B372" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C372" s="4" t="inlineStr">
         <is>
-          <t>Karim</t>
+          <t>Ferenc</t>
         </is>
       </c>
       <c r="D372" s="4" t="inlineStr">
         <is>
-          <t>Kallouch</t>
+          <t>Kalamasz</t>
         </is>
       </c>
       <c r="E372" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F372" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G372" s="4"/>
     </row>
     <row r="373">
       <c r="A373" s="4" t="n">
-        <v>1848</v>
+        <v>6246</v>
       </c>
       <c r="B373" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C373" s="4" t="inlineStr">
         <is>
-          <t>Christine</t>
+          <t>Ludmilla</t>
         </is>
       </c>
       <c r="D373" s="4" t="inlineStr">
         <is>
-          <t>Keller</t>
+          <t>Kallen</t>
         </is>
       </c>
       <c r="E373" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F373" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G373" s="4"/>
     </row>
     <row r="374">
       <c r="A374" s="4" t="n">
-        <v>1850</v>
+        <v>1806</v>
       </c>
       <c r="B374" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C374" s="4" t="inlineStr">
         <is>
-          <t>Josef</t>
+          <t>Karim</t>
         </is>
       </c>
       <c r="D374" s="4" t="inlineStr">
         <is>
-          <t>Keller</t>
+          <t>Kallouch</t>
         </is>
       </c>
       <c r="E374" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F374" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G374" s="4"/>
     </row>
     <row r="375">
       <c r="A375" s="4" t="n">
-        <v>4203</v>
+        <v>1850</v>
       </c>
       <c r="B375" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C375" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Josef</t>
         </is>
       </c>
       <c r="D375" s="4" t="inlineStr">
         <is>
-          <t>Kessler</t>
+          <t>Keller</t>
         </is>
       </c>
       <c r="E375" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F375" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G375" s="4"/>
     </row>
     <row r="376">
       <c r="A376" s="4" t="n">
-        <v>6232</v>
+        <v>1848</v>
       </c>
       <c r="B376" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C376" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Christine</t>
         </is>
       </c>
       <c r="D376" s="4" t="inlineStr">
         <is>
-          <t>Kiefer</t>
+          <t>Keller</t>
         </is>
       </c>
       <c r="E376" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F376" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G376" s="4"/>
     </row>
     <row r="377">
       <c r="A377" s="4" t="n">
-        <v>1889</v>
+        <v>4203</v>
       </c>
       <c r="B377" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C377" s="4" t="inlineStr">
         <is>
-          <t>Mädi</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D377" s="4" t="inlineStr">
         <is>
-          <t>Klossner</t>
+          <t>Kessler</t>
         </is>
       </c>
       <c r="E377" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F377" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G377" s="4"/>
     </row>
     <row r="378">
       <c r="A378" s="4" t="n">
-        <v>1896</v>
+        <v>6232</v>
       </c>
       <c r="B378" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C378" s="4" t="inlineStr">
         <is>
-          <t>Sasa</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D378" s="4" t="inlineStr">
         <is>
-          <t>Knezevic</t>
+          <t>Kiefer</t>
         </is>
       </c>
       <c r="E378" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F378" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G378" s="4"/>
     </row>
     <row r="379">
       <c r="A379" s="4" t="n">
-        <v>1939</v>
+        <v>1889</v>
       </c>
       <c r="B379" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C379" s="4" t="inlineStr">
         <is>
-          <t>Sybille</t>
+          <t>Mädi</t>
         </is>
       </c>
       <c r="D379" s="4" t="inlineStr">
         <is>
-          <t>Koller-Lucae</t>
+          <t>Klossner</t>
         </is>
       </c>
       <c r="E379" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F379" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G379" s="4"/>
     </row>
     <row r="380">
       <c r="A380" s="4" t="n">
-        <v>1944</v>
+        <v>1896</v>
       </c>
       <c r="B380" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C380" s="4" t="inlineStr">
         <is>
-          <t>Jacqueline</t>
+          <t>Sasa</t>
         </is>
       </c>
       <c r="D380" s="4" t="inlineStr">
         <is>
-          <t>König</t>
+          <t>Knezevic</t>
         </is>
       </c>
       <c r="E380" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F380" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G380" s="4"/>
     </row>
     <row r="381">
       <c r="A381" s="4" t="n">
-        <v>1949</v>
+        <v>1939</v>
       </c>
       <c r="B381" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C381" s="4" t="inlineStr">
         <is>
-          <t>Odisej</t>
+          <t>Sybille</t>
         </is>
       </c>
       <c r="D381" s="4" t="inlineStr">
         <is>
-          <t>Konstandinovic</t>
+          <t>Koller-Lucae</t>
         </is>
       </c>
       <c r="E381" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F381" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G381" s="4"/>
     </row>
     <row r="382">
       <c r="A382" s="4" t="n">
-        <v>1956</v>
+        <v>1944</v>
       </c>
       <c r="B382" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C382" s="4" t="inlineStr">
         <is>
-          <t>Kordian</t>
+          <t>Jacqueline</t>
         </is>
       </c>
       <c r="D382" s="4" t="inlineStr">
         <is>
-          <t>Kosowski</t>
+          <t>König</t>
         </is>
       </c>
       <c r="E382" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F382" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G382" s="4"/>
     </row>
     <row r="383">
       <c r="A383" s="4" t="n">
-        <v>6236</v>
+        <v>1949</v>
       </c>
       <c r="B383" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C383" s="4" t="inlineStr">
         <is>
-          <t>Beatrice</t>
+          <t>Odisej</t>
         </is>
       </c>
       <c r="D383" s="4" t="inlineStr">
         <is>
-          <t>Krapf</t>
+          <t>Konstandinovic</t>
         </is>
       </c>
       <c r="E383" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F383" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G383" s="4"/>
     </row>
     <row r="384">
       <c r="A384" s="4" t="n">
-        <v>1976</v>
+        <v>1956</v>
       </c>
       <c r="B384" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C384" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Kordian</t>
         </is>
       </c>
       <c r="D384" s="4" t="inlineStr">
         <is>
-          <t>Krebs</t>
+          <t>Kosowski</t>
         </is>
       </c>
       <c r="E384" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F384" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G384" s="4"/>
     </row>
     <row r="385">
       <c r="A385" s="4" t="n">
-        <v>7430</v>
+        <v>6236</v>
       </c>
       <c r="B385" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C385" s="4" t="inlineStr">
         <is>
-          <t>Paul</t>
+          <t>Beatrice</t>
         </is>
       </c>
       <c r="D385" s="4" t="inlineStr">
         <is>
-          <t>Küng</t>
+          <t>Krapf</t>
         </is>
       </c>
       <c r="E385" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F385" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G385" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G385" s="4"/>
     </row>
     <row r="386">
       <c r="A386" s="4" t="n">
-        <v>7532</v>
+        <v>1976</v>
       </c>
       <c r="B386" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C386" s="4" t="inlineStr">
         <is>
-          <t>Dominique</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D386" s="4" t="inlineStr">
         <is>
-          <t>Kunz</t>
+          <t>Krebs</t>
         </is>
       </c>
       <c r="E386" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F386" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G386" s="4"/>
     </row>
     <row r="387">
       <c r="A387" s="4" t="n">
-        <v>2009</v>
+        <v>7430</v>
       </c>
       <c r="B387" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C387" s="4" t="inlineStr">
         <is>
-          <t>Fabienne</t>
+          <t>Paul</t>
         </is>
       </c>
       <c r="D387" s="4" t="inlineStr">
         <is>
-          <t>Künzli</t>
+          <t>Küng</t>
         </is>
       </c>
       <c r="E387" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F387" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G387" s="4"/>
+      <c r="G387" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="388">
       <c r="A388" s="4" t="n">
-        <v>6448</v>
+        <v>7532</v>
       </c>
       <c r="B388" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C388" s="4" t="inlineStr">
         <is>
-          <t>Jacques</t>
+          <t>Dominique</t>
         </is>
       </c>
       <c r="D388" s="4" t="inlineStr">
         <is>
-          <t>Lambelet</t>
+          <t>Kunz</t>
         </is>
       </c>
       <c r="E388" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F388" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G388" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G388" s="4"/>
     </row>
     <row r="389">
       <c r="A389" s="4" t="n">
-        <v>6451</v>
+        <v>2009</v>
       </c>
       <c r="B389" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C389" s="4" t="inlineStr">
         <is>
-          <t>Jonas</t>
+          <t>Fabienne</t>
         </is>
       </c>
       <c r="D389" s="4" t="inlineStr">
         <is>
-          <t>Lammer</t>
+          <t>Künzli</t>
         </is>
       </c>
       <c r="E389" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F389" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G389" s="4"/>
     </row>
     <row r="390">
       <c r="A390" s="4" t="n">
-        <v>6895</v>
+        <v>6448</v>
       </c>
       <c r="B390" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C390" s="4" t="inlineStr">
         <is>
-          <t>Nino</t>
+          <t>Jacques</t>
         </is>
       </c>
       <c r="D390" s="4" t="inlineStr">
         <is>
-          <t>Lang</t>
+          <t>Lambelet</t>
         </is>
       </c>
       <c r="E390" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F390" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G390" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="4" t="n">
-        <v>2048</v>
+        <v>6451</v>
       </c>
       <c r="B391" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C391" s="4" t="inlineStr">
         <is>
-          <t>Susanna</t>
+          <t>Jonas</t>
         </is>
       </c>
       <c r="D391" s="4" t="inlineStr">
         <is>
-          <t>Lanz</t>
+          <t>Lammer</t>
         </is>
       </c>
       <c r="E391" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F391" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G391" s="4"/>
     </row>
     <row r="392">
       <c r="A392" s="4" t="n">
-        <v>7392</v>
+        <v>6895</v>
       </c>
       <c r="B392" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C392" s="4" t="inlineStr">
         <is>
-          <t>Spiro</t>
+          <t>Nino</t>
         </is>
       </c>
       <c r="D392" s="4" t="inlineStr">
         <is>
-          <t>Latsis</t>
+          <t>Lang</t>
         </is>
       </c>
       <c r="E392" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F392" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G392" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="4" t="n">
-        <v>2065</v>
+        <v>2048</v>
       </c>
       <c r="B393" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C393" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Susanna</t>
         </is>
       </c>
       <c r="D393" s="4" t="inlineStr">
         <is>
-          <t>Laufer</t>
+          <t>Lanz</t>
         </is>
       </c>
       <c r="E393" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F393" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G393" s="4"/>
     </row>
     <row r="394">
       <c r="A394" s="4" t="n">
-        <v>5156</v>
+        <v>7392</v>
       </c>
       <c r="B394" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C394" s="4" t="inlineStr">
         <is>
-          <t>Claude</t>
+          <t>Spiro</t>
         </is>
       </c>
       <c r="D394" s="4" t="inlineStr">
         <is>
-          <t>Lauper</t>
+          <t>Latsis</t>
         </is>
       </c>
       <c r="E394" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F394" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G394" s="4" t="inlineStr">
         <is>
-          <t>Japan Karate Shoto Federation Switzerland</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="4" t="n">
-        <v>2111</v>
+        <v>2065</v>
       </c>
       <c r="B395" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C395" s="4" t="inlineStr">
         <is>
           <t>Sandra</t>
         </is>
       </c>
       <c r="D395" s="4" t="inlineStr">
         <is>
-          <t>Leu</t>
+          <t>Laufer</t>
         </is>
       </c>
       <c r="E395" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F395" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G395" s="4"/>
     </row>
     <row r="396">
       <c r="A396" s="4" t="n">
-        <v>2122</v>
+        <v>5156</v>
       </c>
       <c r="B396" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C396" s="4" t="inlineStr">
         <is>
-          <t>Bruno</t>
+          <t>Claude</t>
         </is>
       </c>
       <c r="D396" s="4" t="inlineStr">
         <is>
-          <t>Lezzi</t>
+          <t>Lauper</t>
         </is>
       </c>
       <c r="E396" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F396" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G396" s="4"/>
+      <c r="G396" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="397">
       <c r="A397" s="4" t="n">
-        <v>7481</v>
+        <v>2111</v>
       </c>
       <c r="B397" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C397" s="4" t="inlineStr">
         <is>
-          <t>Arwen </t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D397" s="4" t="inlineStr">
         <is>
-          <t>Loosli</t>
+          <t>Leu</t>
         </is>
       </c>
       <c r="E397" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F397" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G397" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G397" s="4"/>
     </row>
     <row r="398">
       <c r="A398" s="4" t="n">
-        <v>4002</v>
+        <v>2122</v>
       </c>
       <c r="B398" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C398" s="4" t="inlineStr">
         <is>
-          <t>Marco </t>
+          <t>Bruno</t>
         </is>
       </c>
       <c r="D398" s="4" t="inlineStr">
         <is>
-          <t>Luminati</t>
+          <t>Lezzi</t>
         </is>
       </c>
       <c r="E398" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F398" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G398" s="4"/>
     </row>
     <row r="399">
       <c r="A399" s="4" t="n">
-        <v>2192</v>
+        <v>7481</v>
       </c>
       <c r="B399" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C399" s="4" t="inlineStr">
         <is>
-          <t>Hansueli</t>
+          <t>Arwen </t>
         </is>
       </c>
       <c r="D399" s="4" t="inlineStr">
         <is>
-          <t>Lüthi</t>
+          <t>Loosli</t>
         </is>
       </c>
       <c r="E399" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F399" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G399" s="4"/>
+      <c r="G399" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="400">
       <c r="A400" s="4" t="n">
-        <v>4059</v>
+        <v>4002</v>
       </c>
       <c r="B400" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C400" s="4" t="inlineStr">
         <is>
-          <t>Romina</t>
+          <t>Marco </t>
         </is>
       </c>
       <c r="D400" s="4" t="inlineStr">
         <is>
-          <t>Lüthi-Bodmer</t>
+          <t>Luminati</t>
         </is>
       </c>
       <c r="E400" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F400" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G400" s="4"/>
     </row>
     <row r="401">
       <c r="A401" s="4" t="n">
-        <v>2209</v>
+        <v>2192</v>
       </c>
       <c r="B401" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C401" s="4" t="inlineStr">
         <is>
-          <t>Simona</t>
+          <t>Hansueli</t>
         </is>
       </c>
       <c r="D401" s="4" t="inlineStr">
         <is>
-          <t>Maggio</t>
+          <t>Lüthi</t>
         </is>
       </c>
       <c r="E401" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F401" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G401" s="4"/>
     </row>
     <row r="402">
       <c r="A402" s="4" t="n">
-        <v>2229</v>
+        <v>4059</v>
       </c>
       <c r="B402" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C402" s="4" t="inlineStr">
         <is>
-          <t>Lush</t>
+          <t>Romina</t>
         </is>
       </c>
       <c r="D402" s="4" t="inlineStr">
         <is>
-          <t>Manrecaj</t>
+          <t>Lüthi-Bodmer</t>
         </is>
       </c>
       <c r="E402" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F402" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G402" s="4"/>
     </row>
     <row r="403">
       <c r="A403" s="4" t="n">
-        <v>7419</v>
+        <v>2209</v>
       </c>
       <c r="B403" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C403" s="4" t="inlineStr">
         <is>
-          <t>Kimo</t>
+          <t>Simona</t>
         </is>
       </c>
       <c r="D403" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Maggio</t>
         </is>
       </c>
       <c r="E403" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F403" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G403" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G403" s="4"/>
     </row>
     <row r="404">
       <c r="A404" s="4" t="n">
-        <v>6235</v>
+        <v>2229</v>
       </c>
       <c r="B404" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C404" s="4" t="inlineStr">
         <is>
-          <t>Lahela</t>
+          <t>Lush</t>
         </is>
       </c>
       <c r="D404" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Manrecaj</t>
         </is>
       </c>
       <c r="E404" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F404" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G404" s="4"/>
     </row>
     <row r="405">
       <c r="A405" s="4" t="n">
-        <v>2256</v>
+        <v>7419</v>
       </c>
       <c r="B405" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C405" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Kimo</t>
         </is>
       </c>
       <c r="D405" s="4" t="inlineStr">
         <is>
           <t>Marti</t>
         </is>
       </c>
       <c r="E405" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F405" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G405" s="4"/>
+      <c r="G405" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="406">
       <c r="A406" s="4" t="n">
         <v>2252</v>
       </c>
       <c r="B406" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C406" s="4" t="inlineStr">
         <is>
           <t>Doris</t>
         </is>
       </c>
       <c r="D406" s="4" t="inlineStr">
         <is>
           <t>Marti</t>
         </is>
       </c>
       <c r="E406" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F406" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G406" s="4"/>
     </row>
     <row r="407">
       <c r="A407" s="4" t="n">
-        <v>2270</v>
+        <v>6235</v>
       </c>
       <c r="B407" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C407" s="4" t="inlineStr">
         <is>
-          <t>Brigitte</t>
+          <t>Lahela</t>
         </is>
       </c>
       <c r="D407" s="4" t="inlineStr">
         <is>
-          <t>Matti</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E407" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F407" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G407" s="4"/>
     </row>
     <row r="408">
       <c r="A408" s="4" t="n">
-        <v>6452</v>
+        <v>2256</v>
       </c>
       <c r="B408" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C408" s="4" t="inlineStr">
         <is>
-          <t>Lea Amanda</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D408" s="4" t="inlineStr">
         <is>
-          <t>Matti</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E408" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F408" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G408" s="4"/>
     </row>
     <row r="409">
       <c r="A409" s="4" t="n">
-        <v>7530</v>
+        <v>2270</v>
       </c>
       <c r="B409" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C409" s="4" t="inlineStr">
         <is>
-          <t>Carolien</t>
+          <t>Brigitte</t>
         </is>
       </c>
       <c r="D409" s="4" t="inlineStr">
         <is>
-          <t>Mehr-Wigger</t>
+          <t>Matti</t>
         </is>
       </c>
       <c r="E409" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F409" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G409" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G409" s="4"/>
     </row>
     <row r="410">
       <c r="A410" s="4" t="n">
-        <v>7396</v>
+        <v>6452</v>
       </c>
       <c r="B410" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C410" s="4" t="inlineStr">
         <is>
-          <t>Julie</t>
+          <t>Lea Amanda</t>
         </is>
       </c>
       <c r="D410" s="4" t="inlineStr">
         <is>
-          <t>Meister</t>
+          <t>Matti</t>
         </is>
       </c>
       <c r="E410" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F410" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G410" s="4"/>
     </row>
     <row r="411">
       <c r="A411" s="4" t="n">
-        <v>2358</v>
+        <v>7530</v>
       </c>
       <c r="B411" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C411" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Carolien</t>
         </is>
       </c>
       <c r="D411" s="4" t="inlineStr">
         <is>
-          <t>Meylan</t>
+          <t>Mehr-Wigger</t>
         </is>
       </c>
       <c r="E411" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F411" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G411" s="4"/>
+      <c r="G411" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="412">
       <c r="A412" s="4" t="n">
-        <v>2368</v>
+        <v>7396</v>
       </c>
       <c r="B412" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C412" s="4" t="inlineStr">
         <is>
-          <t>Samuel</t>
+          <t>Julie</t>
         </is>
       </c>
       <c r="D412" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Meister</t>
         </is>
       </c>
       <c r="E412" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F412" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G412" s="4"/>
     </row>
     <row r="413">
       <c r="A413" s="4" t="n">
-        <v>2366</v>
+        <v>2358</v>
       </c>
       <c r="B413" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C413" s="4" t="inlineStr">
         <is>
-          <t>Melinda</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D413" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Meylan</t>
         </is>
       </c>
       <c r="E413" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F413" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G413" s="4"/>
     </row>
     <row r="414">
       <c r="A414" s="4" t="n">
-        <v>2362</v>
+        <v>2368</v>
       </c>
       <c r="B414" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C414" s="4" t="inlineStr">
         <is>
-          <t>Jeannette Margrit</t>
+          <t>Samuel</t>
         </is>
       </c>
       <c r="D414" s="4" t="inlineStr">
         <is>
           <t>Michel</t>
         </is>
       </c>
       <c r="E414" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F414" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G414" s="4"/>
     </row>
     <row r="415">
       <c r="A415" s="4" t="n">
-        <v>4852</v>
+        <v>2362</v>
       </c>
       <c r="B415" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C415" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Jeannette Margrit</t>
         </is>
       </c>
       <c r="D415" s="4" t="inlineStr">
         <is>
-          <t>Michelletti Crameri</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="E415" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F415" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G415" s="4"/>
     </row>
     <row r="416">
       <c r="A416" s="4" t="n">
-        <v>4003</v>
+        <v>2366</v>
       </c>
       <c r="B416" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C416" s="4" t="inlineStr">
         <is>
-          <t>Gerardo</t>
+          <t>Melinda</t>
         </is>
       </c>
       <c r="D416" s="4" t="inlineStr">
         <is>
-          <t>Migliore</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="E416" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F416" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G416" s="4"/>
     </row>
     <row r="417">
       <c r="A417" s="4" t="n">
-        <v>6230</v>
+        <v>4852</v>
       </c>
       <c r="B417" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C417" s="4" t="inlineStr">
         <is>
-          <t>Shahrazed</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D417" s="4" t="inlineStr">
         <is>
-          <t>Mkaouar</t>
+          <t>Michelletti Crameri</t>
         </is>
       </c>
       <c r="E417" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F417" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G417" s="4"/>
     </row>
     <row r="418">
       <c r="A418" s="4" t="n">
-        <v>7393</v>
+        <v>4003</v>
       </c>
       <c r="B418" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C418" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Gerardo</t>
         </is>
       </c>
       <c r="D418" s="4" t="inlineStr">
         <is>
-          <t>M'Niquich-Reynaud</t>
+          <t>Migliore</t>
         </is>
       </c>
       <c r="E418" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F418" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G418" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G418" s="4"/>
     </row>
     <row r="419">
       <c r="A419" s="4" t="n">
-        <v>2419</v>
+        <v>6230</v>
       </c>
       <c r="B419" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C419" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Shahrazed</t>
         </is>
       </c>
       <c r="D419" s="4" t="inlineStr">
         <is>
-          <t>Moning-Wild</t>
+          <t>Mkaouar</t>
         </is>
       </c>
       <c r="E419" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F419" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G419" s="4"/>
     </row>
     <row r="420">
       <c r="A420" s="4" t="n">
-        <v>6240</v>
+        <v>7393</v>
       </c>
       <c r="B420" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C420" s="4" t="inlineStr">
         <is>
-          <t>Renaud</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D420" s="4" t="inlineStr">
         <is>
-          <t>Monney</t>
+          <t>M'Niquich-Reynaud</t>
         </is>
       </c>
       <c r="E420" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F420" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G420" s="4"/>
+      <c r="G420" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="421">
       <c r="A421" s="4" t="n">
-        <v>2433</v>
+        <v>2419</v>
       </c>
       <c r="B421" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C421" s="4" t="inlineStr">
         <is>
-          <t>Erika</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D421" s="4" t="inlineStr">
         <is>
-          <t>Morf</t>
+          <t>Moning-Wild</t>
         </is>
       </c>
       <c r="E421" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F421" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G421" s="4"/>
     </row>
     <row r="422">
       <c r="A422" s="4" t="n">
-        <v>5154</v>
+        <v>6240</v>
       </c>
       <c r="B422" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C422" s="4" t="inlineStr">
         <is>
-          <t>Michiko</t>
+          <t>Renaud</t>
         </is>
       </c>
       <c r="D422" s="4" t="inlineStr">
         <is>
-          <t>Morita</t>
+          <t>Monney</t>
         </is>
       </c>
       <c r="E422" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F422" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G422" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G422" s="4"/>
     </row>
     <row r="423">
       <c r="A423" s="4" t="n">
-        <v>4856</v>
+        <v>2433</v>
       </c>
       <c r="B423" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C423" s="4" t="inlineStr">
         <is>
-          <t>Tosca</t>
+          <t>Erika</t>
         </is>
       </c>
       <c r="D423" s="4" t="inlineStr">
         <is>
-          <t>Muffatti</t>
+          <t>Morf</t>
         </is>
       </c>
       <c r="E423" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F423" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G423" s="4"/>
     </row>
     <row r="424">
       <c r="A424" s="4" t="n">
-        <v>2452</v>
+        <v>5154</v>
       </c>
       <c r="B424" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C424" s="4" t="inlineStr">
         <is>
-          <t>Ursula</t>
+          <t>Michiko</t>
         </is>
       </c>
       <c r="D424" s="4" t="inlineStr">
         <is>
-          <t>Mühlemann</t>
+          <t>Morita</t>
         </is>
       </c>
       <c r="E424" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F424" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G424" s="4"/>
+      <c r="G424" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="425">
       <c r="A425" s="4" t="n">
-        <v>7108</v>
+        <v>4856</v>
       </c>
       <c r="B425" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C425" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Tosca</t>
         </is>
       </c>
       <c r="D425" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Muffatti</t>
         </is>
       </c>
       <c r="E425" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F425" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G425" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G425" s="4"/>
     </row>
     <row r="426">
       <c r="A426" s="4" t="n">
-        <v>2472</v>
+        <v>2452</v>
       </c>
       <c r="B426" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C426" s="4" t="inlineStr">
         <is>
-          <t>Jan-Philippe</t>
+          <t>Ursula</t>
         </is>
       </c>
       <c r="D426" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Mühlemann</t>
         </is>
       </c>
       <c r="E426" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F426" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G426" s="4"/>
     </row>
     <row r="427">
       <c r="A427" s="4" t="n">
-        <v>4855</v>
+        <v>7108</v>
       </c>
       <c r="B427" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C427" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D427" s="4" t="inlineStr">
         <is>
-          <t>Nani</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E427" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F427" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G427" s="4"/>
+      <c r="G427" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="428">
       <c r="A428" s="4" t="n">
-        <v>2519</v>
+        <v>2472</v>
       </c>
       <c r="B428" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C428" s="4" t="inlineStr">
         <is>
-          <t>Mehdi</t>
+          <t>Jan-Philippe</t>
         </is>
       </c>
       <c r="D428" s="4" t="inlineStr">
         <is>
-          <t>Nassabeh</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E428" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F428" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G428" s="4"/>
     </row>
     <row r="429">
       <c r="A429" s="4" t="n">
-        <v>6894</v>
+        <v>4855</v>
       </c>
       <c r="B429" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C429" s="4" t="inlineStr">
         <is>
-          <t>Giang</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D429" s="4" t="inlineStr">
         <is>
-          <t>Nguyen</t>
+          <t>Nani</t>
         </is>
       </c>
       <c r="E429" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F429" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G429" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G429" s="4"/>
     </row>
     <row r="430">
       <c r="A430" s="4" t="n">
-        <v>6675</v>
+        <v>2519</v>
       </c>
       <c r="B430" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C430" s="4" t="inlineStr">
         <is>
-          <t>Ellen Micaela</t>
+          <t>Mehdi</t>
         </is>
       </c>
       <c r="D430" s="4" t="inlineStr">
         <is>
-          <t>Nyffenegger</t>
+          <t>Nassabeh</t>
         </is>
       </c>
       <c r="E430" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F430" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G430" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G430" s="4"/>
     </row>
     <row r="431">
       <c r="A431" s="4" t="n">
-        <v>4205</v>
+        <v>6894</v>
       </c>
       <c r="B431" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C431" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Giang</t>
         </is>
       </c>
       <c r="D431" s="4" t="inlineStr">
         <is>
-          <t>Oehen</t>
+          <t>Nguyen</t>
         </is>
       </c>
       <c r="E431" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F431" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G431" s="4"/>
+      <c r="G431" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="432">
       <c r="A432" s="4" t="n">
-        <v>7394</v>
+        <v>6675</v>
       </c>
       <c r="B432" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C432" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Ellen Micaela</t>
         </is>
       </c>
       <c r="D432" s="4" t="inlineStr">
         <is>
-          <t>Ott</t>
+          <t>Nyffenegger</t>
         </is>
       </c>
       <c r="E432" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F432" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G432" s="4"/>
+      <c r="G432" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="433">
       <c r="A433" s="4" t="n">
-        <v>2663</v>
+        <v>4205</v>
       </c>
       <c r="B433" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C433" s="4" t="inlineStr">
         <is>
-          <t>Denise</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D433" s="4" t="inlineStr">
         <is>
-          <t>Perroud</t>
+          <t>Oehen</t>
         </is>
       </c>
       <c r="E433" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F433" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G433" s="4"/>
     </row>
     <row r="434">
       <c r="A434" s="4" t="n">
-        <v>6239</v>
+        <v>7394</v>
       </c>
       <c r="B434" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C434" s="4" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D434" s="4" t="inlineStr">
         <is>
-          <t>Petrovic</t>
+          <t>Ott</t>
         </is>
       </c>
       <c r="E434" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F434" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G434" s="4"/>
     </row>
     <row r="435">
       <c r="A435" s="4" t="n">
-        <v>2684</v>
+        <v>2663</v>
       </c>
       <c r="B435" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C435" s="4" t="inlineStr">
         <is>
-          <t>Vincenzo</t>
+          <t>Denise</t>
         </is>
       </c>
       <c r="D435" s="4" t="inlineStr">
         <is>
-          <t>Pezzetti</t>
+          <t>Perroud</t>
         </is>
       </c>
       <c r="E435" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F435" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G435" s="4"/>
     </row>
     <row r="436">
       <c r="A436" s="4" t="n">
-        <v>2699</v>
+        <v>6239</v>
       </c>
       <c r="B436" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C436" s="4" t="inlineStr">
         <is>
-          <t>Yves</t>
+          <t>Diana</t>
         </is>
       </c>
       <c r="D436" s="4" t="inlineStr">
         <is>
-          <t>Pfister</t>
+          <t>Petrovic</t>
         </is>
       </c>
       <c r="E436" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F436" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G436" s="4"/>
     </row>
     <row r="437">
       <c r="A437" s="4" t="n">
-        <v>2715</v>
+        <v>2684</v>
       </c>
       <c r="B437" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C437" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Vincenzo</t>
         </is>
       </c>
       <c r="D437" s="4" t="inlineStr">
         <is>
-          <t>Pin</t>
+          <t>Pezzetti</t>
         </is>
       </c>
       <c r="E437" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F437" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G437" s="4"/>
     </row>
     <row r="438">
       <c r="A438" s="4" t="n">
-        <v>2753</v>
+        <v>2699</v>
       </c>
       <c r="B438" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C438" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Yves</t>
         </is>
       </c>
       <c r="D438" s="4" t="inlineStr">
         <is>
-          <t>Popovic</t>
+          <t>Pfister</t>
         </is>
       </c>
       <c r="E438" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F438" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G438" s="4"/>
     </row>
     <row r="439">
       <c r="A439" s="4" t="n">
-        <v>2752</v>
+        <v>2715</v>
       </c>
       <c r="B439" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C439" s="4" t="inlineStr">
         <is>
-          <t>Bratislav</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D439" s="4" t="inlineStr">
         <is>
-          <t>Popovic</t>
+          <t>Pin</t>
         </is>
       </c>
       <c r="E439" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F439" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G439" s="4"/>
     </row>
     <row r="440">
       <c r="A440" s="4" t="n">
-        <v>2819</v>
+        <v>2753</v>
       </c>
       <c r="B440" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C440" s="4" t="inlineStr">
         <is>
-          <t>Rajendram</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D440" s="4" t="inlineStr">
         <is>
-          <t>Rasaratnam</t>
+          <t>Popovic</t>
         </is>
       </c>
       <c r="E440" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F440" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G440" s="4"/>
     </row>
     <row r="441">
       <c r="A441" s="4" t="n">
-        <v>4001</v>
+        <v>2752</v>
       </c>
       <c r="B441" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C441" s="4" t="inlineStr">
         <is>
-          <t>Giada</t>
+          <t>Bratislav</t>
         </is>
       </c>
       <c r="D441" s="4" t="inlineStr">
         <is>
-          <t>Rastelli</t>
+          <t>Popovic</t>
         </is>
       </c>
       <c r="E441" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F441" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G441" s="4"/>
     </row>
     <row r="442">
       <c r="A442" s="4" t="n">
-        <v>4601</v>
+        <v>2819</v>
       </c>
       <c r="B442" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C442" s="4" t="inlineStr">
         <is>
-          <t>Osama</t>
+          <t>Rajendram</t>
         </is>
       </c>
       <c r="D442" s="4" t="inlineStr">
         <is>
-          <t>Ravai</t>
+          <t>Rasaratnam</t>
         </is>
       </c>
       <c r="E442" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F442" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G442" s="4"/>
     </row>
     <row r="443">
       <c r="A443" s="4" t="n">
-        <v>2852</v>
+        <v>4001</v>
       </c>
       <c r="B443" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C443" s="4" t="inlineStr">
         <is>
-          <t>Bernadette</t>
+          <t>Giada</t>
         </is>
       </c>
       <c r="D443" s="4" t="inlineStr">
         <is>
-          <t>Reinert</t>
+          <t>Rastelli</t>
         </is>
       </c>
       <c r="E443" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F443" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G443" s="4"/>
     </row>
     <row r="444">
       <c r="A444" s="4" t="n">
-        <v>7391</v>
+        <v>4601</v>
       </c>
       <c r="B444" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C444" s="4" t="inlineStr">
         <is>
-          <t>Jasmina</t>
+          <t>Osama</t>
         </is>
       </c>
       <c r="D444" s="4" t="inlineStr">
         <is>
-          <t>Reiz</t>
+          <t>Ravai</t>
         </is>
       </c>
       <c r="E444" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F444" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G444" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G444" s="4"/>
     </row>
     <row r="445">
       <c r="A445" s="4" t="n">
-        <v>4873</v>
+        <v>2852</v>
       </c>
       <c r="B445" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C445" s="4" t="inlineStr">
         <is>
-          <t> Sabine</t>
+          <t>Bernadette</t>
         </is>
       </c>
       <c r="D445" s="4" t="inlineStr">
         <is>
-          <t>Riemenschneider</t>
+          <t>Reinert</t>
         </is>
       </c>
       <c r="E445" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F445" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G445" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G445" s="4"/>
     </row>
     <row r="446">
       <c r="A446" s="4" t="n">
-        <v>4811</v>
+        <v>7391</v>
       </c>
       <c r="B446" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C446" s="4" t="inlineStr">
         <is>
-          <t>Osama</t>
+          <t>Jasmina</t>
         </is>
       </c>
       <c r="D446" s="4" t="inlineStr">
         <is>
-          <t>Rifai</t>
+          <t>Reiz</t>
         </is>
       </c>
       <c r="E446" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F446" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G446" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="4" t="n">
-        <v>2925</v>
+        <v>4873</v>
       </c>
       <c r="B447" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C447" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t> Sabine</t>
         </is>
       </c>
       <c r="D447" s="4" t="inlineStr">
         <is>
-          <t>Rohrbach</t>
+          <t>Riemenschneider</t>
         </is>
       </c>
       <c r="E447" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F447" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G447" s="4"/>
+      <c r="G447" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="448">
       <c r="A448" s="4" t="n">
-        <v>7107</v>
+        <v>4811</v>
       </c>
       <c r="B448" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C448" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Osama</t>
         </is>
       </c>
       <c r="D448" s="4" t="inlineStr">
         <is>
-          <t>Romano</t>
+          <t>Rifai</t>
         </is>
       </c>
       <c r="E448" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F448" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G448" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="4" t="n">
-        <v>2938</v>
+        <v>2925</v>
       </c>
       <c r="B449" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C449" s="4" t="inlineStr">
         <is>
-          <t>Kerstin</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D449" s="4" t="inlineStr">
         <is>
-          <t>Roost-Meyer</t>
+          <t>Rohrbach</t>
         </is>
       </c>
       <c r="E449" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F449" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G449" s="4"/>
     </row>
     <row r="450">
       <c r="A450" s="4" t="n">
-        <v>2940</v>
+        <v>7107</v>
       </c>
       <c r="B450" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C450" s="4" t="inlineStr">
         <is>
-          <t>Maurice</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D450" s="4" t="inlineStr">
         <is>
-          <t>Rösch</t>
+          <t>Romano</t>
         </is>
       </c>
       <c r="E450" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F450" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G450" s="4"/>
+      <c r="G450" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="451">
       <c r="A451" s="4" t="n">
-        <v>5488</v>
+        <v>2938</v>
       </c>
       <c r="B451" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C451" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Kerstin</t>
         </is>
       </c>
       <c r="D451" s="4" t="inlineStr">
         <is>
-          <t>Rossi</t>
+          <t>Roost-Meyer</t>
         </is>
       </c>
       <c r="E451" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F451" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G451" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G451" s="4"/>
     </row>
     <row r="452">
       <c r="A452" s="4" t="n">
-        <v>2948</v>
+        <v>2940</v>
       </c>
       <c r="B452" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C452" s="4" t="inlineStr">
         <is>
-          <t>Christophe</t>
+          <t>Maurice</t>
         </is>
       </c>
       <c r="D452" s="4" t="inlineStr">
         <is>
-          <t>Rossier</t>
+          <t>Rösch</t>
         </is>
       </c>
       <c r="E452" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F452" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G452" s="4"/>
     </row>
     <row r="453">
       <c r="A453" s="4" t="n">
-        <v>2955</v>
+        <v>5488</v>
       </c>
       <c r="B453" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C453" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D453" s="4" t="inlineStr">
         <is>
-          <t>Rothen</t>
+          <t>Rossi</t>
         </is>
       </c>
       <c r="E453" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F453" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G453" s="4"/>
+      <c r="G453" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="454">
       <c r="A454" s="4" t="n">
-        <v>2958</v>
+        <v>2948</v>
       </c>
       <c r="B454" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C454" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Christophe</t>
         </is>
       </c>
       <c r="D454" s="4" t="inlineStr">
         <is>
-          <t>Rothenbühler</t>
+          <t>Rossier</t>
         </is>
       </c>
       <c r="E454" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F454" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G454" s="4"/>
     </row>
     <row r="455">
       <c r="A455" s="4" t="n">
-        <v>6676</v>
+        <v>2955</v>
       </c>
       <c r="B455" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C455" s="4" t="inlineStr">
         <is>
-          <t>Larrisa</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D455" s="4" t="inlineStr">
         <is>
-          <t>Ruch</t>
+          <t>Rothen</t>
         </is>
       </c>
       <c r="E455" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F455" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G455" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G455" s="4"/>
     </row>
     <row r="456">
       <c r="A456" s="4" t="n">
-        <v>2969</v>
+        <v>2958</v>
       </c>
       <c r="B456" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C456" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D456" s="4" t="inlineStr">
         <is>
-          <t>Ruchti</t>
+          <t>Rothenbühler</t>
         </is>
       </c>
       <c r="E456" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F456" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G456" s="4"/>
     </row>
     <row r="457">
       <c r="A457" s="4" t="n">
-        <v>2973</v>
+        <v>6676</v>
       </c>
       <c r="B457" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C457" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Larrisa</t>
         </is>
       </c>
       <c r="D457" s="4" t="inlineStr">
         <is>
-          <t>Rudin</t>
+          <t>Ruch</t>
         </is>
       </c>
       <c r="E457" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F457" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G457" s="4"/>
+      <c r="G457" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="458">
       <c r="A458" s="4" t="n">
-        <v>6238</v>
+        <v>2969</v>
       </c>
       <c r="B458" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C458" s="4" t="inlineStr">
         <is>
-          <t>Margrit</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D458" s="4" t="inlineStr">
         <is>
-          <t>Rüfenacht</t>
+          <t>Ruchti</t>
         </is>
       </c>
       <c r="E458" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F458" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G458" s="4"/>
     </row>
     <row r="459">
       <c r="A459" s="4" t="n">
-        <v>2992</v>
+        <v>2973</v>
       </c>
       <c r="B459" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C459" s="4" t="inlineStr">
         <is>
-          <t>Regula</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D459" s="4" t="inlineStr">
         <is>
-          <t>Rumpf</t>
+          <t>Rudin</t>
         </is>
       </c>
       <c r="E459" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F459" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G459" s="4"/>
     </row>
     <row r="460">
       <c r="A460" s="4" t="n">
-        <v>2999</v>
+        <v>6238</v>
       </c>
       <c r="B460" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C460" s="4" t="inlineStr">
         <is>
-          <t>Dominic</t>
+          <t>Margrit</t>
         </is>
       </c>
       <c r="D460" s="4" t="inlineStr">
         <is>
-          <t>Rupp</t>
+          <t>Rüfenacht</t>
         </is>
       </c>
       <c r="E460" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F460" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G460" s="4"/>
     </row>
     <row r="461">
       <c r="A461" s="4" t="n">
-        <v>3020</v>
+        <v>2992</v>
       </c>
       <c r="B461" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C461" s="4" t="inlineStr">
         <is>
-          <t>Afrim</t>
+          <t>Regula</t>
         </is>
       </c>
       <c r="D461" s="4" t="inlineStr">
         <is>
-          <t>Sabani</t>
+          <t>Rumpf</t>
         </is>
       </c>
       <c r="E461" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F461" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G461" s="4"/>
     </row>
     <row r="462">
       <c r="A462" s="4" t="n">
-        <v>3034</v>
+        <v>2999</v>
       </c>
       <c r="B462" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C462" s="4" t="inlineStr">
         <is>
-          <t>Fabio</t>
+          <t>Dominic</t>
         </is>
       </c>
       <c r="D462" s="4" t="inlineStr">
         <is>
-          <t>Salerno</t>
+          <t>Rupp</t>
         </is>
       </c>
       <c r="E462" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F462" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G462" s="4"/>
     </row>
     <row r="463">
       <c r="A463" s="4" t="n">
-        <v>4810</v>
+        <v>3020</v>
       </c>
       <c r="B463" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C463" s="4" t="inlineStr">
         <is>
-          <t>José Luis</t>
+          <t>Afrim</t>
         </is>
       </c>
       <c r="D463" s="4" t="inlineStr">
         <is>
-          <t>Sanchez</t>
+          <t>Sabani</t>
         </is>
       </c>
       <c r="E463" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F463" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G463" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G463" s="4"/>
     </row>
     <row r="464">
       <c r="A464" s="4" t="n">
-        <v>3077</v>
+        <v>3034</v>
       </c>
       <c r="B464" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C464" s="4" t="inlineStr">
         <is>
-          <t>Martina</t>
+          <t>Fabio</t>
         </is>
       </c>
       <c r="D464" s="4" t="inlineStr">
         <is>
-          <t>Savorani</t>
+          <t>Salerno</t>
         </is>
       </c>
       <c r="E464" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F464" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G464" s="4"/>
     </row>
     <row r="465">
       <c r="A465" s="4" t="n">
-        <v>3076</v>
+        <v>4810</v>
       </c>
       <c r="B465" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C465" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>José Luis</t>
         </is>
       </c>
       <c r="D465" s="4" t="inlineStr">
         <is>
-          <t>Savorani</t>
+          <t>Sanchez</t>
         </is>
       </c>
       <c r="E465" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F465" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G465" s="4"/>
+      <c r="G465" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="466">
       <c r="A466" s="4" t="n">
-        <v>3099</v>
+        <v>3077</v>
       </c>
       <c r="B466" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C466" s="4" t="inlineStr">
         <is>
-          <t>Sylvia</t>
+          <t>Martina</t>
         </is>
       </c>
       <c r="D466" s="4" t="inlineStr">
         <is>
-          <t>Schär</t>
+          <t>Savorani</t>
         </is>
       </c>
       <c r="E466" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F466" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G466" s="4"/>
     </row>
     <row r="467">
       <c r="A467" s="4" t="n">
-        <v>7087</v>
+        <v>3076</v>
       </c>
       <c r="B467" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C467" s="4" t="inlineStr">
         <is>
-          <t>Nolan</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D467" s="4" t="inlineStr">
         <is>
-          <t>Schedel</t>
+          <t>Savorani</t>
         </is>
       </c>
       <c r="E467" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F467" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G467" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G467" s="4"/>
     </row>
     <row r="468">
       <c r="A468" s="4" t="n">
-        <v>5523</v>
+        <v>3099</v>
       </c>
       <c r="B468" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C468" s="4" t="inlineStr">
         <is>
-          <t>Keni</t>
+          <t>Sylvia</t>
         </is>
       </c>
       <c r="D468" s="4" t="inlineStr">
         <is>
-          <t>Schedel</t>
+          <t>Schär</t>
         </is>
       </c>
       <c r="E468" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F468" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G468" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G468" s="4"/>
     </row>
     <row r="469">
       <c r="A469" s="4" t="n">
-        <v>3131</v>
+        <v>5523</v>
       </c>
       <c r="B469" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C469" s="4" t="inlineStr">
         <is>
-          <t>Marc-Antoine</t>
+          <t>Keni</t>
         </is>
       </c>
       <c r="D469" s="4" t="inlineStr">
         <is>
-          <t>Schibler</t>
+          <t>Schedel</t>
         </is>
       </c>
       <c r="E469" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F469" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G469" s="4"/>
+      <c r="G469" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="470">
       <c r="A470" s="4" t="n">
-        <v>3134</v>
+        <v>7087</v>
       </c>
       <c r="B470" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C470" s="4" t="inlineStr">
         <is>
-          <t>René</t>
+          <t>Nolan</t>
         </is>
       </c>
       <c r="D470" s="4" t="inlineStr">
         <is>
-          <t>Schicktanz</t>
+          <t>Schedel</t>
         </is>
       </c>
       <c r="E470" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F470" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G470" s="4"/>
+      <c r="G470" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="471">
       <c r="A471" s="4" t="n">
-        <v>4602</v>
+        <v>3131</v>
       </c>
       <c r="B471" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C471" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Marc-Antoine</t>
         </is>
       </c>
       <c r="D471" s="4" t="inlineStr">
         <is>
-          <t>Schilt</t>
+          <t>Schibler</t>
         </is>
       </c>
       <c r="E471" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F471" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G471" s="4"/>
     </row>
     <row r="472">
       <c r="A472" s="4" t="n">
-        <v>3138</v>
+        <v>3134</v>
       </c>
       <c r="B472" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C472" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>René</t>
         </is>
       </c>
       <c r="D472" s="4" t="inlineStr">
         <is>
-          <t>Schindelholz</t>
+          <t>Schicktanz</t>
         </is>
       </c>
       <c r="E472" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F472" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G472" s="4"/>
     </row>
     <row r="473">
       <c r="A473" s="4" t="n">
-        <v>3163</v>
+        <v>4602</v>
       </c>
       <c r="B473" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C473" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D473" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Schilt</t>
         </is>
       </c>
       <c r="E473" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F473" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G473" s="4"/>
     </row>
     <row r="474">
       <c r="A474" s="4" t="n">
-        <v>3165</v>
+        <v>3138</v>
       </c>
       <c r="B474" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C474" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D474" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Schindelholz</t>
         </is>
       </c>
       <c r="E474" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F474" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G474" s="4"/>
     </row>
     <row r="475">
       <c r="A475" s="4" t="n">
-        <v>3203</v>
+        <v>3165</v>
       </c>
       <c r="B475" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C475" s="4" t="inlineStr">
         <is>
-          <t>Rudolf</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D475" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E475" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F475" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G475" s="4"/>
     </row>
     <row r="476">
       <c r="A476" s="4" t="n">
-        <v>4812</v>
+        <v>3163</v>
       </c>
       <c r="B476" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C476" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D476" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E476" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F476" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G476" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G476" s="4"/>
     </row>
     <row r="477">
       <c r="A477" s="4" t="n">
-        <v>4854</v>
+        <v>4812</v>
       </c>
       <c r="B477" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C477" s="4" t="inlineStr">
         <is>
-          <t>Fabienne </t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D477" s="4" t="inlineStr">
         <is>
-          <t>Schnyder</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E477" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F477" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G477" s="4"/>
+      <c r="G477" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="478">
       <c r="A478" s="4" t="n">
-        <v>7395</v>
+        <v>3203</v>
       </c>
       <c r="B478" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C478" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Rudolf</t>
         </is>
       </c>
       <c r="D478" s="4" t="inlineStr">
         <is>
-          <t>Schnyder</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E478" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F478" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G478" s="4"/>
     </row>
     <row r="479">
       <c r="A479" s="4" t="n">
-        <v>6234</v>
+        <v>4854</v>
       </c>
       <c r="B479" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C479" s="4" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Fabienne </t>
         </is>
       </c>
       <c r="D479" s="4" t="inlineStr">
         <is>
-          <t>Schor</t>
+          <t>Schnyder</t>
         </is>
       </c>
       <c r="E479" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F479" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G479" s="4"/>
     </row>
     <row r="480">
       <c r="A480" s="4" t="n">
-        <v>3257</v>
+        <v>7395</v>
       </c>
       <c r="B480" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C480" s="4" t="inlineStr">
         <is>
-          <t>Pia</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D480" s="4" t="inlineStr">
         <is>
-          <t>Schürch</t>
+          <t>Schnyder</t>
         </is>
       </c>
       <c r="E480" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F480" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G480" s="4"/>
     </row>
     <row r="481">
       <c r="A481" s="4" t="n">
-        <v>3258</v>
+        <v>6234</v>
       </c>
       <c r="B481" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C481" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="D481" s="4" t="inlineStr">
         <is>
-          <t>Schütz</t>
+          <t>Schor</t>
         </is>
       </c>
       <c r="E481" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F481" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G481" s="4"/>
     </row>
     <row r="482">
       <c r="A482" s="4" t="n">
-        <v>5157</v>
+        <v>3257</v>
       </c>
       <c r="B482" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C482" s="4" t="inlineStr">
         <is>
-          <t>Zoe</t>
+          <t>Pia</t>
         </is>
       </c>
       <c r="D482" s="4" t="inlineStr">
         <is>
-          <t>Schweizer</t>
+          <t>Schürch</t>
         </is>
       </c>
       <c r="E482" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F482" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G482" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G482" s="4"/>
     </row>
     <row r="483">
       <c r="A483" s="4" t="n">
-        <v>7397</v>
+        <v>3258</v>
       </c>
       <c r="B483" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C483" s="4" t="inlineStr">
         <is>
-          <t>Ivan Joao</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D483" s="4" t="inlineStr">
         <is>
-          <t>Segovia Duran</t>
+          <t>Schütz</t>
         </is>
       </c>
       <c r="E483" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F483" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G483" s="4"/>
     </row>
     <row r="484">
       <c r="A484" s="4" t="n">
-        <v>3291</v>
+        <v>5157</v>
       </c>
       <c r="B484" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C484" s="4" t="inlineStr">
         <is>
-          <t>Angelo</t>
+          <t>Zoe</t>
         </is>
       </c>
       <c r="D484" s="4" t="inlineStr">
         <is>
-          <t>Seitz</t>
+          <t>Schweizer</t>
         </is>
       </c>
       <c r="E484" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F484" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G484" s="4"/>
+      <c r="G484" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="485">
       <c r="A485" s="4" t="n">
-        <v>3301</v>
+        <v>7397</v>
       </c>
       <c r="B485" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C485" s="4" t="inlineStr">
         <is>
-          <t>Anushanth</t>
+          <t>Ivan Joao</t>
         </is>
       </c>
       <c r="D485" s="4" t="inlineStr">
         <is>
-          <t>Selvam</t>
+          <t>Segovia Duran</t>
         </is>
       </c>
       <c r="E485" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F485" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G485" s="4"/>
     </row>
     <row r="486">
       <c r="A486" s="4" t="n">
-        <v>3339</v>
+        <v>3291</v>
       </c>
       <c r="B486" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C486" s="4" t="inlineStr">
         <is>
-          <t>Pablo</t>
+          <t>Angelo</t>
         </is>
       </c>
       <c r="D486" s="4" t="inlineStr">
         <is>
-          <t>Sierra</t>
+          <t>Seitz</t>
         </is>
       </c>
       <c r="E486" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F486" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G486" s="4"/>
     </row>
     <row r="487">
       <c r="A487" s="4" t="n">
-        <v>3348</v>
+        <v>3301</v>
       </c>
       <c r="B487" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C487" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Anushanth</t>
         </is>
       </c>
       <c r="D487" s="4" t="inlineStr">
         <is>
-          <t>Sigrist</t>
+          <t>Selvam</t>
         </is>
       </c>
       <c r="E487" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F487" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G487" s="4"/>
     </row>
     <row r="488">
       <c r="A488" s="4" t="n">
-        <v>6245</v>
+        <v>3339</v>
       </c>
       <c r="B488" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C488" s="4" t="inlineStr">
         <is>
-          <t>Anabela</t>
+          <t>Pablo</t>
         </is>
       </c>
       <c r="D488" s="4" t="inlineStr">
         <is>
-          <t>Sommer</t>
+          <t>Sierra</t>
         </is>
       </c>
       <c r="E488" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F488" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G488" s="4"/>
     </row>
     <row r="489">
       <c r="A489" s="4" t="n">
-        <v>3379</v>
+        <v>3348</v>
       </c>
       <c r="B489" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C489" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D489" s="4" t="inlineStr">
         <is>
-          <t>Sorg</t>
+          <t>Sigrist</t>
         </is>
       </c>
       <c r="E489" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F489" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G489" s="4"/>
     </row>
     <row r="490">
       <c r="A490" s="4" t="n">
-        <v>3380</v>
+        <v>6245</v>
       </c>
       <c r="B490" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C490" s="4" t="inlineStr">
         <is>
-          <t>Severin</t>
+          <t>Anabela</t>
         </is>
       </c>
       <c r="D490" s="4" t="inlineStr">
         <is>
-          <t>Sorg</t>
+          <t>Sommer</t>
         </is>
       </c>
       <c r="E490" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F490" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G490" s="4"/>
     </row>
     <row r="491">
       <c r="A491" s="4" t="n">
-        <v>5676</v>
+        <v>3379</v>
       </c>
       <c r="B491" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C491" s="4" t="inlineStr">
         <is>
-          <t>Claudio</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D491" s="4" t="inlineStr">
         <is>
-          <t>Sousa</t>
+          <t>Sorg</t>
         </is>
       </c>
       <c r="E491" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F491" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G491" s="4"/>
     </row>
     <row r="492">
       <c r="A492" s="4" t="n">
-        <v>7106</v>
+        <v>3380</v>
       </c>
       <c r="B492" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C492" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Severin</t>
         </is>
       </c>
       <c r="D492" s="4" t="inlineStr">
         <is>
-          <t>Spaeti-Costa</t>
+          <t>Sorg</t>
         </is>
       </c>
       <c r="E492" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F492" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G492" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G492" s="4"/>
     </row>
     <row r="493">
       <c r="A493" s="4" t="n">
-        <v>3431</v>
+        <v>5676</v>
       </c>
       <c r="B493" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C493" s="4" t="inlineStr">
         <is>
-          <t>Ardian</t>
+          <t>Claudio</t>
         </is>
       </c>
       <c r="D493" s="4" t="inlineStr">
         <is>
-          <t>Stalder</t>
+          <t>Sousa</t>
         </is>
       </c>
       <c r="E493" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F493" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G493" s="4"/>
     </row>
     <row r="494">
       <c r="A494" s="4" t="n">
-        <v>3432</v>
+        <v>7106</v>
       </c>
       <c r="B494" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C494" s="4" t="inlineStr">
         <is>
-          <t>Bastian</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D494" s="4" t="inlineStr">
         <is>
-          <t>Stalder</t>
+          <t>Spaeti-Costa</t>
         </is>
       </c>
       <c r="E494" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F494" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G494" s="4"/>
+      <c r="G494" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="495">
       <c r="A495" s="4" t="n">
-        <v>3438</v>
+        <v>3431</v>
       </c>
       <c r="B495" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C495" s="4" t="inlineStr">
         <is>
-          <t>Naomi</t>
+          <t>Ardian</t>
         </is>
       </c>
       <c r="D495" s="4" t="inlineStr">
         <is>
-          <t>Stämmer</t>
+          <t>Stalder</t>
         </is>
       </c>
       <c r="E495" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F495" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G495" s="4"/>
     </row>
     <row r="496">
       <c r="A496" s="4" t="n">
-        <v>7531</v>
+        <v>3432</v>
       </c>
       <c r="B496" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C496" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Bastian</t>
         </is>
       </c>
       <c r="D496" s="4" t="inlineStr">
         <is>
-          <t>Stampfli</t>
+          <t>Stalder</t>
         </is>
       </c>
       <c r="E496" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F496" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G496" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G496" s="4"/>
     </row>
     <row r="497">
       <c r="A497" s="4" t="n">
-        <v>3451</v>
+        <v>3438</v>
       </c>
       <c r="B497" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C497" s="4" t="inlineStr">
         <is>
-          <t>Cornelia</t>
+          <t>Naomi</t>
         </is>
       </c>
       <c r="D497" s="4" t="inlineStr">
         <is>
-          <t>Steffen</t>
+          <t>Stämmer</t>
         </is>
       </c>
       <c r="E497" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F497" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G497" s="4"/>
     </row>
     <row r="498">
       <c r="A498" s="4" t="n">
-        <v>3464</v>
+        <v>7531</v>
       </c>
       <c r="B498" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C498" s="4" t="inlineStr">
         <is>
-          <t>Marlis</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D498" s="4" t="inlineStr">
         <is>
-          <t>Steiner</t>
+          <t>Stampfli</t>
         </is>
       </c>
       <c r="E498" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F498" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G498" s="4"/>
+      <c r="G498" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="499">
       <c r="A499" s="4" t="n">
-        <v>3468</v>
+        <v>3451</v>
       </c>
       <c r="B499" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C499" s="4" t="inlineStr">
         <is>
-          <t>Sonja</t>
+          <t>Cornelia</t>
         </is>
       </c>
       <c r="D499" s="4" t="inlineStr">
         <is>
-          <t>Steiner</t>
+          <t>Steffen</t>
         </is>
       </c>
       <c r="E499" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F499" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G499" s="4"/>
     </row>
     <row r="500">
       <c r="A500" s="4" t="n">
-        <v>3473</v>
+        <v>3464</v>
       </c>
       <c r="B500" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C500" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Marlis</t>
         </is>
       </c>
       <c r="D500" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Steiner</t>
         </is>
       </c>
       <c r="E500" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F500" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G500" s="4"/>
     </row>
     <row r="501">
       <c r="A501" s="4" t="n">
-        <v>4603</v>
+        <v>3468</v>
       </c>
       <c r="B501" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C501" s="4" t="inlineStr">
         <is>
-          <t>Madeleine</t>
+          <t>Sonja</t>
         </is>
       </c>
       <c r="D501" s="4" t="inlineStr">
         <is>
-          <t>Stöckmann</t>
+          <t>Steiner</t>
         </is>
       </c>
       <c r="E501" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F501" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G501" s="4"/>
     </row>
     <row r="502">
       <c r="A502" s="4" t="n">
-        <v>3493</v>
+        <v>3473</v>
       </c>
       <c r="B502" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C502" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D502" s="4" t="inlineStr">
         <is>
-          <t>Stoll</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="E502" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F502" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G502" s="4"/>
     </row>
     <row r="503">
       <c r="A503" s="4" t="n">
-        <v>3503</v>
+        <v>4603</v>
       </c>
       <c r="B503" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C503" s="4" t="inlineStr">
         <is>
-          <t>Hans</t>
+          <t>Madeleine</t>
         </is>
       </c>
       <c r="D503" s="4" t="inlineStr">
         <is>
-          <t>Strahm</t>
+          <t>Stöckmann</t>
         </is>
       </c>
       <c r="E503" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F503" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G503" s="4"/>
     </row>
     <row r="504">
       <c r="A504" s="4" t="n">
-        <v>3517</v>
+        <v>3493</v>
       </c>
       <c r="B504" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C504" s="4" t="inlineStr">
         <is>
-          <t>Margrit</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D504" s="4" t="inlineStr">
         <is>
-          <t>Stucki</t>
+          <t>Stoll</t>
         </is>
       </c>
       <c r="E504" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F504" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G504" s="4"/>
     </row>
     <row r="505">
       <c r="A505" s="4" t="n">
-        <v>3529</v>
+        <v>3503</v>
       </c>
       <c r="B505" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C505" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Hans</t>
         </is>
       </c>
       <c r="D505" s="4" t="inlineStr">
         <is>
-          <t>Stutz</t>
+          <t>Strahm</t>
         </is>
       </c>
       <c r="E505" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F505" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G505" s="4"/>
     </row>
     <row r="506">
       <c r="A506" s="4" t="n">
-        <v>3530</v>
+        <v>3517</v>
       </c>
       <c r="B506" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C506" s="4" t="inlineStr">
         <is>
-          <t>Fabrice</t>
+          <t>Margrit</t>
         </is>
       </c>
       <c r="D506" s="4" t="inlineStr">
         <is>
-          <t>Stutz</t>
+          <t>Stucki</t>
         </is>
       </c>
       <c r="E506" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F506" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G506" s="4"/>
     </row>
     <row r="507">
       <c r="A507" s="4" t="n">
-        <v>3566</v>
+        <v>3529</v>
       </c>
       <c r="B507" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C507" s="4" t="inlineStr">
         <is>
-          <t>Damir</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D507" s="4" t="inlineStr">
         <is>
-          <t>Tasev</t>
+          <t>Stutz</t>
         </is>
       </c>
       <c r="E507" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F507" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G507" s="4"/>
     </row>
     <row r="508">
       <c r="A508" s="4" t="n">
-        <v>5487</v>
+        <v>3530</v>
       </c>
       <c r="B508" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C508" s="4" t="inlineStr">
         <is>
-          <t>Hasan</t>
+          <t>Fabrice</t>
         </is>
       </c>
       <c r="D508" s="4" t="inlineStr">
         <is>
-          <t>Tastan</t>
+          <t>Stutz</t>
         </is>
       </c>
       <c r="E508" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F508" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G508" s="4"/>
     </row>
     <row r="509">
       <c r="A509" s="4" t="n">
-        <v>3574</v>
+        <v>3566</v>
       </c>
       <c r="B509" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C509" s="4" t="inlineStr">
         <is>
-          <t>Donato</t>
+          <t>Damir</t>
         </is>
       </c>
       <c r="D509" s="4" t="inlineStr">
         <is>
-          <t>Telesca</t>
+          <t>Tasev</t>
         </is>
       </c>
       <c r="E509" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F509" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G509" s="4"/>
     </row>
     <row r="510">
       <c r="A510" s="4" t="n">
-        <v>3614</v>
+        <v>5487</v>
       </c>
       <c r="B510" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C510" s="4" t="inlineStr">
         <is>
-          <t>Brigitte</t>
+          <t>Hasan</t>
         </is>
       </c>
       <c r="D510" s="4" t="inlineStr">
         <is>
-          <t>Tischhauser</t>
+          <t>Tastan</t>
         </is>
       </c>
       <c r="E510" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F510" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G510" s="4"/>
     </row>
     <row r="511">
       <c r="A511" s="4" t="n">
-        <v>6450</v>
+        <v>3574</v>
       </c>
       <c r="B511" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C511" s="4" t="inlineStr">
         <is>
-          <t>Olivia</t>
+          <t>Donato</t>
         </is>
       </c>
       <c r="D511" s="4" t="inlineStr">
         <is>
-          <t>Tschanz</t>
+          <t>Telesca</t>
         </is>
       </c>
       <c r="E511" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F511" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G511" s="4"/>
     </row>
     <row r="512">
       <c r="A512" s="4" t="n">
-        <v>4872</v>
+        <v>3614</v>
       </c>
       <c r="B512" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C512" s="4" t="inlineStr">
         <is>
-          <t> Yuki</t>
+          <t>Brigitte</t>
         </is>
       </c>
       <c r="D512" s="4" t="inlineStr">
         <is>
-          <t>Ujihara</t>
+          <t>Tischhauser</t>
         </is>
       </c>
       <c r="E512" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F512" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G512" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G512" s="4"/>
     </row>
     <row r="513">
       <c r="A513" s="4" t="n">
-        <v>4204</v>
+        <v>6450</v>
       </c>
       <c r="B513" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C513" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Olivia</t>
         </is>
       </c>
       <c r="D513" s="4" t="inlineStr">
         <is>
-          <t>Ulrich</t>
+          <t>Tschanz</t>
         </is>
       </c>
       <c r="E513" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F513" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G513" s="4"/>
     </row>
     <row r="514">
       <c r="A514" s="4" t="n">
-        <v>3690</v>
+        <v>4872</v>
       </c>
       <c r="B514" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C514" s="4" t="inlineStr">
         <is>
-          <t>Nadja</t>
+          <t> Yuki</t>
         </is>
       </c>
       <c r="D514" s="4" t="inlineStr">
         <is>
-          <t>Urbanek</t>
+          <t>Ujihara</t>
         </is>
       </c>
       <c r="E514" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F514" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G514" s="4"/>
+      <c r="G514" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="515">
       <c r="A515" s="4" t="n">
-        <v>3695</v>
+        <v>4204</v>
       </c>
       <c r="B515" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C515" s="4" t="inlineStr">
         <is>
-          <t>Kobithasan</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D515" s="4" t="inlineStr">
         <is>
-          <t>Vairamuthu</t>
+          <t>Ulrich</t>
         </is>
       </c>
       <c r="E515" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F515" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G515" s="4"/>
     </row>
     <row r="516">
       <c r="A516" s="4" t="n">
-        <v>3704</v>
+        <v>3690</v>
       </c>
       <c r="B516" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C516" s="4" t="inlineStr">
         <is>
-          <t>Gianluca</t>
+          <t>Nadja</t>
         </is>
       </c>
       <c r="D516" s="4" t="inlineStr">
         <is>
-          <t>Vanacore</t>
+          <t>Urbanek</t>
         </is>
       </c>
       <c r="E516" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F516" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G516" s="4"/>
     </row>
     <row r="517">
       <c r="A517" s="4" t="n">
-        <v>4598</v>
+        <v>3695</v>
       </c>
       <c r="B517" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C517" s="4" t="inlineStr">
         <is>
-          <t>Sjur</t>
+          <t>Kobithasan</t>
         </is>
       </c>
       <c r="D517" s="4" t="inlineStr">
         <is>
-          <t>Vestli</t>
+          <t>Vairamuthu</t>
         </is>
       </c>
       <c r="E517" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F517" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G517" s="4"/>
     </row>
     <row r="518">
       <c r="A518" s="4" t="n">
-        <v>3723</v>
+        <v>3704</v>
       </c>
       <c r="B518" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C518" s="4" t="inlineStr">
         <is>
-          <t>Aridag</t>
+          <t>Gianluca</t>
         </is>
       </c>
       <c r="D518" s="4" t="inlineStr">
         <is>
-          <t>Veysel</t>
+          <t>Vanacore</t>
         </is>
       </c>
       <c r="E518" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F518" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G518" s="4"/>
     </row>
     <row r="519">
       <c r="A519" s="4" t="n">
-        <v>3765</v>
+        <v>4598</v>
       </c>
       <c r="B519" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C519" s="4" t="inlineStr">
         <is>
-          <t>Nadine</t>
+          <t>Sjur</t>
         </is>
       </c>
       <c r="D519" s="4" t="inlineStr">
         <is>
-          <t>Von Känel</t>
+          <t>Vestli</t>
         </is>
       </c>
       <c r="E519" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F519" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G519" s="4"/>
     </row>
     <row r="520">
       <c r="A520" s="4" t="n">
-        <v>3787</v>
+        <v>3723</v>
       </c>
       <c r="B520" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C520" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Aridag</t>
         </is>
       </c>
       <c r="D520" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Veysel</t>
         </is>
       </c>
       <c r="E520" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F520" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G520" s="4"/>
     </row>
     <row r="521">
       <c r="A521" s="4" t="n">
-        <v>6237</v>
+        <v>3765</v>
       </c>
       <c r="B521" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C521" s="4" t="inlineStr">
         <is>
-          <t>Kjetil</t>
+          <t>Nadine</t>
         </is>
       </c>
       <c r="D521" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Von Känel</t>
         </is>
       </c>
       <c r="E521" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F521" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G521" s="4"/>
     </row>
     <row r="522">
       <c r="A522" s="4" t="n">
         <v>3789</v>
       </c>
       <c r="B522" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C522" s="4" t="inlineStr">
         <is>
           <t>Pia</t>
         </is>
       </c>
       <c r="D522" s="4" t="inlineStr">
         <is>
           <t>Waber</t>
         </is>
       </c>
       <c r="E522" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F522" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G522" s="4"/>
     </row>
     <row r="523">
       <c r="A523" s="4" t="n">
-        <v>5677</v>
+        <v>6237</v>
       </c>
       <c r="B523" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C523" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Kjetil</t>
         </is>
       </c>
       <c r="D523" s="4" t="inlineStr">
         <is>
-          <t>Wagner</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E523" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F523" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G523" s="4"/>
     </row>
     <row r="524">
       <c r="A524" s="4" t="n">
-        <v>3822</v>
+        <v>3787</v>
       </c>
       <c r="B524" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C524" s="4" t="inlineStr">
         <is>
-          <t>Florian</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D524" s="4" t="inlineStr">
         <is>
-          <t>Weber</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E524" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F524" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G524" s="4"/>
     </row>
     <row r="525">
       <c r="A525" s="4" t="n">
-        <v>3831</v>
+        <v>5677</v>
       </c>
       <c r="B525" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C525" s="4" t="inlineStr">
         <is>
-          <t>Roman</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D525" s="4" t="inlineStr">
         <is>
-          <t>Weibel</t>
+          <t>Wagner</t>
         </is>
       </c>
       <c r="E525" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F525" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G525" s="4"/>
     </row>
     <row r="526">
       <c r="A526" s="4" t="n">
-        <v>3835</v>
+        <v>3822</v>
       </c>
       <c r="B526" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C526" s="4" t="inlineStr">
         <is>
-          <t>Daniela</t>
+          <t>Florian</t>
         </is>
       </c>
       <c r="D526" s="4" t="inlineStr">
         <is>
-          <t>Weingart</t>
+          <t>Weber</t>
         </is>
       </c>
       <c r="E526" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F526" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G526" s="4"/>
     </row>
     <row r="527">
       <c r="A527" s="4" t="n">
-        <v>7439</v>
+        <v>3831</v>
       </c>
       <c r="B527" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C527" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Roman</t>
         </is>
       </c>
       <c r="D527" s="4" t="inlineStr">
         <is>
-          <t>Wermelinger</t>
+          <t>Weibel</t>
         </is>
       </c>
       <c r="E527" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F527" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G527" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G527" s="4"/>
     </row>
     <row r="528">
       <c r="A528" s="4" t="n">
-        <v>4813</v>
+        <v>3835</v>
       </c>
       <c r="B528" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C528" s="4" t="inlineStr">
         <is>
-          <t>Mercedes</t>
+          <t>Daniela</t>
         </is>
       </c>
       <c r="D528" s="4" t="inlineStr">
         <is>
-          <t>Widmer</t>
+          <t>Weingart</t>
         </is>
       </c>
       <c r="E528" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F528" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G528" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G528" s="4"/>
     </row>
     <row r="529">
       <c r="A529" s="4" t="n">
-        <v>3880</v>
+        <v>7439</v>
       </c>
       <c r="B529" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C529" s="4" t="inlineStr">
         <is>
-          <t>Nellie</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D529" s="4" t="inlineStr">
         <is>
-          <t>Wirz</t>
+          <t>Wermelinger</t>
         </is>
       </c>
       <c r="E529" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F529" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G529" s="4"/>
+      <c r="G529" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="530">
       <c r="A530" s="4" t="n">
-        <v>3919</v>
+        <v>4813</v>
       </c>
       <c r="B530" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C530" s="4" t="inlineStr">
         <is>
-          <t>Jacqueline</t>
+          <t>Mercedes</t>
         </is>
       </c>
       <c r="D530" s="4" t="inlineStr">
         <is>
-          <t>Wyss</t>
+          <t>Widmer</t>
         </is>
       </c>
       <c r="E530" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F530" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G530" s="4"/>
+      <c r="G530" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="531">
       <c r="A531" s="4" t="n">
-        <v>4853</v>
+        <v>3880</v>
       </c>
       <c r="B531" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C531" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Nellie</t>
         </is>
       </c>
       <c r="D531" s="4" t="inlineStr">
         <is>
-          <t>Zanolari</t>
+          <t>Wirz</t>
         </is>
       </c>
       <c r="E531" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F531" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G531" s="4"/>
     </row>
     <row r="532">
       <c r="A532" s="4" t="n">
-        <v>3936</v>
+        <v>3919</v>
       </c>
       <c r="B532" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C532" s="4" t="inlineStr">
         <is>
-          <t>Stefanie</t>
+          <t>Jacqueline</t>
         </is>
       </c>
       <c r="D532" s="4" t="inlineStr">
         <is>
-          <t>Zanolari</t>
+          <t>Wyss</t>
         </is>
       </c>
       <c r="E532" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F532" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G532" s="4"/>
     </row>
     <row r="533">
       <c r="A533" s="4" t="n">
-        <v>7417</v>
+        <v>3936</v>
       </c>
       <c r="B533" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C533" s="4" t="inlineStr">
         <is>
-          <t>Lara</t>
+          <t>Stefanie</t>
         </is>
       </c>
       <c r="D533" s="4" t="inlineStr">
         <is>
-          <t>Zbinden</t>
+          <t>Zanolari</t>
         </is>
       </c>
       <c r="E533" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F533" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G533" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G533" s="4"/>
     </row>
     <row r="534">
       <c r="A534" s="4" t="n">
-        <v>7416</v>
+        <v>4853</v>
       </c>
       <c r="B534" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C534" s="4" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D534" s="4" t="inlineStr">
         <is>
-          <t>Zbinden</t>
+          <t>Zanolari</t>
         </is>
       </c>
       <c r="E534" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F534" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G534" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G534" s="4"/>
     </row>
     <row r="535">
       <c r="A535" s="4" t="n">
-        <v>5158</v>
+        <v>7416</v>
       </c>
       <c r="B535" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C535" s="4" t="inlineStr">
         <is>
-          <t>Ludwig</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="D535" s="4" t="inlineStr">
         <is>
-          <t>Zeller</t>
+          <t>Zbinden</t>
         </is>
       </c>
       <c r="E535" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F535" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G535" s="4" t="inlineStr">
         <is>
-          <t>Japan Karate Shoto Federation Switzerland</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="4" t="n">
-        <v>4871</v>
+        <v>7417</v>
       </c>
       <c r="B536" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C536" s="4" t="inlineStr">
         <is>
-          <t> Vanessa</t>
+          <t>Lara</t>
         </is>
       </c>
       <c r="D536" s="4" t="inlineStr">
         <is>
-          <t>Ziegler</t>
+          <t>Zbinden</t>
         </is>
       </c>
       <c r="E536" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F536" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G536" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="4" t="n">
-        <v>3964</v>
+        <v>5158</v>
       </c>
       <c r="B537" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C537" s="4" t="inlineStr">
         <is>
-          <t>Cornelia</t>
+          <t>Ludwig</t>
         </is>
       </c>
       <c r="D537" s="4" t="inlineStr">
         <is>
-          <t>Zimmermann</t>
+          <t>Zeller</t>
         </is>
       </c>
       <c r="E537" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F537" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G537" s="4"/>
+      <c r="G537" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="538">
       <c r="A538" s="4" t="n">
-        <v>3968</v>
+        <v>4871</v>
       </c>
       <c r="B538" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C538" s="4" t="inlineStr">
         <is>
-          <t>Robert</t>
+          <t> Vanessa</t>
         </is>
       </c>
       <c r="D538" s="4" t="inlineStr">
         <is>
-          <t>Zobec</t>
+          <t>Ziegler</t>
         </is>
       </c>
       <c r="E538" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F538" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G538" s="4"/>
+      <c r="G538" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="539">
       <c r="A539" s="4" t="n">
-        <v>3977</v>
+        <v>3964</v>
       </c>
       <c r="B539" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C539" s="4" t="inlineStr">
         <is>
-          <t>Shalin Lya</t>
+          <t>Cornelia</t>
         </is>
       </c>
       <c r="D539" s="4" t="inlineStr">
         <is>
-          <t>Zulauf</t>
+          <t>Zimmermann</t>
         </is>
       </c>
       <c r="E539" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F539" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G539" s="4"/>
     </row>
     <row r="540">
       <c r="A540" s="4" t="n">
+        <v>3968</v>
+      </c>
+      <c r="B540" s="4" t="n">
         <v>2</v>
       </c>
-      <c r="B540" s="4" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="C540" s="4" t="inlineStr">
         <is>
-          <t>Hisa</t>
+          <t>Robert</t>
         </is>
       </c>
       <c r="D540" s="4" t="inlineStr">
         <is>
-          <t>Abduramani</t>
+          <t>Zobec</t>
         </is>
       </c>
       <c r="E540" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F540" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G540" s="4"/>
     </row>
     <row r="541">
       <c r="A541" s="4" t="n">
-        <v>5526</v>
+        <v>3977</v>
       </c>
       <c r="B541" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C541" s="4" t="inlineStr">
         <is>
-          <t>Tim</t>
+          <t>Shalin Lya</t>
         </is>
       </c>
       <c r="D541" s="4" t="inlineStr">
         <is>
-          <t>Abel</t>
+          <t>Zulauf</t>
         </is>
       </c>
       <c r="E541" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F541" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G541" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G541" s="4"/>
     </row>
     <row r="542">
       <c r="A542" s="4" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B542" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C542" s="4" t="inlineStr">
         <is>
-          <t>Amor</t>
+          <t>Hisa</t>
         </is>
       </c>
       <c r="D542" s="4" t="inlineStr">
         <is>
-          <t>Abid</t>
+          <t>Abduramani</t>
         </is>
       </c>
       <c r="E542" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F542" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G542" s="4"/>
     </row>
     <row r="543">
       <c r="A543" s="4" t="n">
-        <v>7557</v>
+        <v>5526</v>
       </c>
       <c r="B543" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C543" s="4" t="inlineStr">
         <is>
-          <t>Alya</t>
+          <t>Tim</t>
         </is>
       </c>
       <c r="D543" s="4" t="inlineStr">
         <is>
-          <t>Abidi</t>
+          <t>Abel</t>
         </is>
       </c>
       <c r="E543" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F543" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G543" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="4" t="n">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="B544" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C544" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Amor</t>
         </is>
       </c>
       <c r="D544" s="4" t="inlineStr">
         <is>
-          <t>Adlun</t>
+          <t>Abid</t>
         </is>
       </c>
       <c r="E544" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F544" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G544" s="4"/>
     </row>
     <row r="545">
       <c r="A545" s="4" t="n">
-        <v>20</v>
+        <v>7557</v>
       </c>
       <c r="B545" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C545" s="4" t="inlineStr">
         <is>
-          <t>Sina</t>
+          <t>Alya</t>
         </is>
       </c>
       <c r="D545" s="4" t="inlineStr">
         <is>
-          <t>Aebi</t>
+          <t>Abidi</t>
         </is>
       </c>
       <c r="E545" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F545" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G545" s="4"/>
+      <c r="G545" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="546">
       <c r="A546" s="4" t="n">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="B546" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C546" s="4" t="inlineStr">
         <is>
-          <t>Renate</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D546" s="4" t="inlineStr">
         <is>
-          <t>Aeschbacher</t>
+          <t>Adlun</t>
         </is>
       </c>
       <c r="E546" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F546" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G546" s="4"/>
     </row>
     <row r="547">
       <c r="A547" s="4" t="n">
-        <v>5337</v>
+        <v>20</v>
       </c>
       <c r="B547" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C547" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Sina</t>
         </is>
       </c>
       <c r="D547" s="4" t="inlineStr">
         <is>
-          <t>Aeschbacher</t>
+          <t>Aebi</t>
         </is>
       </c>
       <c r="E547" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F547" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G547" s="4"/>
     </row>
     <row r="548">
       <c r="A548" s="4" t="n">
-        <v>30</v>
+        <v>5337</v>
       </c>
       <c r="B548" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C548" s="4" t="inlineStr">
         <is>
-          <t>Kai</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D548" s="4" t="inlineStr">
         <is>
-          <t>Aeschlimann</t>
+          <t>Aeschbacher</t>
         </is>
       </c>
       <c r="E548" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F548" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G548" s="4"/>
     </row>
     <row r="549">
       <c r="A549" s="4" t="n">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="B549" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C549" s="4" t="inlineStr">
         <is>
-          <t>Anthony</t>
+          <t>Renate</t>
         </is>
       </c>
       <c r="D549" s="4" t="inlineStr">
         <is>
-          <t>Alcantara</t>
+          <t>Aeschbacher</t>
         </is>
       </c>
       <c r="E549" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F549" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G549" s="4"/>
     </row>
     <row r="550">
       <c r="A550" s="4" t="n">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="B550" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C550" s="4" t="inlineStr">
         <is>
-          <t>Bernard</t>
+          <t>Kai</t>
         </is>
       </c>
       <c r="D550" s="4" t="inlineStr">
         <is>
-          <t>Alcantara</t>
+          <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E550" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F550" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G550" s="4"/>
     </row>
     <row r="551">
       <c r="A551" s="4" t="n">
-        <v>6901</v>
+        <v>54</v>
       </c>
       <c r="B551" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C551" s="4" t="inlineStr">
         <is>
-          <t>Elia</t>
+          <t>Anthony</t>
         </is>
       </c>
       <c r="D551" s="4" t="inlineStr">
         <is>
-          <t>Allemann</t>
+          <t>Alcantara</t>
         </is>
       </c>
       <c r="E551" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F551" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G551" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G551" s="4"/>
     </row>
     <row r="552">
       <c r="A552" s="4" t="n">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="B552" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C552" s="4" t="inlineStr">
         <is>
-          <t>Alexander</t>
+          <t>Bernard</t>
         </is>
       </c>
       <c r="D552" s="4" t="inlineStr">
         <is>
-          <t>Allemann</t>
+          <t>Alcantara</t>
         </is>
       </c>
       <c r="E552" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F552" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G552" s="4"/>
     </row>
     <row r="553">
       <c r="A553" s="4" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B553" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C553" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Alexander</t>
         </is>
       </c>
       <c r="D553" s="4" t="inlineStr">
         <is>
           <t>Allemann</t>
         </is>
       </c>
       <c r="E553" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F553" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G553" s="4"/>
     </row>
     <row r="554">
       <c r="A554" s="4" t="n">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B554" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C554" s="4" t="inlineStr">
         <is>
-          <t>Christopher</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D554" s="4" t="inlineStr">
         <is>
           <t>Allemann</t>
         </is>
       </c>
       <c r="E554" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F554" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G554" s="4"/>
     </row>
     <row r="555">
       <c r="A555" s="4" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B555" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C555" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Christopher</t>
         </is>
       </c>
       <c r="D555" s="4" t="inlineStr">
         <is>
           <t>Allemann</t>
         </is>
       </c>
       <c r="E555" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F555" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G555" s="4"/>
     </row>
     <row r="556">
       <c r="A556" s="4" t="n">
-        <v>6868</v>
+        <v>65</v>
       </c>
       <c r="B556" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C556" s="4" t="inlineStr">
         <is>
           <t>Patrick</t>
         </is>
       </c>
       <c r="D556" s="4" t="inlineStr">
         <is>
-          <t>Althaus</t>
+          <t>Allemann</t>
         </is>
       </c>
       <c r="E556" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F556" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G556" s="4"/>
     </row>
     <row r="557">
       <c r="A557" s="4" t="n">
-        <v>72</v>
+        <v>6901</v>
       </c>
       <c r="B557" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C557" s="4" t="inlineStr">
         <is>
-          <t>Nadine</t>
+          <t>Elia</t>
         </is>
       </c>
       <c r="D557" s="4" t="inlineStr">
         <is>
-          <t>Amacher</t>
+          <t>Allemann</t>
         </is>
       </c>
       <c r="E557" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F557" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G557" s="4"/>
+      <c r="G557" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="558">
       <c r="A558" s="4" t="n">
-        <v>4877</v>
+        <v>6868</v>
       </c>
       <c r="B558" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C558" s="4" t="inlineStr">
         <is>
-          <t> Martim</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D558" s="4" t="inlineStr">
         <is>
-          <t>Amaro</t>
+          <t>Althaus</t>
         </is>
       </c>
       <c r="E558" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F558" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G558" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G558" s="4"/>
     </row>
     <row r="559">
       <c r="A559" s="4" t="n">
-        <v>4858</v>
+        <v>72</v>
       </c>
       <c r="B559" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C559" s="4" t="inlineStr">
         <is>
-          <t>Stefania</t>
+          <t>Nadine</t>
         </is>
       </c>
       <c r="D559" s="4" t="inlineStr">
         <is>
-          <t>Amato-Maltese</t>
+          <t>Amacher</t>
         </is>
       </c>
       <c r="E559" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F559" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G559" s="4"/>
     </row>
     <row r="560">
       <c r="A560" s="4" t="n">
-        <v>83</v>
+        <v>4877</v>
       </c>
       <c r="B560" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C560" s="4" t="inlineStr">
         <is>
-          <t>Durim</t>
+          <t> Martim</t>
         </is>
       </c>
       <c r="D560" s="4" t="inlineStr">
         <is>
-          <t>Amiti</t>
+          <t>Amaro</t>
         </is>
       </c>
       <c r="E560" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F560" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G560" s="4"/>
+      <c r="G560" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="561">
       <c r="A561" s="4" t="n">
-        <v>90</v>
+        <v>4858</v>
       </c>
       <c r="B561" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C561" s="4" t="inlineStr">
         <is>
-          <t>Pirmin</t>
+          <t>Stefania</t>
         </is>
       </c>
       <c r="D561" s="4" t="inlineStr">
         <is>
-          <t>Amrein</t>
+          <t>Amato-Maltese</t>
         </is>
       </c>
       <c r="E561" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F561" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G561" s="4"/>
     </row>
     <row r="562">
       <c r="A562" s="4" t="n">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="B562" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C562" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Durim</t>
         </is>
       </c>
       <c r="D562" s="4" t="inlineStr">
         <is>
-          <t>Amstutz</t>
+          <t>Amiti</t>
         </is>
       </c>
       <c r="E562" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F562" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G562" s="4"/>
     </row>
     <row r="563">
       <c r="A563" s="4" t="n">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B563" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C563" s="4" t="inlineStr">
         <is>
-          <t>Quirin</t>
+          <t>Pirmin</t>
         </is>
       </c>
       <c r="D563" s="4" t="inlineStr">
         <is>
-          <t>Amstutz</t>
+          <t>Amrein</t>
         </is>
       </c>
       <c r="E563" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F563" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G563" s="4"/>
     </row>
     <row r="564">
       <c r="A564" s="4" t="n">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="B564" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C564" s="4" t="inlineStr">
         <is>
-          <t>Dave</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D564" s="4" t="inlineStr">
         <is>
-          <t>Andres</t>
+          <t>Amstutz</t>
         </is>
       </c>
       <c r="E564" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F564" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G564" s="4"/>
     </row>
     <row r="565">
       <c r="A565" s="4" t="n">
-        <v>7543</v>
+        <v>93</v>
       </c>
       <c r="B565" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C565" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Quirin</t>
         </is>
       </c>
       <c r="D565" s="4" t="inlineStr">
         <is>
-          <t>Ansaldo</t>
+          <t>Amstutz</t>
         </is>
       </c>
       <c r="E565" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F565" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G565" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G565" s="4"/>
     </row>
     <row r="566">
       <c r="A566" s="4" t="n">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="B566" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C566" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Dave</t>
         </is>
       </c>
       <c r="D566" s="4" t="inlineStr">
         <is>
-          <t>Aplanalp</t>
+          <t>Andres</t>
         </is>
       </c>
       <c r="E566" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F566" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G566" s="4"/>
     </row>
     <row r="567">
       <c r="A567" s="4" t="n">
-        <v>4068</v>
+        <v>7543</v>
       </c>
       <c r="B567" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C567" s="4" t="inlineStr">
         <is>
-          <t>Silvio</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D567" s="4" t="inlineStr">
         <is>
-          <t>Apostolo</t>
+          <t>Ansaldo</t>
         </is>
       </c>
       <c r="E567" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F567" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G567" s="4"/>
+      <c r="G567" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="568">
       <c r="A568" s="4" t="n">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="B568" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C568" s="4" t="inlineStr">
         <is>
-          <t>Emilia</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D568" s="4" t="inlineStr">
         <is>
-          <t>Astorina</t>
+          <t>Aplanalp</t>
         </is>
       </c>
       <c r="E568" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F568" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G568" s="4"/>
     </row>
     <row r="569">
       <c r="A569" s="4" t="n">
-        <v>146</v>
+        <v>4068</v>
       </c>
       <c r="B569" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C569" s="4" t="inlineStr">
         <is>
-          <t>Fabio</t>
+          <t>Silvio</t>
         </is>
       </c>
       <c r="D569" s="4" t="inlineStr">
         <is>
-          <t>Astorina</t>
+          <t>Apostolo</t>
         </is>
       </c>
       <c r="E569" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F569" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G569" s="4"/>
     </row>
     <row r="570">
       <c r="A570" s="4" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B570" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C570" s="4" t="inlineStr">
         <is>
-          <t>Andres</t>
+          <t>Fabio</t>
         </is>
       </c>
       <c r="D570" s="4" t="inlineStr">
         <is>
-          <t>Asuncion</t>
+          <t>Astorina</t>
         </is>
       </c>
       <c r="E570" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F570" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G570" s="4"/>
     </row>
     <row r="571">
       <c r="A571" s="4" t="n">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B571" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C571" s="4" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Emilia</t>
         </is>
       </c>
       <c r="D571" s="4" t="inlineStr">
         <is>
-          <t>Atanasovski</t>
+          <t>Astorina</t>
         </is>
       </c>
       <c r="E571" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F571" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G571" s="4"/>
     </row>
     <row r="572">
       <c r="A572" s="4" t="n">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B572" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C572" s="4" t="inlineStr">
         <is>
-          <t>Tose</t>
+          <t>Andres</t>
         </is>
       </c>
       <c r="D572" s="4" t="inlineStr">
         <is>
-          <t>Atanasovski</t>
+          <t>Asuncion</t>
         </is>
       </c>
       <c r="E572" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F572" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G572" s="4"/>
     </row>
     <row r="573">
       <c r="A573" s="4" t="n">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="B573" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C573" s="4" t="inlineStr">
         <is>
-          <t>Deniz</t>
+          <t>Tose</t>
         </is>
       </c>
       <c r="D573" s="4" t="inlineStr">
         <is>
-          <t>Aykac</t>
+          <t>Atanasovski</t>
         </is>
       </c>
       <c r="E573" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F573" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G573" s="4"/>
     </row>
     <row r="574">
       <c r="A574" s="4" t="n">
-        <v>164</v>
+        <v>148</v>
       </c>
       <c r="B574" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C574" s="4" t="inlineStr">
         <is>
-          <t>Salim</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="D574" s="4" t="inlineStr">
         <is>
-          <t>Azzouz</t>
+          <t>Atanasovski</t>
         </is>
       </c>
       <c r="E574" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F574" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G574" s="4"/>
     </row>
     <row r="575">
       <c r="A575" s="4" t="n">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="B575" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C575" s="4" t="inlineStr">
         <is>
-          <t>Livia</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="D575" s="4" t="inlineStr">
         <is>
-          <t>Bacher</t>
+          <t>Aykac</t>
         </is>
       </c>
       <c r="E575" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F575" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G575" s="4"/>
     </row>
     <row r="576">
       <c r="A576" s="4" t="n">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="B576" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C576" s="4" t="inlineStr">
         <is>
-          <t>Käthi</t>
+          <t>Salim</t>
         </is>
       </c>
       <c r="D576" s="4" t="inlineStr">
         <is>
-          <t>Bachmann</t>
+          <t>Azzouz</t>
         </is>
       </c>
       <c r="E576" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F576" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G576" s="4"/>
     </row>
     <row r="577">
       <c r="A577" s="4" t="n">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="B577" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C577" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Livia</t>
         </is>
       </c>
       <c r="D577" s="4" t="inlineStr">
         <is>
-          <t>Bachmann</t>
+          <t>Bacher</t>
         </is>
       </c>
       <c r="E577" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F577" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G577" s="4"/>
     </row>
     <row r="578">
       <c r="A578" s="4" t="n">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B578" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C578" s="4" t="inlineStr">
         <is>
-          <t>Paul</t>
+          <t>Käthi</t>
         </is>
       </c>
       <c r="D578" s="4" t="inlineStr">
         <is>
           <t>Bachmann</t>
         </is>
       </c>
       <c r="E578" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F578" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G578" s="4"/>
     </row>
     <row r="579">
       <c r="A579" s="4" t="n">
         <v>178</v>
       </c>
       <c r="B579" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C579" s="4" t="inlineStr">
         <is>
           <t>Michèle</t>
         </is>
       </c>
       <c r="D579" s="4" t="inlineStr">
         <is>
           <t>Bachmann</t>
         </is>
       </c>
       <c r="E579" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F579" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G579" s="4"/>
     </row>
     <row r="580">
       <c r="A580" s="4" t="n">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B580" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C580" s="4" t="inlineStr">
         <is>
-          <t>Monika</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D580" s="4" t="inlineStr">
         <is>
-          <t>Badertscher</t>
+          <t>Bachmann</t>
         </is>
       </c>
       <c r="E580" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F580" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G580" s="4"/>
     </row>
     <row r="581">
       <c r="A581" s="4" t="n">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="B581" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C581" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Paul</t>
         </is>
       </c>
       <c r="D581" s="4" t="inlineStr">
         <is>
-          <t>Baechli</t>
+          <t>Bachmann</t>
         </is>
       </c>
       <c r="E581" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F581" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G581" s="4"/>
     </row>
     <row r="582">
       <c r="A582" s="4" t="n">
-        <v>203</v>
+        <v>185</v>
       </c>
       <c r="B582" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C582" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Monika</t>
         </is>
       </c>
       <c r="D582" s="4" t="inlineStr">
         <is>
-          <t>Balmer</t>
+          <t>Badertscher</t>
         </is>
       </c>
       <c r="E582" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F582" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G582" s="4"/>
     </row>
     <row r="583">
       <c r="A583" s="4" t="n">
-        <v>201</v>
+        <v>187</v>
       </c>
       <c r="B583" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C583" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D583" s="4" t="inlineStr">
         <is>
-          <t>Balmer</t>
+          <t>Baechli</t>
         </is>
       </c>
       <c r="E583" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F583" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G583" s="4"/>
     </row>
     <row r="584">
       <c r="A584" s="4" t="n">
-        <v>6033</v>
+        <v>201</v>
       </c>
       <c r="B584" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C584" s="4" t="inlineStr">
         <is>
-          <t>Shana</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D584" s="4" t="inlineStr">
         <is>
-          <t>Balsiger</t>
+          <t>Balmer</t>
         </is>
       </c>
       <c r="E584" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F584" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G584" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G584" s="4"/>
     </row>
     <row r="585">
       <c r="A585" s="4" t="n">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B585" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C585" s="4" t="inlineStr">
         <is>
-          <t>Yuki</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="D585" s="4" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Balmer</t>
         </is>
       </c>
       <c r="E585" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F585" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G585" s="4"/>
     </row>
     <row r="586">
       <c r="A586" s="4" t="n">
-        <v>6258</v>
+        <v>6033</v>
       </c>
       <c r="B586" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C586" s="4" t="inlineStr">
         <is>
-          <t>Amélie</t>
+          <t>Shana</t>
         </is>
       </c>
       <c r="D586" s="4" t="inlineStr">
         <is>
-          <t>Bapst</t>
+          <t>Balsiger</t>
         </is>
       </c>
       <c r="E586" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F586" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G586" s="4"/>
+      <c r="G586" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="587">
       <c r="A587" s="4" t="n">
-        <v>6257</v>
+        <v>204</v>
       </c>
       <c r="B587" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C587" s="4" t="inlineStr">
         <is>
-          <t>Sophie</t>
+          <t>Yuki</t>
         </is>
       </c>
       <c r="D587" s="4" t="inlineStr">
         <is>
-          <t>Bapst</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="E587" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F587" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G587" s="4"/>
     </row>
     <row r="588">
       <c r="A588" s="4" t="n">
-        <v>215</v>
+        <v>6258</v>
       </c>
       <c r="B588" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C588" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Amélie</t>
         </is>
       </c>
       <c r="D588" s="4" t="inlineStr">
         <is>
-          <t>Barbagallo</t>
+          <t>Bapst</t>
         </is>
       </c>
       <c r="E588" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F588" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G588" s="4"/>
     </row>
     <row r="589">
       <c r="A589" s="4" t="n">
-        <v>218</v>
+        <v>6257</v>
       </c>
       <c r="B589" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C589" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Sophie</t>
         </is>
       </c>
       <c r="D589" s="4" t="inlineStr">
         <is>
-          <t>Barbosa</t>
+          <t>Bapst</t>
         </is>
       </c>
       <c r="E589" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F589" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G589" s="4"/>
     </row>
     <row r="590">
       <c r="A590" s="4" t="n">
-        <v>6285</v>
+        <v>215</v>
       </c>
       <c r="B590" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C590" s="4" t="inlineStr">
         <is>
-          <t>Frederick</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D590" s="4" t="inlineStr">
         <is>
-          <t>Barker</t>
+          <t>Barbagallo</t>
         </is>
       </c>
       <c r="E590" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F590" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G590" s="4"/>
     </row>
     <row r="591">
       <c r="A591" s="4" t="n">
-        <v>7424</v>
+        <v>218</v>
       </c>
       <c r="B591" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C591" s="4" t="inlineStr">
         <is>
-          <t>Fredrick</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D591" s="4" t="inlineStr">
         <is>
-          <t>Barker</t>
+          <t>Barbosa</t>
         </is>
       </c>
       <c r="E591" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F591" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G591" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G591" s="4"/>
     </row>
     <row r="592">
       <c r="A592" s="4" t="n">
-        <v>221</v>
+        <v>7424</v>
       </c>
       <c r="B592" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C592" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Fredrick</t>
         </is>
       </c>
       <c r="D592" s="4" t="inlineStr">
         <is>
-          <t>Baroffo</t>
+          <t>Barker</t>
         </is>
       </c>
       <c r="E592" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F592" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G592" s="4"/>
+      <c r="G592" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="593">
       <c r="A593" s="4" t="n">
-        <v>225</v>
+        <v>6285</v>
       </c>
       <c r="B593" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C593" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Frederick</t>
         </is>
       </c>
       <c r="D593" s="4" t="inlineStr">
         <is>
-          <t>Barti</t>
+          <t>Barker</t>
         </is>
       </c>
       <c r="E593" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F593" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G593" s="4"/>
     </row>
     <row r="594">
       <c r="A594" s="4" t="n">
-        <v>239</v>
+        <v>221</v>
       </c>
       <c r="B594" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C594" s="4" t="inlineStr">
         <is>
-          <t>Yves</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D594" s="4" t="inlineStr">
         <is>
-          <t>Bättig</t>
+          <t>Baroffo</t>
         </is>
       </c>
       <c r="E594" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F594" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G594" s="4"/>
     </row>
     <row r="595">
       <c r="A595" s="4" t="n">
-        <v>6683</v>
+        <v>225</v>
       </c>
       <c r="B595" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C595" s="4" t="inlineStr">
         <is>
-          <t>Flurin</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D595" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Barti</t>
         </is>
       </c>
       <c r="E595" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F595" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G595" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G595" s="4"/>
     </row>
     <row r="596">
       <c r="A596" s="4" t="n">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="B596" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C596" s="4" t="inlineStr">
         <is>
-          <t>Iren</t>
+          <t>Yves</t>
         </is>
       </c>
       <c r="D596" s="4" t="inlineStr">
         <is>
-          <t>Baumann</t>
+          <t>Bättig</t>
         </is>
       </c>
       <c r="E596" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F596" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G596" s="4"/>
     </row>
     <row r="597">
       <c r="A597" s="4" t="n">
-        <v>7495</v>
+        <v>249</v>
       </c>
       <c r="B597" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C597" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Iren</t>
         </is>
       </c>
       <c r="D597" s="4" t="inlineStr">
         <is>
-          <t>Baumgartner</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E597" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F597" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G597" s="4"/>
     </row>
     <row r="598">
       <c r="A598" s="4" t="n">
-        <v>268</v>
+        <v>6683</v>
       </c>
       <c r="B598" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C598" s="4" t="inlineStr">
         <is>
-          <t>Marvin</t>
+          <t>Flurin</t>
         </is>
       </c>
       <c r="D598" s="4" t="inlineStr">
         <is>
-          <t>Baur</t>
+          <t>Baumann</t>
         </is>
       </c>
       <c r="E598" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F598" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G598" s="4"/>
+      <c r="G598" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="599">
       <c r="A599" s="4" t="n">
-        <v>267</v>
+        <v>7495</v>
       </c>
       <c r="B599" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C599" s="4" t="inlineStr">
         <is>
-          <t>Maria</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D599" s="4" t="inlineStr">
         <is>
-          <t>Baur</t>
+          <t>Baumgartner</t>
         </is>
       </c>
       <c r="E599" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F599" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G599" s="4"/>
     </row>
     <row r="600">
       <c r="A600" s="4" t="n">
-        <v>5525</v>
+        <v>268</v>
       </c>
       <c r="B600" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C600" s="4" t="inlineStr">
         <is>
-          <t>Jerôme</t>
+          <t>Marvin</t>
         </is>
       </c>
       <c r="D600" s="4" t="inlineStr">
         <is>
-          <t>Bay</t>
+          <t>Baur</t>
         </is>
       </c>
       <c r="E600" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F600" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G600" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G600" s="4"/>
     </row>
     <row r="601">
       <c r="A601" s="4" t="n">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="B601" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C601" s="4" t="inlineStr">
         <is>
-          <t>Selina</t>
+          <t>Maria</t>
         </is>
       </c>
       <c r="D601" s="4" t="inlineStr">
         <is>
-          <t>Becker</t>
+          <t>Baur</t>
         </is>
       </c>
       <c r="E601" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F601" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G601" s="4"/>
     </row>
     <row r="602">
       <c r="A602" s="4" t="n">
-        <v>274</v>
+        <v>5525</v>
       </c>
       <c r="B602" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C602" s="4" t="inlineStr">
         <is>
-          <t>Christel</t>
+          <t>Jerôme</t>
         </is>
       </c>
       <c r="D602" s="4" t="inlineStr">
         <is>
-          <t>Becker</t>
+          <t>Bay</t>
         </is>
       </c>
       <c r="E602" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F602" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G602" s="4"/>
+      <c r="G602" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="603">
       <c r="A603" s="4" t="n">
-        <v>4063</v>
+        <v>276</v>
       </c>
       <c r="B603" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C603" s="4" t="inlineStr">
         <is>
-          <t>Maurizio</t>
+          <t>Selina</t>
         </is>
       </c>
       <c r="D603" s="4" t="inlineStr">
         <is>
-          <t>Begani</t>
+          <t>Becker</t>
         </is>
       </c>
       <c r="E603" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F603" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G603" s="4"/>
     </row>
     <row r="604">
       <c r="A604" s="4" t="n">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="B604" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C604" s="4" t="inlineStr">
         <is>
-          <t>Fatmir</t>
+          <t>Christel</t>
         </is>
       </c>
       <c r="D604" s="4" t="inlineStr">
         <is>
-          <t>Behluli</t>
+          <t>Becker</t>
         </is>
       </c>
       <c r="E604" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F604" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G604" s="4"/>
     </row>
     <row r="605">
       <c r="A605" s="4" t="n">
-        <v>279</v>
+        <v>4063</v>
       </c>
       <c r="B605" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C605" s="4" t="inlineStr">
         <is>
-          <t>Enver</t>
+          <t>Maurizio</t>
         </is>
       </c>
       <c r="D605" s="4" t="inlineStr">
         <is>
-          <t>Behluli</t>
+          <t>Begani</t>
         </is>
       </c>
       <c r="E605" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F605" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G605" s="4"/>
     </row>
     <row r="606">
       <c r="A606" s="4" t="n">
-        <v>7399</v>
+        <v>279</v>
       </c>
       <c r="B606" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C606" s="4" t="inlineStr">
         <is>
-          <t>Elias Roland</t>
+          <t>Enver</t>
         </is>
       </c>
       <c r="D606" s="4" t="inlineStr">
         <is>
-          <t>Berge</t>
+          <t>Behluli</t>
         </is>
       </c>
       <c r="E606" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F606" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G606" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G606" s="4"/>
     </row>
     <row r="607">
       <c r="A607" s="4" t="n">
-        <v>303</v>
+        <v>280</v>
       </c>
       <c r="B607" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C607" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Fatmir</t>
         </is>
       </c>
       <c r="D607" s="4" t="inlineStr">
         <is>
-          <t>Berger</t>
+          <t>Behluli</t>
         </is>
       </c>
       <c r="E607" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F607" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G607" s="4"/>
     </row>
     <row r="608">
       <c r="A608" s="4" t="n">
-        <v>307</v>
+        <v>7399</v>
       </c>
       <c r="B608" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C608" s="4" t="inlineStr">
         <is>
-          <t>Monika</t>
+          <t>Elias Roland</t>
         </is>
       </c>
       <c r="D608" s="4" t="inlineStr">
         <is>
-          <t>Bergmann</t>
+          <t>Berge</t>
         </is>
       </c>
       <c r="E608" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F608" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G608" s="4"/>
+      <c r="G608" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="609">
       <c r="A609" s="4" t="n">
-        <v>315</v>
+        <v>303</v>
       </c>
       <c r="B609" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C609" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D609" s="4" t="inlineStr">
         <is>
-          <t>Bernegger</t>
+          <t>Berger</t>
         </is>
       </c>
       <c r="E609" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F609" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G609" s="4"/>
     </row>
     <row r="610">
       <c r="A610" s="4" t="n">
-        <v>4207</v>
+        <v>307</v>
       </c>
       <c r="B610" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C610" s="4" t="inlineStr">
         <is>
-          <t>Benoit</t>
+          <t>Monika</t>
         </is>
       </c>
       <c r="D610" s="4" t="inlineStr">
         <is>
-          <t>Berset</t>
+          <t>Bergmann</t>
         </is>
       </c>
       <c r="E610" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F610" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G610" s="4"/>
     </row>
     <row r="611">
       <c r="A611" s="4" t="n">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="B611" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C611" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D611" s="4" t="inlineStr">
         <is>
-          <t>Bertolino</t>
+          <t>Bernegger</t>
         </is>
       </c>
       <c r="E611" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F611" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G611" s="4"/>
     </row>
     <row r="612">
       <c r="A612" s="4" t="n">
-        <v>324</v>
+        <v>4207</v>
       </c>
       <c r="B612" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C612" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Benoit</t>
         </is>
       </c>
       <c r="D612" s="4" t="inlineStr">
         <is>
-          <t>Bertolino</t>
+          <t>Berset</t>
         </is>
       </c>
       <c r="E612" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F612" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G612" s="4"/>
     </row>
     <row r="613">
       <c r="A613" s="4" t="n">
         <v>321</v>
       </c>
       <c r="B613" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C613" s="4" t="inlineStr">
         <is>
           <t>Angela</t>
         </is>
       </c>
       <c r="D613" s="4" t="inlineStr">
         <is>
           <t>Bertolino</t>
         </is>
       </c>
       <c r="E613" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F613" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G613" s="4"/>
     </row>
     <row r="614">
       <c r="A614" s="4" t="n">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="B614" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C614" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D614" s="4" t="inlineStr">
         <is>
-          <t>Besmer</t>
+          <t>Bertolino</t>
         </is>
       </c>
       <c r="E614" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F614" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G614" s="4"/>
     </row>
     <row r="615">
       <c r="A615" s="4" t="n">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="B615" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C615" s="4" t="inlineStr">
         <is>
-          <t>Esther</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D615" s="4" t="inlineStr">
         <is>
-          <t>Beutler</t>
+          <t>Bertolino</t>
         </is>
       </c>
       <c r="E615" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F615" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G615" s="4"/>
     </row>
     <row r="616">
       <c r="A616" s="4" t="n">
-        <v>4613</v>
+        <v>330</v>
       </c>
       <c r="B616" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C616" s="4" t="inlineStr">
         <is>
-          <t>Iris</t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D616" s="4" t="inlineStr">
         <is>
-          <t>Beyeler</t>
+          <t>Besmer</t>
         </is>
       </c>
       <c r="E616" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F616" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G616" s="4"/>
     </row>
     <row r="617">
       <c r="A617" s="4" t="n">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="B617" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C617" s="4" t="inlineStr">
         <is>
-          <t>Jorina</t>
+          <t>Esther</t>
         </is>
       </c>
       <c r="D617" s="4" t="inlineStr">
         <is>
-          <t>Bianchetti</t>
+          <t>Beutler</t>
         </is>
       </c>
       <c r="E617" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F617" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G617" s="4"/>
     </row>
     <row r="618">
       <c r="A618" s="4" t="n">
-        <v>344</v>
+        <v>4613</v>
       </c>
       <c r="B618" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C618" s="4" t="inlineStr">
         <is>
-          <t>Milena</t>
+          <t>Iris</t>
         </is>
       </c>
       <c r="D618" s="4" t="inlineStr">
         <is>
-          <t>Bianchetti</t>
+          <t>Beyeler</t>
         </is>
       </c>
       <c r="E618" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F618" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G618" s="4"/>
     </row>
     <row r="619">
       <c r="A619" s="4" t="n">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B619" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C619" s="4" t="inlineStr">
         <is>
-          <t>Amanda</t>
+          <t>Milena</t>
         </is>
       </c>
       <c r="D619" s="4" t="inlineStr">
         <is>
           <t>Bianchetti</t>
         </is>
       </c>
       <c r="E619" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F619" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G619" s="4"/>
     </row>
     <row r="620">
       <c r="A620" s="4" t="n">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="B620" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C620" s="4" t="inlineStr">
         <is>
-          <t>Isabella</t>
+          <t>Amanda</t>
         </is>
       </c>
       <c r="D620" s="4" t="inlineStr">
         <is>
-          <t>Bianchi</t>
+          <t>Bianchetti</t>
         </is>
       </c>
       <c r="E620" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F620" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G620" s="4"/>
     </row>
     <row r="621">
       <c r="A621" s="4" t="n">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="B621" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C621" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Jorina</t>
         </is>
       </c>
       <c r="D621" s="4" t="inlineStr">
         <is>
-          <t>Bichsel</t>
+          <t>Bianchetti</t>
         </is>
       </c>
       <c r="E621" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F621" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G621" s="4"/>
     </row>
     <row r="622">
       <c r="A622" s="4" t="n">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="B622" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C622" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Isabella</t>
         </is>
       </c>
       <c r="D622" s="4" t="inlineStr">
         <is>
-          <t>Bielmann</t>
+          <t>Bianchi</t>
         </is>
       </c>
       <c r="E622" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F622" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G622" s="4"/>
     </row>
     <row r="623">
       <c r="A623" s="4" t="n">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="B623" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C623" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D623" s="4" t="inlineStr">
         <is>
-          <t>Bieri</t>
+          <t>Bichsel</t>
         </is>
       </c>
       <c r="E623" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F623" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G623" s="4"/>
     </row>
     <row r="624">
       <c r="A624" s="4" t="n">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B624" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C624" s="4" t="inlineStr">
         <is>
-          <t>Carmen</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D624" s="4" t="inlineStr">
         <is>
-          <t>Bieri</t>
+          <t>Bielmann</t>
         </is>
       </c>
       <c r="E624" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F624" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G624" s="4"/>
     </row>
     <row r="625">
       <c r="A625" s="4" t="n">
-        <v>377</v>
+        <v>354</v>
       </c>
       <c r="B625" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C625" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Carmen</t>
         </is>
       </c>
       <c r="D625" s="4" t="inlineStr">
         <is>
-          <t>Bischoff</t>
+          <t>Bieri</t>
         </is>
       </c>
       <c r="E625" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F625" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G625" s="4"/>
     </row>
     <row r="626">
       <c r="A626" s="4" t="n">
-        <v>395</v>
+        <v>355</v>
       </c>
       <c r="B626" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C626" s="4" t="inlineStr">
         <is>
-          <t>Simone</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D626" s="4" t="inlineStr">
         <is>
-          <t>Blaser</t>
+          <t>Bieri</t>
         </is>
       </c>
       <c r="E626" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F626" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G626" s="4"/>
     </row>
     <row r="627">
       <c r="A627" s="4" t="n">
-        <v>7405</v>
+        <v>377</v>
       </c>
       <c r="B627" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C627" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D627" s="4" t="inlineStr">
         <is>
-          <t>Blaser</t>
+          <t>Bischoff</t>
         </is>
       </c>
       <c r="E627" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F627" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G627" s="4"/>
     </row>
     <row r="628">
       <c r="A628" s="4" t="n">
-        <v>393</v>
+        <v>7405</v>
       </c>
       <c r="B628" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C628" s="4" t="inlineStr">
         <is>
-          <t>Monique</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D628" s="4" t="inlineStr">
         <is>
           <t>Blaser</t>
         </is>
       </c>
       <c r="E628" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F628" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G628" s="4"/>
     </row>
     <row r="629">
       <c r="A629" s="4" t="n">
-        <v>4612</v>
+        <v>393</v>
       </c>
       <c r="B629" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C629" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Monique</t>
         </is>
       </c>
       <c r="D629" s="4" t="inlineStr">
         <is>
-          <t>Blattmann</t>
+          <t>Blaser</t>
         </is>
       </c>
       <c r="E629" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F629" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G629" s="4"/>
     </row>
     <row r="630">
       <c r="A630" s="4" t="n">
-        <v>5679</v>
+        <v>395</v>
       </c>
       <c r="B630" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C630" s="4" t="inlineStr">
         <is>
-          <t>Arthur</t>
+          <t>Simone</t>
         </is>
       </c>
       <c r="D630" s="4" t="inlineStr">
         <is>
-          <t>Bollmann</t>
+          <t>Blaser</t>
         </is>
       </c>
       <c r="E630" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F630" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G630" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G630" s="4"/>
     </row>
     <row r="631">
       <c r="A631" s="4" t="n">
-        <v>5680</v>
+        <v>4612</v>
       </c>
       <c r="B631" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C631" s="4" t="inlineStr">
         <is>
-          <t>Camille</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D631" s="4" t="inlineStr">
         <is>
-          <t>Bollmann</t>
+          <t>Blattmann</t>
         </is>
       </c>
       <c r="E631" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F631" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G631" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G631" s="4"/>
     </row>
     <row r="632">
       <c r="A632" s="4" t="n">
-        <v>425</v>
+        <v>5680</v>
       </c>
       <c r="B632" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C632" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Camille</t>
         </is>
       </c>
       <c r="D632" s="4" t="inlineStr">
         <is>
-          <t>Bolton</t>
+          <t>Bollmann</t>
         </is>
       </c>
       <c r="E632" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F632" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G632" s="4"/>
+      <c r="G632" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="633">
       <c r="A633" s="4" t="n">
-        <v>426</v>
+        <v>5679</v>
       </c>
       <c r="B633" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C633" s="4" t="inlineStr">
         <is>
-          <t>Irène</t>
+          <t>Arthur</t>
         </is>
       </c>
       <c r="D633" s="4" t="inlineStr">
         <is>
-          <t>Boltshauser</t>
+          <t>Bollmann</t>
         </is>
       </c>
       <c r="E633" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F633" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G633" s="4"/>
+      <c r="G633" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="634">
       <c r="A634" s="4" t="n">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="B634" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C634" s="4" t="inlineStr">
         <is>
-          <t>Mark</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D634" s="4" t="inlineStr">
         <is>
-          <t>Boo</t>
+          <t>Bolton</t>
         </is>
       </c>
       <c r="E634" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F634" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G634" s="4"/>
     </row>
     <row r="635">
       <c r="A635" s="4" t="n">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="B635" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C635" s="4" t="inlineStr">
         <is>
-          <t>Robert</t>
+          <t>Irène</t>
         </is>
       </c>
       <c r="D635" s="4" t="inlineStr">
         <is>
-          <t>Boo</t>
+          <t>Boltshauser</t>
         </is>
       </c>
       <c r="E635" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F635" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G635" s="4"/>
     </row>
     <row r="636">
       <c r="A636" s="4" t="n">
-        <v>6268</v>
+        <v>430</v>
       </c>
       <c r="B636" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C636" s="4" t="inlineStr">
         <is>
-          <t>Nathanaël</t>
+          <t>Mark</t>
         </is>
       </c>
       <c r="D636" s="4" t="inlineStr">
         <is>
-          <t>Borcard</t>
+          <t>Boo</t>
         </is>
       </c>
       <c r="E636" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F636" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G636" s="4"/>
     </row>
     <row r="637">
       <c r="A637" s="4" t="n">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B637" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C637" s="4" t="inlineStr">
         <is>
-          <t>Gina</t>
+          <t>Robert</t>
         </is>
       </c>
       <c r="D637" s="4" t="inlineStr">
         <is>
-          <t>Bortot</t>
+          <t>Boo</t>
         </is>
       </c>
       <c r="E637" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F637" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G637" s="4"/>
     </row>
     <row r="638">
       <c r="A638" s="4" t="n">
-        <v>6284</v>
+        <v>6268</v>
       </c>
       <c r="B638" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C638" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Nathanaël</t>
         </is>
       </c>
       <c r="D638" s="4" t="inlineStr">
         <is>
-          <t>Bosch</t>
+          <t>Borcard</t>
         </is>
       </c>
       <c r="E638" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F638" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G638" s="4"/>
     </row>
     <row r="639">
       <c r="A639" s="4" t="n">
-        <v>6898</v>
+        <v>434</v>
       </c>
       <c r="B639" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C639" s="4" t="inlineStr">
         <is>
-          <t>Janis</t>
+          <t>Gina</t>
         </is>
       </c>
       <c r="D639" s="4" t="inlineStr">
         <is>
-          <t>Bösiger</t>
+          <t>Bortot</t>
         </is>
       </c>
       <c r="E639" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F639" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G639" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G639" s="4"/>
     </row>
     <row r="640">
       <c r="A640" s="4" t="n">
-        <v>441</v>
+        <v>6284</v>
       </c>
       <c r="B640" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C640" s="4" t="inlineStr">
         <is>
-          <t>Philippe</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D640" s="4" t="inlineStr">
         <is>
-          <t>Boss</t>
+          <t>Bosch</t>
         </is>
       </c>
       <c r="E640" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F640" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G640" s="4"/>
     </row>
     <row r="641">
       <c r="A641" s="4" t="n">
-        <v>6256</v>
+        <v>6898</v>
       </c>
       <c r="B641" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C641" s="4" t="inlineStr">
         <is>
-          <t>Lea Maria</t>
+          <t>Janis</t>
         </is>
       </c>
       <c r="D641" s="4" t="inlineStr">
         <is>
-          <t>Bosshard</t>
+          <t>Bösiger</t>
         </is>
       </c>
       <c r="E641" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F641" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G641" s="4"/>
+      <c r="G641" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="642">
       <c r="A642" s="4" t="n">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="B642" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C642" s="4" t="inlineStr">
         <is>
-          <t>Karim</t>
+          <t>Philippe</t>
         </is>
       </c>
       <c r="D642" s="4" t="inlineStr">
         <is>
-          <t>Boujraf</t>
+          <t>Boss</t>
         </is>
       </c>
       <c r="E642" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F642" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G642" s="4"/>
     </row>
     <row r="643">
       <c r="A643" s="4" t="n">
-        <v>4055</v>
+        <v>6256</v>
       </c>
       <c r="B643" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C643" s="4" t="inlineStr">
         <is>
-          <t>Dejan</t>
+          <t>Lea Maria</t>
         </is>
       </c>
       <c r="D643" s="4" t="inlineStr">
         <is>
-          <t>Bozic</t>
+          <t>Bosshard</t>
         </is>
       </c>
       <c r="E643" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F643" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G643" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G643" s="4"/>
     </row>
     <row r="644">
       <c r="A644" s="4" t="n">
-        <v>463</v>
+        <v>446</v>
       </c>
       <c r="B644" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C644" s="4" t="inlineStr">
         <is>
-          <t>Hanspeter</t>
+          <t>Karim</t>
         </is>
       </c>
       <c r="D644" s="4" t="inlineStr">
         <is>
-          <t>Brechbühl</t>
+          <t>Boujraf</t>
         </is>
       </c>
       <c r="E644" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F644" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G644" s="4"/>
     </row>
     <row r="645">
       <c r="A645" s="4" t="n">
-        <v>464</v>
+        <v>4055</v>
       </c>
       <c r="B645" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C645" s="4" t="inlineStr">
         <is>
-          <t>Martina</t>
+          <t>Dejan</t>
         </is>
       </c>
       <c r="D645" s="4" t="inlineStr">
         <is>
-          <t>Bregy</t>
+          <t>Bozic</t>
         </is>
       </c>
       <c r="E645" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F645" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G645" s="4"/>
+      <c r="G645" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="646">
       <c r="A646" s="4" t="n">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B646" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C646" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Hanspeter</t>
         </is>
       </c>
       <c r="D646" s="4" t="inlineStr">
         <is>
-          <t>Breitenstein</t>
+          <t>Brechbühl</t>
         </is>
       </c>
       <c r="E646" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F646" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G646" s="4"/>
     </row>
     <row r="647">
       <c r="A647" s="4" t="n">
-        <v>4859</v>
+        <v>464</v>
       </c>
       <c r="B647" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C647" s="4" t="inlineStr">
         <is>
-          <t>Romina</t>
+          <t>Martina</t>
         </is>
       </c>
       <c r="D647" s="4" t="inlineStr">
         <is>
-          <t>Breu</t>
+          <t>Bregy</t>
         </is>
       </c>
       <c r="E647" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F647" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G647" s="4"/>
     </row>
     <row r="648">
       <c r="A648" s="4" t="n">
-        <v>6283</v>
+        <v>465</v>
       </c>
       <c r="B648" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C648" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D648" s="4" t="inlineStr">
         <is>
-          <t>Brigandi</t>
+          <t>Breitenstein</t>
         </is>
       </c>
       <c r="E648" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F648" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G648" s="4"/>
     </row>
     <row r="649">
       <c r="A649" s="4" t="n">
-        <v>477</v>
+        <v>4859</v>
       </c>
       <c r="B649" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C649" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Romina</t>
         </is>
       </c>
       <c r="D649" s="4" t="inlineStr">
         <is>
-          <t>Brogini</t>
+          <t>Breu</t>
         </is>
       </c>
       <c r="E649" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F649" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G649" s="4"/>
     </row>
     <row r="650">
       <c r="A650" s="4" t="n">
-        <v>476</v>
+        <v>6283</v>
       </c>
       <c r="B650" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C650" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D650" s="4" t="inlineStr">
         <is>
-          <t>Brogini</t>
+          <t>Brigandi</t>
         </is>
       </c>
       <c r="E650" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F650" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G650" s="4"/>
     </row>
     <row r="651">
       <c r="A651" s="4" t="n">
-        <v>6282</v>
+        <v>477</v>
       </c>
       <c r="B651" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C651" s="4" t="inlineStr">
         <is>
-          <t>Armin</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D651" s="4" t="inlineStr">
         <is>
-          <t>Brun</t>
+          <t>Brogini</t>
         </is>
       </c>
       <c r="E651" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F651" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G651" s="4"/>
     </row>
     <row r="652">
       <c r="A652" s="4" t="n">
-        <v>6281</v>
+        <v>476</v>
       </c>
       <c r="B652" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C652" s="4" t="inlineStr">
         <is>
-          <t>Marlon</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D652" s="4" t="inlineStr">
         <is>
-          <t>Brun</t>
+          <t>Brogini</t>
         </is>
       </c>
       <c r="E652" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F652" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G652" s="4"/>
     </row>
     <row r="653">
       <c r="A653" s="4" t="n">
         <v>489</v>
       </c>
       <c r="B653" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C653" s="4" t="inlineStr">
         <is>
           <t>Maja</t>
         </is>
       </c>
       <c r="D653" s="4" t="inlineStr">
         <is>
           <t>Brun</t>
         </is>
       </c>
       <c r="E653" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F653" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G653" s="4"/>
     </row>
     <row r="654">
       <c r="A654" s="4" t="n">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B654" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C654" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Dominic</t>
         </is>
       </c>
       <c r="D654" s="4" t="inlineStr">
         <is>
           <t>Brun</t>
         </is>
       </c>
       <c r="E654" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F654" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G654" s="4"/>
     </row>
     <row r="655">
       <c r="A655" s="4" t="n">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="B655" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C655" s="4" t="inlineStr">
         <is>
-          <t>Dominic</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D655" s="4" t="inlineStr">
         <is>
           <t>Brun</t>
         </is>
       </c>
       <c r="E655" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F655" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G655" s="4"/>
     </row>
     <row r="656">
       <c r="A656" s="4" t="n">
-        <v>4023</v>
+        <v>6282</v>
       </c>
       <c r="B656" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C656" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Armin</t>
         </is>
       </c>
       <c r="D656" s="4" t="inlineStr">
         <is>
-          <t>Brunetti</t>
+          <t>Brun</t>
         </is>
       </c>
       <c r="E656" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F656" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G656" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G656" s="4"/>
     </row>
     <row r="657">
       <c r="A657" s="4" t="n">
-        <v>492</v>
+        <v>6281</v>
       </c>
       <c r="B657" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C657" s="4" t="inlineStr">
         <is>
-          <t>Enzo</t>
+          <t>Marlon</t>
         </is>
       </c>
       <c r="D657" s="4" t="inlineStr">
         <is>
-          <t>Brunetti</t>
+          <t>Brun</t>
         </is>
       </c>
       <c r="E657" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F657" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G657" s="4"/>
     </row>
     <row r="658">
       <c r="A658" s="4" t="n">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="B658" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C658" s="4" t="inlineStr">
         <is>
-          <t>Mathias</t>
+          <t>Enzo</t>
         </is>
       </c>
       <c r="D658" s="4" t="inlineStr">
         <is>
-          <t>Brunner</t>
+          <t>Brunetti</t>
         </is>
       </c>
       <c r="E658" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F658" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G658" s="4"/>
     </row>
     <row r="659">
       <c r="A659" s="4" t="n">
-        <v>510</v>
+        <v>4023</v>
       </c>
       <c r="B659" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C659" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D659" s="4" t="inlineStr">
         <is>
-          <t>Bucher</t>
+          <t>Brunetti</t>
         </is>
       </c>
       <c r="E659" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F659" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G659" s="4"/>
+      <c r="G659" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="660">
       <c r="A660" s="4" t="n">
-        <v>517</v>
+        <v>498</v>
       </c>
       <c r="B660" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C660" s="4" t="inlineStr">
         <is>
-          <t>Anita</t>
+          <t>Mathias</t>
         </is>
       </c>
       <c r="D660" s="4" t="inlineStr">
         <is>
-          <t>Buchser</t>
+          <t>Brunner</t>
         </is>
       </c>
       <c r="E660" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F660" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G660" s="4"/>
     </row>
     <row r="661">
       <c r="A661" s="4" t="n">
-        <v>6032</v>
+        <v>510</v>
       </c>
       <c r="B661" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C661" s="4" t="inlineStr">
         <is>
-          <t>Anel</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D661" s="4" t="inlineStr">
         <is>
-          <t>Buchser</t>
+          <t>Bucher</t>
         </is>
       </c>
       <c r="E661" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F661" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G661" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G661" s="4"/>
     </row>
     <row r="662">
       <c r="A662" s="4" t="n">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="B662" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C662" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Anita</t>
         </is>
       </c>
       <c r="D662" s="4" t="inlineStr">
         <is>
-          <t>Buffoni</t>
+          <t>Buchser</t>
         </is>
       </c>
       <c r="E662" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F662" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G662" s="4"/>
     </row>
     <row r="663">
       <c r="A663" s="4" t="n">
-        <v>523</v>
+        <v>6032</v>
       </c>
       <c r="B663" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C663" s="4" t="inlineStr">
         <is>
-          <t>Evelyne</t>
+          <t>Anel</t>
         </is>
       </c>
       <c r="D663" s="4" t="inlineStr">
         <is>
-          <t>Bühler</t>
+          <t>Buchser</t>
         </is>
       </c>
       <c r="E663" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F663" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G663" s="4"/>
+      <c r="G663" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="664">
       <c r="A664" s="4" t="n">
-        <v>540</v>
+        <v>521</v>
       </c>
       <c r="B664" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C664" s="4" t="inlineStr">
         <is>
-          <t>Janine</t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D664" s="4" t="inlineStr">
         <is>
-          <t>Burger</t>
+          <t>Buffoni</t>
         </is>
       </c>
       <c r="E664" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F664" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G664" s="4"/>
     </row>
     <row r="665">
       <c r="A665" s="4" t="n">
-        <v>6031</v>
+        <v>523</v>
       </c>
       <c r="B665" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C665" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Evelyne</t>
         </is>
       </c>
       <c r="D665" s="4" t="inlineStr">
         <is>
-          <t>Burkhalter</t>
+          <t>Bühler</t>
         </is>
       </c>
       <c r="E665" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F665" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G665" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G665" s="4"/>
     </row>
     <row r="666">
       <c r="A666" s="4" t="n">
-        <v>557</v>
+        <v>540</v>
       </c>
       <c r="B666" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C666" s="4" t="inlineStr">
         <is>
-          <t>Ingrid</t>
+          <t>Janine</t>
         </is>
       </c>
       <c r="D666" s="4" t="inlineStr">
         <is>
-          <t>Burkhardt</t>
+          <t>Burger</t>
         </is>
       </c>
       <c r="E666" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F666" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G666" s="4"/>
     </row>
     <row r="667">
       <c r="A667" s="4" t="n">
-        <v>559</v>
+        <v>6031</v>
       </c>
       <c r="B667" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C667" s="4" t="inlineStr">
         <is>
-          <t>Angela</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D667" s="4" t="inlineStr">
         <is>
-          <t>Bürki</t>
+          <t>Burkhalter</t>
         </is>
       </c>
       <c r="E667" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F667" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G667" s="4"/>
+      <c r="G667" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="668">
       <c r="A668" s="4" t="n">
-        <v>6691</v>
+        <v>557</v>
       </c>
       <c r="B668" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C668" s="4" t="inlineStr">
         <is>
-          <t>Cederic</t>
+          <t>Ingrid</t>
         </is>
       </c>
       <c r="D668" s="4" t="inlineStr">
         <is>
-          <t>Burri</t>
+          <t>Burkhardt</t>
         </is>
       </c>
       <c r="E668" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F668" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G668" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G668" s="4"/>
     </row>
     <row r="669">
       <c r="A669" s="4" t="n">
-        <v>4025</v>
+        <v>559</v>
       </c>
       <c r="B669" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C669" s="4" t="inlineStr">
         <is>
-          <t>Francoise</t>
+          <t>Angela</t>
         </is>
       </c>
       <c r="D669" s="4" t="inlineStr">
         <is>
-          <t>Burri</t>
+          <t>Bürki</t>
         </is>
       </c>
       <c r="E669" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F669" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G669" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G669" s="4"/>
     </row>
     <row r="670">
       <c r="A670" s="4" t="n">
-        <v>567</v>
+        <v>6267</v>
       </c>
       <c r="B670" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C670" s="4" t="inlineStr">
         <is>
-          <t>Vera</t>
+          <t>Liliane</t>
         </is>
       </c>
       <c r="D670" s="4" t="inlineStr">
         <is>
           <t>Burri</t>
         </is>
       </c>
       <c r="E670" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F670" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G670" s="4"/>
     </row>
     <row r="671">
       <c r="A671" s="4" t="n">
-        <v>6267</v>
+        <v>4025</v>
       </c>
       <c r="B671" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C671" s="4" t="inlineStr">
         <is>
-          <t>Liliane</t>
+          <t>Francoise</t>
         </is>
       </c>
       <c r="D671" s="4" t="inlineStr">
         <is>
           <t>Burri</t>
         </is>
       </c>
       <c r="E671" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F671" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G671" s="4"/>
+      <c r="G671" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="672">
       <c r="A672" s="4" t="n">
-        <v>7577</v>
+        <v>6691</v>
       </c>
       <c r="B672" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C672" s="4" t="inlineStr">
         <is>
-          <t>Léa</t>
+          <t>Cederic</t>
         </is>
       </c>
       <c r="D672" s="4" t="inlineStr">
         <is>
-          <t>Calame</t>
+          <t>Burri</t>
         </is>
       </c>
       <c r="E672" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F672" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G672" s="4" t="inlineStr">
         <is>
           <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="4" t="n">
-        <v>595</v>
+        <v>567</v>
       </c>
       <c r="B673" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C673" s="4" t="inlineStr">
         <is>
-          <t>Ahmed</t>
+          <t>Vera</t>
         </is>
       </c>
       <c r="D673" s="4" t="inlineStr">
         <is>
-          <t>Cam</t>
+          <t>Burri</t>
         </is>
       </c>
       <c r="E673" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F673" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G673" s="4"/>
     </row>
     <row r="674">
       <c r="A674" s="4" t="n">
-        <v>597</v>
+        <v>7577</v>
       </c>
       <c r="B674" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C674" s="4" t="inlineStr">
         <is>
-          <t>Muhammed</t>
+          <t>Léa</t>
         </is>
       </c>
       <c r="D674" s="4" t="inlineStr">
         <is>
-          <t>Cam</t>
+          <t>Calame</t>
         </is>
       </c>
       <c r="E674" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F674" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G674" s="4"/>
+      <c r="G674" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="675">
       <c r="A675" s="4" t="n">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B675" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C675" s="4" t="inlineStr">
         <is>
-          <t>Fatma</t>
+          <t>Muhammed</t>
         </is>
       </c>
       <c r="D675" s="4" t="inlineStr">
         <is>
           <t>Cam</t>
         </is>
       </c>
       <c r="E675" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F675" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G675" s="4"/>
     </row>
     <row r="676">
       <c r="A676" s="4" t="n">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="B676" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C676" s="4" t="inlineStr">
         <is>
-          <t>Luca</t>
+          <t>Ahmed</t>
         </is>
       </c>
       <c r="D676" s="4" t="inlineStr">
         <is>
-          <t>Camacho</t>
+          <t>Cam</t>
         </is>
       </c>
       <c r="E676" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F676" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G676" s="4"/>
     </row>
     <row r="677">
       <c r="A677" s="4" t="n">
-        <v>7564</v>
+        <v>596</v>
       </c>
       <c r="B677" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C677" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Fatma</t>
         </is>
       </c>
       <c r="D677" s="4" t="inlineStr">
         <is>
-          <t>Campanile</t>
+          <t>Cam</t>
         </is>
       </c>
       <c r="E677" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F677" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G677" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G677" s="4"/>
     </row>
     <row r="678">
       <c r="A678" s="4" t="n">
-        <v>605</v>
+        <v>598</v>
       </c>
       <c r="B678" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C678" s="4" t="inlineStr">
         <is>
-          <t>Antonia</t>
+          <t>Luca</t>
         </is>
       </c>
       <c r="D678" s="4" t="inlineStr">
         <is>
-          <t>Cano</t>
+          <t>Camacho</t>
         </is>
       </c>
       <c r="E678" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F678" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G678" s="4"/>
     </row>
     <row r="679">
       <c r="A679" s="4" t="n">
-        <v>609</v>
+        <v>7564</v>
       </c>
       <c r="B679" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C679" s="4" t="inlineStr">
         <is>
-          <t>Nathalie</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D679" s="4" t="inlineStr">
         <is>
-          <t>Cappiello</t>
+          <t>Campanile</t>
         </is>
       </c>
       <c r="E679" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F679" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G679" s="4"/>
+      <c r="G679" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="680">
       <c r="A680" s="4" t="n">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="B680" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C680" s="4" t="inlineStr">
         <is>
-          <t>Tanja</t>
+          <t>Antonia</t>
         </is>
       </c>
       <c r="D680" s="4" t="inlineStr">
         <is>
-          <t>Cappiello</t>
+          <t>Cano</t>
         </is>
       </c>
       <c r="E680" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F680" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G680" s="4"/>
     </row>
     <row r="681">
       <c r="A681" s="4" t="n">
-        <v>624</v>
+        <v>609</v>
       </c>
       <c r="B681" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C681" s="4" t="inlineStr">
         <is>
-          <t>Alain</t>
+          <t>Nathalie</t>
         </is>
       </c>
       <c r="D681" s="4" t="inlineStr">
         <is>
-          <t>Casanova</t>
+          <t>Cappiello</t>
         </is>
       </c>
       <c r="E681" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F681" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G681" s="4"/>
     </row>
     <row r="682">
       <c r="A682" s="4" t="n">
-        <v>626</v>
+        <v>610</v>
       </c>
       <c r="B682" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C682" s="4" t="inlineStr">
         <is>
-          <t>Martino</t>
+          <t>Tanja</t>
         </is>
       </c>
       <c r="D682" s="4" t="inlineStr">
         <is>
-          <t>Casciaro</t>
+          <t>Cappiello</t>
         </is>
       </c>
       <c r="E682" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F682" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G682" s="4"/>
     </row>
     <row r="683">
       <c r="A683" s="4" t="n">
-        <v>5160</v>
+        <v>624</v>
       </c>
       <c r="B683" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C683" s="4" t="inlineStr">
         <is>
-          <t>Sara</t>
+          <t>Alain</t>
         </is>
       </c>
       <c r="D683" s="4" t="inlineStr">
         <is>
-          <t>Cerdeira</t>
+          <t>Casanova</t>
         </is>
       </c>
       <c r="E683" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F683" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G683" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G683" s="4"/>
     </row>
     <row r="684">
       <c r="A684" s="4" t="n">
-        <v>655</v>
+        <v>626</v>
       </c>
       <c r="B684" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C684" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Martino</t>
         </is>
       </c>
       <c r="D684" s="4" t="inlineStr">
         <is>
-          <t>Chardonnenes</t>
+          <t>Casciaro</t>
         </is>
       </c>
       <c r="E684" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F684" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G684" s="4"/>
     </row>
     <row r="685">
       <c r="A685" s="4" t="n">
-        <v>658</v>
+        <v>5160</v>
       </c>
       <c r="B685" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C685" s="4" t="inlineStr">
         <is>
-          <t>Valentine</t>
+          <t>Sara</t>
         </is>
       </c>
       <c r="D685" s="4" t="inlineStr">
         <is>
-          <t>Chassot</t>
+          <t>Cerdeira</t>
         </is>
       </c>
       <c r="E685" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F685" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G685" s="4"/>
+      <c r="G685" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="686">
       <c r="A686" s="4" t="n">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="B686" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C686" s="4" t="inlineStr">
         <is>
-          <t>Mohammed</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D686" s="4" t="inlineStr">
         <is>
-          <t>Chettata</t>
+          <t>Chardonnenes</t>
         </is>
       </c>
       <c r="E686" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F686" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G686" s="4"/>
     </row>
     <row r="687">
       <c r="A687" s="4" t="n">
-        <v>4607</v>
+        <v>658</v>
       </c>
       <c r="B687" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C687" s="4" t="inlineStr">
         <is>
-          <t>Pierluigi</t>
+          <t>Valentine</t>
         </is>
       </c>
       <c r="D687" s="4" t="inlineStr">
         <is>
-          <t>Chiodini</t>
+          <t>Chassot</t>
         </is>
       </c>
       <c r="E687" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F687" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G687" s="4"/>
     </row>
     <row r="688">
       <c r="A688" s="4" t="n">
-        <v>7423</v>
+        <v>661</v>
       </c>
       <c r="B688" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C688" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Mohammed</t>
         </is>
       </c>
       <c r="D688" s="4" t="inlineStr">
         <is>
-          <t>Christen</t>
+          <t>Chettata</t>
         </is>
       </c>
       <c r="E688" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F688" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G688" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G688" s="4"/>
     </row>
     <row r="689">
       <c r="A689" s="4" t="n">
-        <v>671</v>
+        <v>4607</v>
       </c>
       <c r="B689" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C689" s="4" t="inlineStr">
         <is>
-          <t>Elias</t>
+          <t>Pierluigi</t>
         </is>
       </c>
       <c r="D689" s="4" t="inlineStr">
         <is>
-          <t>Christen</t>
+          <t>Chiodini</t>
         </is>
       </c>
       <c r="E689" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F689" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G689" s="4"/>
     </row>
     <row r="690">
       <c r="A690" s="4" t="n">
-        <v>4213</v>
+        <v>671</v>
       </c>
       <c r="B690" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C690" s="4" t="inlineStr">
         <is>
-          <t>Michaelis Leandro</t>
+          <t>Elias</t>
         </is>
       </c>
       <c r="D690" s="4" t="inlineStr">
         <is>
           <t>Christen</t>
         </is>
       </c>
       <c r="E690" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F690" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G690" s="4"/>
     </row>
     <row r="691">
       <c r="A691" s="4" t="n">
-        <v>677</v>
+        <v>7423</v>
       </c>
       <c r="B691" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C691" s="4" t="inlineStr">
         <is>
-          <t>Claudio</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D691" s="4" t="inlineStr">
         <is>
-          <t>Ciabuschi</t>
+          <t>Christen</t>
         </is>
       </c>
       <c r="E691" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F691" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G691" s="4"/>
+      <c r="G691" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="692">
       <c r="A692" s="4" t="n">
-        <v>678</v>
+        <v>4213</v>
       </c>
       <c r="B692" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C692" s="4" t="inlineStr">
         <is>
-          <t>Ergün</t>
+          <t>Michaelis Leandro</t>
         </is>
       </c>
       <c r="D692" s="4" t="inlineStr">
         <is>
-          <t>Cimen</t>
+          <t>Christen</t>
         </is>
       </c>
       <c r="E692" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F692" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G692" s="4"/>
     </row>
     <row r="693">
       <c r="A693" s="4" t="n">
-        <v>6688</v>
+        <v>677</v>
       </c>
       <c r="B693" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C693" s="4" t="inlineStr">
         <is>
-          <t>Janis</t>
+          <t>Claudio</t>
         </is>
       </c>
       <c r="D693" s="4" t="inlineStr">
         <is>
-          <t>Codes</t>
+          <t>Ciabuschi</t>
         </is>
       </c>
       <c r="E693" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F693" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G693" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G693" s="4"/>
     </row>
     <row r="694">
       <c r="A694" s="4" t="n">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="B694" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C694" s="4" t="inlineStr">
         <is>
-          <t>Julien</t>
+          <t>Ergün</t>
         </is>
       </c>
       <c r="D694" s="4" t="inlineStr">
         <is>
-          <t>Codes</t>
+          <t>Cimen</t>
         </is>
       </c>
       <c r="E694" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F694" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G694" s="4"/>
     </row>
     <row r="695">
       <c r="A695" s="4" t="n">
-        <v>4606</v>
+        <v>6688</v>
       </c>
       <c r="B695" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C695" s="4" t="inlineStr">
         <is>
-          <t>Linda</t>
+          <t>Janis</t>
         </is>
       </c>
       <c r="D695" s="4" t="inlineStr">
         <is>
-          <t>Coletta Fenger</t>
+          <t>Codes</t>
         </is>
       </c>
       <c r="E695" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F695" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G695" s="4"/>
+      <c r="G695" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="696">
       <c r="A696" s="4" t="n">
-        <v>6455</v>
+        <v>689</v>
       </c>
       <c r="B696" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C696" s="4" t="inlineStr">
         <is>
-          <t>Stéphanie</t>
+          <t>Julien</t>
         </is>
       </c>
       <c r="D696" s="4" t="inlineStr">
         <is>
-          <t>Corbaz</t>
+          <t>Codes</t>
         </is>
       </c>
       <c r="E696" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F696" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G696" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G696" s="4"/>
     </row>
     <row r="697">
       <c r="A697" s="4" t="n">
-        <v>4004</v>
+        <v>4606</v>
       </c>
       <c r="B697" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C697" s="4" t="inlineStr">
         <is>
-          <t>Eliane</t>
+          <t>Linda</t>
         </is>
       </c>
       <c r="D697" s="4" t="inlineStr">
         <is>
-          <t>Cortesi</t>
+          <t>Coletta Fenger</t>
         </is>
       </c>
       <c r="E697" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F697" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G697" s="4"/>
     </row>
     <row r="698">
       <c r="A698" s="4" t="n">
-        <v>4214</v>
+        <v>6455</v>
       </c>
       <c r="B698" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C698" s="4" t="inlineStr">
         <is>
-          <t>Aura</t>
+          <t>Stéphanie</t>
         </is>
       </c>
       <c r="D698" s="4" t="inlineStr">
         <is>
-          <t>Cortesi</t>
+          <t>Corbaz</t>
         </is>
       </c>
       <c r="E698" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F698" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G698" s="4"/>
+      <c r="G698" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="699">
       <c r="A699" s="4" t="n">
-        <v>716</v>
+        <v>4004</v>
       </c>
       <c r="B699" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C699" s="4" t="inlineStr">
         <is>
-          <t>Luca</t>
+          <t>Eliane</t>
         </is>
       </c>
       <c r="D699" s="4" t="inlineStr">
         <is>
-          <t>Cristina</t>
+          <t>Cortesi</t>
         </is>
       </c>
       <c r="E699" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F699" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G699" s="4"/>
     </row>
     <row r="700">
       <c r="A700" s="4" t="n">
-        <v>7483</v>
+        <v>4214</v>
       </c>
       <c r="B700" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C700" s="4" t="inlineStr">
         <is>
-          <t>Isaac</t>
+          <t>Aura</t>
         </is>
       </c>
       <c r="D700" s="4" t="inlineStr">
         <is>
-          <t>Cruz</t>
+          <t>Cortesi</t>
         </is>
       </c>
       <c r="E700" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F700" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G700" s="4"/>
     </row>
     <row r="701">
       <c r="A701" s="4" t="n">
-        <v>733</v>
+        <v>716</v>
       </c>
       <c r="B701" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C701" s="4" t="inlineStr">
         <is>
-          <t>Prisca</t>
+          <t>Luca</t>
         </is>
       </c>
       <c r="D701" s="4" t="inlineStr">
         <is>
-          <t>Dahinden</t>
+          <t>Cristina</t>
         </is>
       </c>
       <c r="E701" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F701" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G701" s="4"/>
     </row>
     <row r="702">
       <c r="A702" s="4" t="n">
-        <v>753</v>
+        <v>7483</v>
       </c>
       <c r="B702" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C702" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Isaac</t>
         </is>
       </c>
       <c r="D702" s="4" t="inlineStr">
         <is>
-          <t>Danuser</t>
+          <t>Cruz</t>
         </is>
       </c>
       <c r="E702" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F702" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G702" s="4"/>
     </row>
     <row r="703">
       <c r="A703" s="4" t="n">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="B703" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C703" s="4" t="inlineStr">
         <is>
-          <t>Mauro</t>
+          <t>Prisca</t>
         </is>
       </c>
       <c r="D703" s="4" t="inlineStr">
         <is>
-          <t>Da Rold</t>
+          <t>Dahinden</t>
         </is>
       </c>
       <c r="E703" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F703" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G703" s="4"/>
     </row>
     <row r="704">
       <c r="A704" s="4" t="n">
-        <v>7441</v>
+        <v>753</v>
       </c>
       <c r="B704" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C704" s="4" t="inlineStr">
         <is>
-          <t>Clarisse</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D704" s="4" t="inlineStr">
         <is>
-          <t>Da Silva</t>
+          <t>Danuser</t>
         </is>
       </c>
       <c r="E704" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F704" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G704" s="4"/>
     </row>
     <row r="705">
       <c r="A705" s="4" t="n">
-        <v>758</v>
+        <v>730</v>
       </c>
       <c r="B705" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C705" s="4" t="inlineStr">
         <is>
-          <t>Agim</t>
+          <t>Mauro</t>
         </is>
       </c>
       <c r="D705" s="4" t="inlineStr">
         <is>
-          <t>Dauti</t>
+          <t>Da Rold</t>
         </is>
       </c>
       <c r="E705" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F705" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G705" s="4"/>
     </row>
     <row r="706">
       <c r="A706" s="4" t="n">
-        <v>763</v>
+        <v>7441</v>
       </c>
       <c r="B706" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C706" s="4" t="inlineStr">
         <is>
-          <t>Issa</t>
+          <t>Clarisse</t>
         </is>
       </c>
       <c r="D706" s="4" t="inlineStr">
         <is>
-          <t>Dayoub</t>
+          <t>Da Silva</t>
         </is>
       </c>
       <c r="E706" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F706" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G706" s="4"/>
     </row>
     <row r="707">
       <c r="A707" s="4" t="n">
-        <v>764</v>
+        <v>758</v>
       </c>
       <c r="B707" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C707" s="4" t="inlineStr">
         <is>
-          <t>Samira</t>
+          <t>Agim</t>
         </is>
       </c>
       <c r="D707" s="4" t="inlineStr">
         <is>
-          <t>De Arez</t>
+          <t>Dauti</t>
         </is>
       </c>
       <c r="E707" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F707" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G707" s="4"/>
     </row>
     <row r="708">
       <c r="A708" s="4" t="n">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="B708" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C708" s="4" t="inlineStr">
         <is>
-          <t>Luis</t>
+          <t>Issa</t>
         </is>
       </c>
       <c r="D708" s="4" t="inlineStr">
         <is>
-          <t>De Jesus Sousa Martinho</t>
+          <t>Dayoub</t>
         </is>
       </c>
       <c r="E708" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F708" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G708" s="4"/>
     </row>
     <row r="709">
       <c r="A709" s="4" t="n">
-        <v>7487</v>
+        <v>764</v>
       </c>
       <c r="B709" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C709" s="4" t="inlineStr">
         <is>
-          <t>Tijmen</t>
+          <t>Samira</t>
         </is>
       </c>
       <c r="D709" s="4" t="inlineStr">
         <is>
-          <t>De Kruijff</t>
+          <t>De Arez</t>
         </is>
       </c>
       <c r="E709" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F709" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G709" s="4"/>
     </row>
     <row r="710">
       <c r="A710" s="4" t="n">
-        <v>7576</v>
+        <v>773</v>
       </c>
       <c r="B710" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C710" s="4" t="inlineStr">
         <is>
-          <t>Thibaud</t>
+          <t>Luis</t>
         </is>
       </c>
       <c r="D710" s="4" t="inlineStr">
         <is>
-          <t>Demaison</t>
+          <t>De Jesus Sousa Martinho</t>
         </is>
       </c>
       <c r="E710" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F710" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G710" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G710" s="4"/>
     </row>
     <row r="711">
       <c r="A711" s="4" t="n">
-        <v>807</v>
+        <v>7487</v>
       </c>
       <c r="B711" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C711" s="4" t="inlineStr">
         <is>
-          <t>Amanda</t>
+          <t>Tijmen</t>
         </is>
       </c>
       <c r="D711" s="4" t="inlineStr">
         <is>
-          <t>Dengg</t>
+          <t>De Kruijff</t>
         </is>
       </c>
       <c r="E711" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F711" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G711" s="4"/>
     </row>
     <row r="712">
       <c r="A712" s="4" t="n">
-        <v>808</v>
+        <v>7576</v>
       </c>
       <c r="B712" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C712" s="4" t="inlineStr">
         <is>
-          <t>Leander</t>
+          <t>Thibaud</t>
         </is>
       </c>
       <c r="D712" s="4" t="inlineStr">
         <is>
-          <t>Dengg</t>
+          <t>Demaison</t>
         </is>
       </c>
       <c r="E712" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F712" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G712" s="4"/>
+      <c r="G712" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="713">
       <c r="A713" s="4" t="n">
-        <v>7560</v>
+        <v>807</v>
       </c>
       <c r="B713" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C713" s="4" t="inlineStr">
         <is>
-          <t>Valon</t>
+          <t>Amanda</t>
         </is>
       </c>
       <c r="D713" s="4" t="inlineStr">
         <is>
-          <t>Denzler</t>
+          <t>Dengg</t>
         </is>
       </c>
       <c r="E713" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F713" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G713" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G713" s="4"/>
     </row>
     <row r="714">
       <c r="A714" s="4" t="n">
-        <v>778</v>
+        <v>808</v>
       </c>
       <c r="B714" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C714" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Leander</t>
         </is>
       </c>
       <c r="D714" s="4" t="inlineStr">
         <is>
-          <t>De Pascalis</t>
+          <t>Dengg</t>
         </is>
       </c>
       <c r="E714" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F714" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G714" s="4"/>
     </row>
     <row r="715">
       <c r="A715" s="4" t="n">
-        <v>7470</v>
+        <v>7560</v>
       </c>
       <c r="B715" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C715" s="4" t="inlineStr">
         <is>
-          <t>Kamran</t>
+          <t>Valon</t>
         </is>
       </c>
       <c r="D715" s="4" t="inlineStr">
         <is>
-          <t>Derakhshan</t>
+          <t>Denzler</t>
         </is>
       </c>
       <c r="E715" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F715" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G715" s="4" t="inlineStr">
         <is>
-          <t>Kaisho Karate Association</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="4" t="n">
-        <v>809</v>
+        <v>778</v>
       </c>
       <c r="B716" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C716" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D716" s="4" t="inlineStr">
         <is>
-          <t>Derrer</t>
+          <t>De Pascalis</t>
         </is>
       </c>
       <c r="E716" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F716" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G716" s="4"/>
     </row>
     <row r="717">
       <c r="A717" s="4" t="n">
-        <v>4022</v>
+        <v>7470</v>
       </c>
       <c r="B717" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C717" s="4" t="inlineStr">
         <is>
-          <t>Sara</t>
+          <t>Kamran</t>
         </is>
       </c>
       <c r="D717" s="4" t="inlineStr">
         <is>
-          <t>Deuble</t>
+          <t>Derakhshan</t>
         </is>
       </c>
       <c r="E717" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F717" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G717" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Kaisho Karate Association</t>
         </is>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="4" t="n">
-        <v>829</v>
+        <v>809</v>
       </c>
       <c r="B718" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C718" s="4" t="inlineStr">
         <is>
-          <t>Oscar</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D718" s="4" t="inlineStr">
         <is>
-          <t>Diaz</t>
+          <t>Derrer</t>
         </is>
       </c>
       <c r="E718" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F718" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G718" s="4"/>
     </row>
     <row r="719">
       <c r="A719" s="4" t="n">
-        <v>6856</v>
+        <v>4022</v>
       </c>
       <c r="B719" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C719" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Sara</t>
         </is>
       </c>
       <c r="D719" s="4" t="inlineStr">
         <is>
-          <t>Dick</t>
+          <t>Deuble</t>
         </is>
       </c>
       <c r="E719" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F719" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G719" s="4"/>
+      <c r="G719" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="720">
       <c r="A720" s="4" t="n">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B720" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C720" s="4" t="inlineStr">
         <is>
-          <t>Flurina</t>
+          <t>Oscar</t>
         </is>
       </c>
       <c r="D720" s="4" t="inlineStr">
         <is>
-          <t>Dietrich</t>
+          <t>Diaz</t>
         </is>
       </c>
       <c r="E720" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F720" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G720" s="4"/>
     </row>
     <row r="721">
       <c r="A721" s="4" t="n">
-        <v>842</v>
+        <v>6856</v>
       </c>
       <c r="B721" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C721" s="4" t="inlineStr">
         <is>
-          <t>Bastian</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D721" s="4" t="inlineStr">
         <is>
-          <t>Diggelmann</t>
+          <t>Dick</t>
         </is>
       </c>
       <c r="E721" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F721" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G721" s="4"/>
     </row>
     <row r="722">
       <c r="A722" s="4" t="n">
-        <v>6266</v>
+        <v>839</v>
       </c>
       <c r="B722" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C722" s="4" t="inlineStr">
         <is>
-          <t>Gabriele</t>
+          <t>Flurina</t>
         </is>
       </c>
       <c r="D722" s="4" t="inlineStr">
         <is>
-          <t>Di Gioia</t>
+          <t>Dietrich</t>
         </is>
       </c>
       <c r="E722" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F722" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G722" s="4"/>
     </row>
     <row r="723">
       <c r="A723" s="4" t="n">
-        <v>7556</v>
+        <v>842</v>
       </c>
       <c r="B723" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C723" s="4" t="inlineStr">
         <is>
-          <t>Cedric</t>
+          <t>Bastian</t>
         </is>
       </c>
       <c r="D723" s="4" t="inlineStr">
         <is>
-          <t>Dilge</t>
+          <t>Diggelmann</t>
         </is>
       </c>
       <c r="E723" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F723" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G723" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G723" s="4"/>
     </row>
     <row r="724">
       <c r="A724" s="4" t="n">
-        <v>4054</v>
+        <v>6266</v>
       </c>
       <c r="B724" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C724" s="4" t="inlineStr">
         <is>
-          <t>Angela</t>
+          <t>Gabriele</t>
         </is>
       </c>
       <c r="D724" s="4" t="inlineStr">
         <is>
-          <t>Dillier</t>
+          <t>Di Gioia</t>
         </is>
       </c>
       <c r="E724" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F724" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G724" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G724" s="4"/>
     </row>
     <row r="725">
       <c r="A725" s="4" t="n">
-        <v>4050</v>
+        <v>7556</v>
       </c>
       <c r="B725" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C725" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Cedric</t>
         </is>
       </c>
       <c r="D725" s="4" t="inlineStr">
         <is>
-          <t>Dillier</t>
+          <t>Dilge</t>
         </is>
       </c>
       <c r="E725" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F725" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G725" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="4" t="n">
-        <v>4206</v>
+        <v>4050</v>
       </c>
       <c r="B726" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C726" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D726" s="4" t="inlineStr">
         <is>
-          <t>Dimitric</t>
+          <t>Dillier</t>
         </is>
       </c>
       <c r="E726" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F726" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G726" s="4"/>
+      <c r="G726" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="727">
       <c r="A727" s="4" t="n">
-        <v>851</v>
+        <v>4054</v>
       </c>
       <c r="B727" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C727" s="4" t="inlineStr">
         <is>
-          <t>Chris</t>
+          <t>Angela</t>
         </is>
       </c>
       <c r="D727" s="4" t="inlineStr">
         <is>
-          <t>Dirren</t>
+          <t>Dillier</t>
         </is>
       </c>
       <c r="E727" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F727" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G727" s="4"/>
+      <c r="G727" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="728">
       <c r="A728" s="4" t="n">
-        <v>856</v>
+        <v>4206</v>
       </c>
       <c r="B728" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C728" s="4" t="inlineStr">
         <is>
-          <t>Damjanac</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D728" s="4" t="inlineStr">
         <is>
-          <t>Djordje</t>
+          <t>Dimitric</t>
         </is>
       </c>
       <c r="E728" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F728" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G728" s="4"/>
     </row>
     <row r="729">
       <c r="A729" s="4" t="n">
-        <v>858</v>
+        <v>851</v>
       </c>
       <c r="B729" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C729" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Chris</t>
         </is>
       </c>
       <c r="D729" s="4" t="inlineStr">
         <is>
-          <t>Djukic</t>
+          <t>Dirren</t>
         </is>
       </c>
       <c r="E729" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F729" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G729" s="4"/>
     </row>
     <row r="730">
       <c r="A730" s="4" t="n">
-        <v>866</v>
+        <v>856</v>
       </c>
       <c r="B730" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C730" s="4" t="inlineStr">
         <is>
-          <t>Aleks</t>
+          <t>Damjanac</t>
         </is>
       </c>
       <c r="D730" s="4" t="inlineStr">
         <is>
-          <t>Dokic</t>
+          <t>Djordje</t>
         </is>
       </c>
       <c r="E730" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F730" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G730" s="4"/>
     </row>
     <row r="731">
       <c r="A731" s="4" t="n">
-        <v>6866</v>
+        <v>858</v>
       </c>
       <c r="B731" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C731" s="4" t="inlineStr">
         <is>
-          <t>Nora</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D731" s="4" t="inlineStr">
         <is>
-          <t>Dorrer</t>
+          <t>Djukic</t>
         </is>
       </c>
       <c r="E731" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F731" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G731" s="4"/>
     </row>
     <row r="732">
       <c r="A732" s="4" t="n">
-        <v>884</v>
+        <v>866</v>
       </c>
       <c r="B732" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C732" s="4" t="inlineStr">
         <is>
-          <t>Francisca</t>
+          <t>Aleks</t>
         </is>
       </c>
       <c r="D732" s="4" t="inlineStr">
         <is>
-          <t>Dos Santos Dias</t>
+          <t>Dokic</t>
         </is>
       </c>
       <c r="E732" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F732" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G732" s="4"/>
     </row>
     <row r="733">
       <c r="A733" s="4" t="n">
-        <v>891</v>
+        <v>6866</v>
       </c>
       <c r="B733" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C733" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Nora</t>
         </is>
       </c>
       <c r="D733" s="4" t="inlineStr">
         <is>
-          <t>Dreher</t>
+          <t>Dorrer</t>
         </is>
       </c>
       <c r="E733" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F733" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G733" s="4"/>
     </row>
     <row r="734">
       <c r="A734" s="4" t="n">
-        <v>898</v>
+        <v>884</v>
       </c>
       <c r="B734" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C734" s="4" t="inlineStr">
         <is>
-          <t>Mathieu</t>
+          <t>Francisca</t>
         </is>
       </c>
       <c r="D734" s="4" t="inlineStr">
         <is>
-          <t>Drummer</t>
+          <t>Dos Santos Dias</t>
         </is>
       </c>
       <c r="E734" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F734" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G734" s="4"/>
     </row>
     <row r="735">
       <c r="A735" s="4" t="n">
-        <v>903</v>
+        <v>891</v>
       </c>
       <c r="B735" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C735" s="4" t="inlineStr">
         <is>
-          <t>Jacqueline</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D735" s="4" t="inlineStr">
         <is>
-          <t>Dubach</t>
+          <t>Dreher</t>
         </is>
       </c>
       <c r="E735" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F735" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G735" s="4"/>
     </row>
     <row r="736">
       <c r="A736" s="4" t="n">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="B736" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C736" s="4" t="inlineStr">
         <is>
-          <t>Fränzi</t>
+          <t>Mathieu</t>
         </is>
       </c>
       <c r="D736" s="4" t="inlineStr">
         <is>
-          <t>Dubach</t>
+          <t>Drummer</t>
         </is>
       </c>
       <c r="E736" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F736" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G736" s="4"/>
     </row>
     <row r="737">
       <c r="A737" s="4" t="n">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="B737" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C737" s="4" t="inlineStr">
         <is>
-          <t>Leutrim</t>
+          <t>Fränzi</t>
         </is>
       </c>
       <c r="D737" s="4" t="inlineStr">
         <is>
-          <t>Dugolli</t>
+          <t>Dubach</t>
         </is>
       </c>
       <c r="E737" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F737" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G737" s="4"/>
     </row>
     <row r="738">
       <c r="A738" s="4" t="n">
-        <v>6265</v>
+        <v>903</v>
       </c>
       <c r="B738" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C738" s="4" t="inlineStr">
         <is>
-          <t>Monique</t>
+          <t>Jacqueline</t>
         </is>
       </c>
       <c r="D738" s="4" t="inlineStr">
         <is>
-          <t>Dummermuth</t>
+          <t>Dubach</t>
         </is>
       </c>
       <c r="E738" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F738" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G738" s="4"/>
     </row>
     <row r="739">
       <c r="A739" s="4" t="n">
-        <v>6865</v>
+        <v>910</v>
       </c>
       <c r="B739" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C739" s="4" t="inlineStr">
         <is>
-          <t>Roasaleen</t>
+          <t>Leutrim</t>
         </is>
       </c>
       <c r="D739" s="4" t="inlineStr">
         <is>
-          <t>Dürr</t>
+          <t>Dugolli</t>
         </is>
       </c>
       <c r="E739" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F739" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G739" s="4"/>
     </row>
     <row r="740">
       <c r="A740" s="4" t="n">
-        <v>928</v>
+        <v>6265</v>
       </c>
       <c r="B740" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C740" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Monique</t>
         </is>
       </c>
       <c r="D740" s="4" t="inlineStr">
         <is>
-          <t>Dux</t>
+          <t>Dummermuth</t>
         </is>
       </c>
       <c r="E740" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F740" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G740" s="4"/>
     </row>
     <row r="741">
       <c r="A741" s="4" t="n">
-        <v>930</v>
+        <v>6865</v>
       </c>
       <c r="B741" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C741" s="4" t="inlineStr">
         <is>
-          <t>Sven</t>
+          <t>Roasaleen</t>
         </is>
       </c>
       <c r="D741" s="4" t="inlineStr">
         <is>
-          <t>Dvorak</t>
+          <t>Dürr</t>
         </is>
       </c>
       <c r="E741" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F741" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G741" s="4"/>
     </row>
     <row r="742">
       <c r="A742" s="4" t="n">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="B742" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C742" s="4" t="inlineStr">
         <is>
-          <t>Donjet</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D742" s="4" t="inlineStr">
         <is>
-          <t>Dzemaili</t>
+          <t>Dux</t>
         </is>
       </c>
       <c r="E742" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F742" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G742" s="4"/>
     </row>
     <row r="743">
       <c r="A743" s="4" t="n">
-        <v>950</v>
+        <v>930</v>
       </c>
       <c r="B743" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C743" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Sven</t>
         </is>
       </c>
       <c r="D743" s="4" t="inlineStr">
         <is>
-          <t>Egger</t>
+          <t>Dvorak</t>
         </is>
       </c>
       <c r="E743" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F743" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G743" s="4"/>
     </row>
     <row r="744">
       <c r="A744" s="4" t="n">
-        <v>953</v>
+        <v>931</v>
       </c>
       <c r="B744" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C744" s="4" t="inlineStr">
         <is>
-          <t>Christoph</t>
+          <t>Donjet</t>
         </is>
       </c>
       <c r="D744" s="4" t="inlineStr">
         <is>
-          <t>Eggimann</t>
+          <t>Dzemaili</t>
         </is>
       </c>
       <c r="E744" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F744" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G744" s="4"/>
     </row>
     <row r="745">
       <c r="A745" s="4" t="n">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="B745" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C745" s="4" t="inlineStr">
         <is>
-          <t>Paco</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D745" s="4" t="inlineStr">
         <is>
-          <t>Eggimann</t>
+          <t>Egger</t>
         </is>
       </c>
       <c r="E745" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F745" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G745" s="4"/>
     </row>
     <row r="746">
       <c r="A746" s="4" t="n">
-        <v>959</v>
+        <v>953</v>
       </c>
       <c r="B746" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C746" s="4" t="inlineStr">
         <is>
-          <t>Susanne</t>
+          <t>Christoph</t>
         </is>
       </c>
       <c r="D746" s="4" t="inlineStr">
         <is>
-          <t>Egli</t>
+          <t>Eggimann</t>
         </is>
       </c>
       <c r="E746" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F746" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G746" s="4"/>
     </row>
     <row r="747">
       <c r="A747" s="4" t="n">
-        <v>965</v>
+        <v>955</v>
       </c>
       <c r="B747" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C747" s="4" t="inlineStr">
         <is>
-          <t>Harris</t>
+          <t>Paco</t>
         </is>
       </c>
       <c r="D747" s="4" t="inlineStr">
         <is>
-          <t>Eiayathamby</t>
+          <t>Eggimann</t>
         </is>
       </c>
       <c r="E747" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F747" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G747" s="4"/>
     </row>
     <row r="748">
       <c r="A748" s="4" t="n">
-        <v>4624</v>
+        <v>959</v>
       </c>
       <c r="B748" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C748" s="4" t="inlineStr">
         <is>
-          <t>Lilian </t>
+          <t>Susanne</t>
         </is>
       </c>
       <c r="D748" s="4" t="inlineStr">
         <is>
-          <t>Eicher</t>
+          <t>Egli</t>
         </is>
       </c>
       <c r="E748" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F748" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G748" s="4"/>
     </row>
     <row r="749">
       <c r="A749" s="4" t="n">
-        <v>6454</v>
+        <v>965</v>
       </c>
       <c r="B749" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C749" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Harris</t>
         </is>
       </c>
       <c r="D749" s="4" t="inlineStr">
         <is>
-          <t>Elefante</t>
+          <t>Eiayathamby</t>
         </is>
       </c>
       <c r="E749" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F749" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G749" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G749" s="4"/>
     </row>
     <row r="750">
       <c r="A750" s="4" t="n">
-        <v>7111</v>
+        <v>4624</v>
       </c>
       <c r="B750" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C750" s="4" t="inlineStr">
         <is>
-          <t>Edmond</t>
+          <t>Lilian </t>
         </is>
       </c>
       <c r="D750" s="4" t="inlineStr">
         <is>
-          <t>Elia</t>
+          <t>Eicher</t>
         </is>
       </c>
       <c r="E750" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F750" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G750" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G750" s="4"/>
     </row>
     <row r="751">
       <c r="A751" s="4" t="n">
-        <v>4829</v>
+        <v>6454</v>
       </c>
       <c r="B751" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C751" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D751" s="4" t="inlineStr">
         <is>
-          <t>Ellenberger</t>
+          <t>Elefante</t>
         </is>
       </c>
       <c r="E751" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F751" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G751" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="4" t="n">
-        <v>4828</v>
+        <v>7111</v>
       </c>
       <c r="B752" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C752" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Edmond</t>
         </is>
       </c>
       <c r="D752" s="4" t="inlineStr">
         <is>
-          <t>Ellenberger</t>
+          <t>Elia</t>
         </is>
       </c>
       <c r="E752" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F752" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G752" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Swiss Karate Tomokai</t>
         </is>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="4" t="n">
-        <v>7566</v>
+        <v>4829</v>
       </c>
       <c r="B753" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C753" s="4" t="inlineStr">
         <is>
-          <t>Adam</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D753" s="4" t="inlineStr">
         <is>
-          <t>El Mais</t>
+          <t>Ellenberger</t>
         </is>
       </c>
       <c r="E753" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F753" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G753" s="4" t="inlineStr">
         <is>
-          <t>Kaisho Karate Association</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="4" t="n">
-        <v>986</v>
+        <v>4828</v>
       </c>
       <c r="B754" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C754" s="4" t="inlineStr">
         <is>
-          <t>Pascale</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D754" s="4" t="inlineStr">
         <is>
-          <t>Emmenegger</t>
+          <t>Ellenberger</t>
         </is>
       </c>
       <c r="E754" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F754" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G754" s="4"/>
+      <c r="G754" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="755">
       <c r="A755" s="4" t="n">
-        <v>990</v>
+        <v>7566</v>
       </c>
       <c r="B755" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C755" s="4" t="inlineStr">
         <is>
-          <t>Maria.-Rahel</t>
+          <t>Adam</t>
         </is>
       </c>
       <c r="D755" s="4" t="inlineStr">
         <is>
-          <t>Enggist</t>
+          <t>El Mais</t>
         </is>
       </c>
       <c r="E755" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F755" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G755" s="4"/>
+      <c r="G755" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="756">
       <c r="A756" s="4" t="n">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="B756" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C756" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Pascale</t>
         </is>
       </c>
       <c r="D756" s="4" t="inlineStr">
         <is>
-          <t>Enggist</t>
+          <t>Emmenegger</t>
         </is>
       </c>
       <c r="E756" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F756" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G756" s="4"/>
     </row>
     <row r="757">
       <c r="A757" s="4" t="n">
-        <v>4820</v>
+        <v>990</v>
       </c>
       <c r="B757" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C757" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Maria.-Rahel</t>
         </is>
       </c>
       <c r="D757" s="4" t="inlineStr">
         <is>
-          <t>Epper</t>
+          <t>Enggist</t>
         </is>
       </c>
       <c r="E757" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F757" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G757" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G757" s="4"/>
     </row>
     <row r="758">
       <c r="A758" s="4" t="n">
-        <v>1000</v>
+        <v>989</v>
       </c>
       <c r="B758" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C758" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D758" s="4" t="inlineStr">
         <is>
-          <t>Erhard</t>
+          <t>Enggist</t>
         </is>
       </c>
       <c r="E758" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F758" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G758" s="4"/>
     </row>
     <row r="759">
       <c r="A759" s="4" t="n">
-        <v>999</v>
+        <v>4820</v>
       </c>
       <c r="B759" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C759" s="4" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D759" s="4" t="inlineStr">
         <is>
-          <t>Erhard</t>
+          <t>Epper</t>
         </is>
       </c>
       <c r="E759" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F759" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G759" s="4"/>
+      <c r="G759" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="760">
       <c r="A760" s="4" t="n">
-        <v>7537</v>
+        <v>999</v>
       </c>
       <c r="B760" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C760" s="4" t="inlineStr">
         <is>
-          <t>Amina</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="D760" s="4" t="inlineStr">
         <is>
-          <t>Fabbri</t>
+          <t>Erhard</t>
         </is>
       </c>
       <c r="E760" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F760" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G760" s="4"/>
     </row>
     <row r="761">
       <c r="A761" s="4" t="n">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="B761" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C761" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D761" s="4" t="inlineStr">
         <is>
-          <t>Fahrni</t>
+          <t>Erhard</t>
         </is>
       </c>
       <c r="E761" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F761" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G761" s="4"/>
     </row>
     <row r="762">
       <c r="A762" s="4" t="n">
-        <v>1027</v>
+        <v>7537</v>
       </c>
       <c r="B762" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C762" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Amina</t>
         </is>
       </c>
       <c r="D762" s="4" t="inlineStr">
         <is>
-          <t>Fankhauser</t>
+          <t>Fabbri</t>
         </is>
       </c>
       <c r="E762" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F762" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G762" s="4"/>
     </row>
     <row r="763">
       <c r="A763" s="4" t="n">
-        <v>1041</v>
+        <v>1019</v>
       </c>
       <c r="B763" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C763" s="4" t="inlineStr">
         <is>
-          <t>Elmi</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D763" s="4" t="inlineStr">
         <is>
-          <t>Fazliji</t>
+          <t>Fahrni</t>
         </is>
       </c>
       <c r="E763" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F763" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G763" s="4"/>
     </row>
     <row r="764">
       <c r="A764" s="4" t="n">
-        <v>1056</v>
+        <v>1027</v>
       </c>
       <c r="B764" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C764" s="4" t="inlineStr">
         <is>
           <t>Andreas</t>
         </is>
       </c>
       <c r="D764" s="4" t="inlineStr">
         <is>
-          <t>Feller</t>
+          <t>Fankhauser</t>
         </is>
       </c>
       <c r="E764" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F764" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G764" s="4"/>
     </row>
     <row r="765">
       <c r="A765" s="4" t="n">
-        <v>1055</v>
+        <v>1041</v>
       </c>
       <c r="B765" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C765" s="4" t="inlineStr">
         <is>
-          <t>Alexandra</t>
+          <t>Elmi</t>
         </is>
       </c>
       <c r="D765" s="4" t="inlineStr">
         <is>
-          <t>Feller</t>
+          <t>Fazliji</t>
         </is>
       </c>
       <c r="E765" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F765" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G765" s="4"/>
     </row>
     <row r="766">
       <c r="A766" s="4" t="n">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="B766" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C766" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Alexandra</t>
         </is>
       </c>
       <c r="D766" s="4" t="inlineStr">
         <is>
-          <t>Fend</t>
+          <t>Feller</t>
         </is>
       </c>
       <c r="E766" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F766" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G766" s="4"/>
     </row>
     <row r="767">
       <c r="A767" s="4" t="n">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="B767" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C767" s="4" t="inlineStr">
         <is>
-          <t>Raphael</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D767" s="4" t="inlineStr">
         <is>
-          <t>Fend</t>
+          <t>Feller</t>
         </is>
       </c>
       <c r="E767" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F767" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G767" s="4"/>
     </row>
     <row r="768">
       <c r="A768" s="4" t="n">
-        <v>4605</v>
+        <v>1058</v>
       </c>
       <c r="B768" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C768" s="4" t="inlineStr">
         <is>
-          <t>Jaime</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D768" s="4" t="inlineStr">
         <is>
-          <t>Fenger</t>
+          <t>Fend</t>
         </is>
       </c>
       <c r="E768" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F768" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G768" s="4"/>
     </row>
     <row r="769">
       <c r="A769" s="4" t="n">
-        <v>7567</v>
+        <v>1059</v>
       </c>
       <c r="B769" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C769" s="4" t="inlineStr">
         <is>
-          <t>Ibrahimi  </t>
+          <t>Raphael</t>
         </is>
       </c>
       <c r="D769" s="4" t="inlineStr">
         <is>
-          <t>Fereidun      </t>
+          <t>Fend</t>
         </is>
       </c>
       <c r="E769" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F769" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G769" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G769" s="4"/>
     </row>
     <row r="770">
       <c r="A770" s="4" t="n">
-        <v>1065</v>
+        <v>4605</v>
       </c>
       <c r="B770" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C770" s="4" t="inlineStr">
         <is>
-          <t>Carlos</t>
+          <t>Jaime</t>
         </is>
       </c>
       <c r="D770" s="4" t="inlineStr">
         <is>
-          <t>Fernandez</t>
+          <t>Fenger</t>
         </is>
       </c>
       <c r="E770" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F770" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G770" s="4"/>
     </row>
     <row r="771">
       <c r="A771" s="4" t="n">
-        <v>1072</v>
+        <v>7567</v>
       </c>
       <c r="B771" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C771" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Ibrahimi  </t>
         </is>
       </c>
       <c r="D771" s="4" t="inlineStr">
         <is>
-          <t>Ferreira</t>
+          <t>Fereidun      </t>
         </is>
       </c>
       <c r="E771" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F771" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G771" s="4"/>
+      <c r="G771" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="772">
       <c r="A772" s="4" t="n">
-        <v>1073</v>
+        <v>1065</v>
       </c>
       <c r="B772" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C772" s="4" t="inlineStr">
         <is>
-          <t>Nicole</t>
+          <t>Carlos</t>
         </is>
       </c>
       <c r="D772" s="4" t="inlineStr">
         <is>
-          <t>Ferreira</t>
+          <t>Fernandez</t>
         </is>
       </c>
       <c r="E772" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F772" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G772" s="4"/>
     </row>
     <row r="773">
       <c r="A773" s="4" t="n">
-        <v>4065</v>
+        <v>1072</v>
       </c>
       <c r="B773" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C773" s="4" t="inlineStr">
         <is>
-          <t>Deivid</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D773" s="4" t="inlineStr">
         <is>
-          <t>Ferreira Ribeiro</t>
+          <t>Ferreira</t>
         </is>
       </c>
       <c r="E773" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F773" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G773" s="4"/>
     </row>
     <row r="774">
       <c r="A774" s="4" t="n">
-        <v>1077</v>
+        <v>1073</v>
       </c>
       <c r="B774" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C774" s="4" t="inlineStr">
         <is>
-          <t>Ettore</t>
+          <t>Nicole</t>
         </is>
       </c>
       <c r="D774" s="4" t="inlineStr">
         <is>
-          <t>Ferron</t>
+          <t>Ferreira</t>
         </is>
       </c>
       <c r="E774" s="4" t="inlineStr">
         <is>
-          <t>Goju-Kai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F774" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G774" s="4"/>
     </row>
     <row r="775">
       <c r="A775" s="4" t="n">
-        <v>1081</v>
+        <v>4065</v>
       </c>
       <c r="B775" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C775" s="4" t="inlineStr">
         <is>
-          <t>Fitim</t>
+          <t>Deivid</t>
         </is>
       </c>
       <c r="D775" s="4" t="inlineStr">
         <is>
-          <t>Fetahi</t>
+          <t>Ferreira Ribeiro</t>
         </is>
       </c>
       <c r="E775" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F775" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G775" s="4"/>
     </row>
     <row r="776">
       <c r="A776" s="4" t="n">
-        <v>1083</v>
+        <v>1077</v>
       </c>
       <c r="B776" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C776" s="4" t="inlineStr">
         <is>
-          <t>Jacqueline</t>
+          <t>Ettore</t>
         </is>
       </c>
       <c r="D776" s="4" t="inlineStr">
         <is>
-          <t>Feuz</t>
+          <t>Ferron</t>
         </is>
       </c>
       <c r="E776" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Kai</t>
         </is>
       </c>
       <c r="F776" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G776" s="4"/>
     </row>
     <row r="777">
       <c r="A777" s="4" t="n">
-        <v>5334</v>
+        <v>1081</v>
       </c>
       <c r="B777" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C777" s="4" t="inlineStr">
         <is>
-          <t>Annita</t>
+          <t>Fitim</t>
         </is>
       </c>
       <c r="D777" s="4" t="inlineStr">
         <is>
-          <t>Finger</t>
+          <t>Fetahi</t>
         </is>
       </c>
       <c r="E777" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F777" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G777" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G777" s="4"/>
     </row>
     <row r="778">
       <c r="A778" s="4" t="n">
-        <v>5492</v>
+        <v>1083</v>
       </c>
       <c r="B778" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C778" s="4" t="inlineStr">
         <is>
-          <t>Anita</t>
+          <t>Jacqueline</t>
         </is>
       </c>
       <c r="D778" s="4" t="inlineStr">
         <is>
-          <t>Finger</t>
+          <t>Feuz</t>
         </is>
       </c>
       <c r="E778" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F778" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G778" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G778" s="4"/>
     </row>
     <row r="779">
       <c r="A779" s="4" t="n">
-        <v>1090</v>
+        <v>5334</v>
       </c>
       <c r="B779" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C779" s="4" t="inlineStr">
         <is>
-          <t>Armando</t>
+          <t>Annita</t>
         </is>
       </c>
       <c r="D779" s="4" t="inlineStr">
         <is>
-          <t>Fiori</t>
+          <t>Finger</t>
         </is>
       </c>
       <c r="E779" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F779" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G779" s="4"/>
+      <c r="G779" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="780">
       <c r="A780" s="4" t="n">
-        <v>1091</v>
+        <v>5492</v>
       </c>
       <c r="B780" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C780" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Anita</t>
         </is>
       </c>
       <c r="D780" s="4" t="inlineStr">
         <is>
-          <t>Fiori</t>
+          <t>Finger</t>
         </is>
       </c>
       <c r="E780" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F780" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G780" s="4"/>
+      <c r="G780" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="781">
       <c r="A781" s="4" t="n">
-        <v>6897</v>
+        <v>1091</v>
       </c>
       <c r="B781" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C781" s="4" t="inlineStr">
         <is>
-          <t>Basil</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D781" s="4" t="inlineStr">
         <is>
-          <t>Fischer</t>
+          <t>Fiori</t>
         </is>
       </c>
       <c r="E781" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F781" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G781" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G781" s="4"/>
     </row>
     <row r="782">
       <c r="A782" s="4" t="n">
-        <v>1107</v>
+        <v>1090</v>
       </c>
       <c r="B782" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C782" s="4" t="inlineStr">
         <is>
-          <t>Sofia</t>
+          <t>Armando</t>
         </is>
       </c>
       <c r="D782" s="4" t="inlineStr">
         <is>
-          <t>Flück</t>
+          <t>Fiori</t>
         </is>
       </c>
       <c r="E782" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F782" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G782" s="4"/>
     </row>
     <row r="783">
       <c r="A783" s="4" t="n">
-        <v>1106</v>
+        <v>6897</v>
       </c>
       <c r="B783" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C783" s="4" t="inlineStr">
         <is>
-          <t>Roman</t>
+          <t>Basil</t>
         </is>
       </c>
       <c r="D783" s="4" t="inlineStr">
         <is>
-          <t>Flück</t>
+          <t>Fischer</t>
         </is>
       </c>
       <c r="E783" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F783" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G783" s="4"/>
+      <c r="G783" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="784">
       <c r="A784" s="4" t="n">
-        <v>6459</v>
+        <v>1106</v>
       </c>
       <c r="B784" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C784" s="4" t="inlineStr">
         <is>
-          <t>Medea Eleni</t>
+          <t>Roman</t>
         </is>
       </c>
       <c r="D784" s="4" t="inlineStr">
         <is>
-          <t>Flückiger</t>
+          <t>Flück</t>
         </is>
       </c>
       <c r="E784" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F784" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G784" s="4"/>
     </row>
     <row r="785">
       <c r="A785" s="4" t="n">
-        <v>1111</v>
+        <v>1107</v>
       </c>
       <c r="B785" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C785" s="4" t="inlineStr">
         <is>
-          <t>Davide</t>
+          <t>Sofia</t>
         </is>
       </c>
       <c r="D785" s="4" t="inlineStr">
         <is>
-          <t>Fontanesi</t>
+          <t>Flück</t>
         </is>
       </c>
       <c r="E785" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F785" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G785" s="4"/>
     </row>
     <row r="786">
       <c r="A786" s="4" t="n">
-        <v>1118</v>
+        <v>6459</v>
       </c>
       <c r="B786" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C786" s="4" t="inlineStr">
         <is>
-          <t>William</t>
+          <t>Medea Eleni</t>
         </is>
       </c>
       <c r="D786" s="4" t="inlineStr">
         <is>
-          <t>Forster</t>
+          <t>Flückiger</t>
         </is>
       </c>
       <c r="E786" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F786" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G786" s="4"/>
     </row>
     <row r="787">
       <c r="A787" s="4" t="n">
-        <v>1117</v>
+        <v>1111</v>
       </c>
       <c r="B787" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C787" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Davide</t>
         </is>
       </c>
       <c r="D787" s="4" t="inlineStr">
         <is>
-          <t>Forster</t>
+          <t>Fontanesi</t>
         </is>
       </c>
       <c r="E787" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F787" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G787" s="4"/>
     </row>
     <row r="788">
       <c r="A788" s="4" t="n">
-        <v>1122</v>
+        <v>1117</v>
       </c>
       <c r="B788" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C788" s="4" t="inlineStr">
         <is>
-          <t>Alessio</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D788" s="4" t="inlineStr">
         <is>
-          <t>Fortunato</t>
+          <t>Forster</t>
         </is>
       </c>
       <c r="E788" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F788" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G788" s="4"/>
     </row>
     <row r="789">
       <c r="A789" s="4" t="n">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="B789" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C789" s="4" t="inlineStr">
         <is>
-          <t>Elia</t>
+          <t>William</t>
         </is>
       </c>
       <c r="D789" s="4" t="inlineStr">
         <is>
-          <t>Fortunato</t>
+          <t>Forster</t>
         </is>
       </c>
       <c r="E789" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F789" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G789" s="4"/>
     </row>
     <row r="790">
       <c r="A790" s="4" t="n">
-        <v>1151</v>
+        <v>1123</v>
       </c>
       <c r="B790" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C790" s="4" t="inlineStr">
         <is>
-          <t>Sebastian</t>
+          <t>Elia</t>
         </is>
       </c>
       <c r="D790" s="4" t="inlineStr">
         <is>
-          <t>Frey</t>
+          <t>Fortunato</t>
         </is>
       </c>
       <c r="E790" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F790" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G790" s="4"/>
     </row>
     <row r="791">
       <c r="A791" s="4" t="n">
-        <v>1160</v>
+        <v>1122</v>
       </c>
       <c r="B791" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C791" s="4" t="inlineStr">
         <is>
-          <t>Tiziano</t>
+          <t>Alessio</t>
         </is>
       </c>
       <c r="D791" s="4" t="inlineStr">
         <is>
-          <t>Frisullo</t>
+          <t>Fortunato</t>
         </is>
       </c>
       <c r="E791" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F791" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G791" s="4"/>
     </row>
     <row r="792">
       <c r="A792" s="4" t="n">
-        <v>1169</v>
+        <v>1151</v>
       </c>
       <c r="B792" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C792" s="4" t="inlineStr">
         <is>
-          <t>Tobias</t>
+          <t>Sebastian</t>
         </is>
       </c>
       <c r="D792" s="4" t="inlineStr">
         <is>
-          <t>Fuchs</t>
+          <t>Frey</t>
         </is>
       </c>
       <c r="E792" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F792" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G792" s="4"/>
     </row>
     <row r="793">
       <c r="A793" s="4" t="n">
-        <v>1168</v>
+        <v>1160</v>
       </c>
       <c r="B793" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C793" s="4" t="inlineStr">
         <is>
-          <t>Rasika</t>
+          <t>Tiziano</t>
         </is>
       </c>
       <c r="D793" s="4" t="inlineStr">
         <is>
-          <t>Fuchs</t>
+          <t>Frisullo</t>
         </is>
       </c>
       <c r="E793" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F793" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G793" s="4"/>
     </row>
     <row r="794">
       <c r="A794" s="4" t="n">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="B794" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C794" s="4" t="inlineStr">
         <is>
-          <t>Cedric</t>
+          <t>Tobias</t>
         </is>
       </c>
       <c r="D794" s="4" t="inlineStr">
         <is>
           <t>Fuchs</t>
         </is>
       </c>
       <c r="E794" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F794" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G794" s="4"/>
     </row>
     <row r="795">
       <c r="A795" s="4" t="n">
-        <v>1174</v>
+        <v>1163</v>
       </c>
       <c r="B795" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C795" s="4" t="inlineStr">
         <is>
-          <t>Regina</t>
+          <t>Cedric</t>
         </is>
       </c>
       <c r="D795" s="4" t="inlineStr">
         <is>
-          <t>Fuhrer</t>
+          <t>Fuchs</t>
         </is>
       </c>
       <c r="E795" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F795" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G795" s="4"/>
     </row>
     <row r="796">
       <c r="A796" s="4" t="n">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="B796" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C796" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Rasika</t>
         </is>
       </c>
       <c r="D796" s="4" t="inlineStr">
         <is>
-          <t>Fuhrer</t>
+          <t>Fuchs</t>
         </is>
       </c>
       <c r="E796" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F796" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G796" s="4"/>
     </row>
     <row r="797">
       <c r="A797" s="4" t="n">
-        <v>1175</v>
+        <v>1174</v>
       </c>
       <c r="B797" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C797" s="4" t="inlineStr">
         <is>
-          <t>Marvin</t>
+          <t>Regina</t>
         </is>
       </c>
       <c r="D797" s="4" t="inlineStr">
         <is>
-          <t>Fuhrimann</t>
+          <t>Fuhrer</t>
         </is>
       </c>
       <c r="E797" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F797" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G797" s="4"/>
     </row>
     <row r="798">
       <c r="A798" s="4" t="n">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="B798" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C798" s="4" t="inlineStr">
         <is>
-          <t>Monique</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D798" s="4" t="inlineStr">
         <is>
-          <t>Fuhrimann</t>
+          <t>Fuhrer</t>
         </is>
       </c>
       <c r="E798" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F798" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G798" s="4"/>
     </row>
     <row r="799">
       <c r="A799" s="4" t="n">
-        <v>5332</v>
+        <v>1175</v>
       </c>
       <c r="B799" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C799" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Marvin</t>
         </is>
       </c>
       <c r="D799" s="4" t="inlineStr">
         <is>
-          <t>Furrer</t>
+          <t>Fuhrimann</t>
         </is>
       </c>
       <c r="E799" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F799" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G799" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G799" s="4"/>
     </row>
     <row r="800">
       <c r="A800" s="4" t="n">
-        <v>5490</v>
+        <v>1176</v>
       </c>
       <c r="B800" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C800" s="4" t="inlineStr">
         <is>
-          <t>Ursula</t>
+          <t>Monique</t>
         </is>
       </c>
       <c r="D800" s="4" t="inlineStr">
         <is>
-          <t>Furrer</t>
+          <t>Fuhrimann</t>
         </is>
       </c>
       <c r="E800" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F800" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G800" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G800" s="4"/>
     </row>
     <row r="801">
       <c r="A801" s="4" t="n">
-        <v>1181</v>
+        <v>5332</v>
       </c>
       <c r="B801" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C801" s="4" t="inlineStr">
         <is>
-          <t>Hanspeter</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D801" s="4" t="inlineStr">
         <is>
           <t>Furrer</t>
         </is>
       </c>
       <c r="E801" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F801" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G801" s="4"/>
+      <c r="G801" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="802">
       <c r="A802" s="4" t="n">
-        <v>1190</v>
+        <v>5490</v>
       </c>
       <c r="B802" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C802" s="4" t="inlineStr">
         <is>
-          <t>Vincenzo</t>
+          <t>Ursula</t>
         </is>
       </c>
       <c r="D802" s="4" t="inlineStr">
         <is>
-          <t>Gaetani</t>
+          <t>Furrer</t>
         </is>
       </c>
       <c r="E802" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F802" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G802" s="4"/>
+      <c r="G802" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="803">
       <c r="A803" s="4" t="n">
-        <v>1191</v>
+        <v>1181</v>
       </c>
       <c r="B803" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C803" s="4" t="inlineStr">
         <is>
-          <t>Lisa</t>
+          <t>Hanspeter</t>
         </is>
       </c>
       <c r="D803" s="4" t="inlineStr">
         <is>
-          <t>Gafner</t>
+          <t>Furrer</t>
         </is>
       </c>
       <c r="E803" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F803" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G803" s="4"/>
     </row>
     <row r="804">
       <c r="A804" s="4" t="n">
-        <v>1192</v>
+        <v>1190</v>
       </c>
       <c r="B804" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C804" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Vincenzo</t>
         </is>
       </c>
       <c r="D804" s="4" t="inlineStr">
         <is>
-          <t>Gafner</t>
+          <t>Gaetani</t>
         </is>
       </c>
       <c r="E804" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F804" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G804" s="4"/>
     </row>
     <row r="805">
       <c r="A805" s="4" t="n">
-        <v>1203</v>
+        <v>1191</v>
       </c>
       <c r="B805" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C805" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Lisa</t>
         </is>
       </c>
       <c r="D805" s="4" t="inlineStr">
         <is>
-          <t>Galley</t>
+          <t>Gafner</t>
         </is>
       </c>
       <c r="E805" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F805" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G805" s="4"/>
     </row>
     <row r="806">
       <c r="A806" s="4" t="n">
-        <v>6030</v>
+        <v>1192</v>
       </c>
       <c r="B806" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C806" s="4" t="inlineStr">
         <is>
-          <t>Kim</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D806" s="4" t="inlineStr">
         <is>
-          <t>Gallimore</t>
+          <t>Gafner</t>
         </is>
       </c>
       <c r="E806" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F806" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G806" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G806" s="4"/>
     </row>
     <row r="807">
       <c r="A807" s="4" t="n">
-        <v>4051</v>
+        <v>1203</v>
       </c>
       <c r="B807" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C807" s="4" t="inlineStr">
         <is>
-          <t>Tabea</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D807" s="4" t="inlineStr">
         <is>
-          <t>Gamma</t>
+          <t>Galley</t>
         </is>
       </c>
       <c r="E807" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F807" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G807" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G807" s="4"/>
     </row>
     <row r="808">
       <c r="A808" s="4" t="n">
-        <v>1218</v>
+        <v>6030</v>
       </c>
       <c r="B808" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C808" s="4" t="inlineStr">
         <is>
-          <t>Giovanni</t>
+          <t>Kim</t>
         </is>
       </c>
       <c r="D808" s="4" t="inlineStr">
         <is>
-          <t>Garzia</t>
+          <t>Gallimore</t>
         </is>
       </c>
       <c r="E808" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F808" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G808" s="4"/>
+      <c r="G808" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="809">
       <c r="A809" s="4" t="n">
-        <v>4694</v>
+        <v>4051</v>
       </c>
       <c r="B809" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C809" s="4" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Tabea</t>
         </is>
       </c>
       <c r="D809" s="4" t="inlineStr">
         <is>
-          <t>Gass</t>
+          <t>Gamma</t>
         </is>
       </c>
       <c r="E809" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F809" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G809" s="4"/>
+      <c r="G809" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="810">
       <c r="A810" s="4" t="n">
-        <v>1228</v>
+        <v>1218</v>
       </c>
       <c r="B810" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C810" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Giovanni</t>
         </is>
       </c>
       <c r="D810" s="4" t="inlineStr">
         <is>
-          <t>Gassmann</t>
+          <t>Garzia</t>
         </is>
       </c>
       <c r="E810" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F810" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G810" s="4"/>
     </row>
     <row r="811">
       <c r="A811" s="4" t="n">
-        <v>4832</v>
+        <v>4694</v>
       </c>
       <c r="B811" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C811" s="4" t="inlineStr">
         <is>
-          <t>Sylvia</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="D811" s="4" t="inlineStr">
         <is>
-          <t>Gastl</t>
+          <t>Gass</t>
         </is>
       </c>
       <c r="E811" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F811" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G811" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G811" s="4"/>
     </row>
     <row r="812">
       <c r="A812" s="4" t="n">
-        <v>7575</v>
+        <v>1228</v>
       </c>
       <c r="B812" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C812" s="4" t="inlineStr">
         <is>
-          <t>Anja</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D812" s="4" t="inlineStr">
         <is>
-          <t>Gaus</t>
+          <t>Gassmann</t>
         </is>
       </c>
       <c r="E812" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F812" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G812" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G812" s="4"/>
     </row>
     <row r="813">
       <c r="A813" s="4" t="n">
-        <v>1238</v>
+        <v>4832</v>
       </c>
       <c r="B813" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C813" s="4" t="inlineStr">
         <is>
-          <t>Nathalie</t>
+          <t>Sylvia</t>
         </is>
       </c>
       <c r="D813" s="4" t="inlineStr">
         <is>
-          <t>Geadah</t>
+          <t>Gastl</t>
         </is>
       </c>
       <c r="E813" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F813" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G813" s="4"/>
+      <c r="G813" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="814">
       <c r="A814" s="4" t="n">
-        <v>1241</v>
+        <v>7575</v>
       </c>
       <c r="B814" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C814" s="4" t="inlineStr">
         <is>
-          <t>Dominik</t>
+          <t>Anja</t>
         </is>
       </c>
       <c r="D814" s="4" t="inlineStr">
         <is>
-          <t>Gehri</t>
+          <t>Gaus</t>
         </is>
       </c>
       <c r="E814" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F814" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G814" s="4"/>
+      <c r="G814" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="815">
       <c r="A815" s="4" t="n">
-        <v>5688</v>
+        <v>1238</v>
       </c>
       <c r="B815" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C815" s="4" t="inlineStr">
         <is>
-          <t>Viktor</t>
+          <t>Nathalie</t>
         </is>
       </c>
       <c r="D815" s="4" t="inlineStr">
         <is>
-          <t>Geiger</t>
+          <t>Geadah</t>
         </is>
       </c>
       <c r="E815" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F815" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G815" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G815" s="4"/>
     </row>
     <row r="816">
       <c r="A816" s="4" t="n">
-        <v>5165</v>
+        <v>1241</v>
       </c>
       <c r="B816" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C816" s="4" t="inlineStr">
         <is>
-          <t>Verena </t>
+          <t>Dominik</t>
         </is>
       </c>
       <c r="D816" s="4" t="inlineStr">
         <is>
-          <t>Geissbühler</t>
+          <t>Gehri</t>
         </is>
       </c>
       <c r="E816" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F816" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G816" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G816" s="4"/>
     </row>
     <row r="817">
       <c r="A817" s="4" t="n">
-        <v>1252</v>
+        <v>5688</v>
       </c>
       <c r="B817" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C817" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Viktor</t>
         </is>
       </c>
       <c r="D817" s="4" t="inlineStr">
         <is>
-          <t>Geissbühler</t>
+          <t>Geiger</t>
         </is>
       </c>
       <c r="E817" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F817" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G817" s="4"/>
+      <c r="G817" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland - Ehrendan</t>
+        </is>
+      </c>
     </row>
     <row r="818">
       <c r="A818" s="4" t="n">
-        <v>1258</v>
+        <v>5165</v>
       </c>
       <c r="B818" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C818" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Verena </t>
         </is>
       </c>
       <c r="D818" s="4" t="inlineStr">
         <is>
-          <t>Genoud</t>
+          <t>Geissbühler</t>
         </is>
       </c>
       <c r="E818" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F818" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G818" s="4"/>
+      <c r="G818" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="819">
       <c r="A819" s="4" t="n">
-        <v>1269</v>
+        <v>1252</v>
       </c>
       <c r="B819" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C819" s="4" t="inlineStr">
         <is>
-          <t>Margrit</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D819" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Geissbühler</t>
         </is>
       </c>
       <c r="E819" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F819" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G819" s="4"/>
     </row>
     <row r="820">
       <c r="A820" s="4" t="n">
-        <v>1268</v>
+        <v>1258</v>
       </c>
       <c r="B820" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C820" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>André</t>
         </is>
       </c>
       <c r="D820" s="4" t="inlineStr">
         <is>
-          <t>Gerber</t>
+          <t>Genoud</t>
         </is>
       </c>
       <c r="E820" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F820" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G820" s="4"/>
     </row>
     <row r="821">
       <c r="A821" s="4" t="n">
-        <v>1271</v>
+        <v>1262</v>
       </c>
       <c r="B821" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C821" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Celina</t>
         </is>
       </c>
       <c r="D821" s="4" t="inlineStr">
         <is>
           <t>Gerber</t>
         </is>
       </c>
       <c r="E821" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F821" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G821" s="4"/>
     </row>
     <row r="822">
       <c r="A822" s="4" t="n">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="B822" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C822" s="4" t="inlineStr">
         <is>
-          <t>Florian</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D822" s="4" t="inlineStr">
         <is>
           <t>Gerber</t>
         </is>
       </c>
       <c r="E822" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F822" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G822" s="4"/>
     </row>
     <row r="823">
       <c r="A823" s="4" t="n">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="B823" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C823" s="4" t="inlineStr">
         <is>
-          <t>Celina</t>
+          <t>Florian</t>
         </is>
       </c>
       <c r="D823" s="4" t="inlineStr">
         <is>
           <t>Gerber</t>
         </is>
       </c>
       <c r="E823" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F823" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G823" s="4"/>
     </row>
     <row r="824">
       <c r="A824" s="4" t="n">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="B824" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C824" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Margrit</t>
         </is>
       </c>
       <c r="D824" s="4" t="inlineStr">
         <is>
           <t>Gerber</t>
         </is>
       </c>
       <c r="E824" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F824" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G824" s="4"/>
     </row>
     <row r="825">
       <c r="A825" s="4" t="n">
-        <v>6679</v>
+        <v>1271</v>
       </c>
       <c r="B825" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C825" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D825" s="4" t="inlineStr">
         <is>
-          <t>Glaser</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E825" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F825" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G825" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G825" s="4"/>
     </row>
     <row r="826">
       <c r="A826" s="4" t="n">
-        <v>7562</v>
+        <v>1266</v>
       </c>
       <c r="B826" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C826" s="4" t="inlineStr">
         <is>
-          <t>Leonardo</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D826" s="4" t="inlineStr">
         <is>
-          <t>Gomes Mateus</t>
+          <t>Gerber</t>
         </is>
       </c>
       <c r="E826" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F826" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G826" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G826" s="4"/>
     </row>
     <row r="827">
       <c r="A827" s="4" t="n">
-        <v>7561</v>
+        <v>6679</v>
       </c>
       <c r="B827" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C827" s="4" t="inlineStr">
         <is>
-          <t>Christiano</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D827" s="4" t="inlineStr">
         <is>
-          <t>Gomes Mateus</t>
+          <t>Glaser</t>
         </is>
       </c>
       <c r="E827" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F827" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G827" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="4" t="n">
-        <v>1347</v>
+        <v>7562</v>
       </c>
       <c r="B828" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C828" s="4" t="inlineStr">
         <is>
-          <t>Bluette</t>
+          <t>Leonardo</t>
         </is>
       </c>
       <c r="D828" s="4" t="inlineStr">
         <is>
-          <t>Graber</t>
+          <t>Gomes Mateus</t>
         </is>
       </c>
       <c r="E828" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F828" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G828" s="4"/>
+      <c r="G828" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="829">
       <c r="A829" s="4" t="n">
-        <v>1353</v>
+        <v>7561</v>
       </c>
       <c r="B829" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C829" s="4" t="inlineStr">
         <is>
-          <t>Julia</t>
+          <t>Christiano</t>
         </is>
       </c>
       <c r="D829" s="4" t="inlineStr">
         <is>
-          <t>Graf</t>
+          <t>Gomes Mateus</t>
         </is>
       </c>
       <c r="E829" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F829" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G829" s="4"/>
+      <c r="G829" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="830">
       <c r="A830" s="4" t="n">
-        <v>1355</v>
+        <v>1347</v>
       </c>
       <c r="B830" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C830" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Bluette</t>
         </is>
       </c>
       <c r="D830" s="4" t="inlineStr">
         <is>
-          <t>Graf</t>
+          <t>Graber</t>
         </is>
       </c>
       <c r="E830" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F830" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G830" s="4"/>
     </row>
     <row r="831">
       <c r="A831" s="4" t="n">
-        <v>1365</v>
+        <v>1353</v>
       </c>
       <c r="B831" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C831" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Julia</t>
         </is>
       </c>
       <c r="D831" s="4" t="inlineStr">
         <is>
-          <t>Graziu</t>
+          <t>Graf</t>
         </is>
       </c>
       <c r="E831" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F831" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G831" s="4"/>
     </row>
     <row r="832">
       <c r="A832" s="4" t="n">
-        <v>1366</v>
+        <v>1355</v>
       </c>
       <c r="B832" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C832" s="4" t="inlineStr">
         <is>
-          <t>Natascha</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D832" s="4" t="inlineStr">
         <is>
-          <t>Greber</t>
+          <t>Graf</t>
         </is>
       </c>
       <c r="E832" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F832" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G832" s="4"/>
     </row>
     <row r="833">
       <c r="A833" s="4" t="n">
-        <v>4616</v>
+        <v>1365</v>
       </c>
       <c r="B833" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C833" s="4" t="inlineStr">
         <is>
-          <t>Ruzica</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="D833" s="4" t="inlineStr">
         <is>
-          <t>Grgic</t>
+          <t>Graziu</t>
         </is>
       </c>
       <c r="E833" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F833" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G833" s="4"/>
     </row>
     <row r="834">
       <c r="A834" s="4" t="n">
-        <v>7542</v>
+        <v>1366</v>
       </c>
       <c r="B834" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C834" s="4" t="inlineStr">
         <is>
-          <t>Jana</t>
+          <t>Natascha</t>
         </is>
       </c>
       <c r="D834" s="4" t="inlineStr">
         <is>
-          <t>Grossen</t>
+          <t>Greber</t>
         </is>
       </c>
       <c r="E834" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F834" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G834" s="4"/>
     </row>
     <row r="835">
       <c r="A835" s="4" t="n">
-        <v>1384</v>
+        <v>4616</v>
       </c>
       <c r="B835" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C835" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Ruzica</t>
         </is>
       </c>
       <c r="D835" s="4" t="inlineStr">
         <is>
-          <t>Grossen</t>
+          <t>Grgic</t>
         </is>
       </c>
       <c r="E835" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F835" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G835" s="4"/>
     </row>
     <row r="836">
       <c r="A836" s="4" t="n">
-        <v>1387</v>
+        <v>7542</v>
       </c>
       <c r="B836" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C836" s="4" t="inlineStr">
         <is>
-          <t>Stephanie</t>
+          <t>Jana</t>
         </is>
       </c>
       <c r="D836" s="4" t="inlineStr">
         <is>
-          <t>Grossenbacher</t>
+          <t>Grossen</t>
         </is>
       </c>
       <c r="E836" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F836" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G836" s="4"/>
     </row>
     <row r="837">
       <c r="A837" s="4" t="n">
-        <v>7408</v>
+        <v>1384</v>
       </c>
       <c r="B837" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C837" s="4" t="inlineStr">
         <is>
-          <t>Severin</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D837" s="4" t="inlineStr">
         <is>
-          <t>Grossenbacher</t>
+          <t>Grossen</t>
         </is>
       </c>
       <c r="E837" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F837" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G837" s="4"/>
     </row>
     <row r="838">
       <c r="A838" s="4" t="n">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="B838" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C838" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Stephanie</t>
         </is>
       </c>
       <c r="D838" s="4" t="inlineStr">
         <is>
           <t>Grossenbacher</t>
         </is>
       </c>
       <c r="E838" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F838" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G838" s="4"/>
     </row>
     <row r="839">
       <c r="A839" s="4" t="n">
-        <v>1389</v>
+        <v>1386</v>
       </c>
       <c r="B839" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C839" s="4" t="inlineStr">
         <is>
-          <t>Isabelle</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D839" s="4" t="inlineStr">
         <is>
-          <t>Grubert</t>
+          <t>Grossenbacher</t>
         </is>
       </c>
       <c r="E839" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F839" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G839" s="4"/>
     </row>
     <row r="840">
       <c r="A840" s="4" t="n">
-        <v>1391</v>
+        <v>7408</v>
       </c>
       <c r="B840" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C840" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Severin</t>
         </is>
       </c>
       <c r="D840" s="4" t="inlineStr">
         <is>
-          <t>Grunder</t>
+          <t>Grossenbacher</t>
         </is>
       </c>
       <c r="E840" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F840" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G840" s="4"/>
     </row>
     <row r="841">
       <c r="A841" s="4" t="n">
-        <v>1390</v>
+        <v>7581</v>
       </c>
       <c r="B841" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C841" s="4" t="inlineStr">
         <is>
-          <t>Noel</t>
+          <t>Arik </t>
         </is>
       </c>
       <c r="D841" s="4" t="inlineStr">
         <is>
-          <t>Grunder</t>
+          <t>Grossenbacher</t>
         </is>
       </c>
       <c r="E841" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F841" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G841" s="4"/>
+      <c r="G841" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="842">
       <c r="A842" s="4" t="n">
-        <v>4878</v>
+        <v>1389</v>
       </c>
       <c r="B842" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C842" s="4" t="inlineStr">
         <is>
-          <t> Maxwell</t>
+          <t>Isabelle</t>
         </is>
       </c>
       <c r="D842" s="4" t="inlineStr">
         <is>
-          <t>Guerne - Kieferndorf</t>
+          <t>Grubert</t>
         </is>
       </c>
       <c r="E842" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F842" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G842" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G842" s="4"/>
     </row>
     <row r="843">
       <c r="A843" s="4" t="n">
-        <v>1408</v>
+        <v>1391</v>
       </c>
       <c r="B843" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C843" s="4" t="inlineStr">
         <is>
-          <t>Aurélie</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D843" s="4" t="inlineStr">
         <is>
-          <t>Guillaume</t>
+          <t>Grunder</t>
         </is>
       </c>
       <c r="E843" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F843" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G843" s="4"/>
     </row>
     <row r="844">
       <c r="A844" s="4" t="n">
-        <v>1409</v>
+        <v>1390</v>
       </c>
       <c r="B844" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C844" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Noel</t>
         </is>
       </c>
       <c r="D844" s="4" t="inlineStr">
         <is>
-          <t>Guillaume</t>
+          <t>Grunder</t>
         </is>
       </c>
       <c r="E844" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F844" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G844" s="4"/>
     </row>
     <row r="845">
       <c r="A845" s="4" t="n">
-        <v>1407</v>
+        <v>4878</v>
       </c>
       <c r="B845" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C845" s="4" t="inlineStr">
         <is>
-          <t>Augustin</t>
+          <t> Maxwell</t>
         </is>
       </c>
       <c r="D845" s="4" t="inlineStr">
         <is>
-          <t>Guillaume</t>
+          <t>Guerne - Kieferndorf</t>
         </is>
       </c>
       <c r="E845" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F845" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G845" s="4"/>
+      <c r="G845" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="846">
       <c r="A846" s="4" t="n">
-        <v>1421</v>
+        <v>1409</v>
       </c>
       <c r="B846" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C846" s="4" t="inlineStr">
         <is>
-          <t>Francesco</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D846" s="4" t="inlineStr">
         <is>
-          <t>Gulla</t>
+          <t>Guillaume</t>
         </is>
       </c>
       <c r="E846" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F846" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G846" s="4"/>
     </row>
     <row r="847">
       <c r="A847" s="4" t="n">
-        <v>1425</v>
+        <v>1408</v>
       </c>
       <c r="B847" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C847" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Aurélie</t>
         </is>
       </c>
       <c r="D847" s="4" t="inlineStr">
         <is>
-          <t>Gurtner</t>
+          <t>Guillaume</t>
         </is>
       </c>
       <c r="E847" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F847" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G847" s="4"/>
     </row>
     <row r="848">
       <c r="A848" s="4" t="n">
-        <v>1441</v>
+        <v>1407</v>
       </c>
       <c r="B848" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C848" s="4" t="inlineStr">
         <is>
-          <t>Joanne</t>
+          <t>Augustin</t>
         </is>
       </c>
       <c r="D848" s="4" t="inlineStr">
         <is>
-          <t>Haberer</t>
+          <t>Guillaume</t>
         </is>
       </c>
       <c r="E848" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F848" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G848" s="4"/>
     </row>
     <row r="849">
       <c r="A849" s="4" t="n">
-        <v>4822</v>
+        <v>1421</v>
       </c>
       <c r="B849" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C849" s="4" t="inlineStr">
         <is>
-          <t>Dariusch</t>
+          <t>Francesco</t>
         </is>
       </c>
       <c r="D849" s="4" t="inlineStr">
         <is>
-          <t>Hadawi</t>
+          <t>Gulla</t>
         </is>
       </c>
       <c r="E849" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F849" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G849" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G849" s="4"/>
     </row>
     <row r="850">
       <c r="A850" s="4" t="n">
-        <v>4024</v>
+        <v>1425</v>
       </c>
       <c r="B850" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C850" s="4" t="inlineStr">
         <is>
-          <t>Daniela</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D850" s="4" t="inlineStr">
         <is>
-          <t>Hadorn</t>
+          <t>Gurtner</t>
         </is>
       </c>
       <c r="E850" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F850" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G850" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G850" s="4"/>
     </row>
     <row r="851">
       <c r="A851" s="4" t="n">
-        <v>6858</v>
+        <v>1441</v>
       </c>
       <c r="B851" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C851" s="4" t="inlineStr">
         <is>
-          <t>Alissa</t>
+          <t>Joanne</t>
         </is>
       </c>
       <c r="D851" s="4" t="inlineStr">
         <is>
-          <t>Häfelfinger</t>
+          <t>Haberer</t>
         </is>
       </c>
       <c r="E851" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F851" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G851" s="4"/>
     </row>
     <row r="852">
       <c r="A852" s="4" t="n">
-        <v>1450</v>
+        <v>4822</v>
       </c>
       <c r="B852" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C852" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Dariusch</t>
         </is>
       </c>
       <c r="D852" s="4" t="inlineStr">
         <is>
-          <t>Häfelinger</t>
+          <t>Hadawi</t>
         </is>
       </c>
       <c r="E852" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F852" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G852" s="4"/>
+      <c r="G852" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="853">
       <c r="A853" s="4" t="n">
-        <v>1452</v>
+        <v>4024</v>
       </c>
       <c r="B853" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C853" s="4" t="inlineStr">
         <is>
-          <t>Alexandra</t>
+          <t>Daniela</t>
         </is>
       </c>
       <c r="D853" s="4" t="inlineStr">
         <is>
-          <t>Hafner</t>
+          <t>Hadorn</t>
         </is>
       </c>
       <c r="E853" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F853" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G853" s="4"/>
+      <c r="G853" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="854">
       <c r="A854" s="4" t="n">
-        <v>1455</v>
+        <v>6858</v>
       </c>
       <c r="B854" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C854" s="4" t="inlineStr">
         <is>
-          <t>Monika</t>
+          <t>Alissa</t>
         </is>
       </c>
       <c r="D854" s="4" t="inlineStr">
         <is>
-          <t>Hager</t>
+          <t>Häfelfinger</t>
         </is>
       </c>
       <c r="E854" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F854" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G854" s="4"/>
     </row>
     <row r="855">
       <c r="A855" s="4" t="n">
-        <v>1456</v>
+        <v>1450</v>
       </c>
       <c r="B855" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C855" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D855" s="4" t="inlineStr">
         <is>
-          <t>Hagmann</t>
+          <t>Häfelinger</t>
         </is>
       </c>
       <c r="E855" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F855" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G855" s="4"/>
     </row>
     <row r="856">
       <c r="A856" s="4" t="n">
-        <v>1463</v>
+        <v>1452</v>
       </c>
       <c r="B856" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C856" s="4" t="inlineStr">
         <is>
-          <t>Latifi</t>
+          <t>Alexandra</t>
         </is>
       </c>
       <c r="D856" s="4" t="inlineStr">
         <is>
-          <t>Halit</t>
+          <t>Hafner</t>
         </is>
       </c>
       <c r="E856" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F856" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G856" s="4"/>
     </row>
     <row r="857">
       <c r="A857" s="4" t="n">
-        <v>6864</v>
+        <v>1455</v>
       </c>
       <c r="B857" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C857" s="4" t="inlineStr">
         <is>
-          <t>Loris</t>
+          <t>Monika</t>
         </is>
       </c>
       <c r="D857" s="4" t="inlineStr">
         <is>
-          <t>Hänggi</t>
+          <t>Hager</t>
         </is>
       </c>
       <c r="E857" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F857" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G857" s="4"/>
     </row>
     <row r="858">
       <c r="A858" s="4" t="n">
-        <v>7534</v>
+        <v>1456</v>
       </c>
       <c r="B858" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C858" s="4" t="inlineStr">
         <is>
-          <t>Ruben</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D858" s="4" t="inlineStr">
         <is>
-          <t>Hänggi</t>
+          <t>Hagmann</t>
         </is>
       </c>
       <c r="E858" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F858" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G858" s="4"/>
     </row>
     <row r="859">
       <c r="A859" s="4" t="n">
-        <v>1484</v>
+        <v>1463</v>
       </c>
       <c r="B859" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C859" s="4" t="inlineStr">
         <is>
-          <t>Fabio</t>
+          <t>Latifi</t>
         </is>
       </c>
       <c r="D859" s="4" t="inlineStr">
         <is>
-          <t>Harzenmoser</t>
+          <t>Halit</t>
         </is>
       </c>
       <c r="E859" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F859" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G859" s="4"/>
     </row>
     <row r="860">
       <c r="A860" s="4" t="n">
-        <v>6255</v>
+        <v>7585</v>
       </c>
       <c r="B860" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C860" s="4" t="inlineStr">
         <is>
-          <t>Janina</t>
+          <t>Lenya</t>
         </is>
       </c>
       <c r="D860" s="4" t="inlineStr">
         <is>
-          <t>Haslebacher</t>
+          <t>Hänggi</t>
         </is>
       </c>
       <c r="E860" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F860" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G860" s="4"/>
     </row>
     <row r="861">
       <c r="A861" s="4" t="n">
-        <v>7400</v>
+        <v>7534</v>
       </c>
       <c r="B861" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C861" s="4" t="inlineStr">
         <is>
-          <t>Nadia</t>
+          <t>Ruben</t>
         </is>
       </c>
       <c r="D861" s="4" t="inlineStr">
         <is>
-          <t>Hasler</t>
+          <t>Hänggi</t>
         </is>
       </c>
       <c r="E861" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F861" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G861" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G861" s="4"/>
     </row>
     <row r="862">
       <c r="A862" s="4" t="n">
-        <v>1497</v>
+        <v>6864</v>
       </c>
       <c r="B862" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C862" s="4" t="inlineStr">
         <is>
-          <t>Mario</t>
+          <t>Loris</t>
         </is>
       </c>
       <c r="D862" s="4" t="inlineStr">
         <is>
-          <t>Hausammann</t>
+          <t>Hänggi</t>
         </is>
       </c>
       <c r="E862" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F862" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G862" s="4"/>
     </row>
     <row r="863">
       <c r="A863" s="4" t="n">
-        <v>1501</v>
+        <v>1484</v>
       </c>
       <c r="B863" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C863" s="4" t="inlineStr">
         <is>
-          <t>Fabian</t>
+          <t>Fabio</t>
         </is>
       </c>
       <c r="D863" s="4" t="inlineStr">
         <is>
-          <t>Hauswirth</t>
+          <t>Harzenmoser</t>
         </is>
       </c>
       <c r="E863" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F863" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G863" s="4"/>
     </row>
     <row r="864">
       <c r="A864" s="4" t="n">
-        <v>1502</v>
+        <v>6255</v>
       </c>
       <c r="B864" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C864" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Janina</t>
         </is>
       </c>
       <c r="D864" s="4" t="inlineStr">
         <is>
-          <t>Hauswirth</t>
+          <t>Haslebacher</t>
         </is>
       </c>
       <c r="E864" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F864" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G864" s="4"/>
     </row>
     <row r="865">
       <c r="A865" s="4" t="n">
-        <v>1503</v>
+        <v>7400</v>
       </c>
       <c r="B865" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C865" s="4" t="inlineStr">
         <is>
-          <t>Dariusch</t>
+          <t>Nadia</t>
         </is>
       </c>
       <c r="D865" s="4" t="inlineStr">
         <is>
-          <t>Hawadi</t>
+          <t>Hasler</t>
         </is>
       </c>
       <c r="E865" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F865" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G865" s="4"/>
+      <c r="G865" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="866">
       <c r="A866" s="4" t="n">
-        <v>1507</v>
+        <v>1497</v>
       </c>
       <c r="B866" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C866" s="4" t="inlineStr">
         <is>
-          <t>Rebekka</t>
+          <t>Mario</t>
         </is>
       </c>
       <c r="D866" s="4" t="inlineStr">
         <is>
-          <t>Hediger</t>
+          <t>Hausammann</t>
         </is>
       </c>
       <c r="E866" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F866" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G866" s="4"/>
     </row>
     <row r="867">
       <c r="A867" s="4" t="n">
-        <v>4620</v>
+        <v>1501</v>
       </c>
       <c r="B867" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C867" s="4" t="inlineStr">
         <is>
-          <t>Alexander</t>
+          <t>Fabian</t>
         </is>
       </c>
       <c r="D867" s="4" t="inlineStr">
         <is>
-          <t>Hegglin</t>
+          <t>Hauswirth</t>
         </is>
       </c>
       <c r="E867" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F867" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G867" s="4"/>
     </row>
     <row r="868">
       <c r="A868" s="4" t="n">
-        <v>6264</v>
+        <v>1502</v>
       </c>
       <c r="B868" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C868" s="4" t="inlineStr">
         <is>
-          <t>Stefanie</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D868" s="4" t="inlineStr">
         <is>
-          <t>Heidtman</t>
+          <t>Hauswirth</t>
         </is>
       </c>
       <c r="E868" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F868" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G868" s="4"/>
     </row>
     <row r="869">
       <c r="A869" s="4" t="n">
-        <v>1518</v>
+        <v>1503</v>
       </c>
       <c r="B869" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C869" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Dariusch</t>
         </is>
       </c>
       <c r="D869" s="4" t="inlineStr">
         <is>
-          <t>Heimberg</t>
+          <t>Hawadi</t>
         </is>
       </c>
       <c r="E869" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F869" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G869" s="4"/>
     </row>
     <row r="870">
       <c r="A870" s="4" t="n">
-        <v>1525</v>
+        <v>1507</v>
       </c>
       <c r="B870" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C870" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Rebekka</t>
         </is>
       </c>
       <c r="D870" s="4" t="inlineStr">
         <is>
-          <t>Heinzmann</t>
+          <t>Hediger</t>
         </is>
       </c>
       <c r="E870" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F870" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G870" s="4"/>
     </row>
     <row r="871">
       <c r="A871" s="4" t="n">
-        <v>7433</v>
+        <v>4620</v>
       </c>
       <c r="B871" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C871" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Alexander</t>
         </is>
       </c>
       <c r="D871" s="4" t="inlineStr">
         <is>
-          <t>Helbling</t>
+          <t>Hegglin</t>
         </is>
       </c>
       <c r="E871" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F871" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G871" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G871" s="4"/>
     </row>
     <row r="872">
       <c r="A872" s="4" t="n">
-        <v>6280</v>
+        <v>6264</v>
       </c>
       <c r="B872" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C872" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Stefanie</t>
         </is>
       </c>
       <c r="D872" s="4" t="inlineStr">
         <is>
-          <t>Herger</t>
+          <t>Heidtman</t>
         </is>
       </c>
       <c r="E872" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F872" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G872" s="4"/>
     </row>
     <row r="873">
       <c r="A873" s="4" t="n">
-        <v>1537</v>
+        <v>1518</v>
       </c>
       <c r="B873" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C873" s="4" t="inlineStr">
         <is>
-          <t>Christof</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D873" s="4" t="inlineStr">
         <is>
-          <t>Heritier</t>
+          <t>Heimberg</t>
         </is>
       </c>
       <c r="E873" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F873" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G873" s="4"/>
     </row>
     <row r="874">
       <c r="A874" s="4" t="n">
-        <v>4623</v>
+        <v>1525</v>
       </c>
       <c r="B874" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C874" s="4" t="inlineStr">
         <is>
-          <t>Kim </t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D874" s="4" t="inlineStr">
         <is>
-          <t>Herrmann</t>
+          <t>Heinzmann</t>
         </is>
       </c>
       <c r="E874" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F874" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G874" s="4"/>
     </row>
     <row r="875">
       <c r="A875" s="4" t="n">
-        <v>1548</v>
+        <v>7433</v>
       </c>
       <c r="B875" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C875" s="4" t="inlineStr">
         <is>
-          <t>Kristof</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D875" s="4" t="inlineStr">
         <is>
-          <t>Hertig</t>
+          <t>Helbling</t>
         </is>
       </c>
       <c r="E875" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F875" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G875" s="4"/>
+      <c r="G875" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="876">
       <c r="A876" s="4" t="n">
-        <v>1550</v>
+        <v>6280</v>
       </c>
       <c r="B876" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C876" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D876" s="4" t="inlineStr">
         <is>
-          <t>Herzig</t>
+          <t>Herger</t>
         </is>
       </c>
       <c r="E876" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F876" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G876" s="4"/>
     </row>
     <row r="877">
       <c r="A877" s="4" t="n">
-        <v>1551</v>
+        <v>1537</v>
       </c>
       <c r="B877" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C877" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Christof</t>
         </is>
       </c>
       <c r="D877" s="4" t="inlineStr">
         <is>
-          <t>Herzog</t>
+          <t>Heritier</t>
         </is>
       </c>
       <c r="E877" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F877" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G877" s="4"/>
     </row>
     <row r="878">
       <c r="A878" s="4" t="n">
-        <v>1552</v>
+        <v>4623</v>
       </c>
       <c r="B878" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C878" s="4" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Kim </t>
         </is>
       </c>
       <c r="D878" s="4" t="inlineStr">
         <is>
-          <t>Hess</t>
+          <t>Herrmann</t>
         </is>
       </c>
       <c r="E878" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F878" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G878" s="4"/>
     </row>
     <row r="879">
       <c r="A879" s="4" t="n">
-        <v>1554</v>
+        <v>1548</v>
       </c>
       <c r="B879" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C879" s="4" t="inlineStr">
         <is>
-          <t>Jérôme</t>
+          <t>Kristof</t>
         </is>
       </c>
       <c r="D879" s="4" t="inlineStr">
         <is>
-          <t>Hetzel</t>
+          <t>Hertig</t>
         </is>
       </c>
       <c r="E879" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F879" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G879" s="4"/>
     </row>
     <row r="880">
       <c r="A880" s="4" t="n">
-        <v>1566</v>
+        <v>1550</v>
       </c>
       <c r="B880" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C880" s="4" t="inlineStr">
         <is>
-          <t>Monja</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D880" s="4" t="inlineStr">
         <is>
-          <t>Hirt</t>
+          <t>Herzig</t>
         </is>
       </c>
       <c r="E880" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F880" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G880" s="4"/>
     </row>
     <row r="881">
       <c r="A881" s="4" t="n">
-        <v>1570</v>
+        <v>1551</v>
       </c>
       <c r="B881" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C881" s="4" t="inlineStr">
         <is>
-          <t>Cornelia</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D881" s="4" t="inlineStr">
         <is>
-          <t>Hodler</t>
+          <t>Herzog</t>
         </is>
       </c>
       <c r="E881" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F881" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G881" s="4"/>
     </row>
     <row r="882">
       <c r="A882" s="4" t="n">
-        <v>1578</v>
+        <v>1552</v>
       </c>
       <c r="B882" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C882" s="4" t="inlineStr">
         <is>
-          <t>Lara</t>
+          <t>Benjamin</t>
         </is>
       </c>
       <c r="D882" s="4" t="inlineStr">
         <is>
-          <t>Hofer</t>
+          <t>Hess</t>
         </is>
       </c>
       <c r="E882" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F882" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G882" s="4"/>
     </row>
     <row r="883">
       <c r="A883" s="4" t="n">
-        <v>4818</v>
+        <v>1554</v>
       </c>
       <c r="B883" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C883" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Jérôme</t>
         </is>
       </c>
       <c r="D883" s="4" t="inlineStr">
         <is>
-          <t>Höfliger</t>
+          <t>Hetzel</t>
         </is>
       </c>
       <c r="E883" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F883" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G883" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G883" s="4"/>
     </row>
     <row r="884">
       <c r="A884" s="4" t="n">
-        <v>1581</v>
+        <v>1566</v>
       </c>
       <c r="B884" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C884" s="4" t="inlineStr">
         <is>
-          <t>Lukas</t>
+          <t>Monja</t>
         </is>
       </c>
       <c r="D884" s="4" t="inlineStr">
         <is>
-          <t>Hofrmann</t>
+          <t>Hirt</t>
         </is>
       </c>
       <c r="E884" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F884" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G884" s="4"/>
     </row>
     <row r="885">
       <c r="A885" s="4" t="n">
-        <v>1586</v>
+        <v>1570</v>
       </c>
       <c r="B885" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C885" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Cornelia</t>
         </is>
       </c>
       <c r="D885" s="4" t="inlineStr">
         <is>
-          <t>Hofstetter</t>
+          <t>Hodler</t>
         </is>
       </c>
       <c r="E885" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F885" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G885" s="4"/>
     </row>
     <row r="886">
       <c r="A886" s="4" t="n">
-        <v>1584</v>
+        <v>1578</v>
       </c>
       <c r="B886" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C886" s="4" t="inlineStr">
         <is>
-          <t>Livia</t>
+          <t>Lara</t>
         </is>
       </c>
       <c r="D886" s="4" t="inlineStr">
         <is>
-          <t>Hofstetter</t>
+          <t>Hofer</t>
         </is>
       </c>
       <c r="E886" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F886" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G886" s="4"/>
     </row>
     <row r="887">
       <c r="A887" s="4" t="n">
-        <v>1583</v>
+        <v>4818</v>
       </c>
       <c r="B887" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C887" s="4" t="inlineStr">
         <is>
-          <t>Gina</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D887" s="4" t="inlineStr">
         <is>
-          <t>Hofstetter</t>
+          <t>Höfliger</t>
         </is>
       </c>
       <c r="E887" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F887" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G887" s="4"/>
+      <c r="G887" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="888">
       <c r="A888" s="4" t="n">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="B888" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C888" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Lukas</t>
         </is>
       </c>
       <c r="D888" s="4" t="inlineStr">
         <is>
-          <t>Hofstetter</t>
+          <t>Hofrmann</t>
         </is>
       </c>
       <c r="E888" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F888" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G888" s="4"/>
     </row>
     <row r="889">
       <c r="A889" s="4" t="n">
-        <v>1585</v>
+        <v>1583</v>
       </c>
       <c r="B889" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C889" s="4" t="inlineStr">
         <is>
-          <t>Louis</t>
+          <t>Gina</t>
         </is>
       </c>
       <c r="D889" s="4" t="inlineStr">
         <is>
           <t>Hofstetter</t>
         </is>
       </c>
       <c r="E889" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F889" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G889" s="4"/>
     </row>
     <row r="890">
       <c r="A890" s="4" t="n">
-        <v>1592</v>
+        <v>1582</v>
       </c>
       <c r="B890" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C890" s="4" t="inlineStr">
         <is>
-          <t>Dominik</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D890" s="4" t="inlineStr">
         <is>
-          <t>Hohl</t>
+          <t>Hofstetter</t>
         </is>
       </c>
       <c r="E890" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F890" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G890" s="4"/>
     </row>
     <row r="891">
       <c r="A891" s="4" t="n">
-        <v>1607</v>
+        <v>1584</v>
       </c>
       <c r="B891" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C891" s="4" t="inlineStr">
         <is>
-          <t>Selma</t>
+          <t>Livia</t>
         </is>
       </c>
       <c r="D891" s="4" t="inlineStr">
         <is>
-          <t>Horan</t>
+          <t>Hofstetter</t>
         </is>
       </c>
       <c r="E891" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F891" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G891" s="4"/>
     </row>
     <row r="892">
       <c r="A892" s="4" t="n">
-        <v>1614</v>
+        <v>1585</v>
       </c>
       <c r="B892" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C892" s="4" t="inlineStr">
         <is>
-          <t>Jana</t>
+          <t>Louis</t>
         </is>
       </c>
       <c r="D892" s="4" t="inlineStr">
         <is>
-          <t>Houmard</t>
+          <t>Hofstetter</t>
         </is>
       </c>
       <c r="E892" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F892" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G892" s="4"/>
     </row>
     <row r="893">
       <c r="A893" s="4" t="n">
-        <v>1621</v>
+        <v>1586</v>
       </c>
       <c r="B893" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C893" s="4" t="inlineStr">
         <is>
-          <t>Denise</t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D893" s="4" t="inlineStr">
         <is>
-          <t>Huber</t>
+          <t>Hofstetter</t>
         </is>
       </c>
       <c r="E893" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F893" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G893" s="4"/>
     </row>
     <row r="894">
       <c r="A894" s="4" t="n">
-        <v>1630</v>
+        <v>1592</v>
       </c>
       <c r="B894" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C894" s="4" t="inlineStr">
         <is>
-          <t>Silvia</t>
+          <t>Dominik</t>
         </is>
       </c>
       <c r="D894" s="4" t="inlineStr">
         <is>
-          <t>Huber-Ernst</t>
+          <t>Hohl</t>
         </is>
       </c>
       <c r="E894" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F894" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G894" s="4"/>
     </row>
     <row r="895">
       <c r="A895" s="4" t="n">
-        <v>1632</v>
+        <v>1607</v>
       </c>
       <c r="B895" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C895" s="4" t="inlineStr">
         <is>
-          <t>Florence</t>
+          <t>Selma</t>
         </is>
       </c>
       <c r="D895" s="4" t="inlineStr">
         <is>
-          <t>Huebner</t>
+          <t>Horan</t>
         </is>
       </c>
       <c r="E895" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F895" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G895" s="4"/>
     </row>
     <row r="896">
       <c r="A896" s="4" t="n">
-        <v>1636</v>
+        <v>1614</v>
       </c>
       <c r="B896" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C896" s="4" t="inlineStr">
         <is>
-          <t>Mischa</t>
+          <t>Jana</t>
         </is>
       </c>
       <c r="D896" s="4" t="inlineStr">
         <is>
-          <t>Hug</t>
+          <t>Houmard</t>
         </is>
       </c>
       <c r="E896" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F896" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G896" s="4"/>
     </row>
     <row r="897">
       <c r="A897" s="4" t="n">
-        <v>1656</v>
+        <v>1621</v>
       </c>
       <c r="B897" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C897" s="4" t="inlineStr">
         <is>
-          <t>Adnan</t>
+          <t>Denise</t>
         </is>
       </c>
       <c r="D897" s="4" t="inlineStr">
         <is>
-          <t>Husovic</t>
+          <t>Huber</t>
         </is>
       </c>
       <c r="E897" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F897" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G897" s="4"/>
     </row>
     <row r="898">
       <c r="A898" s="4" t="n">
-        <v>4053</v>
+        <v>1630</v>
       </c>
       <c r="B898" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C898" s="4" t="inlineStr">
         <is>
-          <t>Arslan</t>
+          <t>Silvia</t>
         </is>
       </c>
       <c r="D898" s="4" t="inlineStr">
         <is>
-          <t>Hussain</t>
+          <t>Huber-Ernst</t>
         </is>
       </c>
       <c r="E898" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F898" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G898" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G898" s="4"/>
     </row>
     <row r="899">
       <c r="A899" s="4" t="n">
-        <v>4823</v>
+        <v>1632</v>
       </c>
       <c r="B899" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C899" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Florence</t>
         </is>
       </c>
       <c r="D899" s="4" t="inlineStr">
         <is>
-          <t>Hutmacher</t>
+          <t>Huebner</t>
         </is>
       </c>
       <c r="E899" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F899" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G899" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G899" s="4"/>
     </row>
     <row r="900">
       <c r="A900" s="4" t="n">
-        <v>5164</v>
+        <v>1636</v>
       </c>
       <c r="B900" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C900" s="4" t="inlineStr">
         <is>
-          <t>Jiriki</t>
+          <t>Mischa</t>
         </is>
       </c>
       <c r="D900" s="4" t="inlineStr">
         <is>
-          <t>Huynh</t>
+          <t>Hug</t>
         </is>
       </c>
       <c r="E900" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F900" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G900" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G900" s="4"/>
     </row>
     <row r="901">
       <c r="A901" s="4" t="n">
-        <v>1661</v>
+        <v>1656</v>
       </c>
       <c r="B901" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C901" s="4" t="inlineStr">
         <is>
-          <t>Matije</t>
+          <t>Adnan</t>
         </is>
       </c>
       <c r="D901" s="4" t="inlineStr">
         <is>
-          <t>Ilak</t>
+          <t>Husovic</t>
         </is>
       </c>
       <c r="E901" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F901" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G901" s="4"/>
     </row>
     <row r="902">
       <c r="A902" s="4" t="n">
-        <v>1660</v>
+        <v>4053</v>
       </c>
       <c r="B902" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C902" s="4" t="inlineStr">
         <is>
-          <t>Mario</t>
+          <t>Arslan</t>
         </is>
       </c>
       <c r="D902" s="4" t="inlineStr">
         <is>
-          <t>Ilak</t>
+          <t>Hussain</t>
         </is>
       </c>
       <c r="E902" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F902" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G902" s="4"/>
+      <c r="G902" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="903">
       <c r="A903" s="4" t="n">
-        <v>1665</v>
+        <v>4823</v>
       </c>
       <c r="B903" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C903" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D903" s="4" t="inlineStr">
         <is>
-          <t>Ilg</t>
+          <t>Hutmacher</t>
         </is>
       </c>
       <c r="E903" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F903" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G903" s="4"/>
+      <c r="G903" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="904">
       <c r="A904" s="4" t="n">
-        <v>1668</v>
+        <v>5164</v>
       </c>
       <c r="B904" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C904" s="4" t="inlineStr">
         <is>
-          <t>Delil</t>
+          <t>Jiriki</t>
         </is>
       </c>
       <c r="D904" s="4" t="inlineStr">
         <is>
-          <t>Im</t>
+          <t>Huynh</t>
         </is>
       </c>
       <c r="E904" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F904" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G904" s="4"/>
+      <c r="G904" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="905">
       <c r="A905" s="4" t="n">
-        <v>1670</v>
+        <v>1660</v>
       </c>
       <c r="B905" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C905" s="4" t="inlineStr">
         <is>
-          <t>Ibrahim</t>
+          <t>Mario</t>
         </is>
       </c>
       <c r="D905" s="4" t="inlineStr">
         <is>
-          <t>Imerovski</t>
+          <t>Ilak</t>
         </is>
       </c>
       <c r="E905" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F905" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G905" s="4"/>
     </row>
     <row r="906">
       <c r="A906" s="4" t="n">
-        <v>6279</v>
+        <v>1661</v>
       </c>
       <c r="B906" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C906" s="4" t="inlineStr">
         <is>
-          <t>Giulia</t>
+          <t>Matije</t>
         </is>
       </c>
       <c r="D906" s="4" t="inlineStr">
         <is>
-          <t>Imhof</t>
+          <t>Ilak</t>
         </is>
       </c>
       <c r="E906" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F906" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G906" s="4"/>
     </row>
     <row r="907">
       <c r="A907" s="4" t="n">
-        <v>1675</v>
+        <v>1665</v>
       </c>
       <c r="B907" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C907" s="4" t="inlineStr">
         <is>
-          <t>Ramona</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D907" s="4" t="inlineStr">
         <is>
-          <t>Imhof</t>
+          <t>Ilg</t>
         </is>
       </c>
       <c r="E907" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F907" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G907" s="4"/>
     </row>
     <row r="908">
       <c r="A908" s="4" t="n">
-        <v>1673</v>
+        <v>1668</v>
       </c>
       <c r="B908" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C908" s="4" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Delil</t>
         </is>
       </c>
       <c r="D908" s="4" t="inlineStr">
         <is>
-          <t>Imhof</t>
+          <t>Im</t>
         </is>
       </c>
       <c r="E908" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F908" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G908" s="4"/>
     </row>
     <row r="909">
       <c r="A909" s="4" t="n">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="B909" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C909" s="4" t="inlineStr">
         <is>
-          <t>Rahel</t>
+          <t>Ibrahim</t>
         </is>
       </c>
       <c r="D909" s="4" t="inlineStr">
         <is>
-          <t>Imholz</t>
+          <t>Imerovski</t>
         </is>
       </c>
       <c r="E909" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F909" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G909" s="4"/>
     </row>
     <row r="910">
       <c r="A910" s="4" t="n">
-        <v>6456</v>
+        <v>6279</v>
       </c>
       <c r="B910" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C910" s="4" t="inlineStr">
         <is>
-          <t>Leijla</t>
+          <t>Giulia</t>
         </is>
       </c>
       <c r="D910" s="4" t="inlineStr">
         <is>
-          <t>Isakovic</t>
+          <t>Imhof</t>
         </is>
       </c>
       <c r="E910" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F910" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G910" s="4"/>
     </row>
     <row r="911">
       <c r="A911" s="4" t="n">
-        <v>7407</v>
+        <v>1675</v>
       </c>
       <c r="B911" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C911" s="4" t="inlineStr">
         <is>
-          <t>Timo</t>
+          <t>Ramona</t>
         </is>
       </c>
       <c r="D911" s="4" t="inlineStr">
         <is>
-          <t>Iseli</t>
+          <t>Imhof</t>
         </is>
       </c>
       <c r="E911" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F911" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G911" s="4"/>
     </row>
     <row r="912">
       <c r="A912" s="4" t="n">
-        <v>6453</v>
+        <v>1673</v>
       </c>
       <c r="B912" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C912" s="4" t="inlineStr">
         <is>
-          <t>Dario</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="D912" s="4" t="inlineStr">
         <is>
-          <t>Iseppi</t>
+          <t>Imhof</t>
         </is>
       </c>
       <c r="E912" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F912" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G912" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G912" s="4"/>
     </row>
     <row r="913">
       <c r="A913" s="4" t="n">
-        <v>1696</v>
+        <v>1676</v>
       </c>
       <c r="B913" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C913" s="4" t="inlineStr">
         <is>
-          <t>Valon</t>
+          <t>Rahel</t>
         </is>
       </c>
       <c r="D913" s="4" t="inlineStr">
         <is>
-          <t>Islami</t>
+          <t>Imholz</t>
         </is>
       </c>
       <c r="E913" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F913" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G913" s="4"/>
     </row>
     <row r="914">
       <c r="A914" s="4" t="n">
-        <v>1699</v>
+        <v>6456</v>
       </c>
       <c r="B914" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C914" s="4" t="inlineStr">
         <is>
-          <t>Menk</t>
+          <t>Leijla</t>
         </is>
       </c>
       <c r="D914" s="4" t="inlineStr">
         <is>
-          <t>Isler</t>
+          <t>Isakovic</t>
         </is>
       </c>
       <c r="E914" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F914" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G914" s="4"/>
     </row>
     <row r="915">
       <c r="A915" s="4" t="n">
-        <v>4617</v>
+        <v>7407</v>
       </c>
       <c r="B915" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C915" s="4" t="inlineStr">
         <is>
-          <t>Matteo</t>
+          <t>Timo</t>
         </is>
       </c>
       <c r="D915" s="4" t="inlineStr">
         <is>
-          <t>Ivelj</t>
+          <t>Iseli</t>
         </is>
       </c>
       <c r="E915" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F915" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G915" s="4"/>
     </row>
     <row r="916">
       <c r="A916" s="4" t="n">
-        <v>1709</v>
+        <v>6453</v>
       </c>
       <c r="B916" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C916" s="4" t="inlineStr">
         <is>
-          <t>Anina</t>
+          <t>Dario</t>
         </is>
       </c>
       <c r="D916" s="4" t="inlineStr">
         <is>
-          <t>Jäggi</t>
+          <t>Iseppi</t>
         </is>
       </c>
       <c r="E916" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F916" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G916" s="4"/>
+      <c r="G916" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="917">
       <c r="A917" s="4" t="n">
-        <v>1721</v>
+        <v>1696</v>
       </c>
       <c r="B917" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C917" s="4" t="inlineStr">
         <is>
-          <t>Damir</t>
+          <t>Valon</t>
         </is>
       </c>
       <c r="D917" s="4" t="inlineStr">
         <is>
-          <t>Jaruzanin</t>
+          <t>Islami</t>
         </is>
       </c>
       <c r="E917" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F917" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G917" s="4"/>
     </row>
     <row r="918">
       <c r="A918" s="4" t="n">
-        <v>5339</v>
+        <v>1699</v>
       </c>
       <c r="B918" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C918" s="4" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Menk</t>
         </is>
       </c>
       <c r="D918" s="4" t="inlineStr">
         <is>
-          <t>Jascur</t>
+          <t>Isler</t>
         </is>
       </c>
       <c r="E918" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F918" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G918" s="4"/>
     </row>
     <row r="919">
       <c r="A919" s="4" t="n">
-        <v>1729</v>
+        <v>4617</v>
       </c>
       <c r="B919" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C919" s="4" t="inlineStr">
         <is>
-          <t>Steve</t>
+          <t>Matteo</t>
         </is>
       </c>
       <c r="D919" s="4" t="inlineStr">
         <is>
-          <t>Jeanneret</t>
+          <t>Ivelj</t>
         </is>
       </c>
       <c r="E919" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F919" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G919" s="4"/>
     </row>
     <row r="920">
       <c r="A920" s="4" t="n">
-        <v>1733</v>
+        <v>1709</v>
       </c>
       <c r="B920" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C920" s="4" t="inlineStr">
         <is>
-          <t>Gabriela</t>
+          <t>Anina</t>
         </is>
       </c>
       <c r="D920" s="4" t="inlineStr">
         <is>
-          <t>Jeger</t>
+          <t>Jäggi</t>
         </is>
       </c>
       <c r="E920" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F920" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G920" s="4"/>
     </row>
     <row r="921">
       <c r="A921" s="4" t="n">
-        <v>1736</v>
+        <v>1721</v>
       </c>
       <c r="B921" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C921" s="4" t="inlineStr">
         <is>
-          <t>Nathalie</t>
+          <t>Damir</t>
         </is>
       </c>
       <c r="D921" s="4" t="inlineStr">
         <is>
-          <t>Jenni</t>
+          <t>Jaruzanin</t>
         </is>
       </c>
       <c r="E921" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F921" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G921" s="4"/>
     </row>
     <row r="922">
       <c r="A922" s="4" t="n">
-        <v>1748</v>
+        <v>5339</v>
       </c>
       <c r="B922" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C922" s="4" t="inlineStr">
         <is>
-          <t>Lara</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="D922" s="4" t="inlineStr">
         <is>
-          <t>Jolidon</t>
+          <t>Jascur</t>
         </is>
       </c>
       <c r="E922" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F922" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G922" s="4"/>
     </row>
     <row r="923">
       <c r="A923" s="4" t="n">
-        <v>1757</v>
+        <v>1729</v>
       </c>
       <c r="B923" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C923" s="4" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Steve</t>
         </is>
       </c>
       <c r="D923" s="4" t="inlineStr">
         <is>
-          <t>Jörg</t>
+          <t>Jeanneret</t>
         </is>
       </c>
       <c r="E923" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F923" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G923" s="4"/>
     </row>
     <row r="924">
       <c r="A924" s="4" t="n">
-        <v>7541</v>
+        <v>1733</v>
       </c>
       <c r="B924" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C924" s="4" t="inlineStr">
         <is>
-          <t>Thusshika</t>
+          <t>Gabriela</t>
         </is>
       </c>
       <c r="D924" s="4" t="inlineStr">
         <is>
-          <t>Joseph</t>
+          <t>Jeger</t>
         </is>
       </c>
       <c r="E924" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F924" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G924" s="4"/>
     </row>
     <row r="925">
       <c r="A925" s="4" t="n">
-        <v>6263</v>
+        <v>1736</v>
       </c>
       <c r="B925" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C925" s="4" t="inlineStr">
         <is>
-          <t>Ruben</t>
+          <t>Nathalie</t>
         </is>
       </c>
       <c r="D925" s="4" t="inlineStr">
         <is>
-          <t>Jost</t>
+          <t>Jenni</t>
         </is>
       </c>
       <c r="E925" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F925" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G925" s="4"/>
     </row>
     <row r="926">
       <c r="A926" s="4" t="n">
-        <v>1765</v>
+        <v>1748</v>
       </c>
       <c r="B926" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C926" s="4" t="inlineStr">
         <is>
-          <t>Christine</t>
+          <t>Lara</t>
         </is>
       </c>
       <c r="D926" s="4" t="inlineStr">
         <is>
-          <t>Jost</t>
+          <t>Jolidon</t>
         </is>
       </c>
       <c r="E926" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F926" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G926" s="4"/>
     </row>
     <row r="927">
       <c r="A927" s="4" t="n">
-        <v>1776</v>
+        <v>1757</v>
       </c>
       <c r="B927" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C927" s="4" t="inlineStr">
         <is>
-          <t>Samantha</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="D927" s="4" t="inlineStr">
         <is>
-          <t>Julianose</t>
+          <t>Jörg</t>
         </is>
       </c>
       <c r="E927" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F927" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G927" s="4"/>
     </row>
     <row r="928">
       <c r="A928" s="4" t="n">
-        <v>1780</v>
+        <v>7541</v>
       </c>
       <c r="B928" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C928" s="4" t="inlineStr">
         <is>
-          <t>Jonas</t>
+          <t>Thusshika</t>
         </is>
       </c>
       <c r="D928" s="4" t="inlineStr">
         <is>
-          <t>Junker</t>
+          <t>Joseph</t>
         </is>
       </c>
       <c r="E928" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F928" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G928" s="4"/>
     </row>
     <row r="929">
       <c r="A929" s="4" t="n">
-        <v>5489</v>
+        <v>6263</v>
       </c>
       <c r="B929" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C929" s="4" t="inlineStr">
         <is>
-          <t>Klara</t>
+          <t>Ruben</t>
         </is>
       </c>
       <c r="D929" s="4" t="inlineStr">
         <is>
-          <t>Juric</t>
+          <t>Jost</t>
         </is>
       </c>
       <c r="E929" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F929" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G929" s="4"/>
     </row>
     <row r="930">
       <c r="A930" s="4" t="n">
-        <v>1789</v>
+        <v>1765</v>
       </c>
       <c r="B930" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C930" s="4" t="inlineStr">
         <is>
-          <t>Mia</t>
+          <t>Christine</t>
         </is>
       </c>
       <c r="D930" s="4" t="inlineStr">
         <is>
-          <t>Kadoic</t>
+          <t>Jost</t>
         </is>
       </c>
       <c r="E930" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F930" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G930" s="4"/>
     </row>
     <row r="931">
       <c r="A931" s="4" t="n">
-        <v>1795</v>
+        <v>1776</v>
       </c>
       <c r="B931" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C931" s="4" t="inlineStr">
         <is>
-          <t>Anel</t>
+          <t>Samantha</t>
         </is>
       </c>
       <c r="D931" s="4" t="inlineStr">
         <is>
-          <t>Kahrimanovic</t>
+          <t>Julianose</t>
         </is>
       </c>
       <c r="E931" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F931" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G931" s="4"/>
     </row>
     <row r="932">
       <c r="A932" s="4" t="n">
-        <v>1796</v>
+        <v>1780</v>
       </c>
       <c r="B932" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C932" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Jonas</t>
         </is>
       </c>
       <c r="D932" s="4" t="inlineStr">
         <is>
-          <t>Kaiser</t>
+          <t>Junker</t>
         </is>
       </c>
       <c r="E932" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F932" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G932" s="4"/>
     </row>
     <row r="933">
       <c r="A933" s="4" t="n">
-        <v>1799</v>
+        <v>5489</v>
       </c>
       <c r="B933" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C933" s="4" t="inlineStr">
         <is>
-          <t>Anru</t>
+          <t>Klara</t>
         </is>
       </c>
       <c r="D933" s="4" t="inlineStr">
         <is>
-          <t>Kalayamthanam</t>
+          <t>Juric</t>
         </is>
       </c>
       <c r="E933" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F933" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G933" s="4"/>
     </row>
     <row r="934">
       <c r="A934" s="4" t="n">
-        <v>4622</v>
+        <v>1789</v>
       </c>
       <c r="B934" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C934" s="4" t="inlineStr">
         <is>
-          <t>Ludmilla</t>
+          <t>Mia</t>
         </is>
       </c>
       <c r="D934" s="4" t="inlineStr">
         <is>
-          <t>Kallen</t>
+          <t>Kadoic</t>
         </is>
       </c>
       <c r="E934" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F934" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G934" s="4"/>
     </row>
     <row r="935">
       <c r="A935" s="4" t="n">
-        <v>4015</v>
+        <v>1795</v>
       </c>
       <c r="B935" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C935" s="4" t="inlineStr">
         <is>
-          <t>Lynn</t>
+          <t>Anel</t>
         </is>
       </c>
       <c r="D935" s="4" t="inlineStr">
         <is>
-          <t>Kallen</t>
+          <t>Kahrimanovic</t>
         </is>
       </c>
       <c r="E935" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F935" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G935" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G935" s="4"/>
     </row>
     <row r="936">
       <c r="A936" s="4" t="n">
-        <v>4061</v>
+        <v>1796</v>
       </c>
       <c r="B936" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C936" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>André</t>
         </is>
       </c>
       <c r="D936" s="4" t="inlineStr">
         <is>
-          <t>Kamber</t>
+          <t>Kaiser</t>
         </is>
       </c>
       <c r="E936" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F936" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G936" s="4"/>
     </row>
     <row r="937">
       <c r="A937" s="4" t="n">
-        <v>1809</v>
+        <v>1799</v>
       </c>
       <c r="B937" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C937" s="4" t="inlineStr">
         <is>
-          <t>Arta</t>
+          <t>Anru</t>
         </is>
       </c>
       <c r="D937" s="4" t="inlineStr">
         <is>
-          <t>Kameri</t>
+          <t>Kalayamthanam</t>
         </is>
       </c>
       <c r="E937" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F937" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G937" s="4"/>
     </row>
     <row r="938">
       <c r="A938" s="4" t="n">
-        <v>6896</v>
+        <v>4015</v>
       </c>
       <c r="B938" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C938" s="4" t="inlineStr">
         <is>
-          <t>Len</t>
+          <t>Lynn</t>
         </is>
       </c>
       <c r="D938" s="4" t="inlineStr">
         <is>
-          <t>Kammermann</t>
+          <t>Kallen</t>
         </is>
       </c>
       <c r="E938" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F938" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G938" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="4" t="n">
-        <v>1810</v>
+        <v>4622</v>
       </c>
       <c r="B939" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C939" s="4" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Ludmilla</t>
         </is>
       </c>
       <c r="D939" s="4" t="inlineStr">
         <is>
-          <t>Kämpf</t>
+          <t>Kallen</t>
         </is>
       </c>
       <c r="E939" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F939" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G939" s="4"/>
     </row>
     <row r="940">
       <c r="A940" s="4" t="n">
-        <v>1812</v>
+        <v>4061</v>
       </c>
       <c r="B940" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C940" s="4" t="inlineStr">
         <is>
-          <t>Selina</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D940" s="4" t="inlineStr">
         <is>
-          <t>Kämpfer</t>
+          <t>Kamber</t>
         </is>
       </c>
       <c r="E940" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F940" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G940" s="4"/>
     </row>
     <row r="941">
       <c r="A941" s="4" t="n">
-        <v>1816</v>
+        <v>1809</v>
       </c>
       <c r="B941" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C941" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Arta</t>
         </is>
       </c>
       <c r="D941" s="4" t="inlineStr">
         <is>
-          <t>Kandlbauer</t>
+          <t>Kameri</t>
         </is>
       </c>
       <c r="E941" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F941" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G941" s="4"/>
     </row>
     <row r="942">
       <c r="A942" s="4" t="n">
-        <v>1815</v>
+        <v>6896</v>
       </c>
       <c r="B942" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C942" s="4" t="inlineStr">
         <is>
-          <t>Alfred</t>
+          <t>Len</t>
         </is>
       </c>
       <c r="D942" s="4" t="inlineStr">
         <is>
-          <t>Kandlbauer</t>
+          <t>Kammermann</t>
         </is>
       </c>
       <c r="E942" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F942" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G942" s="4"/>
+      <c r="G942" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="943">
       <c r="A943" s="4" t="n">
-        <v>4211</v>
+        <v>1810</v>
       </c>
       <c r="B943" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C943" s="4" t="inlineStr">
         <is>
-          <t>Leila Elena</t>
+          <t>Benjamin</t>
         </is>
       </c>
       <c r="D943" s="4" t="inlineStr">
         <is>
-          <t>Känel</t>
+          <t>Kämpf</t>
         </is>
       </c>
       <c r="E943" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F943" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G943" s="4"/>
     </row>
     <row r="944">
       <c r="A944" s="4" t="n">
-        <v>7491</v>
+        <v>1812</v>
       </c>
       <c r="B944" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C944" s="4" t="inlineStr">
         <is>
-          <t>Alycia</t>
+          <t>Selina</t>
         </is>
       </c>
       <c r="D944" s="4" t="inlineStr">
         <is>
-          <t>Kanesan</t>
+          <t>Kämpfer</t>
         </is>
       </c>
       <c r="E944" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F944" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G944" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G944" s="4"/>
     </row>
     <row r="945">
       <c r="A945" s="4" t="n">
-        <v>7421</v>
+        <v>1815</v>
       </c>
       <c r="B945" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C945" s="4" t="inlineStr">
         <is>
-          <t>Sujash</t>
+          <t>Alfred</t>
         </is>
       </c>
       <c r="D945" s="4" t="inlineStr">
         <is>
-          <t>Kanesan</t>
+          <t>Kandlbauer</t>
         </is>
       </c>
       <c r="E945" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F945" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G945" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G945" s="4"/>
     </row>
     <row r="946">
       <c r="A946" s="4" t="n">
-        <v>1820</v>
+        <v>1816</v>
       </c>
       <c r="B946" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C946" s="4" t="inlineStr">
         <is>
-          <t>Marianne</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D946" s="4" t="inlineStr">
         <is>
-          <t>Kappeler</t>
+          <t>Kandlbauer</t>
         </is>
       </c>
       <c r="E946" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F946" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G946" s="4"/>
     </row>
     <row r="947">
       <c r="A947" s="4" t="n">
-        <v>1826</v>
+        <v>4211</v>
       </c>
       <c r="B947" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C947" s="4" t="inlineStr">
         <is>
-          <t>Mikail</t>
+          <t>Leila Elena</t>
         </is>
       </c>
       <c r="D947" s="4" t="inlineStr">
         <is>
-          <t>Karakas</t>
+          <t>Känel</t>
         </is>
       </c>
       <c r="E947" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F947" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G947" s="4"/>
     </row>
     <row r="948">
       <c r="A948" s="4" t="n">
-        <v>1825</v>
+        <v>7421</v>
       </c>
       <c r="B948" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C948" s="4" t="inlineStr">
         <is>
-          <t>Cem</t>
+          <t>Sujash</t>
         </is>
       </c>
       <c r="D948" s="4" t="inlineStr">
         <is>
-          <t>Karakas</t>
+          <t>Kanesan</t>
         </is>
       </c>
       <c r="E948" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F948" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G948" s="4"/>
+      <c r="G948" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="949">
       <c r="A949" s="4" t="n">
-        <v>6687</v>
+        <v>7491</v>
       </c>
       <c r="B949" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C949" s="4" t="inlineStr">
         <is>
-          <t>Théo</t>
+          <t>Alycia</t>
         </is>
       </c>
       <c r="D949" s="4" t="inlineStr">
         <is>
-          <t>Karlen</t>
+          <t>Kanesan</t>
         </is>
       </c>
       <c r="E949" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F949" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G949" s="4" t="inlineStr">
         <is>
           <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="4" t="n">
-        <v>1832</v>
+        <v>1820</v>
       </c>
       <c r="B950" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C950" s="4" t="inlineStr">
         <is>
-          <t>Nur</t>
+          <t>Marianne</t>
         </is>
       </c>
       <c r="D950" s="4" t="inlineStr">
         <is>
-          <t>Kars</t>
+          <t>Kappeler</t>
         </is>
       </c>
       <c r="E950" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F950" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G950" s="4"/>
     </row>
     <row r="951">
       <c r="A951" s="4" t="n">
-        <v>1835</v>
+        <v>1825</v>
       </c>
       <c r="B951" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C951" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Cem</t>
         </is>
       </c>
       <c r="D951" s="4" t="inlineStr">
         <is>
-          <t>Kaschub</t>
+          <t>Karakas</t>
         </is>
       </c>
       <c r="E951" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F951" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G951" s="4"/>
     </row>
     <row r="952">
       <c r="A952" s="4" t="n">
-        <v>1841</v>
+        <v>1826</v>
       </c>
       <c r="B952" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C952" s="4" t="inlineStr">
         <is>
-          <t>Fabienne</t>
+          <t>Mikail</t>
         </is>
       </c>
       <c r="D952" s="4" t="inlineStr">
         <is>
-          <t>Kaufmann</t>
+          <t>Karakas</t>
         </is>
       </c>
       <c r="E952" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F952" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G952" s="4"/>
     </row>
     <row r="953">
       <c r="A953" s="4" t="n">
-        <v>1838</v>
+        <v>6687</v>
       </c>
       <c r="B953" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C953" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Théo</t>
         </is>
       </c>
       <c r="D953" s="4" t="inlineStr">
         <is>
-          <t>Kaufmann</t>
+          <t>Karlen</t>
         </is>
       </c>
       <c r="E953" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F953" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G953" s="4"/>
+      <c r="G953" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="954">
       <c r="A954" s="4" t="n">
-        <v>1862</v>
+        <v>1832</v>
       </c>
       <c r="B954" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C954" s="4" t="inlineStr">
         <is>
-          <t>Sajko</t>
+          <t>Nur</t>
         </is>
       </c>
       <c r="D954" s="4" t="inlineStr">
         <is>
-          <t>Kertic</t>
+          <t>Kars</t>
         </is>
       </c>
       <c r="E954" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F954" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G954" s="4"/>
     </row>
     <row r="955">
       <c r="A955" s="4" t="n">
-        <v>7535</v>
+        <v>1835</v>
       </c>
       <c r="B955" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C955" s="4" t="inlineStr">
         <is>
-          <t>Bethel</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D955" s="4" t="inlineStr">
         <is>
-          <t>Kibrom</t>
+          <t>Kaschub</t>
         </is>
       </c>
       <c r="E955" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F955" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G955" s="4"/>
     </row>
     <row r="956">
       <c r="A956" s="4" t="n">
-        <v>1871</v>
+        <v>1838</v>
       </c>
       <c r="B956" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C956" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D956" s="4" t="inlineStr">
         <is>
-          <t>Kiefer</t>
+          <t>Kaufmann</t>
         </is>
       </c>
       <c r="E956" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F956" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G956" s="4"/>
     </row>
     <row r="957">
       <c r="A957" s="4" t="n">
-        <v>1870</v>
+        <v>1841</v>
       </c>
       <c r="B957" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C957" s="4" t="inlineStr">
         <is>
-          <t>Cedric</t>
+          <t>Fabienne</t>
         </is>
       </c>
       <c r="D957" s="4" t="inlineStr">
         <is>
-          <t>Kiefer</t>
+          <t>Kaufmann</t>
         </is>
       </c>
       <c r="E957" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F957" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G957" s="4"/>
     </row>
     <row r="958">
       <c r="A958" s="4" t="n">
-        <v>6254</v>
+        <v>1862</v>
       </c>
       <c r="B958" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C958" s="4" t="inlineStr">
         <is>
-          <t>Sawmiya</t>
+          <t>Sajko</t>
         </is>
       </c>
       <c r="D958" s="4" t="inlineStr">
         <is>
-          <t>Kilendarajah</t>
+          <t>Kertic</t>
         </is>
       </c>
       <c r="E958" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F958" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G958" s="4"/>
     </row>
     <row r="959">
       <c r="A959" s="4" t="n">
-        <v>1878</v>
+        <v>7535</v>
       </c>
       <c r="B959" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C959" s="4" t="inlineStr">
         <is>
-          <t>Linda</t>
+          <t>Bethel</t>
         </is>
       </c>
       <c r="D959" s="4" t="inlineStr">
         <is>
-          <t>Kiss</t>
+          <t>Kibrom</t>
         </is>
       </c>
       <c r="E959" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F959" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G959" s="4"/>
     </row>
     <row r="960">
       <c r="A960" s="4" t="n">
-        <v>1883</v>
+        <v>1870</v>
       </c>
       <c r="B960" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C960" s="4" t="inlineStr">
         <is>
-          <t>Alain</t>
+          <t>Cedric</t>
         </is>
       </c>
       <c r="D960" s="4" t="inlineStr">
         <is>
-          <t>Kleiner</t>
+          <t>Kiefer</t>
         </is>
       </c>
       <c r="E960" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F960" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G960" s="4"/>
     </row>
     <row r="961">
       <c r="A961" s="4" t="n">
-        <v>1888</v>
+        <v>1871</v>
       </c>
       <c r="B961" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C961" s="4" t="inlineStr">
         <is>
-          <t>Bernhard</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D961" s="4" t="inlineStr">
         <is>
-          <t>Klossner</t>
+          <t>Kiefer</t>
         </is>
       </c>
       <c r="E961" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F961" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G961" s="4"/>
     </row>
     <row r="962">
       <c r="A962" s="4" t="n">
-        <v>1892</v>
+        <v>6254</v>
       </c>
       <c r="B962" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C962" s="4" t="inlineStr">
         <is>
-          <t>Daniela</t>
+          <t>Sawmiya</t>
         </is>
       </c>
       <c r="D962" s="4" t="inlineStr">
         <is>
-          <t>Knecht</t>
+          <t>Kilendarajah</t>
         </is>
       </c>
       <c r="E962" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F962" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G962" s="4"/>
     </row>
     <row r="963">
       <c r="A963" s="4" t="n">
-        <v>4212</v>
+        <v>1878</v>
       </c>
       <c r="B963" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C963" s="4" t="inlineStr">
         <is>
-          <t>Colin</t>
+          <t>Linda</t>
         </is>
       </c>
       <c r="D963" s="4" t="inlineStr">
         <is>
-          <t>Knus</t>
+          <t>Kiss</t>
         </is>
       </c>
       <c r="E963" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F963" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G963" s="4"/>
     </row>
     <row r="964">
       <c r="A964" s="4" t="n">
-        <v>1915</v>
+        <v>1883</v>
       </c>
       <c r="B964" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C964" s="4" t="inlineStr">
         <is>
-          <t>Severin</t>
+          <t>Alain</t>
         </is>
       </c>
       <c r="D964" s="4" t="inlineStr">
         <is>
-          <t>Koch</t>
+          <t>Kleiner</t>
         </is>
       </c>
       <c r="E964" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F964" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G964" s="4"/>
     </row>
     <row r="965">
       <c r="A965" s="4" t="n">
-        <v>7538</v>
+        <v>1888</v>
       </c>
       <c r="B965" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C965" s="4" t="inlineStr">
         <is>
-          <t>Juri</t>
+          <t>Bernhard</t>
         </is>
       </c>
       <c r="D965" s="4" t="inlineStr">
         <is>
-          <t>Kohler</t>
+          <t>Klossner</t>
         </is>
       </c>
       <c r="E965" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F965" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G965" s="4"/>
     </row>
     <row r="966">
       <c r="A966" s="4" t="n">
-        <v>7485</v>
+        <v>1892</v>
       </c>
       <c r="B966" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C966" s="4" t="inlineStr">
         <is>
-          <t>Juliana</t>
+          <t>Daniela</t>
         </is>
       </c>
       <c r="D966" s="4" t="inlineStr">
         <is>
-          <t>Kohler</t>
+          <t>Knecht</t>
         </is>
       </c>
       <c r="E966" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F966" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G966" s="4"/>
     </row>
     <row r="967">
       <c r="A967" s="4" t="n">
-        <v>1928</v>
+        <v>4212</v>
       </c>
       <c r="B967" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C967" s="4" t="inlineStr">
         <is>
-          <t>Julia</t>
+          <t>Colin</t>
         </is>
       </c>
       <c r="D967" s="4" t="inlineStr">
         <is>
-          <t>Koizik</t>
+          <t>Knus</t>
         </is>
       </c>
       <c r="E967" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F967" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G967" s="4"/>
     </row>
     <row r="968">
       <c r="A968" s="4" t="n">
-        <v>1934</v>
+        <v>1915</v>
       </c>
       <c r="B968" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C968" s="4" t="inlineStr">
         <is>
-          <t>Joel</t>
+          <t>Severin</t>
         </is>
       </c>
       <c r="D968" s="4" t="inlineStr">
         <is>
-          <t>Koller</t>
+          <t>Koch</t>
         </is>
       </c>
       <c r="E968" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F968" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G968" s="4"/>
     </row>
     <row r="969">
       <c r="A969" s="4" t="n">
-        <v>6262</v>
+        <v>7538</v>
       </c>
       <c r="B969" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C969" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Juri</t>
         </is>
       </c>
       <c r="D969" s="4" t="inlineStr">
         <is>
-          <t>Kolly</t>
+          <t>Kohler</t>
         </is>
       </c>
       <c r="E969" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F969" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G969" s="4"/>
     </row>
     <row r="970">
       <c r="A970" s="4" t="n">
-        <v>4076</v>
+        <v>7485</v>
       </c>
       <c r="B970" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C970" s="4" t="inlineStr">
         <is>
-          <t>Sabrina </t>
+          <t>Juliana</t>
         </is>
       </c>
       <c r="D970" s="4" t="inlineStr">
         <is>
-          <t>Kon</t>
+          <t>Kohler</t>
         </is>
       </c>
       <c r="E970" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F970" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G970" s="4"/>
     </row>
     <row r="971">
       <c r="A971" s="4" t="n">
-        <v>1945</v>
+        <v>1928</v>
       </c>
       <c r="B971" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C971" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Julia</t>
         </is>
       </c>
       <c r="D971" s="4" t="inlineStr">
         <is>
-          <t>König</t>
+          <t>Koizik</t>
         </is>
       </c>
       <c r="E971" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F971" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G971" s="4"/>
     </row>
     <row r="972">
       <c r="A972" s="4" t="n">
-        <v>1955</v>
+        <v>1934</v>
       </c>
       <c r="B972" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C972" s="4" t="inlineStr">
         <is>
-          <t>Cigdem</t>
+          <t>Joel</t>
         </is>
       </c>
       <c r="D972" s="4" t="inlineStr">
         <is>
-          <t>Köseoglu</t>
+          <t>Koller</t>
         </is>
       </c>
       <c r="E972" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F972" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G972" s="4"/>
     </row>
     <row r="973">
       <c r="A973" s="4" t="n">
-        <v>4021</v>
+        <v>6262</v>
       </c>
       <c r="B973" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C973" s="4" t="inlineStr">
         <is>
-          <t>David</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D973" s="4" t="inlineStr">
         <is>
-          <t>Kosic</t>
+          <t>Kolly</t>
         </is>
       </c>
       <c r="E973" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F973" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G973" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G973" s="4"/>
     </row>
     <row r="974">
       <c r="A974" s="4" t="n">
-        <v>5527</v>
+        <v>4076</v>
       </c>
       <c r="B974" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C974" s="4" t="inlineStr">
         <is>
-          <t>Jean-Marc</t>
+          <t>Sabrina </t>
         </is>
       </c>
       <c r="D974" s="4" t="inlineStr">
         <is>
-          <t>Krähenbühl</t>
+          <t>Kon</t>
         </is>
       </c>
       <c r="E974" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F974" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G974" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G974" s="4"/>
     </row>
     <row r="975">
       <c r="A975" s="4" t="n">
-        <v>4833</v>
+        <v>1945</v>
       </c>
       <c r="B975" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C975" s="4" t="inlineStr">
         <is>
-          <t>Beatrice </t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D975" s="4" t="inlineStr">
         <is>
-          <t>Krapf</t>
+          <t>König</t>
         </is>
       </c>
       <c r="E975" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F975" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G975" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G975" s="4"/>
     </row>
     <row r="976">
       <c r="A976" s="4" t="n">
-        <v>1964</v>
+        <v>1955</v>
       </c>
       <c r="B976" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C976" s="4" t="inlineStr">
         <is>
-          <t>Meo</t>
+          <t>Cigdem</t>
         </is>
       </c>
       <c r="D976" s="4" t="inlineStr">
         <is>
-          <t>Krapf</t>
+          <t>Köseoglu</t>
         </is>
       </c>
       <c r="E976" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F976" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G976" s="4"/>
     </row>
     <row r="977">
       <c r="A977" s="4" t="n">
-        <v>4831</v>
+        <v>4021</v>
       </c>
       <c r="B977" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C977" s="4" t="inlineStr">
         <is>
-          <t>Lionel</t>
+          <t>David</t>
         </is>
       </c>
       <c r="D977" s="4" t="inlineStr">
         <is>
-          <t>Krapf</t>
+          <t>Kosic</t>
         </is>
       </c>
       <c r="E977" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F977" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G977" s="4" t="inlineStr">
         <is>
           <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="4" t="n">
-        <v>1969</v>
+        <v>5527</v>
       </c>
       <c r="B978" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C978" s="4" t="inlineStr">
         <is>
-          <t>Petra</t>
+          <t>Jean-Marc</t>
         </is>
       </c>
       <c r="D978" s="4" t="inlineStr">
         <is>
-          <t>Kräuchi</t>
+          <t>Krähenbühl</t>
         </is>
       </c>
       <c r="E978" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F978" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G978" s="4"/>
+      <c r="G978" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="979">
       <c r="A979" s="4" t="n">
-        <v>6460</v>
+        <v>4833</v>
       </c>
       <c r="B979" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C979" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Beatrice </t>
         </is>
       </c>
       <c r="D979" s="4" t="inlineStr">
         <is>
-          <t>Krebs</t>
+          <t>Krapf</t>
         </is>
       </c>
       <c r="E979" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F979" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G979" s="4"/>
+      <c r="G979" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="980">
       <c r="A980" s="4" t="n">
-        <v>1972</v>
+        <v>4831</v>
       </c>
       <c r="B980" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C980" s="4" t="inlineStr">
         <is>
-          <t>Jara</t>
+          <t>Lionel</t>
         </is>
       </c>
       <c r="D980" s="4" t="inlineStr">
         <is>
-          <t>Krebs</t>
+          <t>Krapf</t>
         </is>
       </c>
       <c r="E980" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F980" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G980" s="4"/>
+      <c r="G980" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="981">
       <c r="A981" s="4" t="n">
-        <v>1974</v>
+        <v>1964</v>
       </c>
       <c r="B981" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C981" s="4" t="inlineStr">
         <is>
-          <t>Nicola</t>
+          <t>Meo</t>
         </is>
       </c>
       <c r="D981" s="4" t="inlineStr">
         <is>
-          <t>Krebs</t>
+          <t>Krapf</t>
         </is>
       </c>
       <c r="E981" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F981" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G981" s="4"/>
     </row>
     <row r="982">
       <c r="A982" s="4" t="n">
-        <v>1975</v>
+        <v>1969</v>
       </c>
       <c r="B982" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C982" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Petra</t>
         </is>
       </c>
       <c r="D982" s="4" t="inlineStr">
         <is>
-          <t>Krebs</t>
+          <t>Kräuchi</t>
         </is>
       </c>
       <c r="E982" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F982" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G982" s="4"/>
     </row>
     <row r="983">
       <c r="A983" s="4" t="n">
-        <v>1978</v>
+        <v>1975</v>
       </c>
       <c r="B983" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C983" s="4" t="inlineStr">
         <is>
-          <t>Sebastian</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D983" s="4" t="inlineStr">
         <is>
-          <t>Kreis</t>
+          <t>Krebs</t>
         </is>
       </c>
       <c r="E983" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F983" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G983" s="4"/>
     </row>
     <row r="984">
       <c r="A984" s="4" t="n">
-        <v>1984</v>
+        <v>1974</v>
       </c>
       <c r="B984" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C984" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Nicola</t>
         </is>
       </c>
       <c r="D984" s="4" t="inlineStr">
         <is>
-          <t>Kropf</t>
+          <t>Krebs</t>
         </is>
       </c>
       <c r="E984" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F984" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G984" s="4"/>
     </row>
     <row r="985">
       <c r="A985" s="4" t="n">
-        <v>1988</v>
+        <v>1972</v>
       </c>
       <c r="B985" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C985" s="4" t="inlineStr">
         <is>
-          <t>Dragan</t>
+          <t>Jara</t>
         </is>
       </c>
       <c r="D985" s="4" t="inlineStr">
         <is>
-          <t>Krstic</t>
+          <t>Krebs</t>
         </is>
       </c>
       <c r="E985" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F985" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G985" s="4"/>
     </row>
     <row r="986">
       <c r="A986" s="4" t="n">
-        <v>1993</v>
+        <v>6460</v>
       </c>
       <c r="B986" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C986" s="4" t="inlineStr">
         <is>
-          <t>Beatrice</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D986" s="4" t="inlineStr">
         <is>
-          <t>Kübli</t>
+          <t>Krebs</t>
         </is>
       </c>
       <c r="E986" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F986" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G986" s="4"/>
     </row>
     <row r="987">
       <c r="A987" s="4" t="n">
-        <v>1994</v>
+        <v>1978</v>
       </c>
       <c r="B987" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C987" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Sebastian</t>
         </is>
       </c>
       <c r="D987" s="4" t="inlineStr">
         <is>
-          <t>Kuenzi</t>
+          <t>Kreis</t>
         </is>
       </c>
       <c r="E987" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F987" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G987" s="4"/>
     </row>
     <row r="988">
       <c r="A988" s="4" t="n">
-        <v>7492</v>
+        <v>1984</v>
       </c>
       <c r="B988" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C988" s="4" t="inlineStr">
         <is>
-          <t>Maximilian</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D988" s="4" t="inlineStr">
         <is>
-          <t>Kuhl</t>
+          <t>Kropf</t>
         </is>
       </c>
       <c r="E988" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F988" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G988" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G988" s="4"/>
     </row>
     <row r="989">
       <c r="A989" s="4" t="n">
-        <v>6261</v>
+        <v>1988</v>
       </c>
       <c r="B989" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C989" s="4" t="inlineStr">
         <is>
-          <t>Dagmar</t>
+          <t>Dragan</t>
         </is>
       </c>
       <c r="D989" s="4" t="inlineStr">
         <is>
-          <t>Kuhn</t>
+          <t>Krstic</t>
         </is>
       </c>
       <c r="E989" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F989" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G989" s="4"/>
     </row>
     <row r="990">
       <c r="A990" s="4" t="n">
-        <v>6278</v>
+        <v>1993</v>
       </c>
       <c r="B990" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C990" s="4" t="inlineStr">
         <is>
-          <t>Christina</t>
+          <t>Beatrice</t>
         </is>
       </c>
       <c r="D990" s="4" t="inlineStr">
         <is>
-          <t>Kummer</t>
+          <t>Kübli</t>
         </is>
       </c>
       <c r="E990" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F990" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G990" s="4"/>
     </row>
     <row r="991">
       <c r="A991" s="4" t="n">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="B991" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C991" s="4" t="inlineStr">
         <is>
-          <t>Marisa</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D991" s="4" t="inlineStr">
         <is>
-          <t>Künzle</t>
+          <t>Kuenzi</t>
         </is>
       </c>
       <c r="E991" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F991" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G991" s="4"/>
     </row>
     <row r="992">
       <c r="A992" s="4" t="n">
-        <v>2011</v>
+        <v>7492</v>
       </c>
       <c r="B992" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C992" s="4" t="inlineStr">
         <is>
-          <t>Anja</t>
+          <t>Maximilian</t>
         </is>
       </c>
       <c r="D992" s="4" t="inlineStr">
         <is>
-          <t>Kuonen</t>
+          <t>Kuhl</t>
         </is>
       </c>
       <c r="E992" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F992" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G992" s="4"/>
+      <c r="G992" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="993">
       <c r="A993" s="4" t="n">
-        <v>2016</v>
+        <v>6261</v>
       </c>
       <c r="B993" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C993" s="4" t="inlineStr">
         <is>
-          <t>Noa</t>
+          <t>Dagmar</t>
         </is>
       </c>
       <c r="D993" s="4" t="inlineStr">
         <is>
-          <t>Kurmann</t>
+          <t>Kuhn</t>
         </is>
       </c>
       <c r="E993" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F993" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G993" s="4"/>
     </row>
     <row r="994">
       <c r="A994" s="4" t="n">
-        <v>6277</v>
+        <v>6278</v>
       </c>
       <c r="B994" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C994" s="4" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Christina</t>
         </is>
       </c>
       <c r="D994" s="4" t="inlineStr">
         <is>
-          <t>Kurtz</t>
+          <t>Kummer</t>
         </is>
       </c>
       <c r="E994" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F994" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G994" s="4"/>
     </row>
     <row r="995">
       <c r="A995" s="4" t="n">
-        <v>6276</v>
+        <v>2007</v>
       </c>
       <c r="B995" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C995" s="4" t="inlineStr">
         <is>
-          <t>Amit</t>
+          <t>Marisa</t>
         </is>
       </c>
       <c r="D995" s="4" t="inlineStr">
         <is>
-          <t>Kurtz</t>
+          <t>Künzle</t>
         </is>
       </c>
       <c r="E995" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F995" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G995" s="4"/>
     </row>
     <row r="996">
       <c r="A996" s="4" t="n">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="B996" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C996" s="4" t="inlineStr">
         <is>
-          <t>Dominique</t>
+          <t>Anja</t>
         </is>
       </c>
       <c r="D996" s="4" t="inlineStr">
         <is>
-          <t>Kuster</t>
+          <t>Kuonen</t>
         </is>
       </c>
       <c r="E996" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F996" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G996" s="4"/>
     </row>
     <row r="997">
       <c r="A997" s="4" t="n">
-        <v>7422</v>
+        <v>2016</v>
       </c>
       <c r="B997" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C997" s="4" t="inlineStr">
         <is>
-          <t>Renzo</t>
+          <t>Noa</t>
         </is>
       </c>
       <c r="D997" s="4" t="inlineStr">
         <is>
-          <t>Küttel</t>
+          <t>Kurmann</t>
         </is>
       </c>
       <c r="E997" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F997" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G997" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G997" s="4"/>
     </row>
     <row r="998">
       <c r="A998" s="4" t="n">
-        <v>2024</v>
+        <v>6277</v>
       </c>
       <c r="B998" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C998" s="4" t="inlineStr">
         <is>
-          <t>Yaroslav</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="D998" s="4" t="inlineStr">
         <is>
-          <t>Kuznetsov</t>
+          <t>Kurtz</t>
         </is>
       </c>
       <c r="E998" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F998" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G998" s="4"/>
     </row>
     <row r="999">
       <c r="A999" s="4" t="n">
-        <v>2028</v>
+        <v>6276</v>
       </c>
       <c r="B999" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C999" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Amit</t>
         </is>
       </c>
       <c r="D999" s="4" t="inlineStr">
         <is>
-          <t>Lacava</t>
+          <t>Kurtz</t>
         </is>
       </c>
       <c r="E999" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F999" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G999" s="4"/>
     </row>
     <row r="1000">
       <c r="A1000" s="4" t="n">
-        <v>6034</v>
+        <v>2019</v>
       </c>
       <c r="B1000" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1000" s="4" t="inlineStr">
         <is>
-          <t>Nino</t>
+          <t>Dominique</t>
         </is>
       </c>
       <c r="D1000" s="4" t="inlineStr">
         <is>
-          <t>Lang</t>
+          <t>Kuster</t>
         </is>
       </c>
       <c r="E1000" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1000" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1000" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1000" s="4"/>
     </row>
     <row r="1001">
       <c r="A1001" s="4" t="n">
-        <v>4011</v>
+        <v>7422</v>
       </c>
       <c r="B1001" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1001" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Renzo</t>
         </is>
       </c>
       <c r="D1001" s="4" t="inlineStr">
         <is>
-          <t>Lardi</t>
+          <t>Küttel</t>
         </is>
       </c>
       <c r="E1001" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1001" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1001" s="4"/>
+      <c r="G1001" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1002">
       <c r="A1002" s="4" t="n">
-        <v>2055</v>
+        <v>2024</v>
       </c>
       <c r="B1002" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1002" s="4" t="inlineStr">
         <is>
-          <t>Admir</t>
+          <t>Yaroslav</t>
         </is>
       </c>
       <c r="D1002" s="4" t="inlineStr">
         <is>
-          <t>Latic</t>
+          <t>Kuznetsov</t>
         </is>
       </c>
       <c r="E1002" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1002" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1002" s="4"/>
     </row>
     <row r="1003">
       <c r="A1003" s="4" t="n">
-        <v>7558</v>
+        <v>2028</v>
       </c>
       <c r="B1003" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1003" s="4" t="inlineStr">
         <is>
-          <t>Maria</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D1003" s="4" t="inlineStr">
         <is>
-          <t>Latsis</t>
+          <t>Lacava</t>
         </is>
       </c>
       <c r="E1003" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1003" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1003" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1003" s="4"/>
     </row>
     <row r="1004">
       <c r="A1004" s="4" t="n">
-        <v>6900</v>
+        <v>6034</v>
       </c>
       <c r="B1004" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1004" s="4" t="inlineStr">
         <is>
-          <t>Spiro</t>
+          <t>Nino</t>
         </is>
       </c>
       <c r="D1004" s="4" t="inlineStr">
         <is>
-          <t>Latsis</t>
+          <t>Lang</t>
         </is>
       </c>
       <c r="E1004" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1004" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1004" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="4" t="n">
-        <v>2064</v>
+        <v>4011</v>
       </c>
       <c r="B1005" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1005" s="4" t="inlineStr">
         <is>
-          <t>Michelle</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D1005" s="4" t="inlineStr">
         <is>
-          <t>Laufer</t>
+          <t>Lardi</t>
         </is>
       </c>
       <c r="E1005" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1005" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1005" s="4"/>
     </row>
     <row r="1006">
       <c r="A1006" s="4" t="n">
-        <v>2063</v>
+        <v>2055</v>
       </c>
       <c r="B1006" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1006" s="4" t="inlineStr">
         <is>
-          <t>Melanie</t>
+          <t>Admir</t>
         </is>
       </c>
       <c r="D1006" s="4" t="inlineStr">
         <is>
-          <t>Laufer</t>
+          <t>Latic</t>
         </is>
       </c>
       <c r="E1006" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1006" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1006" s="4"/>
     </row>
     <row r="1007">
       <c r="A1007" s="4" t="n">
-        <v>2067</v>
+        <v>7558</v>
       </c>
       <c r="B1007" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1007" s="4" t="inlineStr">
         <is>
-          <t>Demian</t>
+          <t>Maria</t>
         </is>
       </c>
       <c r="D1007" s="4" t="inlineStr">
         <is>
-          <t>Lauper</t>
+          <t>Latsis</t>
         </is>
       </c>
       <c r="E1007" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1007" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1007" s="4"/>
+      <c r="G1007" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1008">
       <c r="A1008" s="4" t="n">
-        <v>2081</v>
+        <v>6900</v>
       </c>
       <c r="B1008" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1008" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Spiro</t>
         </is>
       </c>
       <c r="D1008" s="4" t="inlineStr">
         <is>
-          <t>Lehmann</t>
+          <t>Latsis</t>
         </is>
       </c>
       <c r="E1008" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1008" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1008" s="4"/>
+      <c r="G1008" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1009">
       <c r="A1009" s="4" t="n">
-        <v>2086</v>
+        <v>2063</v>
       </c>
       <c r="B1009" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1009" s="4" t="inlineStr">
         <is>
-          <t>Angelina</t>
+          <t>Melanie</t>
         </is>
       </c>
       <c r="D1009" s="4" t="inlineStr">
         <is>
-          <t>Leisi</t>
+          <t>Laufer</t>
         </is>
       </c>
       <c r="E1009" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1009" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1009" s="4"/>
     </row>
     <row r="1010">
       <c r="A1010" s="4" t="n">
-        <v>2087</v>
+        <v>2064</v>
       </c>
       <c r="B1010" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1010" s="4" t="inlineStr">
         <is>
-          <t>Jessica</t>
+          <t>Michelle</t>
         </is>
       </c>
       <c r="D1010" s="4" t="inlineStr">
         <is>
-          <t>Leisi</t>
+          <t>Laufer</t>
         </is>
       </c>
       <c r="E1010" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1010" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1010" s="4"/>
     </row>
     <row r="1011">
       <c r="A1011" s="4" t="n">
-        <v>2088</v>
+        <v>2067</v>
       </c>
       <c r="B1011" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1011" s="4" t="inlineStr">
         <is>
-          <t>Julia</t>
+          <t>Demian</t>
         </is>
       </c>
       <c r="D1011" s="4" t="inlineStr">
         <is>
-          <t>Leisi</t>
+          <t>Lauper</t>
         </is>
       </c>
       <c r="E1011" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1011" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1011" s="4"/>
     </row>
     <row r="1012">
       <c r="A1012" s="4" t="n">
-        <v>2089</v>
+        <v>2081</v>
       </c>
       <c r="B1012" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1012" s="4" t="inlineStr">
         <is>
-          <t>Priska</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1012" s="4" t="inlineStr">
         <is>
-          <t>Leist</t>
+          <t>Lehmann</t>
         </is>
       </c>
       <c r="E1012" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1012" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1012" s="4"/>
     </row>
     <row r="1013">
       <c r="A1013" s="4" t="n">
-        <v>2097</v>
+        <v>2088</v>
       </c>
       <c r="B1013" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1013" s="4" t="inlineStr">
         <is>
-          <t>Brigitt</t>
+          <t>Julia</t>
         </is>
       </c>
       <c r="D1013" s="4" t="inlineStr">
         <is>
-          <t>Lengacher</t>
+          <t>Leisi</t>
         </is>
       </c>
       <c r="E1013" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1013" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1013" s="4"/>
     </row>
     <row r="1014">
       <c r="A1014" s="4" t="n">
-        <v>4614</v>
+        <v>2087</v>
       </c>
       <c r="B1014" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1014" s="4" t="inlineStr">
         <is>
-          <t>Valentino</t>
+          <t>Jessica</t>
         </is>
       </c>
       <c r="D1014" s="4" t="inlineStr">
         <is>
-          <t>Leonforte</t>
+          <t>Leisi</t>
         </is>
       </c>
       <c r="E1014" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1014" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1014" s="4"/>
     </row>
     <row r="1015">
       <c r="A1015" s="4" t="n">
-        <v>4615</v>
+        <v>2086</v>
       </c>
       <c r="B1015" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1015" s="4" t="inlineStr">
         <is>
-          <t>Vanino</t>
+          <t>Angelina</t>
         </is>
       </c>
       <c r="D1015" s="4" t="inlineStr">
         <is>
-          <t>Leonforte</t>
+          <t>Leisi</t>
         </is>
       </c>
       <c r="E1015" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1015" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1015" s="4"/>
     </row>
     <row r="1016">
       <c r="A1016" s="4" t="n">
-        <v>2106</v>
+        <v>2089</v>
       </c>
       <c r="B1016" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1016" s="4" t="inlineStr">
         <is>
-          <t>Toni</t>
+          <t>Priska</t>
         </is>
       </c>
       <c r="D1016" s="4" t="inlineStr">
         <is>
-          <t>Lesaj</t>
+          <t>Leist</t>
         </is>
       </c>
       <c r="E1016" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1016" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1016" s="4"/>
     </row>
     <row r="1017">
       <c r="A1017" s="4" t="n">
-        <v>4874</v>
+        <v>2097</v>
       </c>
       <c r="B1017" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1017" s="4" t="inlineStr">
         <is>
-          <t> Hanspeter</t>
+          <t>Brigitt</t>
         </is>
       </c>
       <c r="D1017" s="4" t="inlineStr">
         <is>
-          <t>Leutwyler</t>
+          <t>Lengacher</t>
         </is>
       </c>
       <c r="E1017" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1017" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1017" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1017" s="4"/>
     </row>
     <row r="1018">
       <c r="A1018" s="4" t="n">
-        <v>2130</v>
+        <v>4614</v>
       </c>
       <c r="B1018" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1018" s="4" t="inlineStr">
         <is>
-          <t>Karin</t>
+          <t>Valentino</t>
         </is>
       </c>
       <c r="D1018" s="4" t="inlineStr">
         <is>
-          <t>Lingg</t>
+          <t>Leonforte</t>
         </is>
       </c>
       <c r="E1018" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1018" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1018" s="4"/>
     </row>
     <row r="1019">
       <c r="A1019" s="4" t="n">
-        <v>2135</v>
+        <v>4615</v>
       </c>
       <c r="B1019" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1019" s="4" t="inlineStr">
         <is>
-          <t>Philipp</t>
+          <t>Vanino</t>
         </is>
       </c>
       <c r="D1019" s="4" t="inlineStr">
         <is>
-          <t>Lirgg</t>
+          <t>Leonforte</t>
         </is>
       </c>
       <c r="E1019" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1019" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1019" s="4"/>
     </row>
     <row r="1020">
       <c r="A1020" s="4" t="n">
-        <v>6689</v>
+        <v>2106</v>
       </c>
       <c r="B1020" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1020" s="4" t="inlineStr">
         <is>
-          <t>Isabelle </t>
+          <t>Toni</t>
         </is>
       </c>
       <c r="D1020" s="4" t="inlineStr">
         <is>
-          <t>Loosli</t>
+          <t>Lesaj</t>
         </is>
       </c>
       <c r="E1020" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1020" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1020" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1020" s="4"/>
     </row>
     <row r="1021">
       <c r="A1021" s="4" t="n">
-        <v>6690</v>
+        <v>4874</v>
       </c>
       <c r="B1021" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1021" s="4" t="inlineStr">
         <is>
-          <t>Arwen Ronja</t>
+          <t> Hanspeter</t>
         </is>
       </c>
       <c r="D1021" s="4" t="inlineStr">
         <is>
-          <t>Loosli</t>
+          <t>Leutwyler</t>
         </is>
       </c>
       <c r="E1021" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1021" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1021" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="4" t="n">
-        <v>6253</v>
+        <v>2130</v>
       </c>
       <c r="B1022" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1022" s="4" t="inlineStr">
         <is>
-          <t>Irina</t>
+          <t>Karin</t>
         </is>
       </c>
       <c r="D1022" s="4" t="inlineStr">
         <is>
-          <t>Loosli</t>
+          <t>Lingg</t>
         </is>
       </c>
       <c r="E1022" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1022" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1022" s="4"/>
     </row>
     <row r="1023">
       <c r="A1023" s="4" t="n">
-        <v>4010</v>
+        <v>2135</v>
       </c>
       <c r="B1023" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1023" s="4" t="inlineStr">
         <is>
-          <t>Luca</t>
+          <t>Philipp</t>
         </is>
       </c>
       <c r="D1023" s="4" t="inlineStr">
         <is>
-          <t>Luminati</t>
+          <t>Lirgg</t>
         </is>
       </c>
       <c r="E1023" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1023" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1023" s="4"/>
     </row>
     <row r="1024">
       <c r="A1024" s="4" t="n">
-        <v>7563</v>
+        <v>6253</v>
       </c>
       <c r="B1024" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1024" s="4" t="inlineStr">
         <is>
-          <t>Lorenzo</t>
+          <t>Irina</t>
         </is>
       </c>
       <c r="D1024" s="4" t="inlineStr">
         <is>
-          <t>Luongo</t>
+          <t>Loosli</t>
         </is>
       </c>
       <c r="E1024" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1024" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1024" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1024" s="4"/>
     </row>
     <row r="1025">
       <c r="A1025" s="4" t="n">
-        <v>2193</v>
+        <v>6690</v>
       </c>
       <c r="B1025" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1025" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Arwen Ronja</t>
         </is>
       </c>
       <c r="D1025" s="4" t="inlineStr">
         <is>
-          <t>Lüthi</t>
+          <t>Loosli</t>
         </is>
       </c>
       <c r="E1025" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1025" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1025" s="4"/>
+      <c r="G1025" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1026">
       <c r="A1026" s="4" t="n">
-        <v>6861</v>
+        <v>6689</v>
       </c>
       <c r="B1026" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1026" s="4" t="inlineStr">
         <is>
-          <t>Sienna</t>
+          <t>Isabelle </t>
         </is>
       </c>
       <c r="D1026" s="4" t="inlineStr">
         <is>
-          <t>Maier</t>
+          <t>Loosli</t>
         </is>
       </c>
       <c r="E1026" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1026" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1026" s="4"/>
+      <c r="G1026" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1027">
       <c r="A1027" s="4" t="n">
-        <v>6250</v>
+        <v>4010</v>
       </c>
       <c r="B1027" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1027" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Luca</t>
         </is>
       </c>
       <c r="D1027" s="4" t="inlineStr">
         <is>
-          <t>Maier</t>
+          <t>Luminati</t>
         </is>
       </c>
       <c r="E1027" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1027" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1027" s="4"/>
     </row>
     <row r="1028">
       <c r="A1028" s="4" t="n">
-        <v>2227</v>
+        <v>7563</v>
       </c>
       <c r="B1028" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1028" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Lorenzo</t>
         </is>
       </c>
       <c r="D1028" s="4" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Luongo</t>
         </is>
       </c>
       <c r="E1028" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1028" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1028" s="4"/>
+      <c r="G1028" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1029">
       <c r="A1029" s="4" t="n">
-        <v>2228</v>
+        <v>2193</v>
       </c>
       <c r="B1029" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1029" s="4" t="inlineStr">
         <is>
-          <t>Adriano</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D1029" s="4" t="inlineStr">
         <is>
-          <t>Mannino</t>
+          <t>Lüthi</t>
         </is>
       </c>
       <c r="E1029" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1029" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1029" s="4"/>
     </row>
     <row r="1030">
       <c r="A1030" s="4" t="n">
-        <v>6289</v>
+        <v>6861</v>
       </c>
       <c r="B1030" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1030" s="4" t="inlineStr">
         <is>
-          <t>Jonas</t>
+          <t>Sienna</t>
         </is>
       </c>
       <c r="D1030" s="4" t="inlineStr">
         <is>
-          <t>Manser</t>
+          <t>Maier</t>
         </is>
       </c>
       <c r="E1030" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1030" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1030" s="4"/>
     </row>
     <row r="1031">
       <c r="A1031" s="4" t="n">
-        <v>2251</v>
+        <v>6250</v>
       </c>
       <c r="B1031" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1031" s="4" t="inlineStr">
         <is>
-          <t>Celine</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D1031" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Maier</t>
         </is>
       </c>
       <c r="E1031" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1031" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1031" s="4"/>
     </row>
     <row r="1032">
       <c r="A1032" s="4" t="n">
-        <v>4019</v>
+        <v>2227</v>
       </c>
       <c r="B1032" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1032" s="4" t="inlineStr">
         <is>
-          <t>Yannick</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D1032" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="E1032" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1032" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1032" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1032" s="4"/>
     </row>
     <row r="1033">
       <c r="A1033" s="4" t="n">
-        <v>2254</v>
+        <v>2228</v>
       </c>
       <c r="B1033" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1033" s="4" t="inlineStr">
         <is>
-          <t>Nicolas</t>
+          <t>Adriano</t>
         </is>
       </c>
       <c r="D1033" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Mannino</t>
         </is>
       </c>
       <c r="E1033" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1033" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1033" s="4"/>
     </row>
     <row r="1034">
       <c r="A1034" s="4" t="n">
-        <v>6252</v>
+        <v>6289</v>
       </c>
       <c r="B1034" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1034" s="4" t="inlineStr">
         <is>
-          <t>Kimo</t>
+          <t>Jonas</t>
         </is>
       </c>
       <c r="D1034" s="4" t="inlineStr">
         <is>
-          <t>Marti</t>
+          <t>Manser</t>
         </is>
       </c>
       <c r="E1034" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1034" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1034" s="4"/>
     </row>
     <row r="1035">
       <c r="A1035" s="4" t="n">
-        <v>2257</v>
+        <v>6252</v>
       </c>
       <c r="B1035" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1035" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Kimo</t>
         </is>
       </c>
       <c r="D1035" s="4" t="inlineStr">
         <is>
           <t>Marti</t>
         </is>
       </c>
       <c r="E1035" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1035" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1035" s="4"/>
     </row>
     <row r="1036">
       <c r="A1036" s="4" t="n">
-        <v>4698</v>
+        <v>2251</v>
       </c>
       <c r="B1036" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1036" s="4" t="inlineStr">
         <is>
-          <t>Kimo</t>
+          <t>Celine</t>
         </is>
       </c>
       <c r="D1036" s="4" t="inlineStr">
         <is>
           <t>Marti</t>
         </is>
       </c>
       <c r="E1036" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1036" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1036" s="4"/>
     </row>
     <row r="1037">
       <c r="A1037" s="4" t="n">
-        <v>4824</v>
+        <v>2254</v>
       </c>
       <c r="B1037" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1037" s="4" t="inlineStr">
         <is>
-          <t>Doris</t>
+          <t>Nicolas</t>
         </is>
       </c>
       <c r="D1037" s="4" t="inlineStr">
         <is>
           <t>Marti</t>
         </is>
       </c>
       <c r="E1037" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1037" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1037" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1037" s="4"/>
     </row>
     <row r="1038">
       <c r="A1038" s="4" t="n">
-        <v>7544</v>
+        <v>2257</v>
       </c>
       <c r="B1038" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1038" s="4" t="inlineStr">
         <is>
-          <t>Lucien</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D1038" s="4" t="inlineStr">
         <is>
-          <t>Martino</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1038" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1038" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1038" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1038" s="4"/>
     </row>
     <row r="1039">
       <c r="A1039" s="4" t="n">
-        <v>7578</v>
+        <v>4019</v>
       </c>
       <c r="B1039" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1039" s="4" t="inlineStr">
         <is>
-          <t>Antonija</t>
+          <t>Yannick</t>
         </is>
       </c>
       <c r="D1039" s="4" t="inlineStr">
         <is>
-          <t>Martinovic</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1039" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1039" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1039" s="4" t="inlineStr">
         <is>
           <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="4" t="n">
-        <v>4621</v>
+        <v>4824</v>
       </c>
       <c r="B1040" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1040" s="4" t="inlineStr">
         <is>
-          <t>Peter</t>
+          <t>Doris</t>
         </is>
       </c>
       <c r="D1040" s="4" t="inlineStr">
         <is>
-          <t>Mathys</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1040" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1040" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1040" s="4"/>
+      <c r="G1040" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1041">
       <c r="A1041" s="4" t="n">
-        <v>2272</v>
+        <v>4698</v>
       </c>
       <c r="B1041" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1041" s="4" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Kimo</t>
         </is>
       </c>
       <c r="D1041" s="4" t="inlineStr">
         <is>
-          <t>Matti</t>
+          <t>Marti</t>
         </is>
       </c>
       <c r="E1041" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1041" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1041" s="4"/>
     </row>
     <row r="1042">
       <c r="A1042" s="4" t="n">
-        <v>2271</v>
+        <v>7544</v>
       </c>
       <c r="B1042" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1042" s="4" t="inlineStr">
         <is>
-          <t>Dominique</t>
+          <t>Lucien</t>
         </is>
       </c>
       <c r="D1042" s="4" t="inlineStr">
         <is>
-          <t>Matti</t>
+          <t>Martino</t>
         </is>
       </c>
       <c r="E1042" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1042" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1042" s="4"/>
+      <c r="G1042" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1043">
       <c r="A1043" s="4" t="n">
-        <v>2273</v>
+        <v>7578</v>
       </c>
       <c r="B1043" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1043" s="4" t="inlineStr">
         <is>
-          <t>Ove</t>
+          <t>Antonija</t>
         </is>
       </c>
       <c r="D1043" s="4" t="inlineStr">
         <is>
-          <t>Mattmann</t>
+          <t>Martinovic</t>
         </is>
       </c>
       <c r="E1043" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1043" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1043" s="4"/>
+      <c r="G1043" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1044">
       <c r="A1044" s="4" t="n">
-        <v>7110</v>
+        <v>4621</v>
       </c>
       <c r="B1044" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1044" s="4" t="inlineStr">
         <is>
-          <t>Diarmuid</t>
+          <t>Peter</t>
         </is>
       </c>
       <c r="D1044" s="4" t="inlineStr">
         <is>
-          <t>Mc Auliffe</t>
+          <t>Mathys</t>
         </is>
       </c>
       <c r="E1044" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1044" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1044" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1044" s="4"/>
     </row>
     <row r="1045">
       <c r="A1045" s="4" t="n">
-        <v>2285</v>
+        <v>2271</v>
       </c>
       <c r="B1045" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1045" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Dominique</t>
         </is>
       </c>
       <c r="D1045" s="4" t="inlineStr">
         <is>
-          <t>Mehmann</t>
+          <t>Matti</t>
         </is>
       </c>
       <c r="E1045" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1045" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1045" s="4"/>
     </row>
     <row r="1046">
       <c r="A1046" s="4" t="n">
-        <v>2286</v>
+        <v>2272</v>
       </c>
       <c r="B1046" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1046" s="4" t="inlineStr">
         <is>
-          <t>Sibylle</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="D1046" s="4" t="inlineStr">
         <is>
-          <t>Mehmann</t>
+          <t>Matti</t>
         </is>
       </c>
       <c r="E1046" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1046" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1046" s="4"/>
     </row>
     <row r="1047">
       <c r="A1047" s="4" t="n">
-        <v>2289</v>
+        <v>2273</v>
       </c>
       <c r="B1047" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1047" s="4" t="inlineStr">
         <is>
-          <t>Carolien</t>
+          <t>Ove</t>
         </is>
       </c>
       <c r="D1047" s="4" t="inlineStr">
         <is>
-          <t>Mehr-Wigger</t>
+          <t>Mattmann</t>
         </is>
       </c>
       <c r="E1047" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1047" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1047" s="4"/>
     </row>
     <row r="1048">
       <c r="A1048" s="4" t="n">
-        <v>2290</v>
+        <v>7110</v>
       </c>
       <c r="B1048" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1048" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Diarmuid</t>
         </is>
       </c>
       <c r="D1048" s="4" t="inlineStr">
         <is>
-          <t>Mehzoud</t>
+          <t>Mc Auliffe</t>
         </is>
       </c>
       <c r="E1048" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1048" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1048" s="4"/>
+      <c r="G1048" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="1049">
       <c r="A1049" s="4" t="n">
-        <v>2308</v>
+        <v>2285</v>
       </c>
       <c r="B1049" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1049" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D1049" s="4" t="inlineStr">
         <is>
-          <t>Meier</t>
+          <t>Mehmann</t>
         </is>
       </c>
       <c r="E1049" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1049" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1049" s="4"/>
     </row>
     <row r="1050">
       <c r="A1050" s="4" t="n">
-        <v>2318</v>
+        <v>2286</v>
       </c>
       <c r="B1050" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1050" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Sibylle</t>
         </is>
       </c>
       <c r="D1050" s="4" t="inlineStr">
         <is>
-          <t>Meili</t>
+          <t>Mehmann</t>
         </is>
       </c>
       <c r="E1050" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1050" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1050" s="4"/>
     </row>
     <row r="1051">
       <c r="A1051" s="4" t="n">
-        <v>2321</v>
+        <v>2289</v>
       </c>
       <c r="B1051" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1051" s="4" t="inlineStr">
         <is>
-          <t>Ursina</t>
+          <t>Carolien</t>
         </is>
       </c>
       <c r="D1051" s="4" t="inlineStr">
         <is>
-          <t>Meister</t>
+          <t>Mehr-Wigger</t>
         </is>
       </c>
       <c r="E1051" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1051" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1051" s="4"/>
     </row>
     <row r="1052">
       <c r="A1052" s="4" t="n">
-        <v>4064</v>
+        <v>2290</v>
       </c>
       <c r="B1052" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1052" s="4" t="inlineStr">
         <is>
-          <t>Julie</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D1052" s="4" t="inlineStr">
         <is>
-          <t>Meister</t>
+          <t>Mehzoud</t>
         </is>
       </c>
       <c r="E1052" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1052" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1052" s="4"/>
     </row>
     <row r="1053">
       <c r="A1053" s="4" t="n">
-        <v>2335</v>
+        <v>2308</v>
       </c>
       <c r="B1053" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1053" s="4" t="inlineStr">
         <is>
-          <t>Raffaela</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1053" s="4" t="inlineStr">
         <is>
-          <t>Merlo</t>
+          <t>Meier</t>
         </is>
       </c>
       <c r="E1053" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1053" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1053" s="4"/>
     </row>
     <row r="1054">
       <c r="A1054" s="4" t="n">
-        <v>2334</v>
+        <v>2318</v>
       </c>
       <c r="B1054" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1054" s="4" t="inlineStr">
         <is>
-          <t>Donato</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D1054" s="4" t="inlineStr">
         <is>
-          <t>Merlo</t>
+          <t>Meili</t>
         </is>
       </c>
       <c r="E1054" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1054" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1054" s="4"/>
     </row>
     <row r="1055">
       <c r="A1055" s="4" t="n">
-        <v>6275</v>
+        <v>2321</v>
       </c>
       <c r="B1055" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1055" s="4" t="inlineStr">
         <is>
-          <t>Michelle</t>
+          <t>Ursina</t>
         </is>
       </c>
       <c r="D1055" s="4" t="inlineStr">
         <is>
-          <t>Messerli</t>
+          <t>Meister</t>
         </is>
       </c>
       <c r="E1055" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1055" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1055" s="4"/>
     </row>
     <row r="1056">
       <c r="A1056" s="4" t="n">
-        <v>2345</v>
+        <v>4064</v>
       </c>
       <c r="B1056" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1056" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Julie</t>
         </is>
       </c>
       <c r="D1056" s="4" t="inlineStr">
         <is>
-          <t>Metzger</t>
+          <t>Meister</t>
         </is>
       </c>
       <c r="E1056" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1056" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1056" s="4"/>
     </row>
     <row r="1057">
       <c r="A1057" s="4" t="n">
-        <v>2357</v>
+        <v>2335</v>
       </c>
       <c r="B1057" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1057" s="4" t="inlineStr">
         <is>
-          <t>Sabrina Melanie</t>
+          <t>Raffaela</t>
         </is>
       </c>
       <c r="D1057" s="4" t="inlineStr">
         <is>
-          <t>Meyer</t>
+          <t>Merlo</t>
         </is>
       </c>
       <c r="E1057" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1057" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1057" s="4"/>
     </row>
     <row r="1058">
       <c r="A1058" s="4" t="n">
-        <v>2351</v>
+        <v>2334</v>
       </c>
       <c r="B1058" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1058" s="4" t="inlineStr">
         <is>
-          <t>Eliane</t>
+          <t>Donato</t>
         </is>
       </c>
       <c r="D1058" s="4" t="inlineStr">
         <is>
-          <t>Meyer</t>
+          <t>Merlo</t>
         </is>
       </c>
       <c r="E1058" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1058" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1058" s="4"/>
     </row>
     <row r="1059">
       <c r="A1059" s="4" t="n">
-        <v>2359</v>
+        <v>6275</v>
       </c>
       <c r="B1059" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1059" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Michelle</t>
         </is>
       </c>
       <c r="D1059" s="4" t="inlineStr">
         <is>
-          <t>Meylan</t>
+          <t>Messerli</t>
         </is>
       </c>
       <c r="E1059" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1059" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1059" s="4"/>
     </row>
     <row r="1060">
       <c r="A1060" s="4" t="n">
-        <v>2365</v>
+        <v>2345</v>
       </c>
       <c r="B1060" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1060" s="4" t="inlineStr">
         <is>
-          <t>Ludi</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D1060" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Metzger</t>
         </is>
       </c>
       <c r="E1060" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1060" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1060" s="4"/>
     </row>
     <row r="1061">
       <c r="A1061" s="4" t="n">
-        <v>4013</v>
+        <v>2357</v>
       </c>
       <c r="B1061" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1061" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Sabrina Melanie</t>
         </is>
       </c>
       <c r="D1061" s="4" t="inlineStr">
         <is>
-          <t>Micheletti</t>
+          <t>Meyer</t>
         </is>
       </c>
       <c r="E1061" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1061" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1061" s="4"/>
     </row>
     <row r="1062">
       <c r="A1062" s="4" t="n">
-        <v>4210</v>
+        <v>2351</v>
       </c>
       <c r="B1062" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1062" s="4" t="inlineStr">
         <is>
-          <t>Alessia</t>
+          <t>Eliane</t>
         </is>
       </c>
       <c r="D1062" s="4" t="inlineStr">
         <is>
-          <t>Micheletti</t>
+          <t>Meyer</t>
         </is>
       </c>
       <c r="E1062" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1062" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1062" s="4"/>
     </row>
     <row r="1063">
       <c r="A1063" s="4" t="n">
-        <v>4006</v>
+        <v>2359</v>
       </c>
       <c r="B1063" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1063" s="4" t="inlineStr">
         <is>
-          <t>Serena</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D1063" s="4" t="inlineStr">
         <is>
-          <t>Micheletti</t>
+          <t>Meylan</t>
         </is>
       </c>
       <c r="E1063" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1063" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1063" s="4"/>
     </row>
     <row r="1064">
       <c r="A1064" s="4" t="n">
-        <v>4014</v>
+        <v>2365</v>
       </c>
       <c r="B1064" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1064" s="4" t="inlineStr">
         <is>
-          <t>Tiziana</t>
+          <t>Ludi</t>
         </is>
       </c>
       <c r="D1064" s="4" t="inlineStr">
         <is>
-          <t>Micheli</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="E1064" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1064" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1064" s="4"/>
     </row>
     <row r="1065">
       <c r="A1065" s="4" t="n">
-        <v>2371</v>
+        <v>4013</v>
       </c>
       <c r="B1065" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1065" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D1065" s="4" t="inlineStr">
         <is>
-          <t>Mihajlovic</t>
+          <t>Micheletti</t>
         </is>
       </c>
       <c r="E1065" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1065" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1065" s="4"/>
     </row>
     <row r="1066">
       <c r="A1066" s="4" t="n">
-        <v>2374</v>
+        <v>4006</v>
       </c>
       <c r="B1066" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1066" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Serena</t>
         </is>
       </c>
       <c r="D1066" s="4" t="inlineStr">
         <is>
-          <t>Miletic</t>
+          <t>Micheletti</t>
         </is>
       </c>
       <c r="E1066" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1066" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1066" s="4"/>
     </row>
     <row r="1067">
       <c r="A1067" s="4" t="n">
-        <v>2380</v>
+        <v>4210</v>
       </c>
       <c r="B1067" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1067" s="4" t="inlineStr">
         <is>
-          <t>Mirko</t>
+          <t>Alessia</t>
         </is>
       </c>
       <c r="D1067" s="4" t="inlineStr">
         <is>
-          <t>Milojevic</t>
+          <t>Micheletti</t>
         </is>
       </c>
       <c r="E1067" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1067" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1067" s="4"/>
     </row>
     <row r="1068">
       <c r="A1068" s="4" t="n">
-        <v>2385</v>
+        <v>4014</v>
       </c>
       <c r="B1068" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1068" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Tiziana</t>
         </is>
       </c>
       <c r="D1068" s="4" t="inlineStr">
         <is>
-          <t>Minder</t>
+          <t>Micheli</t>
         </is>
       </c>
       <c r="E1068" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1068" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1068" s="4"/>
     </row>
     <row r="1069">
       <c r="A1069" s="4" t="n">
-        <v>2387</v>
+        <v>2371</v>
       </c>
       <c r="B1069" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1069" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D1069" s="4" t="inlineStr">
         <is>
-          <t>Minerva</t>
+          <t>Mihajlovic</t>
         </is>
       </c>
       <c r="E1069" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1069" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1069" s="4"/>
     </row>
     <row r="1070">
       <c r="A1070" s="4" t="n">
-        <v>6902</v>
+        <v>2374</v>
       </c>
       <c r="B1070" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1070" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D1070" s="4" t="inlineStr">
         <is>
-          <t>Mischler</t>
+          <t>Miletic</t>
         </is>
       </c>
       <c r="E1070" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1070" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1070" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1070" s="4"/>
     </row>
     <row r="1071">
       <c r="A1071" s="4" t="n">
-        <v>4819</v>
+        <v>2380</v>
       </c>
       <c r="B1071" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1071" s="4" t="inlineStr">
         <is>
-          <t>Milutin</t>
+          <t>Mirko</t>
         </is>
       </c>
       <c r="D1071" s="4" t="inlineStr">
         <is>
-          <t>Mitrovic</t>
+          <t>Milojevic</t>
         </is>
       </c>
       <c r="E1071" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1071" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1071" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1071" s="4"/>
     </row>
     <row r="1072">
       <c r="A1072" s="4" t="n">
-        <v>4208</v>
+        <v>2385</v>
       </c>
       <c r="B1072" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1072" s="4" t="inlineStr">
         <is>
-          <t>Shahrazed</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1072" s="4" t="inlineStr">
         <is>
-          <t>Mkaouar</t>
+          <t>Minder</t>
         </is>
       </c>
       <c r="E1072" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1072" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1072" s="4"/>
     </row>
     <row r="1073">
       <c r="A1073" s="4" t="n">
-        <v>2405</v>
+        <v>2387</v>
       </c>
       <c r="B1073" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1073" s="4" t="inlineStr">
         <is>
-          <t>Amir</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D1073" s="4" t="inlineStr">
         <is>
-          <t>Mneimne</t>
+          <t>Minerva</t>
         </is>
       </c>
       <c r="E1073" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1073" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1073" s="4"/>
     </row>
     <row r="1074">
       <c r="A1074" s="4" t="n">
-        <v>6899</v>
+        <v>6902</v>
       </c>
       <c r="B1074" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1074" s="4" t="inlineStr">
         <is>
-          <t>Reynaud</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D1074" s="4" t="inlineStr">
         <is>
-          <t>M'Niquich</t>
+          <t>Mischler</t>
         </is>
       </c>
       <c r="E1074" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1074" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1074" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="4" t="n">
-        <v>7555</v>
+        <v>4819</v>
       </c>
       <c r="B1075" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1075" s="4" t="inlineStr">
         <is>
-          <t>Yanick</t>
+          <t>Milutin</t>
         </is>
       </c>
       <c r="D1075" s="4" t="inlineStr">
         <is>
-          <t>Mohn</t>
+          <t>Mitrovic</t>
         </is>
       </c>
       <c r="E1075" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1075" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1075" s="4" t="inlineStr">
         <is>
-          <t>Karate Fighters of Switzerland</t>
+          <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="4" t="n">
-        <v>2415</v>
+        <v>4208</v>
       </c>
       <c r="B1076" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1076" s="4" t="inlineStr">
         <is>
-          <t>Karin</t>
+          <t>Shahrazed</t>
         </is>
       </c>
       <c r="D1076" s="4" t="inlineStr">
         <is>
-          <t>Mollet</t>
+          <t>Mkaouar</t>
         </is>
       </c>
       <c r="E1076" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1076" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1076" s="4"/>
     </row>
     <row r="1077">
       <c r="A1077" s="4" t="n">
-        <v>2422</v>
+        <v>2405</v>
       </c>
       <c r="B1077" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1077" s="4" t="inlineStr">
         <is>
-          <t>Justin</t>
+          <t>Amir</t>
         </is>
       </c>
       <c r="D1077" s="4" t="inlineStr">
         <is>
-          <t>Monney</t>
+          <t>Mneimne</t>
         </is>
       </c>
       <c r="E1077" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1077" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1077" s="4"/>
     </row>
     <row r="1078">
       <c r="A1078" s="4" t="n">
-        <v>2423</v>
+        <v>6899</v>
       </c>
       <c r="B1078" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1078" s="4" t="inlineStr">
         <is>
-          <t>Renaud</t>
+          <t>Reynaud</t>
         </is>
       </c>
       <c r="D1078" s="4" t="inlineStr">
         <is>
-          <t>Monney</t>
+          <t>M'Niquich</t>
         </is>
       </c>
       <c r="E1078" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1078" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1078" s="4"/>
+      <c r="G1078" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1079">
       <c r="A1079" s="4" t="n">
-        <v>2429</v>
+        <v>7555</v>
       </c>
       <c r="B1079" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1079" s="4" t="inlineStr">
         <is>
-          <t>Matthias</t>
+          <t>Yanick</t>
         </is>
       </c>
       <c r="D1079" s="4" t="inlineStr">
         <is>
-          <t>Moratti</t>
+          <t>Mohn</t>
         </is>
       </c>
       <c r="E1079" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1079" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1079" s="4"/>
+      <c r="G1079" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1080">
       <c r="A1080" s="4" t="n">
-        <v>2430</v>
+        <v>2415</v>
       </c>
       <c r="B1080" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1080" s="4" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Karin</t>
         </is>
       </c>
       <c r="D1080" s="4" t="inlineStr">
         <is>
-          <t>Moratti</t>
+          <t>Mollet</t>
         </is>
       </c>
       <c r="E1080" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1080" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1080" s="4"/>
     </row>
     <row r="1081">
       <c r="A1081" s="4" t="n">
-        <v>2440</v>
+        <v>2423</v>
       </c>
       <c r="B1081" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1081" s="4" t="inlineStr">
         <is>
-          <t>Marc</t>
+          <t>Renaud</t>
         </is>
       </c>
       <c r="D1081" s="4" t="inlineStr">
         <is>
-          <t>Mösching</t>
+          <t>Monney</t>
         </is>
       </c>
       <c r="E1081" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1081" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1081" s="4"/>
     </row>
     <row r="1082">
       <c r="A1082" s="4" t="n">
-        <v>4005</v>
+        <v>2422</v>
       </c>
       <c r="B1082" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1082" s="4" t="inlineStr">
         <is>
-          <t>Tosca</t>
+          <t>Justin</t>
         </is>
       </c>
       <c r="D1082" s="4" t="inlineStr">
         <is>
-          <t>Muffatti</t>
+          <t>Monney</t>
         </is>
       </c>
       <c r="E1082" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1082" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1082" s="4"/>
     </row>
     <row r="1083">
       <c r="A1083" s="4" t="n">
-        <v>2450</v>
+        <v>2430</v>
       </c>
       <c r="B1083" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1083" s="4" t="inlineStr">
         <is>
-          <t>Delic</t>
+          <t>Sandra</t>
         </is>
       </c>
       <c r="D1083" s="4" t="inlineStr">
         <is>
-          <t>Muhamed</t>
+          <t>Moratti</t>
         </is>
       </c>
       <c r="E1083" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1083" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1083" s="4"/>
     </row>
     <row r="1084">
       <c r="A1084" s="4" t="n">
-        <v>2454</v>
+        <v>2429</v>
       </c>
       <c r="B1084" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1084" s="4" t="inlineStr">
         <is>
-          <t>Céline</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D1084" s="4" t="inlineStr">
         <is>
-          <t>Mühlethaler</t>
+          <t>Moratti</t>
         </is>
       </c>
       <c r="E1084" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1084" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1084" s="4"/>
     </row>
     <row r="1085">
       <c r="A1085" s="4" t="n">
-        <v>2453</v>
+        <v>2440</v>
       </c>
       <c r="B1085" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1085" s="4" t="inlineStr">
         <is>
-          <t>Amélie</t>
+          <t>Marc</t>
         </is>
       </c>
       <c r="D1085" s="4" t="inlineStr">
         <is>
-          <t>Mühlethaler</t>
+          <t>Mösching</t>
         </is>
       </c>
       <c r="E1085" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1085" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1085" s="4"/>
     </row>
     <row r="1086">
       <c r="A1086" s="4" t="n">
-        <v>2455</v>
+        <v>4005</v>
       </c>
       <c r="B1086" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1086" s="4" t="inlineStr">
         <is>
-          <t>Frédéric</t>
+          <t>Tosca</t>
         </is>
       </c>
       <c r="D1086" s="4" t="inlineStr">
         <is>
-          <t>Mühlethaler</t>
+          <t>Muffatti</t>
         </is>
       </c>
       <c r="E1086" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1086" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1086" s="4"/>
     </row>
     <row r="1087">
       <c r="A1087" s="4" t="n">
-        <v>4825</v>
+        <v>2450</v>
       </c>
       <c r="B1087" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1087" s="4" t="inlineStr">
         <is>
-          <t>Franziska</t>
+          <t>Delic</t>
         </is>
       </c>
       <c r="D1087" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Muhamed</t>
         </is>
       </c>
       <c r="E1087" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1087" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1087" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1087" s="4"/>
     </row>
     <row r="1088">
       <c r="A1088" s="4" t="n">
-        <v>2473</v>
+        <v>2453</v>
       </c>
       <c r="B1088" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1088" s="4" t="inlineStr">
         <is>
-          <t>Jonathan</t>
+          <t>Amélie</t>
         </is>
       </c>
       <c r="D1088" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Mühlethaler</t>
         </is>
       </c>
       <c r="E1088" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1088" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1088" s="4"/>
     </row>
     <row r="1089">
       <c r="A1089" s="4" t="n">
-        <v>2476</v>
+        <v>2455</v>
       </c>
       <c r="B1089" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1089" s="4" t="inlineStr">
         <is>
-          <t>Linda</t>
+          <t>Frédéric</t>
         </is>
       </c>
       <c r="D1089" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Mühlethaler</t>
         </is>
       </c>
       <c r="E1089" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1089" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1089" s="4"/>
     </row>
     <row r="1090">
       <c r="A1090" s="4" t="n">
-        <v>2477</v>
+        <v>2454</v>
       </c>
       <c r="B1090" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1090" s="4" t="inlineStr">
         <is>
-          <t>Lorenz</t>
+          <t>Céline</t>
         </is>
       </c>
       <c r="D1090" s="4" t="inlineStr">
         <is>
-          <t>Müller</t>
+          <t>Mühlethaler</t>
         </is>
       </c>
       <c r="E1090" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1090" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1090" s="4"/>
     </row>
     <row r="1091">
       <c r="A1091" s="4" t="n">
-        <v>2486</v>
+        <v>4825</v>
       </c>
       <c r="B1091" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1091" s="4" t="inlineStr">
         <is>
-          <t>Oliver</t>
+          <t>Franziska</t>
         </is>
       </c>
       <c r="D1091" s="4" t="inlineStr">
         <is>
           <t>Müller</t>
         </is>
       </c>
       <c r="E1091" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1091" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1091" s="4"/>
+      <c r="G1091" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1092">
       <c r="A1092" s="4" t="n">
-        <v>2462</v>
+        <v>2473</v>
       </c>
       <c r="B1092" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1092" s="4" t="inlineStr">
         <is>
-          <t>Anna</t>
+          <t>Jonathan</t>
         </is>
       </c>
       <c r="D1092" s="4" t="inlineStr">
         <is>
           <t>Müller</t>
         </is>
       </c>
       <c r="E1092" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1092" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1092" s="4"/>
     </row>
     <row r="1093">
       <c r="A1093" s="4" t="n">
-        <v>2494</v>
+        <v>2462</v>
       </c>
       <c r="B1093" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1093" s="4" t="inlineStr">
         <is>
-          <t>Sven</t>
+          <t>Anna</t>
         </is>
       </c>
       <c r="D1093" s="4" t="inlineStr">
         <is>
-          <t>Mumenthaler</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E1093" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1093" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1093" s="4"/>
     </row>
     <row r="1094">
       <c r="A1094" s="4" t="n">
-        <v>2499</v>
+        <v>2477</v>
       </c>
       <c r="B1094" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1094" s="4" t="inlineStr">
         <is>
-          <t>Drilon</t>
+          <t>Lorenz</t>
         </is>
       </c>
       <c r="D1094" s="4" t="inlineStr">
         <is>
-          <t>Musa</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E1094" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1094" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1094" s="4"/>
     </row>
     <row r="1095">
       <c r="A1095" s="4" t="n">
-        <v>2502</v>
+        <v>2486</v>
       </c>
       <c r="B1095" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1095" s="4" t="inlineStr">
         <is>
-          <t>Sinem</t>
+          <t>Oliver</t>
         </is>
       </c>
       <c r="D1095" s="4" t="inlineStr">
         <is>
-          <t>Muslu</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E1095" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1095" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1095" s="4"/>
     </row>
     <row r="1096">
       <c r="A1096" s="4" t="n">
-        <v>6286</v>
+        <v>2476</v>
       </c>
       <c r="B1096" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1096" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>Linda</t>
         </is>
       </c>
       <c r="D1096" s="4" t="inlineStr">
         <is>
-          <t>Mutti</t>
+          <t>Müller</t>
         </is>
       </c>
       <c r="E1096" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1096" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1096" s="4"/>
     </row>
     <row r="1097">
       <c r="A1097" s="4" t="n">
-        <v>4863</v>
+        <v>2494</v>
       </c>
       <c r="B1097" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1097" s="4" t="inlineStr">
         <is>
-          <t>Leona</t>
+          <t>Sven</t>
         </is>
       </c>
       <c r="D1097" s="4" t="inlineStr">
         <is>
-          <t>Nägelin</t>
+          <t>Mumenthaler</t>
         </is>
       </c>
       <c r="E1097" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1097" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1097" s="4"/>
     </row>
     <row r="1098">
       <c r="A1098" s="4" t="n">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B1098" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1098" s="4" t="inlineStr">
         <is>
-          <t>Kayoko</t>
+          <t>Drilon</t>
         </is>
       </c>
       <c r="D1098" s="4" t="inlineStr">
         <is>
-          <t>Nakamura-Kiss</t>
+          <t>Musa</t>
         </is>
       </c>
       <c r="E1098" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1098" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1098" s="4"/>
     </row>
     <row r="1099">
       <c r="A1099" s="4" t="n">
-        <v>2516</v>
+        <v>2502</v>
       </c>
       <c r="B1099" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1099" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Sinem</t>
         </is>
       </c>
       <c r="D1099" s="4" t="inlineStr">
         <is>
-          <t>Nani</t>
+          <t>Muslu</t>
         </is>
       </c>
       <c r="E1099" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1099" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1099" s="4"/>
     </row>
     <row r="1100">
       <c r="A1100" s="4" t="n">
-        <v>2518</v>
+        <v>6286</v>
       </c>
       <c r="B1100" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1100" s="4" t="inlineStr">
         <is>
-          <t>Marwan</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D1100" s="4" t="inlineStr">
         <is>
-          <t>Nasrallah</t>
+          <t>Mutti</t>
         </is>
       </c>
       <c r="E1100" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1100" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1100" s="4"/>
     </row>
     <row r="1101">
       <c r="A1101" s="4" t="n">
-        <v>2533</v>
+        <v>4863</v>
       </c>
       <c r="B1101" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1101" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Leona</t>
         </is>
       </c>
       <c r="D1101" s="4" t="inlineStr">
         <is>
-          <t>Neuenschwander</t>
+          <t>Nägelin</t>
         </is>
       </c>
       <c r="E1101" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1101" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1101" s="4"/>
     </row>
     <row r="1102">
       <c r="A1102" s="4" t="n">
-        <v>2540</v>
+        <v>2515</v>
       </c>
       <c r="B1102" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1102" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Kayoko</t>
         </is>
       </c>
       <c r="D1102" s="4" t="inlineStr">
         <is>
-          <t>Neuhaus</t>
+          <t>Nakamura-Kiss</t>
         </is>
       </c>
       <c r="E1102" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1102" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1102" s="4"/>
     </row>
     <row r="1103">
       <c r="A1103" s="4" t="n">
-        <v>2538</v>
+        <v>2516</v>
       </c>
       <c r="B1103" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1103" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D1103" s="4" t="inlineStr">
         <is>
-          <t>Neuhaus</t>
+          <t>Nani</t>
         </is>
       </c>
       <c r="E1103" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1103" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1103" s="4"/>
     </row>
     <row r="1104">
       <c r="A1104" s="4" t="n">
-        <v>2543</v>
+        <v>2518</v>
       </c>
       <c r="B1104" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1104" s="4" t="inlineStr">
         <is>
-          <t>Kujtim</t>
+          <t>Marwan</t>
         </is>
       </c>
       <c r="D1104" s="4" t="inlineStr">
         <is>
-          <t>Neziri</t>
+          <t>Nasrallah</t>
         </is>
       </c>
       <c r="E1104" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1104" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1104" s="4"/>
     </row>
     <row r="1105">
       <c r="A1105" s="4" t="n">
-        <v>7426</v>
+        <v>2533</v>
       </c>
       <c r="B1105" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1105" s="4" t="inlineStr">
         <is>
-          <t>Dustin                  </t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D1105" s="4" t="inlineStr">
         <is>
-          <t>Ngauf                    </t>
+          <t>Neuenschwander</t>
         </is>
       </c>
       <c r="E1105" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1105" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1105" s="4"/>
     </row>
     <row r="1106">
       <c r="A1106" s="4" t="n">
-        <v>6035</v>
+        <v>2538</v>
       </c>
       <c r="B1106" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1106" s="4" t="inlineStr">
         <is>
-          <t>Giang</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D1106" s="4" t="inlineStr">
         <is>
-          <t>Nguyen</t>
+          <t>Neuhaus</t>
         </is>
       </c>
       <c r="E1106" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1106" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1106" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1106" s="4"/>
     </row>
     <row r="1107">
       <c r="A1107" s="4" t="n">
-        <v>2552</v>
+        <v>2540</v>
       </c>
       <c r="B1107" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1107" s="4" t="inlineStr">
         <is>
-          <t>Nena</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D1107" s="4" t="inlineStr">
         <is>
-          <t>Niederberger</t>
+          <t>Neuhaus</t>
         </is>
       </c>
       <c r="E1107" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1107" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1107" s="4"/>
     </row>
     <row r="1108">
       <c r="A1108" s="4" t="n">
-        <v>2551</v>
+        <v>2543</v>
       </c>
       <c r="B1108" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1108" s="4" t="inlineStr">
         <is>
-          <t>Nando</t>
+          <t>Kujtim</t>
         </is>
       </c>
       <c r="D1108" s="4" t="inlineStr">
         <is>
-          <t>Niederberger</t>
+          <t>Neziri</t>
         </is>
       </c>
       <c r="E1108" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1108" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1108" s="4"/>
     </row>
     <row r="1109">
       <c r="A1109" s="4" t="n">
-        <v>2553</v>
+        <v>7426</v>
       </c>
       <c r="B1109" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1109" s="4" t="inlineStr">
         <is>
-          <t>Jens</t>
+          <t>Dustin                  </t>
         </is>
       </c>
       <c r="D1109" s="4" t="inlineStr">
         <is>
-          <t>Niederhäuser</t>
+          <t>Ngauf                    </t>
         </is>
       </c>
       <c r="E1109" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1109" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1109" s="4"/>
     </row>
     <row r="1110">
       <c r="A1110" s="4" t="n">
-        <v>2561</v>
+        <v>6035</v>
       </c>
       <c r="B1110" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1110" s="4" t="inlineStr">
         <is>
-          <t>Sinisa</t>
+          <t>Giang</t>
         </is>
       </c>
       <c r="D1110" s="4" t="inlineStr">
         <is>
-          <t>Nisavic</t>
+          <t>Nguyen</t>
         </is>
       </c>
       <c r="E1110" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1110" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1110" s="4"/>
+      <c r="G1110" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1111">
       <c r="A1111" s="4" t="n">
-        <v>2562</v>
+        <v>2552</v>
       </c>
       <c r="B1111" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1111" s="4" t="inlineStr">
         <is>
-          <t>Slavica</t>
+          <t>Nena</t>
         </is>
       </c>
       <c r="D1111" s="4" t="inlineStr">
         <is>
-          <t>Nisavic</t>
+          <t>Niederberger</t>
         </is>
       </c>
       <c r="E1111" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1111" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1111" s="4"/>
     </row>
     <row r="1112">
       <c r="A1112" s="4" t="n">
-        <v>6867</v>
+        <v>2551</v>
       </c>
       <c r="B1112" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1112" s="4" t="inlineStr">
         <is>
-          <t>Enrico</t>
+          <t>Nando</t>
         </is>
       </c>
       <c r="D1112" s="4" t="inlineStr">
         <is>
-          <t>Nithihardjo</t>
+          <t>Niederberger</t>
         </is>
       </c>
       <c r="E1112" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1112" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1112" s="4"/>
     </row>
     <row r="1113">
       <c r="A1113" s="4" t="n">
-        <v>7404</v>
+        <v>2553</v>
       </c>
       <c r="B1113" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1113" s="4" t="inlineStr">
         <is>
-          <t>Camil</t>
+          <t>Jens</t>
         </is>
       </c>
       <c r="D1113" s="4" t="inlineStr">
         <is>
-          <t>Nour</t>
+          <t>Niederhäuser</t>
         </is>
       </c>
       <c r="E1113" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1113" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1113" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1113" s="4"/>
     </row>
     <row r="1114">
       <c r="A1114" s="4" t="n">
-        <v>5528</v>
+        <v>2561</v>
       </c>
       <c r="B1114" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1114" s="4" t="inlineStr">
         <is>
-          <t>Lavane</t>
+          <t>Sinisa</t>
         </is>
       </c>
       <c r="D1114" s="4" t="inlineStr">
         <is>
-          <t>Nour</t>
+          <t>Nisavic</t>
         </is>
       </c>
       <c r="E1114" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1114" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1114" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1114" s="4"/>
     </row>
     <row r="1115">
       <c r="A1115" s="4" t="n">
-        <v>6686</v>
+        <v>2562</v>
       </c>
       <c r="B1115" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1115" s="4" t="inlineStr">
         <is>
-          <t>Antoine</t>
+          <t>Slavica</t>
         </is>
       </c>
       <c r="D1115" s="4" t="inlineStr">
         <is>
-          <t>Oberson</t>
+          <t>Nisavic</t>
         </is>
       </c>
       <c r="E1115" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1115" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1115" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1115" s="4"/>
     </row>
     <row r="1116">
       <c r="A1116" s="4" t="n">
-        <v>2588</v>
+        <v>6867</v>
       </c>
       <c r="B1116" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1116" s="4" t="inlineStr">
         <is>
-          <t>Gerhard</t>
+          <t>Enrico</t>
         </is>
       </c>
       <c r="D1116" s="4" t="inlineStr">
         <is>
-          <t>Oester</t>
+          <t>Nithihardjo</t>
         </is>
       </c>
       <c r="E1116" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1116" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1116" s="4"/>
     </row>
     <row r="1117">
       <c r="A1117" s="4" t="n">
-        <v>4215</v>
+        <v>7404</v>
       </c>
       <c r="B1117" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1117" s="4" t="inlineStr">
         <is>
-          <t>Cedric</t>
+          <t>Camil</t>
         </is>
       </c>
       <c r="D1117" s="4" t="inlineStr">
         <is>
-          <t>Oetterli</t>
+          <t>Nour</t>
         </is>
       </c>
       <c r="E1117" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F1117" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1117" s="4"/>
+      <c r="G1117" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1118">
       <c r="A1118" s="4" t="n">
-        <v>2595</v>
+        <v>5528</v>
       </c>
       <c r="B1118" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1118" s="4" t="inlineStr">
         <is>
-          <t>Luis</t>
+          <t>Lavane</t>
         </is>
       </c>
       <c r="D1118" s="4" t="inlineStr">
         <is>
-          <t>Oliveira da Cunha</t>
+          <t>Nour</t>
         </is>
       </c>
       <c r="E1118" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1118" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1118" s="4"/>
+      <c r="G1118" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1119">
       <c r="A1119" s="4" t="n">
-        <v>2598</v>
+        <v>6686</v>
       </c>
       <c r="B1119" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1119" s="4" t="inlineStr">
         <is>
-          <t>Dogan</t>
+          <t>Antoine</t>
         </is>
       </c>
       <c r="D1119" s="4" t="inlineStr">
         <is>
-          <t>Orakci</t>
+          <t>Oberson</t>
         </is>
       </c>
       <c r="E1119" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1119" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1119" s="4"/>
+      <c r="G1119" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1120">
       <c r="A1120" s="4" t="n">
-        <v>7431</v>
+        <v>2588</v>
       </c>
       <c r="B1120" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1120" s="4" t="inlineStr">
         <is>
-          <t>Emma</t>
+          <t>Gerhard</t>
         </is>
       </c>
       <c r="D1120" s="4" t="inlineStr">
         <is>
-          <t>Oser</t>
+          <t>Oester</t>
         </is>
       </c>
       <c r="E1120" s="4" t="inlineStr">
         <is>
-          <t>Shukokai</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1120" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1120" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1120" s="4"/>
     </row>
     <row r="1121">
       <c r="A1121" s="4" t="n">
-        <v>4062</v>
+        <v>4215</v>
       </c>
       <c r="B1121" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1121" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Cedric</t>
         </is>
       </c>
       <c r="D1121" s="4" t="inlineStr">
         <is>
-          <t>Ott</t>
+          <t>Oetterli</t>
         </is>
       </c>
       <c r="E1121" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1121" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1121" s="4"/>
     </row>
     <row r="1122">
       <c r="A1122" s="4" t="n">
-        <v>5529</v>
+        <v>2595</v>
       </c>
       <c r="B1122" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1122" s="4" t="inlineStr">
         <is>
-          <t>Jean-Rodolphe</t>
+          <t>Luis</t>
         </is>
       </c>
       <c r="D1122" s="4" t="inlineStr">
         <is>
-          <t>Paratte</t>
+          <t>Oliveira da Cunha</t>
         </is>
       </c>
       <c r="E1122" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1122" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1122" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1122" s="4"/>
     </row>
     <row r="1123">
       <c r="A1123" s="4" t="n">
-        <v>6249</v>
+        <v>2598</v>
       </c>
       <c r="B1123" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1123" s="4" t="inlineStr">
         <is>
-          <t>Rhea Emilia</t>
+          <t>Dogan</t>
         </is>
       </c>
       <c r="D1123" s="4" t="inlineStr">
         <is>
-          <t>Pauchard</t>
+          <t>Orakci</t>
         </is>
       </c>
       <c r="E1123" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1123" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1123" s="4"/>
     </row>
     <row r="1124">
       <c r="A1124" s="4" t="n">
-        <v>2641</v>
+        <v>7431</v>
       </c>
       <c r="B1124" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1124" s="4" t="inlineStr">
         <is>
-          <t>Lino</t>
+          <t>Emma</t>
         </is>
       </c>
       <c r="D1124" s="4" t="inlineStr">
         <is>
-          <t>Pelleriti</t>
+          <t>Oser</t>
         </is>
       </c>
       <c r="E1124" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shukokai</t>
         </is>
       </c>
       <c r="F1124" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1124" s="4"/>
+      <c r="G1124" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="1125">
       <c r="A1125" s="4" t="n">
-        <v>4052</v>
+        <v>4062</v>
       </c>
       <c r="B1125" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1125" s="4" t="inlineStr">
         <is>
-          <t>Mario Yunior</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D1125" s="4" t="inlineStr">
         <is>
-          <t>Pentassuglia</t>
+          <t>Ott</t>
         </is>
       </c>
       <c r="E1125" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1125" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1125" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1125" s="4"/>
     </row>
     <row r="1126">
       <c r="A1126" s="4" t="n">
-        <v>2654</v>
+        <v>5529</v>
       </c>
       <c r="B1126" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1126" s="4" t="inlineStr">
         <is>
-          <t>Francisco</t>
+          <t>Jean-Rodolphe</t>
         </is>
       </c>
       <c r="D1126" s="4" t="inlineStr">
         <is>
-          <t>Pereira</t>
+          <t>Paratte</t>
         </is>
       </c>
       <c r="E1126" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1126" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1126" s="4"/>
+      <c r="G1126" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1127">
       <c r="A1127" s="4" t="n">
-        <v>2655</v>
+        <v>6249</v>
       </c>
       <c r="B1127" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1127" s="4" t="inlineStr">
         <is>
-          <t>Lori</t>
+          <t>Rhea Emilia</t>
         </is>
       </c>
       <c r="D1127" s="4" t="inlineStr">
         <is>
-          <t>Pereira</t>
+          <t>Pauchard</t>
         </is>
       </c>
       <c r="E1127" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1127" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1127" s="4"/>
     </row>
     <row r="1128">
       <c r="A1128" s="4" t="n">
-        <v>2664</v>
+        <v>2641</v>
       </c>
       <c r="B1128" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1128" s="4" t="inlineStr">
         <is>
-          <t>Isabelle</t>
+          <t>Lino</t>
         </is>
       </c>
       <c r="D1128" s="4" t="inlineStr">
         <is>
-          <t>Perroud</t>
+          <t>Pelleriti</t>
         </is>
       </c>
       <c r="E1128" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1128" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1128" s="4"/>
     </row>
     <row r="1129">
       <c r="A1129" s="4" t="n">
-        <v>2666</v>
+        <v>4052</v>
       </c>
       <c r="B1129" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1129" s="4" t="inlineStr">
         <is>
-          <t>Guiliano</t>
+          <t>Mario Yunior</t>
         </is>
       </c>
       <c r="D1129" s="4" t="inlineStr">
         <is>
-          <t>Pescio</t>
+          <t>Pentassuglia</t>
         </is>
       </c>
       <c r="E1129" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1129" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1129" s="4"/>
+      <c r="G1129" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="1130">
       <c r="A1130" s="4" t="n">
-        <v>2681</v>
+        <v>2655</v>
       </c>
       <c r="B1130" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1130" s="4" t="inlineStr">
         <is>
-          <t>Igor</t>
+          <t>Lori</t>
         </is>
       </c>
       <c r="D1130" s="4" t="inlineStr">
         <is>
-          <t>Petrovic</t>
+          <t>Pereira</t>
         </is>
       </c>
       <c r="E1130" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1130" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1130" s="4"/>
     </row>
     <row r="1131">
       <c r="A1131" s="4" t="n">
-        <v>2679</v>
+        <v>2654</v>
       </c>
       <c r="B1131" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1131" s="4" t="inlineStr">
         <is>
-          <t>Davor</t>
+          <t>Francisco</t>
         </is>
       </c>
       <c r="D1131" s="4" t="inlineStr">
         <is>
-          <t>Petrovic</t>
+          <t>Pereira</t>
         </is>
       </c>
       <c r="E1131" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1131" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1131" s="4"/>
     </row>
     <row r="1132">
       <c r="A1132" s="4" t="n">
-        <v>2678</v>
+        <v>2664</v>
       </c>
       <c r="B1132" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1132" s="4" t="inlineStr">
         <is>
-          <t>Danijela</t>
+          <t>Isabelle</t>
         </is>
       </c>
       <c r="D1132" s="4" t="inlineStr">
         <is>
-          <t>Petrovic</t>
+          <t>Perroud</t>
         </is>
       </c>
       <c r="E1132" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1132" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1132" s="4"/>
     </row>
     <row r="1133">
       <c r="A1133" s="4" t="n">
-        <v>2677</v>
+        <v>2666</v>
       </c>
       <c r="B1133" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1133" s="4" t="inlineStr">
         <is>
-          <t>Danijel</t>
+          <t>Guiliano</t>
         </is>
       </c>
       <c r="D1133" s="4" t="inlineStr">
         <is>
-          <t>Petrovic</t>
+          <t>Pescio</t>
         </is>
       </c>
       <c r="E1133" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1133" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1133" s="4"/>
     </row>
     <row r="1134">
       <c r="A1134" s="4" t="n">
-        <v>2682</v>
+        <v>2678</v>
       </c>
       <c r="B1134" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1134" s="4" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Danijela</t>
         </is>
       </c>
       <c r="D1134" s="4" t="inlineStr">
         <is>
-          <t>Petrovic </t>
+          <t>Petrovic</t>
         </is>
       </c>
       <c r="E1134" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1134" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1134" s="4"/>
     </row>
     <row r="1135">
       <c r="A1135" s="4" t="n">
-        <v>2692</v>
+        <v>2681</v>
       </c>
       <c r="B1135" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1135" s="4" t="inlineStr">
         <is>
-          <t>Ana Marie</t>
+          <t>Igor</t>
         </is>
       </c>
       <c r="D1135" s="4" t="inlineStr">
         <is>
-          <t>Pfeiffer</t>
+          <t>Petrovic</t>
         </is>
       </c>
       <c r="E1135" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1135" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1135" s="4"/>
     </row>
     <row r="1136">
       <c r="A1136" s="4" t="n">
-        <v>2694</v>
+        <v>2679</v>
       </c>
       <c r="B1136" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1136" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Davor</t>
         </is>
       </c>
       <c r="D1136" s="4" t="inlineStr">
         <is>
-          <t>Pfeiffer</t>
+          <t>Petrovic</t>
         </is>
       </c>
       <c r="E1136" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1136" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1136" s="4"/>
     </row>
     <row r="1137">
       <c r="A1137" s="4" t="n">
-        <v>4866</v>
+        <v>2677</v>
       </c>
       <c r="B1137" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1137" s="4" t="inlineStr">
         <is>
-          <t>Aurora</t>
+          <t>Danijel</t>
         </is>
       </c>
       <c r="D1137" s="4" t="inlineStr">
         <is>
-          <t>Pianta</t>
+          <t>Petrovic</t>
         </is>
       </c>
       <c r="E1137" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1137" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1137" s="4"/>
     </row>
     <row r="1138">
       <c r="A1138" s="4" t="n">
-        <v>2716</v>
+        <v>2682</v>
       </c>
       <c r="B1138" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1138" s="4" t="inlineStr">
         <is>
-          <t>Stephanie</t>
+          <t>Diana</t>
         </is>
       </c>
       <c r="D1138" s="4" t="inlineStr">
         <is>
-          <t>Pin</t>
+          <t>Petrovic </t>
         </is>
       </c>
       <c r="E1138" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1138" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1138" s="4"/>
     </row>
     <row r="1139">
       <c r="A1139" s="4" t="n">
-        <v>4009</v>
+        <v>2692</v>
       </c>
       <c r="B1139" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1139" s="4" t="inlineStr">
         <is>
-          <t>Livia</t>
+          <t>Ana Marie</t>
         </is>
       </c>
       <c r="D1139" s="4" t="inlineStr">
         <is>
-          <t>Plozza</t>
+          <t>Pfeiffer</t>
         </is>
       </c>
       <c r="E1139" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1139" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1139" s="4"/>
     </row>
     <row r="1140">
       <c r="A1140" s="4" t="n">
-        <v>2742</v>
+        <v>2694</v>
       </c>
       <c r="B1140" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1140" s="4" t="inlineStr">
         <is>
-          <t>Melisa</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D1140" s="4" t="inlineStr">
         <is>
-          <t>Polatli</t>
+          <t>Pfeiffer</t>
         </is>
       </c>
       <c r="E1140" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1140" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1140" s="4"/>
     </row>
     <row r="1141">
       <c r="A1141" s="4" t="n">
-        <v>2743</v>
+        <v>4866</v>
       </c>
       <c r="B1141" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1141" s="4" t="inlineStr">
         <is>
-          <t>Meltem</t>
+          <t>Aurora</t>
         </is>
       </c>
       <c r="D1141" s="4" t="inlineStr">
         <is>
-          <t>Polatli</t>
+          <t>Pianta</t>
         </is>
       </c>
       <c r="E1141" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1141" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1141" s="4"/>
     </row>
     <row r="1142">
       <c r="A1142" s="4" t="n">
-        <v>7565</v>
+        <v>2716</v>
       </c>
       <c r="B1142" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1142" s="4" t="inlineStr">
         <is>
-          <t>Jean</t>
+          <t>Stephanie</t>
         </is>
       </c>
       <c r="D1142" s="4" t="inlineStr">
         <is>
-          <t>Ponsot</t>
+          <t>Pin</t>
         </is>
       </c>
       <c r="E1142" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1142" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1142" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1142" s="4"/>
     </row>
     <row r="1143">
       <c r="A1143" s="4" t="n">
-        <v>2754</v>
+        <v>4009</v>
       </c>
       <c r="B1143" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1143" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Livia</t>
         </is>
       </c>
       <c r="D1143" s="4" t="inlineStr">
         <is>
-          <t>Popovic</t>
+          <t>Plozza</t>
         </is>
       </c>
       <c r="E1143" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1143" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1143" s="4"/>
     </row>
     <row r="1144">
       <c r="A1144" s="4" t="n">
-        <v>2755</v>
+        <v>2742</v>
       </c>
       <c r="B1144" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1144" s="4" t="inlineStr">
         <is>
-          <t>Jasmine</t>
+          <t>Melisa</t>
         </is>
       </c>
       <c r="D1144" s="4" t="inlineStr">
         <is>
-          <t>Portmann</t>
+          <t>Polatli</t>
         </is>
       </c>
       <c r="E1144" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1144" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1144" s="4"/>
     </row>
     <row r="1145">
       <c r="A1145" s="4" t="n">
-        <v>2761</v>
+        <v>2743</v>
       </c>
       <c r="B1145" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1145" s="4" t="inlineStr">
         <is>
-          <t>Aleksander</t>
+          <t>Meltem</t>
         </is>
       </c>
       <c r="D1145" s="4" t="inlineStr">
         <is>
-          <t>Prekaj</t>
+          <t>Polatli</t>
         </is>
       </c>
       <c r="E1145" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1145" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1145" s="4"/>
     </row>
     <row r="1146">
       <c r="A1146" s="4" t="n">
-        <v>2768</v>
+        <v>7565</v>
       </c>
       <c r="B1146" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1146" s="4" t="inlineStr">
         <is>
-          <t>Giuseppe</t>
+          <t>Jean</t>
         </is>
       </c>
       <c r="D1146" s="4" t="inlineStr">
         <is>
-          <t>Puccio</t>
+          <t>Ponsot</t>
         </is>
       </c>
       <c r="E1146" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1146" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1146" s="4"/>
+      <c r="G1146" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="1147">
       <c r="A1147" s="4" t="n">
-        <v>2770</v>
+        <v>2754</v>
       </c>
       <c r="B1147" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1147" s="4" t="inlineStr">
         <is>
-          <t>Daniel</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D1147" s="4" t="inlineStr">
         <is>
-          <t>Puglisi</t>
+          <t>Popovic</t>
         </is>
       </c>
       <c r="E1147" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1147" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1147" s="4"/>
     </row>
     <row r="1148">
       <c r="A1148" s="4" t="n">
-        <v>2773</v>
+        <v>2755</v>
       </c>
       <c r="B1148" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1148" s="4" t="inlineStr">
         <is>
-          <t>Christoph</t>
+          <t>Jasmine</t>
         </is>
       </c>
       <c r="D1148" s="4" t="inlineStr">
         <is>
-          <t>Pulfer</t>
+          <t>Portmann</t>
         </is>
       </c>
       <c r="E1148" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1148" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1148" s="4"/>
     </row>
     <row r="1149">
       <c r="A1149" s="4" t="n">
-        <v>2790</v>
+        <v>2761</v>
       </c>
       <c r="B1149" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1149" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Aleksander</t>
         </is>
       </c>
       <c r="D1149" s="4" t="inlineStr">
         <is>
-          <t>Radic</t>
+          <t>Prekaj</t>
         </is>
       </c>
       <c r="E1149" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1149" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1149" s="4"/>
     </row>
     <row r="1150">
       <c r="A1150" s="4" t="n">
-        <v>2794</v>
+        <v>2768</v>
       </c>
       <c r="B1150" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1150" s="4" t="inlineStr">
         <is>
-          <t>Timo</t>
+          <t>Giuseppe</t>
         </is>
       </c>
       <c r="D1150" s="4" t="inlineStr">
         <is>
-          <t>Radjenovic</t>
+          <t>Puccio</t>
         </is>
       </c>
       <c r="E1150" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1150" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1150" s="4"/>
     </row>
     <row r="1151">
       <c r="A1151" s="4" t="n">
-        <v>2793</v>
+        <v>2770</v>
       </c>
       <c r="B1151" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1151" s="4" t="inlineStr">
         <is>
-          <t>Pia</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="D1151" s="4" t="inlineStr">
         <is>
-          <t>Radjenovic</t>
+          <t>Puglisi</t>
         </is>
       </c>
       <c r="E1151" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1151" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1151" s="4"/>
     </row>
     <row r="1152">
       <c r="A1152" s="4" t="n">
-        <v>2792</v>
+        <v>2773</v>
       </c>
       <c r="B1152" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1152" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Christoph</t>
         </is>
       </c>
       <c r="D1152" s="4" t="inlineStr">
         <is>
-          <t>Radjenovic</t>
+          <t>Pulfer</t>
         </is>
       </c>
       <c r="E1152" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1152" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1152" s="4"/>
     </row>
     <row r="1153">
       <c r="A1153" s="4" t="n">
-        <v>7489</v>
+        <v>2790</v>
       </c>
       <c r="B1153" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1153" s="4" t="inlineStr">
         <is>
-          <t>Gabriel</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D1153" s="4" t="inlineStr">
         <is>
-          <t>Rados</t>
+          <t>Radic</t>
         </is>
       </c>
       <c r="E1153" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1153" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1153" s="4"/>
     </row>
     <row r="1154">
       <c r="A1154" s="4" t="n">
-        <v>2795</v>
+        <v>2793</v>
       </c>
       <c r="B1154" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1154" s="4" t="inlineStr">
         <is>
-          <t>Leona</t>
+          <t>Pia</t>
         </is>
       </c>
       <c r="D1154" s="4" t="inlineStr">
         <is>
-          <t>Raemy</t>
+          <t>Radjenovic</t>
         </is>
       </c>
       <c r="E1154" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1154" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1154" s="4"/>
     </row>
     <row r="1155">
       <c r="A1155" s="4" t="n">
-        <v>2796</v>
+        <v>2792</v>
       </c>
       <c r="B1155" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1155" s="4" t="inlineStr">
         <is>
-          <t>Nicola</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D1155" s="4" t="inlineStr">
         <is>
-          <t>Raemy</t>
+          <t>Radjenovic</t>
         </is>
       </c>
       <c r="E1155" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1155" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1155" s="4"/>
     </row>
     <row r="1156">
       <c r="A1156" s="4" t="n">
-        <v>2802</v>
+        <v>2794</v>
       </c>
       <c r="B1156" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1156" s="4" t="inlineStr">
         <is>
-          <t>Ladina</t>
+          <t>Timo</t>
         </is>
       </c>
       <c r="D1156" s="4" t="inlineStr">
         <is>
-          <t>Raguth</t>
+          <t>Radjenovic</t>
         </is>
       </c>
       <c r="E1156" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1156" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1156" s="4"/>
     </row>
     <row r="1157">
       <c r="A1157" s="4" t="n">
-        <v>2803</v>
+        <v>7489</v>
       </c>
       <c r="B1157" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1157" s="4" t="inlineStr">
         <is>
-          <t>Mario</t>
+          <t>Gabriel</t>
         </is>
       </c>
       <c r="D1157" s="4" t="inlineStr">
         <is>
-          <t>Raguth</t>
+          <t>Rados</t>
         </is>
       </c>
       <c r="E1157" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1157" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1157" s="4"/>
     </row>
     <row r="1158">
       <c r="A1158" s="4" t="n">
-        <v>2801</v>
+        <v>2795</v>
       </c>
       <c r="B1158" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1158" s="4" t="inlineStr">
         <is>
-          <t>Gian-Carlo</t>
+          <t>Leona</t>
         </is>
       </c>
       <c r="D1158" s="4" t="inlineStr">
         <is>
-          <t>Raguth</t>
+          <t>Raemy</t>
         </is>
       </c>
       <c r="E1158" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1158" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1158" s="4"/>
     </row>
     <row r="1159">
       <c r="A1159" s="4" t="n">
-        <v>2804</v>
+        <v>2796</v>
       </c>
       <c r="B1159" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1159" s="4" t="inlineStr">
         <is>
-          <t>Baki</t>
+          <t>Nicola</t>
         </is>
       </c>
       <c r="D1159" s="4" t="inlineStr">
         <is>
-          <t>Rahamani</t>
+          <t>Raemy</t>
         </is>
       </c>
       <c r="E1159" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1159" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1159" s="4"/>
     </row>
     <row r="1160">
       <c r="A1160" s="4" t="n">
-        <v>2808</v>
+        <v>2801</v>
       </c>
       <c r="B1160" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1160" s="4" t="inlineStr">
         <is>
-          <t>Slavisa</t>
+          <t>Gian-Carlo</t>
         </is>
       </c>
       <c r="D1160" s="4" t="inlineStr">
         <is>
-          <t>Rakic</t>
+          <t>Raguth</t>
         </is>
       </c>
       <c r="E1160" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1160" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1160" s="4"/>
     </row>
     <row r="1161">
       <c r="A1161" s="4" t="n">
-        <v>2809</v>
+        <v>2803</v>
       </c>
       <c r="B1161" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1161" s="4" t="inlineStr">
         <is>
-          <t>Fitim</t>
+          <t>Mario</t>
         </is>
       </c>
       <c r="D1161" s="4" t="inlineStr">
         <is>
-          <t>Rama</t>
+          <t>Raguth</t>
         </is>
       </c>
       <c r="E1161" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1161" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1161" s="4"/>
     </row>
     <row r="1162">
       <c r="A1162" s="4" t="n">
-        <v>2810</v>
+        <v>2802</v>
       </c>
       <c r="B1162" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1162" s="4" t="inlineStr">
         <is>
-          <t>Armin</t>
+          <t>Ladina</t>
         </is>
       </c>
       <c r="D1162" s="4" t="inlineStr">
         <is>
-          <t>Ramcilovic</t>
+          <t>Raguth</t>
         </is>
       </c>
       <c r="E1162" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1162" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1162" s="4"/>
     </row>
     <row r="1163">
       <c r="A1163" s="4" t="n">
-        <v>5681</v>
+        <v>2804</v>
       </c>
       <c r="B1163" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1163" s="4" t="inlineStr">
         <is>
-          <t>Leandro</t>
+          <t>Baki</t>
         </is>
       </c>
       <c r="D1163" s="4" t="inlineStr">
         <is>
-          <t>Ramirez</t>
+          <t>Rahamani</t>
         </is>
       </c>
       <c r="E1163" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1163" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1163" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1163" s="4"/>
     </row>
     <row r="1164">
       <c r="A1164" s="4" t="n">
-        <v>2813</v>
+        <v>2808</v>
       </c>
       <c r="B1164" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1164" s="4" t="inlineStr">
         <is>
-          <t>Herschel</t>
+          <t>Slavisa</t>
         </is>
       </c>
       <c r="D1164" s="4" t="inlineStr">
         <is>
-          <t>Ranjan</t>
+          <t>Rakic</t>
         </is>
       </c>
       <c r="E1164" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1164" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1164" s="4"/>
     </row>
     <row r="1165">
       <c r="A1165" s="4" t="n">
-        <v>6251</v>
+        <v>2809</v>
       </c>
       <c r="B1165" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1165" s="4" t="inlineStr">
         <is>
-          <t>Noële</t>
+          <t>Fitim</t>
         </is>
       </c>
       <c r="D1165" s="4" t="inlineStr">
         <is>
-          <t>Raschle</t>
+          <t>Rama</t>
         </is>
       </c>
       <c r="E1165" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1165" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1165" s="4"/>
     </row>
     <row r="1166">
       <c r="A1166" s="4" t="n">
-        <v>2823</v>
+        <v>2810</v>
       </c>
       <c r="B1166" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1166" s="4" t="inlineStr">
         <is>
-          <t>Mathushan</t>
+          <t>Armin</t>
         </is>
       </c>
       <c r="D1166" s="4" t="inlineStr">
         <is>
-          <t>Ravichandran</t>
+          <t>Ramcilovic</t>
         </is>
       </c>
       <c r="E1166" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1166" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1166" s="4"/>
     </row>
     <row r="1167">
       <c r="A1167" s="4" t="n">
-        <v>2830</v>
+        <v>5681</v>
       </c>
       <c r="B1167" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1167" s="4" t="inlineStr">
         <is>
-          <t>Annelies</t>
+          <t>Leandro</t>
         </is>
       </c>
       <c r="D1167" s="4" t="inlineStr">
         <is>
-          <t>Reber</t>
+          <t>Ramirez</t>
         </is>
       </c>
       <c r="E1167" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1167" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1167" s="4"/>
+      <c r="G1167" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1168">
       <c r="A1168" s="4" t="n">
-        <v>2835</v>
+        <v>2813</v>
       </c>
       <c r="B1168" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1168" s="4" t="inlineStr">
         <is>
-          <t>Felix</t>
+          <t>Herschel</t>
         </is>
       </c>
       <c r="D1168" s="4" t="inlineStr">
         <is>
-          <t>Rechberger</t>
+          <t>Ranjan</t>
         </is>
       </c>
       <c r="E1168" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1168" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1168" s="4"/>
     </row>
     <row r="1169">
       <c r="A1169" s="4" t="n">
-        <v>7559</v>
+        <v>6251</v>
       </c>
       <c r="B1169" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1169" s="4" t="inlineStr">
         <is>
-          <t>Line</t>
+          <t>Noële</t>
         </is>
       </c>
       <c r="D1169" s="4" t="inlineStr">
         <is>
-          <t>Reda</t>
+          <t>Raschle</t>
         </is>
       </c>
       <c r="E1169" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1169" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1169" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1169" s="4"/>
     </row>
     <row r="1170">
       <c r="A1170" s="4" t="n">
-        <v>2842</v>
+        <v>2823</v>
       </c>
       <c r="B1170" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1170" s="4" t="inlineStr">
         <is>
-          <t>Bajram</t>
+          <t>Mathushan</t>
         </is>
       </c>
       <c r="D1170" s="4" t="inlineStr">
         <is>
-          <t>Redzepi</t>
+          <t>Ravichandran</t>
         </is>
       </c>
       <c r="E1170" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1170" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1170" s="4"/>
     </row>
     <row r="1171">
       <c r="A1171" s="4" t="n">
-        <v>2848</v>
+        <v>2830</v>
       </c>
       <c r="B1171" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1171" s="4" t="inlineStr">
         <is>
-          <t>Kobi</t>
+          <t>Annelies</t>
         </is>
       </c>
       <c r="D1171" s="4" t="inlineStr">
         <is>
-          <t>Reichen</t>
+          <t>Reber</t>
         </is>
       </c>
       <c r="E1171" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1171" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1171" s="4"/>
     </row>
     <row r="1172">
       <c r="A1172" s="4" t="n">
-        <v>5682</v>
+        <v>2835</v>
       </c>
       <c r="B1172" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1172" s="4" t="inlineStr">
         <is>
-          <t>Jasmina</t>
+          <t>Felix</t>
         </is>
       </c>
       <c r="D1172" s="4" t="inlineStr">
         <is>
-          <t>Reiz</t>
+          <t>Rechberger</t>
         </is>
       </c>
       <c r="E1172" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1172" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1172" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1172" s="4"/>
     </row>
     <row r="1173">
       <c r="A1173" s="4" t="n">
-        <v>7432</v>
+        <v>7559</v>
       </c>
       <c r="B1173" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1173" s="4" t="inlineStr">
         <is>
-          <t>Kilian</t>
+          <t>Line</t>
         </is>
       </c>
       <c r="D1173" s="4" t="inlineStr">
         <is>
-          <t>Renner</t>
+          <t>Reda</t>
         </is>
       </c>
       <c r="E1173" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1173" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1173" s="4" t="inlineStr">
         <is>
-          <t>Swiss Karate Tomokai</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="4" t="n">
-        <v>7493</v>
+        <v>2842</v>
       </c>
       <c r="B1174" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1174" s="4" t="inlineStr">
         <is>
-          <t>Mika</t>
+          <t>Bajram</t>
         </is>
       </c>
       <c r="D1174" s="4" t="inlineStr">
         <is>
-          <t>Rentsch</t>
+          <t>Redzepi</t>
         </is>
       </c>
       <c r="E1174" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1174" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1174" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1174" s="4"/>
     </row>
     <row r="1175">
       <c r="A1175" s="4" t="n">
-        <v>2863</v>
+        <v>2848</v>
       </c>
       <c r="B1175" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1175" s="4" t="inlineStr">
         <is>
-          <t>Beatrice</t>
+          <t>Kobi</t>
         </is>
       </c>
       <c r="D1175" s="4" t="inlineStr">
         <is>
-          <t>Reusser</t>
+          <t>Reichen</t>
         </is>
       </c>
       <c r="E1175" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1175" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1175" s="4"/>
     </row>
     <row r="1176">
       <c r="A1176" s="4" t="n">
-        <v>6457</v>
+        <v>5682</v>
       </c>
       <c r="B1176" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1176" s="4" t="inlineStr">
         <is>
-          <t>Livio</t>
+          <t>Jasmina</t>
         </is>
       </c>
       <c r="D1176" s="4" t="inlineStr">
         <is>
-          <t>Reuteler</t>
+          <t>Reiz</t>
         </is>
       </c>
       <c r="E1176" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1176" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1176" s="4"/>
+      <c r="G1176" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1177">
       <c r="A1177" s="4" t="n">
-        <v>2867</v>
+        <v>7432</v>
       </c>
       <c r="B1177" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1177" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Kilian</t>
         </is>
       </c>
       <c r="D1177" s="4" t="inlineStr">
         <is>
-          <t>Reuteler</t>
+          <t>Renner</t>
         </is>
       </c>
       <c r="E1177" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1177" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1177" s="4"/>
+      <c r="G1177" s="4" t="inlineStr">
+        <is>
+          <t>Swiss Karate Tomokai</t>
+        </is>
+      </c>
     </row>
     <row r="1178">
       <c r="A1178" s="4" t="n">
-        <v>2869</v>
+        <v>7493</v>
       </c>
       <c r="B1178" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1178" s="4" t="inlineStr">
         <is>
-          <t>Ives</t>
+          <t>Mika</t>
         </is>
       </c>
       <c r="D1178" s="4" t="inlineStr">
         <is>
-          <t>Rhyser</t>
+          <t>Rentsch</t>
         </is>
       </c>
       <c r="E1178" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1178" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1178" s="4"/>
+      <c r="G1178" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1179">
       <c r="A1179" s="4" t="n">
-        <v>7088</v>
+        <v>2863</v>
       </c>
       <c r="B1179" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1179" s="4" t="inlineStr">
         <is>
-          <t>Ladina</t>
+          <t>Beatrice</t>
         </is>
       </c>
       <c r="D1179" s="4" t="inlineStr">
         <is>
-          <t>Riedi-Thomann</t>
+          <t>Reusser</t>
         </is>
       </c>
       <c r="E1179" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1179" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1179" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1179" s="4"/>
     </row>
     <row r="1180">
       <c r="A1180" s="4" t="n">
-        <v>2891</v>
+        <v>6457</v>
       </c>
       <c r="B1180" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1180" s="4" t="inlineStr">
         <is>
-          <t>Tarik</t>
+          <t>Livio</t>
         </is>
       </c>
       <c r="D1180" s="4" t="inlineStr">
         <is>
-          <t>Rifai</t>
+          <t>Reuteler</t>
         </is>
       </c>
       <c r="E1180" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1180" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1180" s="4"/>
     </row>
     <row r="1181">
       <c r="A1181" s="4" t="n">
-        <v>2889</v>
+        <v>2867</v>
       </c>
       <c r="B1181" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1181" s="4" t="inlineStr">
         <is>
-          <t>Osama</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D1181" s="4" t="inlineStr">
         <is>
-          <t>Rifai</t>
+          <t>Reuteler</t>
         </is>
       </c>
       <c r="E1181" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1181" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1181" s="4"/>
     </row>
     <row r="1182">
       <c r="A1182" s="4" t="n">
-        <v>2896</v>
+        <v>2869</v>
       </c>
       <c r="B1182" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1182" s="4" t="inlineStr">
         <is>
-          <t>Julian</t>
+          <t>Ives</t>
         </is>
       </c>
       <c r="D1182" s="4" t="inlineStr">
         <is>
-          <t>Ringler</t>
+          <t>Rhyser</t>
         </is>
       </c>
       <c r="E1182" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1182" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1182" s="4"/>
     </row>
     <row r="1183">
       <c r="A1183" s="4" t="n">
-        <v>4611</v>
+        <v>7088</v>
       </c>
       <c r="B1183" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1183" s="4" t="inlineStr">
         <is>
-          <t>Rustem</t>
+          <t>Ladina</t>
         </is>
       </c>
       <c r="D1183" s="4" t="inlineStr">
         <is>
-          <t>Ristemi</t>
+          <t>Riedi-Thomann</t>
         </is>
       </c>
       <c r="E1183" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1183" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1183" s="4"/>
+      <c r="G1183" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1184">
       <c r="A1184" s="4" t="n">
-        <v>2901</v>
+        <v>2891</v>
       </c>
       <c r="B1184" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1184" s="4" t="inlineStr">
         <is>
-          <t>Boban</t>
+          <t>Tarik</t>
         </is>
       </c>
       <c r="D1184" s="4" t="inlineStr">
         <is>
-          <t>Ristic</t>
+          <t>Rifai</t>
         </is>
       </c>
       <c r="E1184" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1184" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1184" s="4"/>
     </row>
     <row r="1185">
       <c r="A1185" s="4" t="n">
-        <v>2904</v>
+        <v>2889</v>
       </c>
       <c r="B1185" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1185" s="4" t="inlineStr">
         <is>
-          <t>Simon</t>
+          <t>Osama</t>
         </is>
       </c>
       <c r="D1185" s="4" t="inlineStr">
         <is>
-          <t>Ritschard</t>
+          <t>Rifai</t>
         </is>
       </c>
       <c r="E1185" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1185" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1185" s="4"/>
     </row>
     <row r="1186">
       <c r="A1186" s="4" t="n">
-        <v>2905</v>
+        <v>2896</v>
       </c>
       <c r="B1186" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1186" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Julian</t>
         </is>
       </c>
       <c r="D1186" s="4" t="inlineStr">
         <is>
-          <t>Ritter</t>
+          <t>Ringler</t>
         </is>
       </c>
       <c r="E1186" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1186" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1186" s="4"/>
     </row>
     <row r="1187">
       <c r="A1187" s="4" t="n">
-        <v>7403</v>
+        <v>4611</v>
       </c>
       <c r="B1187" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1187" s="4" t="inlineStr">
         <is>
-          <t>Maia</t>
+          <t>Rustem</t>
         </is>
       </c>
       <c r="D1187" s="4" t="inlineStr">
         <is>
-          <t>Ritz</t>
+          <t>Ristemi</t>
         </is>
       </c>
       <c r="E1187" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1187" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1187" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1187" s="4"/>
     </row>
     <row r="1188">
       <c r="A1188" s="4" t="n">
-        <v>6027</v>
+        <v>2901</v>
       </c>
       <c r="B1188" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1188" s="4" t="inlineStr">
         <is>
-          <t>Lila</t>
+          <t>Boban</t>
         </is>
       </c>
       <c r="D1188" s="4" t="inlineStr">
         <is>
-          <t>Ritz</t>
+          <t>Ristic</t>
         </is>
       </c>
       <c r="E1188" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1188" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1188" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1188" s="4"/>
     </row>
     <row r="1189">
       <c r="A1189" s="4" t="n">
-        <v>5491</v>
+        <v>2904</v>
       </c>
       <c r="B1189" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1189" s="4" t="inlineStr">
         <is>
-          <t>Yvonne</t>
+          <t>Simon</t>
         </is>
       </c>
       <c r="D1189" s="4" t="inlineStr">
         <is>
-          <t>Rodel</t>
+          <t>Ritschard</t>
         </is>
       </c>
       <c r="E1189" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1189" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1189" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1189" s="4"/>
     </row>
     <row r="1190">
       <c r="A1190" s="4" t="n">
-        <v>7488</v>
+        <v>2905</v>
       </c>
       <c r="B1190" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1190" s="4" t="inlineStr">
         <is>
-          <t>Teixeira</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="D1190" s="4" t="inlineStr">
         <is>
-          <t>Rodrigo Morais</t>
+          <t>Ritter</t>
         </is>
       </c>
       <c r="E1190" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1190" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1190" s="4"/>
     </row>
     <row r="1191">
       <c r="A1191" s="4" t="n">
-        <v>7402</v>
+        <v>7403</v>
       </c>
       <c r="B1191" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1191" s="4" t="inlineStr">
         <is>
-          <t>Heike</t>
+          <t>Maia</t>
         </is>
       </c>
       <c r="D1191" s="4" t="inlineStr">
         <is>
-          <t>Rolli</t>
+          <t>Ritz</t>
         </is>
       </c>
       <c r="E1191" s="4" t="inlineStr">
         <is>
           <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1191" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1191" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="4" t="n">
-        <v>7401</v>
+        <v>6027</v>
       </c>
       <c r="B1192" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1192" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Lila</t>
         </is>
       </c>
       <c r="D1192" s="4" t="inlineStr">
         <is>
-          <t>Rolli</t>
+          <t>Ritz</t>
         </is>
       </c>
       <c r="E1192" s="4" t="inlineStr">
         <is>
           <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1192" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1192" s="4" t="inlineStr">
         <is>
           <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="4" t="n">
-        <v>7539</v>
+        <v>5491</v>
       </c>
       <c r="B1193" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1193" s="4" t="inlineStr">
         <is>
-          <t>Nils</t>
+          <t>Yvonne</t>
         </is>
       </c>
       <c r="D1193" s="4" t="inlineStr">
         <is>
-          <t>Romang</t>
+          <t>Rodel</t>
         </is>
       </c>
       <c r="E1193" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1193" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1193" s="4"/>
+      <c r="G1193" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="1194">
       <c r="A1194" s="4" t="n">
-        <v>2929</v>
+        <v>7488</v>
       </c>
       <c r="B1194" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1194" s="4" t="inlineStr">
         <is>
-          <t>Hanspeter</t>
+          <t>Teixeira</t>
         </is>
       </c>
       <c r="D1194" s="4" t="inlineStr">
         <is>
-          <t>Romang</t>
+          <t>Rodrigo Morais</t>
         </is>
       </c>
       <c r="E1194" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1194" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1194" s="4"/>
     </row>
     <row r="1195">
       <c r="A1195" s="4" t="n">
-        <v>6288</v>
+        <v>7401</v>
       </c>
       <c r="B1195" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1195" s="4" t="inlineStr">
         <is>
-          <t>Coletta</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D1195" s="4" t="inlineStr">
         <is>
-          <t>Romeo</t>
+          <t>Rolli</t>
         </is>
       </c>
       <c r="E1195" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1195" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1195" s="4" t="inlineStr">
         <is>
-          <t>Kaisho Karate Association</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="4" t="n">
-        <v>2941</v>
+        <v>7402</v>
       </c>
       <c r="B1196" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1196" s="4" t="inlineStr">
         <is>
-          <t>Sascha</t>
+          <t>Heike</t>
         </is>
       </c>
       <c r="D1196" s="4" t="inlineStr">
         <is>
-          <t>Rösch</t>
+          <t>Rolli</t>
         </is>
       </c>
       <c r="E1196" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1196" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1196" s="4"/>
+      <c r="G1196" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1197">
       <c r="A1197" s="4" t="n">
-        <v>7089</v>
+        <v>7539</v>
       </c>
       <c r="B1197" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1197" s="4" t="inlineStr">
         <is>
-          <t>Nadja</t>
+          <t>Nils</t>
         </is>
       </c>
       <c r="D1197" s="4" t="inlineStr">
         <is>
-          <t>Rosenberger</t>
+          <t>Romang</t>
         </is>
       </c>
       <c r="E1197" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1197" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1197" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1197" s="4"/>
     </row>
     <row r="1198">
       <c r="A1198" s="4" t="n">
-        <v>2952</v>
+        <v>2929</v>
       </c>
       <c r="B1198" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1198" s="4" t="inlineStr">
         <is>
-          <t>Doris</t>
+          <t>Hanspeter</t>
         </is>
       </c>
       <c r="D1198" s="4" t="inlineStr">
         <is>
-          <t>Roth</t>
+          <t>Romang</t>
         </is>
       </c>
       <c r="E1198" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1198" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1198" s="4"/>
     </row>
     <row r="1199">
       <c r="A1199" s="4" t="n">
-        <v>2954</v>
+        <v>6288</v>
       </c>
       <c r="B1199" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1199" s="4" t="inlineStr">
         <is>
-          <t>Patricia</t>
+          <t>Coletta</t>
         </is>
       </c>
       <c r="D1199" s="4" t="inlineStr">
         <is>
-          <t>Roth</t>
+          <t>Romeo</t>
         </is>
       </c>
       <c r="E1199" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1199" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1199" s="4"/>
+      <c r="G1199" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="1200">
       <c r="A1200" s="4" t="n">
-        <v>6291</v>
+        <v>2941</v>
       </c>
       <c r="B1200" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1200" s="4" t="inlineStr">
         <is>
-          <t>Sean</t>
+          <t>Sascha</t>
         </is>
       </c>
       <c r="D1200" s="4" t="inlineStr">
         <is>
-          <t>Roth</t>
+          <t>Rösch</t>
         </is>
       </c>
       <c r="E1200" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1200" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1200" s="4"/>
     </row>
     <row r="1201">
       <c r="A1201" s="4" t="n">
-        <v>6677</v>
+        <v>7089</v>
       </c>
       <c r="B1201" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1201" s="4" t="inlineStr">
         <is>
-          <t>Elena Jael</t>
+          <t>Nadja</t>
         </is>
       </c>
       <c r="D1201" s="4" t="inlineStr">
         <is>
-          <t>Röthlisberger</t>
+          <t>Rosenberger</t>
         </is>
       </c>
       <c r="E1201" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1201" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1201" s="4" t="inlineStr">
         <is>
-          <t>Japan Karate Shoto Federation Switzerland</t>
+          <t>Karate Fighters of Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="4" t="n">
-        <v>7574</v>
+        <v>2952</v>
       </c>
       <c r="B1202" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1202" s="4" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Doris</t>
         </is>
       </c>
       <c r="D1202" s="4" t="inlineStr">
         <is>
-          <t>Röthlisberger</t>
+          <t>Roth</t>
         </is>
       </c>
       <c r="E1202" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1202" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1202" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1202" s="4"/>
     </row>
     <row r="1203">
       <c r="A1203" s="4" t="n">
-        <v>2959</v>
+        <v>6291</v>
       </c>
       <c r="B1203" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1203" s="4" t="inlineStr">
         <is>
-          <t>Romina</t>
+          <t>Sean</t>
         </is>
       </c>
       <c r="D1203" s="4" t="inlineStr">
         <is>
-          <t>Röthlisberger</t>
+          <t>Roth</t>
         </is>
       </c>
       <c r="E1203" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1203" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1203" s="4"/>
     </row>
     <row r="1204">
       <c r="A1204" s="4" t="n">
-        <v>2965</v>
+        <v>2954</v>
       </c>
       <c r="B1204" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1204" s="4" t="inlineStr">
         <is>
-          <t>Kicaj</t>
+          <t>Patricia</t>
         </is>
       </c>
       <c r="D1204" s="4" t="inlineStr">
         <is>
-          <t>Rrustern</t>
+          <t>Roth</t>
         </is>
       </c>
       <c r="E1204" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1204" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1204" s="4"/>
     </row>
     <row r="1205">
       <c r="A1205" s="4" t="n">
-        <v>5163</v>
+        <v>2959</v>
       </c>
       <c r="B1205" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1205" s="4" t="inlineStr">
         <is>
-          <t>Larissa</t>
+          <t>Romina</t>
         </is>
       </c>
       <c r="D1205" s="4" t="inlineStr">
         <is>
-          <t>Ruch</t>
+          <t>Röthlisberger</t>
         </is>
       </c>
       <c r="E1205" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1205" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1205" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1205" s="4"/>
     </row>
     <row r="1206">
       <c r="A1206" s="4" t="n">
-        <v>2970</v>
+        <v>6677</v>
       </c>
       <c r="B1206" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1206" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Elena Jael</t>
         </is>
       </c>
       <c r="D1206" s="4" t="inlineStr">
         <is>
-          <t>Ruckstuhl</t>
+          <t>Röthlisberger</t>
         </is>
       </c>
       <c r="E1206" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1206" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1206" s="4"/>
+      <c r="G1206" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1207">
       <c r="A1207" s="4" t="n">
-        <v>2975</v>
+        <v>7574</v>
       </c>
       <c r="B1207" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1207" s="4" t="inlineStr">
         <is>
-          <t>Florin</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="D1207" s="4" t="inlineStr">
         <is>
-          <t>Rüdisühli</t>
+          <t>Röthlisberger</t>
         </is>
       </c>
       <c r="E1207" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1207" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1207" s="4"/>
+      <c r="G1207" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1208">
       <c r="A1208" s="4" t="n">
-        <v>2976</v>
+        <v>2965</v>
       </c>
       <c r="B1208" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1208" s="4" t="inlineStr">
         <is>
-          <t>Anina</t>
+          <t>Kicaj</t>
         </is>
       </c>
       <c r="D1208" s="4" t="inlineStr">
         <is>
-          <t>Rüdisühli </t>
+          <t>Rrustern</t>
         </is>
       </c>
       <c r="E1208" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1208" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1208" s="4"/>
     </row>
     <row r="1209">
       <c r="A1209" s="4" t="n">
-        <v>4608</v>
+        <v>5163</v>
       </c>
       <c r="B1209" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1209" s="4" t="inlineStr">
         <is>
-          <t>Marion </t>
+          <t>Larissa</t>
         </is>
       </c>
       <c r="D1209" s="4" t="inlineStr">
         <is>
-          <t>Rüegg</t>
+          <t>Ruch</t>
         </is>
       </c>
       <c r="E1209" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1209" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1209" s="4"/>
+      <c r="G1209" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1210">
       <c r="A1210" s="4" t="n">
-        <v>2988</v>
+        <v>7583</v>
       </c>
       <c r="B1210" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1210" s="4" t="inlineStr">
         <is>
-          <t>Margrit</t>
+          <t>Zoe</t>
         </is>
       </c>
       <c r="D1210" s="4" t="inlineStr">
         <is>
-          <t>Rüfenacht</t>
+          <t>Ruch</t>
         </is>
       </c>
       <c r="E1210" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1210" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1210" s="4"/>
+      <c r="G1210" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1211">
       <c r="A1211" s="4" t="n">
-        <v>2990</v>
+        <v>2970</v>
       </c>
       <c r="B1211" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1211" s="4" t="inlineStr">
         <is>
-          <t>Jasmin</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D1211" s="4" t="inlineStr">
         <is>
-          <t>Rufer</t>
+          <t>Ruckstuhl</t>
         </is>
       </c>
       <c r="E1211" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1211" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1211" s="4"/>
     </row>
     <row r="1212">
       <c r="A1212" s="4" t="n">
-        <v>4876</v>
+        <v>2975</v>
       </c>
       <c r="B1212" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1212" s="4" t="inlineStr">
         <is>
-          <t> Matteo</t>
+          <t>Florin</t>
         </is>
       </c>
       <c r="D1212" s="4" t="inlineStr">
         <is>
-          <t>Ruffini</t>
+          <t>Rüdisühli</t>
         </is>
       </c>
       <c r="E1212" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1212" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1212" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1212" s="4"/>
     </row>
     <row r="1213">
       <c r="A1213" s="4" t="n">
-        <v>2991</v>
+        <v>2976</v>
       </c>
       <c r="B1213" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1213" s="4" t="inlineStr">
         <is>
-          <t>Sascha</t>
+          <t>Anina</t>
         </is>
       </c>
       <c r="D1213" s="4" t="inlineStr">
         <is>
-          <t>Ruggeri</t>
+          <t>Rüdisühli </t>
         </is>
       </c>
       <c r="E1213" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1213" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1213" s="4"/>
     </row>
     <row r="1214">
       <c r="A1214" s="4" t="n">
-        <v>2997</v>
+        <v>4608</v>
       </c>
       <c r="B1214" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1214" s="4" t="inlineStr">
         <is>
-          <t>Daniel-Marcel</t>
+          <t>Marion </t>
         </is>
       </c>
       <c r="D1214" s="4" t="inlineStr">
         <is>
-          <t>Rupbrecht</t>
+          <t>Rüegg</t>
         </is>
       </c>
       <c r="E1214" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1214" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1214" s="4"/>
     </row>
     <row r="1215">
       <c r="A1215" s="4" t="n">
-        <v>3005</v>
+        <v>2988</v>
       </c>
       <c r="B1215" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1215" s="4" t="inlineStr">
         <is>
-          <t>Joelle</t>
+          <t>Margrit</t>
         </is>
       </c>
       <c r="D1215" s="4" t="inlineStr">
         <is>
-          <t>Rüthemann</t>
+          <t>Rüfenacht</t>
         </is>
       </c>
       <c r="E1215" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1215" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1215" s="4"/>
     </row>
     <row r="1216">
       <c r="A1216" s="4" t="n">
-        <v>3016</v>
+        <v>2990</v>
       </c>
       <c r="B1216" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1216" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Jasmin</t>
         </is>
       </c>
       <c r="D1216" s="4" t="inlineStr">
         <is>
-          <t>Ryser</t>
+          <t>Rufer</t>
         </is>
       </c>
       <c r="E1216" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1216" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1216" s="4"/>
     </row>
     <row r="1217">
       <c r="A1217" s="4" t="n">
-        <v>3021</v>
+        <v>4876</v>
       </c>
       <c r="B1217" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1217" s="4" t="inlineStr">
         <is>
-          <t>Menbeh</t>
+          <t> Matteo</t>
         </is>
       </c>
       <c r="D1217" s="4" t="inlineStr">
         <is>
-          <t>Sabani</t>
+          <t>Ruffini</t>
         </is>
       </c>
       <c r="E1217" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1217" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1217" s="4"/>
+      <c r="G1217" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1218">
       <c r="A1218" s="4" t="n">
-        <v>3032</v>
+        <v>2991</v>
       </c>
       <c r="B1218" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1218" s="4" t="inlineStr">
         <is>
-          <t>Mujdin</t>
+          <t>Sascha</t>
         </is>
       </c>
       <c r="D1218" s="4" t="inlineStr">
         <is>
-          <t>Sakiri</t>
+          <t>Ruggeri</t>
         </is>
       </c>
       <c r="E1218" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1218" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1218" s="4"/>
     </row>
     <row r="1219">
       <c r="A1219" s="4" t="n">
-        <v>3033</v>
+        <v>2997</v>
       </c>
       <c r="B1219" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1219" s="4" t="inlineStr">
         <is>
-          <t>Fabio</t>
+          <t>Daniel-Marcel</t>
         </is>
       </c>
       <c r="D1219" s="4" t="inlineStr">
         <is>
-          <t>Salemo</t>
+          <t>Rupbrecht</t>
         </is>
       </c>
       <c r="E1219" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1219" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1219" s="4"/>
     </row>
     <row r="1220">
       <c r="A1220" s="4" t="n">
-        <v>3035</v>
+        <v>3005</v>
       </c>
       <c r="B1220" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1220" s="4" t="inlineStr">
         <is>
-          <t>Noèmi</t>
+          <t>Joelle</t>
         </is>
       </c>
       <c r="D1220" s="4" t="inlineStr">
         <is>
-          <t>Salerno</t>
+          <t>Rüthemann</t>
         </is>
       </c>
       <c r="E1220" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1220" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1220" s="4"/>
     </row>
     <row r="1221">
       <c r="A1221" s="4" t="n">
-        <v>6029</v>
+        <v>3016</v>
       </c>
       <c r="B1221" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1221" s="4" t="inlineStr">
         <is>
-          <t>Aylin</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D1221" s="4" t="inlineStr">
         <is>
-          <t>Salzmann</t>
+          <t>Ryser</t>
         </is>
       </c>
       <c r="E1221" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1221" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1221" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1221" s="4"/>
     </row>
     <row r="1222">
       <c r="A1222" s="4" t="n">
-        <v>7573</v>
+        <v>3021</v>
       </c>
       <c r="B1222" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1222" s="4" t="inlineStr">
         <is>
-          <t>Svenja</t>
+          <t>Menbeh</t>
         </is>
       </c>
       <c r="D1222" s="4" t="inlineStr">
         <is>
-          <t>Salzmann</t>
+          <t>Sabani</t>
         </is>
       </c>
       <c r="E1222" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1222" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1222" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1222" s="4"/>
     </row>
     <row r="1223">
       <c r="A1223" s="4" t="n">
-        <v>3047</v>
+        <v>3032</v>
       </c>
       <c r="B1223" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1223" s="4" t="inlineStr">
         <is>
-          <t>Laura</t>
+          <t>Mujdin</t>
         </is>
       </c>
       <c r="D1223" s="4" t="inlineStr">
         <is>
-          <t>Sama</t>
+          <t>Sakiri</t>
         </is>
       </c>
       <c r="E1223" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1223" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1223" s="4"/>
     </row>
     <row r="1224">
       <c r="A1224" s="4" t="n">
-        <v>3046</v>
+        <v>3033</v>
       </c>
       <c r="B1224" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1224" s="4" t="inlineStr">
         <is>
-          <t>Alessandro</t>
+          <t>Fabio</t>
         </is>
       </c>
       <c r="D1224" s="4" t="inlineStr">
         <is>
-          <t>Sama</t>
+          <t>Salemo</t>
         </is>
       </c>
       <c r="E1224" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1224" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1224" s="4"/>
     </row>
     <row r="1225">
       <c r="A1225" s="4" t="n">
-        <v>3054</v>
+        <v>3035</v>
       </c>
       <c r="B1225" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1225" s="4" t="inlineStr">
         <is>
-          <t>Gowtham</t>
+          <t>Noèmi</t>
         </is>
       </c>
       <c r="D1225" s="4" t="inlineStr">
         <is>
-          <t>Sangarapillai</t>
+          <t>Salerno</t>
         </is>
       </c>
       <c r="E1225" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1225" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1225" s="4"/>
     </row>
     <row r="1226">
       <c r="A1226" s="4" t="n">
-        <v>6859</v>
+        <v>7573</v>
       </c>
       <c r="B1226" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1226" s="4" t="inlineStr">
         <is>
-          <t>Araathana</t>
+          <t>Svenja</t>
         </is>
       </c>
       <c r="D1226" s="4" t="inlineStr">
         <is>
-          <t>Sangarapillai</t>
+          <t>Salzmann</t>
         </is>
       </c>
       <c r="E1226" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1226" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1226" s="4"/>
+      <c r="G1226" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1227">
       <c r="A1227" s="4" t="n">
-        <v>3057</v>
+        <v>7584</v>
       </c>
       <c r="B1227" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1227" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Matthias</t>
         </is>
       </c>
       <c r="D1227" s="4" t="inlineStr">
         <is>
-          <t>Santer</t>
+          <t>Salzmann</t>
         </is>
       </c>
       <c r="E1227" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1227" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1227" s="4"/>
+      <c r="G1227" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1228">
       <c r="A1228" s="4" t="n">
-        <v>3063</v>
+        <v>6029</v>
       </c>
       <c r="B1228" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1228" s="4" t="inlineStr">
         <is>
-          <t>Daniele</t>
+          <t>Aylin</t>
         </is>
       </c>
       <c r="D1228" s="4" t="inlineStr">
         <is>
-          <t>Saracista</t>
+          <t>Salzmann</t>
         </is>
       </c>
       <c r="E1228" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1228" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1228" s="4"/>
+      <c r="G1228" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1229">
       <c r="A1229" s="4" t="n">
-        <v>3066</v>
+        <v>3047</v>
       </c>
       <c r="B1229" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1229" s="4" t="inlineStr">
         <is>
-          <t>Besim</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="D1229" s="4" t="inlineStr">
         <is>
-          <t>Sasivari</t>
+          <t>Sama</t>
         </is>
       </c>
       <c r="E1229" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1229" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1229" s="4"/>
     </row>
     <row r="1230">
       <c r="A1230" s="4" t="n">
-        <v>3078</v>
+        <v>3046</v>
       </c>
       <c r="B1230" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1230" s="4" t="inlineStr">
         <is>
-          <t>Sladjana</t>
+          <t>Alessandro</t>
         </is>
       </c>
       <c r="D1230" s="4" t="inlineStr">
         <is>
-          <t>Savorani</t>
+          <t>Sama</t>
         </is>
       </c>
       <c r="E1230" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1230" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1230" s="4"/>
     </row>
     <row r="1231">
       <c r="A1231" s="4" t="n">
-        <v>6028</v>
+        <v>6859</v>
       </c>
       <c r="B1231" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1231" s="4" t="inlineStr">
         <is>
-          <t>Elin</t>
+          <t>Araathana</t>
         </is>
       </c>
       <c r="D1231" s="4" t="inlineStr">
         <is>
-          <t>Schaeren</t>
+          <t>Sangarapillai</t>
         </is>
       </c>
       <c r="E1231" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1231" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1231" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1231" s="4"/>
     </row>
     <row r="1232">
       <c r="A1232" s="4" t="n">
-        <v>6458</v>
+        <v>3054</v>
       </c>
       <c r="B1232" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1232" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Gowtham</t>
         </is>
       </c>
       <c r="D1232" s="4" t="inlineStr">
         <is>
-          <t>Schaller</t>
+          <t>Sangarapillai</t>
         </is>
       </c>
       <c r="E1232" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1232" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1232" s="4"/>
     </row>
     <row r="1233">
       <c r="A1233" s="4" t="n">
-        <v>3096</v>
+        <v>3057</v>
       </c>
       <c r="B1233" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1233" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D1233" s="4" t="inlineStr">
         <is>
-          <t>Schaller</t>
+          <t>Santer</t>
         </is>
       </c>
       <c r="E1233" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1233" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1233" s="4"/>
     </row>
     <row r="1234">
       <c r="A1234" s="4" t="n">
-        <v>3106</v>
+        <v>3063</v>
       </c>
       <c r="B1234" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1234" s="4" t="inlineStr">
         <is>
-          <t>Eva</t>
+          <t>Daniele</t>
         </is>
       </c>
       <c r="D1234" s="4" t="inlineStr">
         <is>
-          <t>Schaub</t>
+          <t>Saracista</t>
         </is>
       </c>
       <c r="E1234" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1234" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1234" s="4"/>
     </row>
     <row r="1235">
       <c r="A1235" s="4" t="n">
-        <v>4618</v>
+        <v>3066</v>
       </c>
       <c r="B1235" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1235" s="4" t="inlineStr">
         <is>
-          <t>Ines</t>
+          <t>Besim</t>
         </is>
       </c>
       <c r="D1235" s="4" t="inlineStr">
         <is>
-          <t>Schaufelberger</t>
+          <t>Sasivari</t>
         </is>
       </c>
       <c r="E1235" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1235" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1235" s="4"/>
     </row>
     <row r="1236">
       <c r="A1236" s="4" t="n">
-        <v>7398</v>
+        <v>3078</v>
       </c>
       <c r="B1236" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1236" s="4" t="inlineStr">
         <is>
-          <t>Kaena</t>
+          <t>Sladjana</t>
         </is>
       </c>
       <c r="D1236" s="4" t="inlineStr">
         <is>
-          <t>Schedel</t>
+          <t>Savorani</t>
         </is>
       </c>
       <c r="E1236" s="4" t="inlineStr">
         <is>
-          <t>Shito-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1236" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1236" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1236" s="4"/>
     </row>
     <row r="1237">
       <c r="A1237" s="4" t="n">
-        <v>3112</v>
+        <v>6028</v>
       </c>
       <c r="B1237" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1237" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Elin</t>
         </is>
       </c>
       <c r="D1237" s="4" t="inlineStr">
         <is>
-          <t>Scheidegger</t>
+          <t>Schaeren</t>
         </is>
       </c>
       <c r="E1237" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1237" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1237" s="4"/>
+      <c r="G1237" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1238">
       <c r="A1238" s="4" t="n">
-        <v>3115</v>
+        <v>6458</v>
       </c>
       <c r="B1238" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1238" s="4" t="inlineStr">
         <is>
-          <t>Christoph</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1238" s="4" t="inlineStr">
         <is>
-          <t>Schelker</t>
+          <t>Schaller</t>
         </is>
       </c>
       <c r="E1238" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1238" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1238" s="4"/>
     </row>
     <row r="1239">
       <c r="A1239" s="4" t="n">
-        <v>3119</v>
+        <v>3096</v>
       </c>
       <c r="B1239" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1239" s="4" t="inlineStr">
         <is>
-          <t>Anita</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D1239" s="4" t="inlineStr">
         <is>
-          <t>Schenk</t>
+          <t>Schaller</t>
         </is>
       </c>
       <c r="E1239" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1239" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1239" s="4"/>
     </row>
     <row r="1240">
       <c r="A1240" s="4" t="n">
-        <v>3120</v>
+        <v>3106</v>
       </c>
       <c r="B1240" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1240" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Eva</t>
         </is>
       </c>
       <c r="D1240" s="4" t="inlineStr">
         <is>
-          <t>Schenk</t>
+          <t>Schaub</t>
         </is>
       </c>
       <c r="E1240" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1240" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1240" s="4"/>
     </row>
     <row r="1241">
       <c r="A1241" s="4" t="n">
-        <v>3133</v>
+        <v>4618</v>
       </c>
       <c r="B1241" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1241" s="4" t="inlineStr">
         <is>
-          <t>Anita</t>
+          <t>Ines</t>
         </is>
       </c>
       <c r="D1241" s="4" t="inlineStr">
         <is>
-          <t>Schicktanz</t>
+          <t>Schaufelberger</t>
         </is>
       </c>
       <c r="E1241" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1241" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1241" s="4"/>
     </row>
     <row r="1242">
       <c r="A1242" s="4" t="n">
-        <v>3139</v>
+        <v>7398</v>
       </c>
       <c r="B1242" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1242" s="4" t="inlineStr">
         <is>
-          <t>Roland</t>
+          <t>Kaena</t>
         </is>
       </c>
       <c r="D1242" s="4" t="inlineStr">
         <is>
-          <t>Schindelholz</t>
+          <t>Schedel</t>
         </is>
       </c>
       <c r="E1242" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F1242" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1242" s="4"/>
+      <c r="G1242" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1243">
       <c r="A1243" s="4" t="n">
-        <v>3140</v>
+        <v>3112</v>
       </c>
       <c r="B1243" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1243" s="4" t="inlineStr">
         <is>
-          <t>Aline</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D1243" s="4" t="inlineStr">
         <is>
-          <t>Schindler</t>
+          <t>Scheidegger</t>
         </is>
       </c>
       <c r="E1243" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1243" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1243" s="4"/>
     </row>
     <row r="1244">
       <c r="A1244" s="4" t="n">
-        <v>3143</v>
+        <v>3115</v>
       </c>
       <c r="B1244" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1244" s="4" t="inlineStr">
         <is>
-          <t>Tim</t>
+          <t>Christoph</t>
         </is>
       </c>
       <c r="D1244" s="4" t="inlineStr">
         <is>
-          <t>Schlachter</t>
+          <t>Schelker</t>
         </is>
       </c>
       <c r="E1244" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1244" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1244" s="4"/>
     </row>
     <row r="1245">
       <c r="A1245" s="4" t="n">
-        <v>3144</v>
+        <v>3119</v>
       </c>
       <c r="B1245" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1245" s="4" t="inlineStr">
         <is>
-          <t>Rino</t>
+          <t>Anita</t>
         </is>
       </c>
       <c r="D1245" s="4" t="inlineStr">
         <is>
-          <t>Schläfli</t>
+          <t>Schenk</t>
         </is>
       </c>
       <c r="E1245" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1245" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1245" s="4"/>
     </row>
     <row r="1246">
       <c r="A1246" s="4" t="n">
-        <v>7572</v>
+        <v>3120</v>
       </c>
       <c r="B1246" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1246" s="4" t="inlineStr">
         <is>
-          <t>Chiara</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D1246" s="4" t="inlineStr">
         <is>
-          <t>Schlatter</t>
+          <t>Schenk</t>
         </is>
       </c>
       <c r="E1246" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1246" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1246" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1246" s="4"/>
     </row>
     <row r="1247">
       <c r="A1247" s="4" t="n">
-        <v>3156</v>
+        <v>3133</v>
       </c>
       <c r="B1247" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1247" s="4" t="inlineStr">
         <is>
-          <t>Flavio</t>
+          <t>Anita</t>
         </is>
       </c>
       <c r="D1247" s="4" t="inlineStr">
         <is>
-          <t>Schmalz</t>
+          <t>Schicktanz</t>
         </is>
       </c>
       <c r="E1247" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1247" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1247" s="4"/>
     </row>
     <row r="1248">
       <c r="A1248" s="4" t="n">
-        <v>3169</v>
+        <v>3139</v>
       </c>
       <c r="B1248" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1248" s="4" t="inlineStr">
         <is>
-          <t>Hans Jürg</t>
+          <t>Roland</t>
         </is>
       </c>
       <c r="D1248" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Schindelholz</t>
         </is>
       </c>
       <c r="E1248" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1248" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1248" s="4"/>
     </row>
     <row r="1249">
       <c r="A1249" s="4" t="n">
-        <v>3171</v>
+        <v>3140</v>
       </c>
       <c r="B1249" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1249" s="4" t="inlineStr">
         <is>
-          <t>Léonie</t>
+          <t>Aline</t>
         </is>
       </c>
       <c r="D1249" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Schindler</t>
         </is>
       </c>
       <c r="E1249" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1249" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1249" s="4"/>
     </row>
     <row r="1250">
       <c r="A1250" s="4" t="n">
-        <v>3162</v>
+        <v>3143</v>
       </c>
       <c r="B1250" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1250" s="4" t="inlineStr">
         <is>
-          <t>Christa</t>
+          <t>Tim</t>
         </is>
       </c>
       <c r="D1250" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Schlachter</t>
         </is>
       </c>
       <c r="E1250" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1250" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1250" s="4"/>
     </row>
     <row r="1251">
       <c r="A1251" s="4" t="n">
-        <v>3167</v>
+        <v>3144</v>
       </c>
       <c r="B1251" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1251" s="4" t="inlineStr">
         <is>
-          <t>Fabia</t>
+          <t>Rino</t>
         </is>
       </c>
       <c r="D1251" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Schläfli</t>
         </is>
       </c>
       <c r="E1251" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1251" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1251" s="4"/>
     </row>
     <row r="1252">
       <c r="A1252" s="4" t="n">
-        <v>3168</v>
+        <v>7572</v>
       </c>
       <c r="B1252" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1252" s="4" t="inlineStr">
         <is>
-          <t>Fabian</t>
+          <t>Chiara</t>
         </is>
       </c>
       <c r="D1252" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Schlatter</t>
         </is>
       </c>
       <c r="E1252" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1252" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1252" s="4"/>
+      <c r="G1252" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1253">
       <c r="A1253" s="4" t="n">
-        <v>3170</v>
+        <v>3156</v>
       </c>
       <c r="B1253" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1253" s="4" t="inlineStr">
         <is>
-          <t>Kassandra</t>
+          <t>Flavio</t>
         </is>
       </c>
       <c r="D1253" s="4" t="inlineStr">
         <is>
-          <t>Schmid</t>
+          <t>Schmalz</t>
         </is>
       </c>
       <c r="E1253" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1253" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1253" s="4"/>
     </row>
     <row r="1254">
       <c r="A1254" s="4" t="n">
-        <v>3159</v>
+        <v>3170</v>
       </c>
       <c r="B1254" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1254" s="4" t="inlineStr">
         <is>
-          <t>Annina</t>
+          <t>Kassandra</t>
         </is>
       </c>
       <c r="D1254" s="4" t="inlineStr">
         <is>
           <t>Schmid</t>
         </is>
       </c>
       <c r="E1254" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1254" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1254" s="4"/>
     </row>
     <row r="1255">
       <c r="A1255" s="4" t="n">
-        <v>3181</v>
+        <v>3171</v>
       </c>
       <c r="B1255" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1255" s="4" t="inlineStr">
         <is>
-          <t>Olivier</t>
+          <t>Léonie</t>
         </is>
       </c>
       <c r="D1255" s="4" t="inlineStr">
         <is>
-          <t>Schmidt</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1255" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1255" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1255" s="4"/>
     </row>
     <row r="1256">
       <c r="A1256" s="4" t="n">
-        <v>3184</v>
+        <v>3168</v>
       </c>
       <c r="B1256" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1256" s="4" t="inlineStr">
         <is>
-          <t>Andreas</t>
+          <t>Fabian</t>
         </is>
       </c>
       <c r="D1256" s="4" t="inlineStr">
         <is>
-          <t>Schmitz</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1256" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1256" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1256" s="4"/>
     </row>
     <row r="1257">
       <c r="A1257" s="4" t="n">
-        <v>3192</v>
+        <v>3159</v>
       </c>
       <c r="B1257" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1257" s="4" t="inlineStr">
         <is>
-          <t>Sandro</t>
+          <t>Annina</t>
         </is>
       </c>
       <c r="D1257" s="4" t="inlineStr">
         <is>
-          <t>Schnegg</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1257" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1257" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1257" s="4"/>
     </row>
     <row r="1258">
       <c r="A1258" s="4" t="n">
-        <v>3198</v>
+        <v>3162</v>
       </c>
       <c r="B1258" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1258" s="4" t="inlineStr">
         <is>
-          <t>Jeanine</t>
+          <t>Christa</t>
         </is>
       </c>
       <c r="D1258" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1258" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1258" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1258" s="4"/>
     </row>
     <row r="1259">
       <c r="A1259" s="4" t="n">
-        <v>7540</v>
+        <v>3169</v>
       </c>
       <c r="B1259" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1259" s="4" t="inlineStr">
         <is>
-          <t>Urs</t>
+          <t>Hans Jürg</t>
         </is>
       </c>
       <c r="D1259" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1259" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1259" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1259" s="4"/>
     </row>
     <row r="1260">
       <c r="A1260" s="4" t="n">
-        <v>7406</v>
+        <v>3167</v>
       </c>
       <c r="B1260" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1260" s="4" t="inlineStr">
         <is>
-          <t>Livio</t>
+          <t>Fabia</t>
         </is>
       </c>
       <c r="D1260" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Schmid</t>
         </is>
       </c>
       <c r="E1260" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1260" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1260" s="4"/>
     </row>
     <row r="1261">
       <c r="A1261" s="4" t="n">
-        <v>3206</v>
+        <v>3181</v>
       </c>
       <c r="B1261" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1261" s="4" t="inlineStr">
         <is>
-          <t>Ursula</t>
+          <t>Olivier</t>
         </is>
       </c>
       <c r="D1261" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Schmidt</t>
         </is>
       </c>
       <c r="E1261" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1261" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1261" s="4"/>
     </row>
     <row r="1262">
       <c r="A1262" s="4" t="n">
-        <v>3193</v>
+        <v>3184</v>
       </c>
       <c r="B1262" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1262" s="4" t="inlineStr">
         <is>
-          <t>Andrea</t>
+          <t>Andreas</t>
         </is>
       </c>
       <c r="D1262" s="4" t="inlineStr">
         <is>
-          <t>Schneider</t>
+          <t>Schmitz</t>
         </is>
       </c>
       <c r="E1262" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1262" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1262" s="4"/>
     </row>
     <row r="1263">
       <c r="A1263" s="4" t="n">
-        <v>4075</v>
+        <v>3192</v>
       </c>
       <c r="B1263" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1263" s="4" t="inlineStr">
         <is>
-          <t>Gabriel</t>
+          <t>Sandro</t>
         </is>
       </c>
       <c r="D1263" s="4" t="inlineStr">
         <is>
-          <t>Schneuwly</t>
+          <t>Schnegg</t>
         </is>
       </c>
       <c r="E1263" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1263" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1263" s="4"/>
     </row>
     <row r="1264">
       <c r="A1264" s="4" t="n">
-        <v>3217</v>
+        <v>3206</v>
       </c>
       <c r="B1264" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1264" s="4" t="inlineStr">
         <is>
-          <t>Fabienne</t>
+          <t>Ursula</t>
         </is>
       </c>
       <c r="D1264" s="4" t="inlineStr">
         <is>
-          <t>Schnyder</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E1264" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1264" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1264" s="4"/>
     </row>
     <row r="1265">
       <c r="A1265" s="4" t="n">
-        <v>3221</v>
+        <v>7540</v>
       </c>
       <c r="B1265" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1265" s="4" t="inlineStr">
         <is>
-          <t>Philip</t>
+          <t>Urs</t>
         </is>
       </c>
       <c r="D1265" s="4" t="inlineStr">
         <is>
-          <t>Schnyder</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E1265" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1265" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1265" s="4"/>
     </row>
     <row r="1266">
       <c r="A1266" s="4" t="n">
-        <v>3233</v>
+        <v>7406</v>
       </c>
       <c r="B1266" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1266" s="4" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Livio</t>
         </is>
       </c>
       <c r="D1266" s="4" t="inlineStr">
         <is>
-          <t>Schor</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E1266" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1266" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1266" s="4"/>
     </row>
     <row r="1267">
       <c r="A1267" s="4" t="n">
-        <v>3244</v>
+        <v>3193</v>
       </c>
       <c r="B1267" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1267" s="4" t="inlineStr">
         <is>
-          <t>Emil</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="D1267" s="4" t="inlineStr">
         <is>
-          <t>Schuler</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E1267" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1267" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1267" s="4"/>
     </row>
     <row r="1268">
       <c r="A1268" s="4" t="n">
-        <v>3250</v>
+        <v>3198</v>
       </c>
       <c r="B1268" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1268" s="4" t="inlineStr">
         <is>
-          <t>Rahel</t>
+          <t>Jeanine</t>
         </is>
       </c>
       <c r="D1268" s="4" t="inlineStr">
         <is>
-          <t>Schumacher</t>
+          <t>Schneider</t>
         </is>
       </c>
       <c r="E1268" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1268" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1268" s="4"/>
     </row>
     <row r="1269">
       <c r="A1269" s="4" t="n">
-        <v>3256</v>
+        <v>4075</v>
       </c>
       <c r="B1269" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1269" s="4" t="inlineStr">
         <is>
-          <t>Michael</t>
+          <t>Gabriel</t>
         </is>
       </c>
       <c r="D1269" s="4" t="inlineStr">
         <is>
-          <t>Schürch</t>
+          <t>Schneuwly</t>
         </is>
       </c>
       <c r="E1269" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1269" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1269" s="4"/>
     </row>
     <row r="1270">
       <c r="A1270" s="4" t="n">
-        <v>3255</v>
+        <v>3221</v>
       </c>
       <c r="B1270" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1270" s="4" t="inlineStr">
         <is>
-          <t>Kilian</t>
+          <t>Philip</t>
         </is>
       </c>
       <c r="D1270" s="4" t="inlineStr">
         <is>
-          <t>Schürch</t>
+          <t>Schnyder</t>
         </is>
       </c>
       <c r="E1270" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1270" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1270" s="4"/>
     </row>
     <row r="1271">
       <c r="A1271" s="4" t="n">
-        <v>6274</v>
+        <v>3217</v>
       </c>
       <c r="B1271" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1271" s="4" t="inlineStr">
         <is>
-          <t>Alena</t>
+          <t>Fabienne</t>
         </is>
       </c>
       <c r="D1271" s="4" t="inlineStr">
         <is>
-          <t>Schwab</t>
+          <t>Schnyder</t>
         </is>
       </c>
       <c r="E1271" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1271" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1271" s="4"/>
     </row>
     <row r="1272">
       <c r="A1272" s="4" t="n">
-        <v>3260</v>
+        <v>3233</v>
       </c>
       <c r="B1272" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1272" s="4" t="inlineStr">
         <is>
-          <t>Damian</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="D1272" s="4" t="inlineStr">
         <is>
-          <t>Schwab</t>
+          <t>Schor</t>
         </is>
       </c>
       <c r="E1272" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1272" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1272" s="4"/>
     </row>
     <row r="1273">
       <c r="A1273" s="4" t="n">
-        <v>3262</v>
+        <v>3244</v>
       </c>
       <c r="B1273" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1273" s="4" t="inlineStr">
         <is>
-          <t>Lucien</t>
+          <t>Emil</t>
         </is>
       </c>
       <c r="D1273" s="4" t="inlineStr">
         <is>
-          <t>Schwab</t>
+          <t>Schuler</t>
         </is>
       </c>
       <c r="E1273" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1273" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1273" s="4"/>
     </row>
     <row r="1274">
       <c r="A1274" s="4" t="n">
-        <v>3270</v>
+        <v>3250</v>
       </c>
       <c r="B1274" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1274" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Rahel</t>
         </is>
       </c>
       <c r="D1274" s="4" t="inlineStr">
         <is>
-          <t>Schweizer</t>
+          <t>Schumacher</t>
         </is>
       </c>
       <c r="E1274" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1274" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1274" s="4"/>
     </row>
     <row r="1275">
       <c r="A1275" s="4" t="n">
-        <v>3269</v>
+        <v>3255</v>
       </c>
       <c r="B1275" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1275" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Kilian</t>
         </is>
       </c>
       <c r="D1275" s="4" t="inlineStr">
         <is>
-          <t>Schweizer</t>
+          <t>Schürch</t>
         </is>
       </c>
       <c r="E1275" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1275" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1275" s="4"/>
     </row>
     <row r="1276">
       <c r="A1276" s="4" t="n">
-        <v>4860</v>
+        <v>3256</v>
       </c>
       <c r="B1276" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1276" s="4" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="D1276" s="4" t="inlineStr">
         <is>
-          <t>Segovia</t>
+          <t>Schürch</t>
         </is>
       </c>
       <c r="E1276" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1276" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1276" s="4"/>
     </row>
     <row r="1277">
       <c r="A1277" s="4" t="n">
-        <v>6273</v>
+        <v>3262</v>
       </c>
       <c r="B1277" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1277" s="4" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Lucien</t>
         </is>
       </c>
       <c r="D1277" s="4" t="inlineStr">
         <is>
-          <t>Seidel</t>
+          <t>Schwab</t>
         </is>
       </c>
       <c r="E1277" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1277" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1277" s="4"/>
     </row>
     <row r="1278">
       <c r="A1278" s="4" t="n">
-        <v>3292</v>
+        <v>3260</v>
       </c>
       <c r="B1278" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1278" s="4" t="inlineStr">
         <is>
-          <t>Daniela</t>
+          <t>Damian</t>
         </is>
       </c>
       <c r="D1278" s="4" t="inlineStr">
         <is>
-          <t>Seitz</t>
+          <t>Schwab</t>
         </is>
       </c>
       <c r="E1278" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1278" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1278" s="4"/>
     </row>
     <row r="1279">
       <c r="A1279" s="4" t="n">
-        <v>3298</v>
+        <v>6274</v>
       </c>
       <c r="B1279" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1279" s="4" t="inlineStr">
         <is>
-          <t>Sarmilan</t>
+          <t>Alena</t>
         </is>
       </c>
       <c r="D1279" s="4" t="inlineStr">
         <is>
-          <t>Sellakumar</t>
+          <t>Schwab</t>
         </is>
       </c>
       <c r="E1279" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1279" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1279" s="4"/>
     </row>
     <row r="1280">
       <c r="A1280" s="4" t="n">
-        <v>3299</v>
+        <v>3270</v>
       </c>
       <c r="B1280" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1280" s="4" t="inlineStr">
         <is>
-          <t>Imran</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D1280" s="4" t="inlineStr">
         <is>
-          <t>Selmani</t>
+          <t>Schweizer</t>
         </is>
       </c>
       <c r="E1280" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1280" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1280" s="4"/>
     </row>
     <row r="1281">
       <c r="A1281" s="4" t="n">
-        <v>3302</v>
+        <v>3269</v>
       </c>
       <c r="B1281" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1281" s="4" t="inlineStr">
         <is>
-          <t>Ragavi</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D1281" s="4" t="inlineStr">
         <is>
-          <t>Selvam</t>
+          <t>Schweizer</t>
         </is>
       </c>
       <c r="E1281" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1281" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1281" s="4"/>
     </row>
     <row r="1282">
       <c r="A1282" s="4" t="n">
-        <v>3308</v>
+        <v>4860</v>
       </c>
       <c r="B1282" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1282" s="4" t="inlineStr">
         <is>
-          <t>Tanja</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="D1282" s="4" t="inlineStr">
         <is>
-          <t>Senn</t>
+          <t>Segovia</t>
         </is>
       </c>
       <c r="E1282" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1282" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1282" s="4"/>
     </row>
     <row r="1283">
       <c r="A1283" s="4" t="n">
-        <v>3310</v>
+        <v>6273</v>
       </c>
       <c r="B1283" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1283" s="4" t="inlineStr">
         <is>
-          <t>Aiman</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="D1283" s="4" t="inlineStr">
         <is>
-          <t>Sepic</t>
+          <t>Seidel</t>
         </is>
       </c>
       <c r="E1283" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1283" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1283" s="4"/>
     </row>
     <row r="1284">
       <c r="A1284" s="4" t="n">
-        <v>4609</v>
+        <v>3292</v>
       </c>
       <c r="B1284" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1284" s="4" t="inlineStr">
         <is>
-          <t>Lahodovets</t>
+          <t>Daniela</t>
         </is>
       </c>
       <c r="D1284" s="4" t="inlineStr">
         <is>
-          <t>Serhiy</t>
+          <t>Seitz</t>
         </is>
       </c>
       <c r="E1284" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1284" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1284" s="4"/>
     </row>
     <row r="1285">
       <c r="A1285" s="4" t="n">
-        <v>3325</v>
+        <v>3298</v>
       </c>
       <c r="B1285" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1285" s="4" t="inlineStr">
         <is>
-          <t>Philipp</t>
+          <t>Sarmilan</t>
         </is>
       </c>
       <c r="D1285" s="4" t="inlineStr">
         <is>
-          <t>Shehade</t>
+          <t>Sellakumar</t>
         </is>
       </c>
       <c r="E1285" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1285" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1285" s="4"/>
     </row>
     <row r="1286">
       <c r="A1286" s="4" t="n">
-        <v>6287</v>
+        <v>3299</v>
       </c>
       <c r="B1286" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1286" s="4" t="inlineStr">
         <is>
-          <t>Amir</t>
+          <t>Imran</t>
         </is>
       </c>
       <c r="D1286" s="4" t="inlineStr">
         <is>
-          <t>Sheikn Manzoor</t>
+          <t>Selmani</t>
         </is>
       </c>
       <c r="E1286" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1286" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1286" s="4"/>
     </row>
     <row r="1287">
       <c r="A1287" s="4" t="n">
-        <v>3340</v>
+        <v>3302</v>
       </c>
       <c r="B1287" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1287" s="4" t="inlineStr">
         <is>
-          <t>Sara</t>
+          <t>Ragavi</t>
         </is>
       </c>
       <c r="D1287" s="4" t="inlineStr">
         <is>
-          <t>Sierra</t>
+          <t>Selvam</t>
         </is>
       </c>
       <c r="E1287" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1287" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1287" s="4"/>
     </row>
     <row r="1288">
       <c r="A1288" s="4" t="n">
-        <v>5524</v>
+        <v>3308</v>
       </c>
       <c r="B1288" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1288" s="4" t="inlineStr">
         <is>
-          <t>Celina</t>
+          <t>Tanja</t>
         </is>
       </c>
       <c r="D1288" s="4" t="inlineStr">
         <is>
-          <t>Singer</t>
+          <t>Senn</t>
         </is>
       </c>
       <c r="E1288" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1288" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1288" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1288" s="4"/>
     </row>
     <row r="1289">
       <c r="A1289" s="4" t="n">
-        <v>6260</v>
+        <v>3310</v>
       </c>
       <c r="B1289" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1289" s="4" t="inlineStr">
         <is>
-          <t>Andrej</t>
+          <t>Aiman</t>
         </is>
       </c>
       <c r="D1289" s="4" t="inlineStr">
         <is>
-          <t>Sirovina</t>
+          <t>Sepic</t>
         </is>
       </c>
       <c r="E1289" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1289" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1289" s="4"/>
     </row>
     <row r="1290">
       <c r="A1290" s="4" t="n">
-        <v>4619</v>
+        <v>4609</v>
       </c>
       <c r="B1290" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1290" s="4" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Lahodovets</t>
         </is>
       </c>
       <c r="D1290" s="4" t="inlineStr">
         <is>
-          <t>Skender</t>
+          <t>Serhiy</t>
         </is>
       </c>
       <c r="E1290" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1290" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1290" s="4"/>
     </row>
     <row r="1291">
       <c r="A1291" s="4" t="n">
-        <v>3372</v>
+        <v>3325</v>
       </c>
       <c r="B1291" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1291" s="4" t="inlineStr">
         <is>
-          <t>Roberto</t>
+          <t>Philipp</t>
         </is>
       </c>
       <c r="D1291" s="4" t="inlineStr">
         <is>
-          <t>Solidoro</t>
+          <t>Shehade</t>
         </is>
       </c>
       <c r="E1291" s="4" t="inlineStr">
         <is>
           <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1291" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1291" s="4"/>
     </row>
     <row r="1292">
       <c r="A1292" s="4" t="n">
-        <v>3373</v>
+        <v>6287</v>
       </c>
       <c r="B1292" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1292" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Amir</t>
         </is>
       </c>
       <c r="D1292" s="4" t="inlineStr">
         <is>
-          <t>Solothurnmann</t>
+          <t>Sheikn Manzoor</t>
         </is>
       </c>
       <c r="E1292" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1292" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1292" s="4"/>
     </row>
     <row r="1293">
       <c r="A1293" s="4" t="n">
-        <v>3375</v>
+        <v>3340</v>
       </c>
       <c r="B1293" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1293" s="4" t="inlineStr">
         <is>
-          <t>Jennifer</t>
+          <t>Sara</t>
         </is>
       </c>
       <c r="D1293" s="4" t="inlineStr">
         <is>
-          <t>Sommer</t>
+          <t>Sierra</t>
         </is>
       </c>
       <c r="E1293" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1293" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1293" s="4"/>
     </row>
     <row r="1294">
       <c r="A1294" s="4" t="n">
-        <v>3420</v>
+        <v>5524</v>
       </c>
       <c r="B1294" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1294" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Celina</t>
         </is>
       </c>
       <c r="D1294" s="4" t="inlineStr">
         <is>
-          <t>Stagliano</t>
+          <t>Singer</t>
         </is>
       </c>
       <c r="E1294" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1294" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1294" s="4"/>
+      <c r="G1294" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1295">
       <c r="A1295" s="4" t="n">
-        <v>6678</v>
+        <v>6260</v>
       </c>
       <c r="B1295" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1295" s="4" t="inlineStr">
         <is>
-          <t>Manuela</t>
+          <t>Andrej</t>
         </is>
       </c>
       <c r="D1295" s="4" t="inlineStr">
         <is>
-          <t>Stähli</t>
+          <t>Sirovina</t>
         </is>
       </c>
       <c r="E1295" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1295" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1295" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1295" s="4"/>
     </row>
     <row r="1296">
       <c r="A1296" s="4" t="n">
-        <v>7533</v>
+        <v>4619</v>
       </c>
       <c r="B1296" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1296" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="D1296" s="4" t="inlineStr">
         <is>
-          <t>Stähli</t>
+          <t>Skender</t>
         </is>
       </c>
       <c r="E1296" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1296" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1296" s="4"/>
     </row>
     <row r="1297">
       <c r="A1297" s="4" t="n">
-        <v>3434</v>
+        <v>3372</v>
       </c>
       <c r="B1297" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1297" s="4" t="inlineStr">
         <is>
-          <t>Heinz</t>
+          <t>Roberto</t>
         </is>
       </c>
       <c r="D1297" s="4" t="inlineStr">
         <is>
-          <t>Stalder</t>
+          <t>Solidoro</t>
         </is>
       </c>
       <c r="E1297" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1297" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1297" s="4"/>
     </row>
     <row r="1298">
       <c r="A1298" s="4" t="n">
-        <v>4697</v>
+        <v>3373</v>
       </c>
       <c r="B1298" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1298" s="4" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D1298" s="4" t="inlineStr">
         <is>
-          <t>Stalder</t>
+          <t>Solothurnmann</t>
         </is>
       </c>
       <c r="E1298" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1298" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1298" s="4"/>
     </row>
     <row r="1299">
       <c r="A1299" s="4" t="n">
-        <v>3430</v>
+        <v>3375</v>
       </c>
       <c r="B1299" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1299" s="4" t="inlineStr">
         <is>
-          <t>Anna</t>
+          <t>Jennifer</t>
         </is>
       </c>
       <c r="D1299" s="4" t="inlineStr">
         <is>
-          <t>Stalder</t>
+          <t>Sommer</t>
         </is>
       </c>
       <c r="E1299" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1299" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1299" s="4"/>
     </row>
     <row r="1300">
       <c r="A1300" s="4" t="n">
-        <v>6685</v>
+        <v>3420</v>
       </c>
       <c r="B1300" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1300" s="4" t="inlineStr">
         <is>
-          <t>Robin</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D1300" s="4" t="inlineStr">
         <is>
-          <t>Stampfli</t>
+          <t>Stagliano</t>
         </is>
       </c>
       <c r="E1300" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1300" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1300" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1300" s="4"/>
     </row>
     <row r="1301">
       <c r="A1301" s="4" t="n">
-        <v>4020</v>
+        <v>6678</v>
       </c>
       <c r="B1301" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1301" s="4" t="inlineStr">
         <is>
-          <t>Joshua</t>
+          <t>Manuela</t>
         </is>
       </c>
       <c r="D1301" s="4" t="inlineStr">
         <is>
-          <t>Steinacher</t>
+          <t>Stähli</t>
         </is>
       </c>
       <c r="E1301" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1301" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1301" s="4" t="inlineStr">
         <is>
-          <t>Fudokan Karate-Do Schweiz</t>
+          <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="4" t="n">
-        <v>3462</v>
+        <v>7533</v>
       </c>
       <c r="B1302" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1302" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D1302" s="4" t="inlineStr">
         <is>
-          <t>Steiner</t>
+          <t>Stähli</t>
         </is>
       </c>
       <c r="E1302" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1302" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1302" s="4"/>
     </row>
     <row r="1303">
       <c r="A1303" s="4" t="n">
-        <v>7484</v>
+        <v>3430</v>
       </c>
       <c r="B1303" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1303" s="4" t="inlineStr">
         <is>
-          <t>Amaryllis</t>
+          <t>Anna</t>
         </is>
       </c>
       <c r="D1303" s="4" t="inlineStr">
         <is>
-          <t>Stemmler</t>
+          <t>Stalder</t>
         </is>
       </c>
       <c r="E1303" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1303" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1303" s="4"/>
     </row>
     <row r="1304">
       <c r="A1304" s="4" t="n">
-        <v>3471</v>
+        <v>3434</v>
       </c>
       <c r="B1304" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1304" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Heinz</t>
         </is>
       </c>
       <c r="D1304" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Stalder</t>
         </is>
       </c>
       <c r="E1304" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1304" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1304" s="4"/>
     </row>
     <row r="1305">
       <c r="A1305" s="4" t="n">
-        <v>3472</v>
+        <v>4697</v>
       </c>
       <c r="B1305" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1305" s="4" t="inlineStr">
         <is>
-          <t>Dominik</t>
+          <t>Benjamin</t>
         </is>
       </c>
       <c r="D1305" s="4" t="inlineStr">
         <is>
-          <t>Stephan</t>
+          <t>Stalder</t>
         </is>
       </c>
       <c r="E1305" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1305" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1305" s="4"/>
     </row>
     <row r="1306">
       <c r="A1306" s="4" t="n">
-        <v>3474</v>
+        <v>6685</v>
       </c>
       <c r="B1306" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1306" s="4" t="inlineStr">
         <is>
-          <t>Susanne</t>
+          <t>Robin</t>
         </is>
       </c>
       <c r="D1306" s="4" t="inlineStr">
         <is>
-          <t>Sterchi</t>
+          <t>Stampfli</t>
         </is>
       </c>
       <c r="E1306" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1306" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1306" s="4"/>
+      <c r="G1306" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1307">
       <c r="A1307" s="4" t="n">
-        <v>3484</v>
+        <v>4020</v>
       </c>
       <c r="B1307" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1307" s="4" t="inlineStr">
         <is>
-          <t>Ciril</t>
+          <t>Joshua</t>
         </is>
       </c>
       <c r="D1307" s="4" t="inlineStr">
         <is>
-          <t>Stöckli</t>
+          <t>Steinacher</t>
         </is>
       </c>
       <c r="E1307" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1307" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1307" s="4"/>
+      <c r="G1307" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1308">
       <c r="A1308" s="4" t="n">
-        <v>3488</v>
+        <v>3462</v>
       </c>
       <c r="B1308" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1308" s="4" t="inlineStr">
         <is>
-          <t>Pavel</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D1308" s="4" t="inlineStr">
         <is>
-          <t>Stöckmann</t>
+          <t>Steiner</t>
         </is>
       </c>
       <c r="E1308" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1308" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1308" s="4"/>
     </row>
     <row r="1309">
       <c r="A1309" s="4" t="n">
-        <v>4827</v>
+        <v>7484</v>
       </c>
       <c r="B1309" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1309" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Amaryllis</t>
         </is>
       </c>
       <c r="D1309" s="4" t="inlineStr">
         <is>
-          <t>Stöckmann</t>
+          <t>Stemmler</t>
         </is>
       </c>
       <c r="E1309" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1309" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1309" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1309" s="4"/>
     </row>
     <row r="1310">
       <c r="A1310" s="4" t="n">
-        <v>3492</v>
+        <v>3471</v>
       </c>
       <c r="B1310" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1310" s="4" t="inlineStr">
         <is>
-          <t>Livia</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D1310" s="4" t="inlineStr">
         <is>
-          <t>Stoll</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="E1310" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1310" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1310" s="4"/>
     </row>
     <row r="1311">
       <c r="A1311" s="4" t="n">
-        <v>6290</v>
+        <v>3472</v>
       </c>
       <c r="B1311" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1311" s="4" t="inlineStr">
         <is>
-          <t>Ralf</t>
+          <t>Dominik</t>
         </is>
       </c>
       <c r="D1311" s="4" t="inlineStr">
         <is>
-          <t>Stoob</t>
+          <t>Stephan</t>
         </is>
       </c>
       <c r="E1311" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1311" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1311" s="4"/>
     </row>
     <row r="1312">
       <c r="A1312" s="4" t="n">
-        <v>3502</v>
+        <v>3474</v>
       </c>
       <c r="B1312" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1312" s="4" t="inlineStr">
         <is>
-          <t>Gwendolin</t>
+          <t>Susanne</t>
         </is>
       </c>
       <c r="D1312" s="4" t="inlineStr">
         <is>
-          <t>Stoupa</t>
+          <t>Sterchi</t>
         </is>
       </c>
       <c r="E1312" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1312" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1312" s="4"/>
     </row>
     <row r="1313">
       <c r="A1313" s="4" t="n">
-        <v>6863</v>
+        <v>3484</v>
       </c>
       <c r="B1313" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1313" s="4" t="inlineStr">
         <is>
-          <t>Till</t>
+          <t>Ciril</t>
         </is>
       </c>
       <c r="D1313" s="4" t="inlineStr">
         <is>
-          <t>Strahm</t>
+          <t>Stöckli</t>
         </is>
       </c>
       <c r="E1313" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1313" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1313" s="4"/>
     </row>
     <row r="1314">
       <c r="A1314" s="4" t="n">
-        <v>6855</v>
+        <v>4827</v>
       </c>
       <c r="B1314" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1314" s="4" t="inlineStr">
         <is>
-          <t>Markus </t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1314" s="4" t="inlineStr">
         <is>
-          <t>Strahm</t>
+          <t>Stöckmann</t>
         </is>
       </c>
       <c r="E1314" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1314" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1314" s="4"/>
+      <c r="G1314" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1315">
       <c r="A1315" s="4" t="n">
-        <v>6860</v>
+        <v>3488</v>
       </c>
       <c r="B1315" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1315" s="4" t="inlineStr">
         <is>
-          <t>Lynn</t>
+          <t>Pavel</t>
         </is>
       </c>
       <c r="D1315" s="4" t="inlineStr">
         <is>
-          <t>Strahm</t>
+          <t>Stöckmann</t>
         </is>
       </c>
       <c r="E1315" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1315" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1315" s="4"/>
     </row>
     <row r="1316">
       <c r="A1316" s="4" t="n">
-        <v>3505</v>
+        <v>3492</v>
       </c>
       <c r="B1316" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1316" s="4" t="inlineStr">
         <is>
-          <t>Pascal</t>
+          <t>Livia</t>
         </is>
       </c>
       <c r="D1316" s="4" t="inlineStr">
         <is>
-          <t>Strauch</t>
+          <t>Stoll</t>
         </is>
       </c>
       <c r="E1316" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1316" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1316" s="4"/>
     </row>
     <row r="1317">
       <c r="A1317" s="4" t="n">
-        <v>3508</v>
+        <v>6290</v>
       </c>
       <c r="B1317" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1317" s="4" t="inlineStr">
         <is>
-          <t>Reto</t>
+          <t>Ralf</t>
         </is>
       </c>
       <c r="D1317" s="4" t="inlineStr">
         <is>
-          <t>Streit</t>
+          <t>Stoob</t>
         </is>
       </c>
       <c r="E1317" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1317" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1317" s="4"/>
     </row>
     <row r="1318">
       <c r="A1318" s="4" t="n">
-        <v>3507</v>
+        <v>3502</v>
       </c>
       <c r="B1318" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1318" s="4" t="inlineStr">
         <is>
-          <t>Bernhard</t>
+          <t>Gwendolin</t>
         </is>
       </c>
       <c r="D1318" s="4" t="inlineStr">
         <is>
-          <t>Streit</t>
+          <t>Stoupa</t>
         </is>
       </c>
       <c r="E1318" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1318" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1318" s="4"/>
     </row>
     <row r="1319">
       <c r="A1319" s="4" t="n">
-        <v>7482</v>
+        <v>6855</v>
       </c>
       <c r="B1319" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1319" s="4" t="inlineStr">
         <is>
-          <t>Sven</t>
+          <t>Markus </t>
         </is>
       </c>
       <c r="D1319" s="4" t="inlineStr">
         <is>
-          <t>Streit</t>
+          <t>Strahm</t>
         </is>
       </c>
       <c r="E1319" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1319" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1319" s="4"/>
     </row>
     <row r="1320">
       <c r="A1320" s="4" t="n">
-        <v>6272</v>
+        <v>6860</v>
       </c>
       <c r="B1320" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1320" s="4" t="inlineStr">
         <is>
-          <t>Kim</t>
+          <t>Lynn</t>
         </is>
       </c>
       <c r="D1320" s="4" t="inlineStr">
         <is>
-          <t>Streit</t>
+          <t>Strahm</t>
         </is>
       </c>
       <c r="E1320" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1320" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1320" s="4"/>
     </row>
     <row r="1321">
       <c r="A1321" s="4" t="n">
-        <v>3509</v>
+        <v>6863</v>
       </c>
       <c r="B1321" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1321" s="4" t="inlineStr">
         <is>
-          <t>Raphael</t>
+          <t>Till</t>
         </is>
       </c>
       <c r="D1321" s="4" t="inlineStr">
         <is>
-          <t>Streuli</t>
+          <t>Strahm</t>
         </is>
       </c>
       <c r="E1321" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1321" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1321" s="4"/>
     </row>
     <row r="1322">
       <c r="A1322" s="4" t="n">
-        <v>3515</v>
+        <v>3505</v>
       </c>
       <c r="B1322" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1322" s="4" t="inlineStr">
         <is>
-          <t>Frank</t>
+          <t>Pascal</t>
         </is>
       </c>
       <c r="D1322" s="4" t="inlineStr">
         <is>
-          <t>Stucki</t>
+          <t>Strauch</t>
         </is>
       </c>
       <c r="E1322" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1322" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1322" s="4"/>
     </row>
     <row r="1323">
       <c r="A1323" s="4" t="n">
-        <v>6862</v>
+        <v>3507</v>
       </c>
       <c r="B1323" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1323" s="4" t="inlineStr">
         <is>
-          <t>Lina</t>
+          <t>Bernhard</t>
         </is>
       </c>
       <c r="D1323" s="4" t="inlineStr">
         <is>
-          <t>Stucki</t>
+          <t>Streit</t>
         </is>
       </c>
       <c r="E1323" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1323" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1323" s="4"/>
     </row>
     <row r="1324">
       <c r="A1324" s="4" t="n">
-        <v>3520</v>
+        <v>3508</v>
       </c>
       <c r="B1324" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1324" s="4" t="inlineStr">
         <is>
-          <t>Annerös</t>
+          <t>Reto</t>
         </is>
       </c>
       <c r="D1324" s="4" t="inlineStr">
         <is>
-          <t>Studer</t>
+          <t>Streit</t>
         </is>
       </c>
       <c r="E1324" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1324" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1324" s="4"/>
     </row>
     <row r="1325">
       <c r="A1325" s="4" t="n">
-        <v>3525</v>
+        <v>7482</v>
       </c>
       <c r="B1325" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1325" s="4" t="inlineStr">
         <is>
-          <t>Natascha</t>
+          <t>Sven</t>
         </is>
       </c>
       <c r="D1325" s="4" t="inlineStr">
         <is>
-          <t>Sturny</t>
+          <t>Streit</t>
         </is>
       </c>
       <c r="E1325" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1325" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1325" s="4"/>
     </row>
     <row r="1326">
       <c r="A1326" s="4" t="n">
-        <v>3531</v>
+        <v>6272</v>
       </c>
       <c r="B1326" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1326" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Kim</t>
         </is>
       </c>
       <c r="D1326" s="4" t="inlineStr">
         <is>
-          <t>Stutzmann</t>
+          <t>Streit</t>
         </is>
       </c>
       <c r="E1326" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1326" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1326" s="4"/>
     </row>
     <row r="1327">
       <c r="A1327" s="4" t="n">
-        <v>3534</v>
+        <v>3509</v>
       </c>
       <c r="B1327" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1327" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Raphael</t>
         </is>
       </c>
       <c r="D1327" s="4" t="inlineStr">
         <is>
-          <t>Sucur</t>
+          <t>Streuli</t>
         </is>
       </c>
       <c r="E1327" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1327" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1327" s="4"/>
     </row>
     <row r="1328">
       <c r="A1328" s="4" t="n">
-        <v>3538</v>
+        <v>6862</v>
       </c>
       <c r="B1328" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1328" s="4" t="inlineStr">
         <is>
-          <t>Davor</t>
+          <t>Lina</t>
         </is>
       </c>
       <c r="D1328" s="4" t="inlineStr">
         <is>
-          <t>Suhalj</t>
+          <t>Stucki</t>
         </is>
       </c>
       <c r="E1328" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1328" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1328" s="4"/>
     </row>
     <row r="1329">
       <c r="A1329" s="4" t="n">
-        <v>6259</v>
+        <v>3515</v>
       </c>
       <c r="B1329" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1329" s="4" t="inlineStr">
         <is>
-          <t>Laure</t>
+          <t>Frank</t>
         </is>
       </c>
       <c r="D1329" s="4" t="inlineStr">
         <is>
-          <t>Sutter</t>
+          <t>Stucki</t>
         </is>
       </c>
       <c r="E1329" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1329" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1329" s="4"/>
     </row>
     <row r="1330">
       <c r="A1330" s="4" t="n">
-        <v>3549</v>
+        <v>3520</v>
       </c>
       <c r="B1330" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1330" s="4" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Annerös</t>
         </is>
       </c>
       <c r="D1330" s="4" t="inlineStr">
         <is>
-          <t>Sutter</t>
+          <t>Studer</t>
         </is>
       </c>
       <c r="E1330" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1330" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1330" s="4"/>
     </row>
     <row r="1331">
       <c r="A1331" s="4" t="n">
-        <v>3552</v>
+        <v>3525</v>
       </c>
       <c r="B1331" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1331" s="4" t="inlineStr">
         <is>
-          <t>Florian</t>
+          <t>Natascha</t>
         </is>
       </c>
       <c r="D1331" s="4" t="inlineStr">
         <is>
-          <t>Sutter</t>
+          <t>Sturny</t>
         </is>
       </c>
       <c r="E1331" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1331" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1331" s="4"/>
     </row>
     <row r="1332">
       <c r="A1332" s="4" t="n">
-        <v>3560</v>
+        <v>3531</v>
       </c>
       <c r="B1332" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1332" s="4" t="inlineStr">
         <is>
-          <t>Alvaro</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D1332" s="4" t="inlineStr">
         <is>
-          <t>Taccetta</t>
+          <t>Stutzmann</t>
         </is>
       </c>
       <c r="E1332" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1332" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1332" s="4"/>
     </row>
     <row r="1333">
       <c r="A1333" s="4" t="n">
-        <v>3563</v>
+        <v>3534</v>
       </c>
       <c r="B1333" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1333" s="4" t="inlineStr">
         <is>
-          <t>Igor</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1333" s="4" t="inlineStr">
         <is>
-          <t>Tanev</t>
+          <t>Sucur</t>
         </is>
       </c>
       <c r="E1333" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1333" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1333" s="4"/>
     </row>
     <row r="1334">
       <c r="A1334" s="4" t="n">
-        <v>4666</v>
+        <v>3538</v>
       </c>
       <c r="B1334" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1334" s="4" t="inlineStr">
         <is>
-          <t>Hasan</t>
+          <t>Davor</t>
         </is>
       </c>
       <c r="D1334" s="4" t="inlineStr">
         <is>
-          <t>Tatan</t>
+          <t>Suhalj</t>
         </is>
       </c>
       <c r="E1334" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1334" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1334" s="4"/>
     </row>
     <row r="1335">
       <c r="A1335" s="4" t="n">
-        <v>4667</v>
+        <v>6259</v>
       </c>
       <c r="B1335" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1335" s="4" t="inlineStr">
         <is>
-          <t>Ron</t>
+          <t>Laure</t>
         </is>
       </c>
       <c r="D1335" s="4" t="inlineStr">
         <is>
-          <t>Teichmann</t>
+          <t>Sutter</t>
         </is>
       </c>
       <c r="E1335" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1335" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1335" s="4"/>
     </row>
     <row r="1336">
       <c r="A1336" s="4" t="n">
-        <v>4008</v>
+        <v>3552</v>
       </c>
       <c r="B1336" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1336" s="4" t="inlineStr">
         <is>
-          <t>Asia Alba</t>
+          <t>Florian</t>
         </is>
       </c>
       <c r="D1336" s="4" t="inlineStr">
         <is>
-          <t>Tempini</t>
+          <t>Sutter</t>
         </is>
       </c>
       <c r="E1336" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1336" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1336" s="4"/>
     </row>
     <row r="1337">
       <c r="A1337" s="4" t="n">
-        <v>3576</v>
+        <v>3549</v>
       </c>
       <c r="B1337" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1337" s="4" t="inlineStr">
         <is>
-          <t>Uygar</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="D1337" s="4" t="inlineStr">
         <is>
-          <t>Tenes</t>
+          <t>Sutter</t>
         </is>
       </c>
       <c r="E1337" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1337" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1337" s="4"/>
     </row>
     <row r="1338">
       <c r="A1338" s="4" t="n">
-        <v>3596</v>
+        <v>3560</v>
       </c>
       <c r="B1338" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1338" s="4" t="inlineStr">
         <is>
-          <t>Ramesh</t>
+          <t>Alvaro</t>
         </is>
       </c>
       <c r="D1338" s="4" t="inlineStr">
         <is>
-          <t>Thirugnanam</t>
+          <t>Taccetta</t>
         </is>
       </c>
       <c r="E1338" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1338" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1338" s="4"/>
     </row>
     <row r="1339">
       <c r="A1339" s="4" t="n">
-        <v>7536</v>
+        <v>3563</v>
       </c>
       <c r="B1339" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1339" s="4" t="inlineStr">
         <is>
-          <t>Nils</t>
+          <t>Igor</t>
         </is>
       </c>
       <c r="D1339" s="4" t="inlineStr">
         <is>
-          <t>Thöni</t>
+          <t>Tanev</t>
         </is>
       </c>
       <c r="E1339" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1339" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1339" s="4"/>
     </row>
     <row r="1340">
       <c r="A1340" s="4" t="n">
-        <v>3608</v>
+        <v>4666</v>
       </c>
       <c r="B1340" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1340" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Hasan</t>
         </is>
       </c>
       <c r="D1340" s="4" t="inlineStr">
         <is>
-          <t>Thurnherr</t>
+          <t>Tatan</t>
         </is>
       </c>
       <c r="E1340" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1340" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1340" s="4"/>
     </row>
     <row r="1341">
       <c r="A1341" s="4" t="n">
-        <v>3613</v>
+        <v>4667</v>
       </c>
       <c r="B1341" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1341" s="4" t="inlineStr">
         <is>
-          <t>Beat</t>
+          <t>Ron</t>
         </is>
       </c>
       <c r="D1341" s="4" t="inlineStr">
         <is>
-          <t>Tinner</t>
+          <t>Teichmann</t>
         </is>
       </c>
       <c r="E1341" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1341" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1341" s="4"/>
     </row>
     <row r="1342">
       <c r="A1342" s="4" t="n">
-        <v>3617</v>
+        <v>4008</v>
       </c>
       <c r="B1342" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1342" s="4" t="inlineStr">
         <is>
-          <t>Arber</t>
+          <t>Asia Alba</t>
         </is>
       </c>
       <c r="D1342" s="4" t="inlineStr">
         <is>
-          <t>Tmava</t>
+          <t>Tempini</t>
         </is>
       </c>
       <c r="E1342" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1342" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1342" s="4"/>
     </row>
     <row r="1343">
       <c r="A1343" s="4" t="n">
-        <v>3621</v>
+        <v>3576</v>
       </c>
       <c r="B1343" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1343" s="4" t="inlineStr">
         <is>
-          <t>Maurizio</t>
+          <t>Uygar</t>
         </is>
       </c>
       <c r="D1343" s="4" t="inlineStr">
         <is>
-          <t>Togni</t>
+          <t>Tenes</t>
         </is>
       </c>
       <c r="E1343" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1343" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1343" s="4"/>
     </row>
     <row r="1344">
       <c r="A1344" s="4" t="n">
-        <v>5493</v>
+        <v>3596</v>
       </c>
       <c r="B1344" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1344" s="4" t="inlineStr">
         <is>
-          <t>Luis</t>
+          <t>Ramesh</t>
         </is>
       </c>
       <c r="D1344" s="4" t="inlineStr">
         <is>
-          <t>Torres</t>
+          <t>Thirugnanam</t>
         </is>
       </c>
       <c r="E1344" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1344" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1344" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1344" s="4"/>
     </row>
     <row r="1345">
       <c r="A1345" s="4" t="n">
-        <v>4862</v>
+        <v>7536</v>
       </c>
       <c r="B1345" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1345" s="4" t="inlineStr">
         <is>
-          <t>Raik Odin</t>
+          <t>Nils</t>
         </is>
       </c>
       <c r="D1345" s="4" t="inlineStr">
         <is>
-          <t>Treier</t>
+          <t>Thöni</t>
         </is>
       </c>
       <c r="E1345" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1345" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1345" s="4"/>
     </row>
     <row r="1346">
       <c r="A1346" s="4" t="n">
-        <v>4864</v>
+        <v>3608</v>
       </c>
       <c r="B1346" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1346" s="4" t="inlineStr">
         <is>
-          <t>Victoria Freya</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D1346" s="4" t="inlineStr">
         <is>
-          <t>Treier</t>
+          <t>Thurnherr</t>
         </is>
       </c>
       <c r="E1346" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1346" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1346" s="4"/>
     </row>
     <row r="1347">
       <c r="A1347" s="4" t="n">
-        <v>3649</v>
+        <v>3613</v>
       </c>
       <c r="B1347" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1347" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Beat</t>
         </is>
       </c>
       <c r="D1347" s="4" t="inlineStr">
         <is>
-          <t>Trisolino</t>
+          <t>Tinner</t>
         </is>
       </c>
       <c r="E1347" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1347" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1347" s="4"/>
     </row>
     <row r="1348">
       <c r="A1348" s="4" t="n">
-        <v>3650</v>
+        <v>3617</v>
       </c>
       <c r="B1348" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1348" s="4" t="inlineStr">
         <is>
-          <t>Stefano</t>
+          <t>Arber</t>
         </is>
       </c>
       <c r="D1348" s="4" t="inlineStr">
         <is>
-          <t>Trojani</t>
+          <t>Tmava</t>
         </is>
       </c>
       <c r="E1348" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1348" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1348" s="4"/>
     </row>
     <row r="1349">
       <c r="A1349" s="4" t="n">
-        <v>3660</v>
+        <v>3621</v>
       </c>
       <c r="B1349" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1349" s="4" t="inlineStr">
         <is>
-          <t>Sarah</t>
+          <t>Maurizio</t>
         </is>
       </c>
       <c r="D1349" s="4" t="inlineStr">
         <is>
-          <t>Tschanz</t>
+          <t>Togni</t>
         </is>
       </c>
       <c r="E1349" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1349" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1349" s="4"/>
     </row>
     <row r="1350">
       <c r="A1350" s="4" t="n">
-        <v>4209</v>
+        <v>5493</v>
       </c>
       <c r="B1350" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1350" s="4" t="inlineStr">
         <is>
-          <t>Olivia</t>
+          <t>Luis</t>
         </is>
       </c>
       <c r="D1350" s="4" t="inlineStr">
         <is>
-          <t>Tschanz</t>
+          <t>Torres</t>
         </is>
       </c>
       <c r="E1350" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1350" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1350" s="4"/>
+      <c r="G1350" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="1351">
       <c r="A1351" s="4" t="n">
-        <v>3659</v>
+        <v>4864</v>
       </c>
       <c r="B1351" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1351" s="4" t="inlineStr">
         <is>
-          <t>Jessica</t>
+          <t>Victoria Freya</t>
         </is>
       </c>
       <c r="D1351" s="4" t="inlineStr">
         <is>
-          <t>Tschanz</t>
+          <t>Treier</t>
         </is>
       </c>
       <c r="E1351" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1351" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1351" s="4"/>
     </row>
     <row r="1352">
       <c r="A1352" s="4" t="n">
-        <v>6271</v>
+        <v>4862</v>
       </c>
       <c r="B1352" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1352" s="4" t="inlineStr">
         <is>
-          <t>Loan</t>
+          <t>Raik Odin</t>
         </is>
       </c>
       <c r="D1352" s="4" t="inlineStr">
         <is>
-          <t>Tscharner</t>
+          <t>Treier</t>
         </is>
       </c>
       <c r="E1352" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1352" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1352" s="4"/>
     </row>
     <row r="1353">
       <c r="A1353" s="4" t="n">
-        <v>7490</v>
+        <v>3649</v>
       </c>
       <c r="B1353" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1353" s="4" t="inlineStr">
         <is>
-          <t>Aaron</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D1353" s="4" t="inlineStr">
         <is>
-          <t>Tschopp</t>
+          <t>Trisolino</t>
         </is>
       </c>
       <c r="E1353" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1353" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1353" s="4"/>
     </row>
     <row r="1354">
       <c r="A1354" s="4" t="n">
-        <v>4610</v>
+        <v>3650</v>
       </c>
       <c r="B1354" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1354" s="4" t="inlineStr">
         <is>
-          <t>Martin</t>
+          <t>Stefano</t>
         </is>
       </c>
       <c r="D1354" s="4" t="inlineStr">
         <is>
-          <t>Tschuor</t>
+          <t>Trojani</t>
         </is>
       </c>
       <c r="E1354" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1354" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1354" s="4"/>
     </row>
     <row r="1355">
       <c r="A1355" s="4" t="n">
-        <v>3671</v>
+        <v>3660</v>
       </c>
       <c r="B1355" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1355" s="4" t="inlineStr">
         <is>
-          <t>Montaine</t>
+          <t>Sarah</t>
         </is>
       </c>
       <c r="D1355" s="4" t="inlineStr">
         <is>
-          <t>Turrian</t>
+          <t>Tschanz</t>
         </is>
       </c>
       <c r="E1355" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1355" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1355" s="4"/>
     </row>
     <row r="1356">
       <c r="A1356" s="4" t="n">
-        <v>4875</v>
+        <v>3659</v>
       </c>
       <c r="B1356" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1356" s="4" t="inlineStr">
         <is>
-          <t> Naoki</t>
+          <t>Jessica</t>
         </is>
       </c>
       <c r="D1356" s="4" t="inlineStr">
         <is>
-          <t>Ujihara</t>
+          <t>Tschanz</t>
         </is>
       </c>
       <c r="E1356" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1356" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1356" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1356" s="4"/>
     </row>
     <row r="1357">
       <c r="A1357" s="4" t="n">
-        <v>4696</v>
+        <v>4209</v>
       </c>
       <c r="B1357" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1357" s="4" t="inlineStr">
         <is>
-          <t>Angela</t>
+          <t>Olivia</t>
         </is>
       </c>
       <c r="D1357" s="4" t="inlineStr">
         <is>
-          <t>Ulmann</t>
+          <t>Tschanz</t>
         </is>
       </c>
       <c r="E1357" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1357" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1357" s="4"/>
     </row>
     <row r="1358">
       <c r="A1358" s="4" t="n">
-        <v>3692</v>
+        <v>6271</v>
       </c>
       <c r="B1358" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1358" s="4" t="inlineStr">
         <is>
-          <t>Sivam</t>
+          <t>Loan</t>
         </is>
       </c>
       <c r="D1358" s="4" t="inlineStr">
         <is>
-          <t>Ushan</t>
+          <t>Tscharner</t>
         </is>
       </c>
       <c r="E1358" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1358" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1358" s="4"/>
     </row>
     <row r="1359">
       <c r="A1359" s="4" t="n">
-        <v>6270</v>
+        <v>7490</v>
       </c>
       <c r="B1359" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1359" s="4" t="inlineStr">
         <is>
-          <t>Nevio</t>
+          <t>Aaron</t>
         </is>
       </c>
       <c r="D1359" s="4" t="inlineStr">
         <is>
-          <t>Uva </t>
+          <t>Tschopp</t>
         </is>
       </c>
       <c r="E1359" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1359" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1359" s="4"/>
     </row>
     <row r="1360">
       <c r="A1360" s="4" t="n">
-        <v>3693</v>
+        <v>4610</v>
       </c>
       <c r="B1360" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1360" s="4" t="inlineStr">
         <is>
-          <t>Alessandro</t>
+          <t>Martin</t>
         </is>
       </c>
       <c r="D1360" s="4" t="inlineStr">
         <is>
-          <t>Uva </t>
+          <t>Tschuor</t>
         </is>
       </c>
       <c r="E1360" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1360" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1360" s="4"/>
     </row>
     <row r="1361">
       <c r="A1361" s="4" t="n">
-        <v>6692</v>
+        <v>3671</v>
       </c>
       <c r="B1361" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1361" s="4" t="inlineStr">
         <is>
-          <t>Beatrice</t>
+          <t>Montaine</t>
         </is>
       </c>
       <c r="D1361" s="4" t="inlineStr">
         <is>
-          <t>Vallejo</t>
+          <t>Turrian</t>
         </is>
       </c>
       <c r="E1361" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1361" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1361" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1361" s="4"/>
     </row>
     <row r="1362">
       <c r="A1362" s="4" t="n">
-        <v>3703</v>
+        <v>4875</v>
       </c>
       <c r="B1362" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1362" s="4" t="inlineStr">
         <is>
-          <t>Alessio</t>
+          <t> Naoki</t>
         </is>
       </c>
       <c r="D1362" s="4" t="inlineStr">
         <is>
-          <t>Vanacore</t>
+          <t>Ujihara</t>
         </is>
       </c>
       <c r="E1362" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F1362" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1362" s="4"/>
+      <c r="G1362" s="4" t="inlineStr">
+        <is>
+          <t>Karate Fighters of Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1363">
       <c r="A1363" s="4" t="n">
-        <v>3702</v>
+        <v>4696</v>
       </c>
       <c r="B1363" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1363" s="4" t="inlineStr">
         <is>
-          <t>To</t>
+          <t>Angela</t>
         </is>
       </c>
       <c r="D1363" s="4" t="inlineStr">
         <is>
-          <t>van Thong</t>
+          <t>Ulmann</t>
         </is>
       </c>
       <c r="E1363" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1363" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1363" s="4"/>
     </row>
     <row r="1364">
       <c r="A1364" s="4" t="n">
-        <v>3709</v>
+        <v>3692</v>
       </c>
       <c r="B1364" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1364" s="4" t="inlineStr">
         <is>
-          <t>Florence</t>
+          <t>Sivam</t>
         </is>
       </c>
       <c r="D1364" s="4" t="inlineStr">
         <is>
-          <t>Vauthey</t>
+          <t>Ushan</t>
         </is>
       </c>
       <c r="E1364" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1364" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1364" s="4"/>
     </row>
     <row r="1365">
       <c r="A1365" s="4" t="n">
-        <v>3712</v>
+        <v>3693</v>
       </c>
       <c r="B1365" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1365" s="4" t="inlineStr">
         <is>
-          <t>Adis</t>
+          <t>Alessandro</t>
         </is>
       </c>
       <c r="D1365" s="4" t="inlineStr">
         <is>
-          <t>Velic</t>
+          <t>Uva </t>
         </is>
       </c>
       <c r="E1365" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1365" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1365" s="4"/>
     </row>
     <row r="1366">
       <c r="A1366" s="4" t="n">
-        <v>3715</v>
+        <v>6270</v>
       </c>
       <c r="B1366" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1366" s="4" t="inlineStr">
         <is>
-          <t>Sulakshan</t>
+          <t>Nevio</t>
         </is>
       </c>
       <c r="D1366" s="4" t="inlineStr">
         <is>
-          <t>Venugopal</t>
+          <t>Uva </t>
         </is>
       </c>
       <c r="E1366" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1366" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1366" s="4"/>
     </row>
     <row r="1367">
       <c r="A1367" s="4" t="n">
-        <v>3727</v>
+        <v>6692</v>
       </c>
       <c r="B1367" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1367" s="4" t="inlineStr">
         <is>
-          <t>Alen</t>
+          <t>Beatrice</t>
         </is>
       </c>
       <c r="D1367" s="4" t="inlineStr">
         <is>
-          <t>Vidic</t>
+          <t>Vallejo</t>
         </is>
       </c>
       <c r="E1367" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1367" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1367" s="4"/>
+      <c r="G1367" s="4" t="inlineStr">
+        <is>
+          <t>Kaisho Karate Association</t>
+        </is>
+      </c>
     </row>
     <row r="1368">
       <c r="A1368" s="4" t="n">
-        <v>3728</v>
+        <v>3703</v>
       </c>
       <c r="B1368" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1368" s="4" t="inlineStr">
         <is>
-          <t>Alea</t>
+          <t>Alessio</t>
         </is>
       </c>
       <c r="D1368" s="4" t="inlineStr">
         <is>
-          <t>Vifian</t>
+          <t>Vanacore</t>
         </is>
       </c>
       <c r="E1368" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1368" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1368" s="4"/>
     </row>
     <row r="1369">
       <c r="A1369" s="4" t="n">
-        <v>4016</v>
+        <v>3702</v>
       </c>
       <c r="B1369" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1369" s="4" t="inlineStr">
         <is>
-          <t>Celine</t>
+          <t>To</t>
         </is>
       </c>
       <c r="D1369" s="4" t="inlineStr">
         <is>
-          <t>Vo</t>
+          <t>van Thong</t>
         </is>
       </c>
       <c r="E1369" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1369" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1369" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1369" s="4"/>
     </row>
     <row r="1370">
       <c r="A1370" s="4" t="n">
-        <v>6269</v>
+        <v>3709</v>
       </c>
       <c r="B1370" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1370" s="4" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Florence</t>
         </is>
       </c>
       <c r="D1370" s="4" t="inlineStr">
         <is>
-          <t>Vo-Dang</t>
+          <t>Vauthey</t>
         </is>
       </c>
       <c r="E1370" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F1370" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1370" s="4"/>
     </row>
     <row r="1371">
       <c r="A1371" s="4" t="n">
-        <v>3736</v>
+        <v>3712</v>
       </c>
       <c r="B1371" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1371" s="4" t="inlineStr">
         <is>
-          <t>Doris</t>
+          <t>Adis</t>
         </is>
       </c>
       <c r="D1371" s="4" t="inlineStr">
         <is>
-          <t>Voegelin</t>
+          <t>Velic</t>
         </is>
       </c>
       <c r="E1371" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1371" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1371" s="4"/>
     </row>
     <row r="1372">
       <c r="A1372" s="4" t="n">
-        <v>6857</v>
+        <v>3715</v>
       </c>
       <c r="B1372" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1372" s="4" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Sulakshan</t>
         </is>
       </c>
       <c r="D1372" s="4" t="inlineStr">
         <is>
-          <t>Vögtlin</t>
+          <t>Venugopal</t>
         </is>
       </c>
       <c r="E1372" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1372" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1372" s="4"/>
     </row>
     <row r="1373">
       <c r="A1373" s="4" t="n">
-        <v>3757</v>
+        <v>3727</v>
       </c>
       <c r="B1373" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1373" s="4" t="inlineStr">
         <is>
-          <t>Yanick</t>
+          <t>Alen</t>
         </is>
       </c>
       <c r="D1373" s="4" t="inlineStr">
         <is>
-          <t>Von Allmen</t>
+          <t>Vidic</t>
         </is>
       </c>
       <c r="E1373" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1373" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1373" s="4"/>
     </row>
     <row r="1374">
       <c r="A1374" s="4" t="n">
-        <v>3756</v>
+        <v>3728</v>
       </c>
       <c r="B1374" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1374" s="4" t="inlineStr">
         <is>
-          <t>Selina</t>
+          <t>Alea</t>
         </is>
       </c>
       <c r="D1374" s="4" t="inlineStr">
         <is>
-          <t>Von Allmen</t>
+          <t>Vifian</t>
         </is>
       </c>
       <c r="E1374" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1374" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1374" s="4"/>
     </row>
     <row r="1375">
       <c r="A1375" s="4" t="n">
-        <v>3761</v>
+        <v>4016</v>
       </c>
       <c r="B1375" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1375" s="4" t="inlineStr">
         <is>
-          <t>Serge</t>
+          <t>Celine</t>
         </is>
       </c>
       <c r="D1375" s="4" t="inlineStr">
         <is>
-          <t>Von Grünigen</t>
+          <t>Vo</t>
         </is>
       </c>
       <c r="E1375" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1375" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1375" s="4"/>
+      <c r="G1375" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1376">
       <c r="A1376" s="4" t="n">
-        <v>3768</v>
+        <v>6269</v>
       </c>
       <c r="B1376" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1376" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="D1376" s="4" t="inlineStr">
         <is>
-          <t>Von Roth</t>
+          <t>Vo-Dang</t>
         </is>
       </c>
       <c r="E1376" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1376" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1376" s="4"/>
     </row>
     <row r="1377">
       <c r="A1377" s="4" t="n">
-        <v>3777</v>
+        <v>3736</v>
       </c>
       <c r="B1377" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1377" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Doris</t>
         </is>
       </c>
       <c r="D1377" s="4" t="inlineStr">
         <is>
-          <t>Vucicevic</t>
+          <t>Voegelin</t>
         </is>
       </c>
       <c r="E1377" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1377" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1377" s="4"/>
     </row>
     <row r="1378">
       <c r="A1378" s="4" t="n">
-        <v>3778</v>
+        <v>6857</v>
       </c>
       <c r="B1378" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1378" s="4" t="inlineStr">
         <is>
-          <t>Stefan</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="D1378" s="4" t="inlineStr">
         <is>
-          <t>Vukadinovic</t>
+          <t>Vögtlin</t>
         </is>
       </c>
       <c r="E1378" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1378" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1378" s="4"/>
     </row>
     <row r="1379">
       <c r="A1379" s="4" t="n">
-        <v>3779</v>
+        <v>3756</v>
       </c>
       <c r="B1379" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1379" s="4" t="inlineStr">
         <is>
-          <t>Stefana</t>
+          <t>Selina</t>
         </is>
       </c>
       <c r="D1379" s="4" t="inlineStr">
         <is>
-          <t>Vukadinovic</t>
+          <t>Von Allmen</t>
         </is>
       </c>
       <c r="E1379" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1379" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1379" s="4"/>
     </row>
     <row r="1380">
       <c r="A1380" s="4" t="n">
-        <v>4069</v>
+        <v>3757</v>
       </c>
       <c r="B1380" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1380" s="4" t="inlineStr">
         <is>
-          <t>Milos</t>
+          <t>Yanick</t>
         </is>
       </c>
       <c r="D1380" s="4" t="inlineStr">
         <is>
-          <t>Vukajlovic</t>
+          <t>Von Allmen</t>
         </is>
       </c>
       <c r="E1380" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1380" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1380" s="4"/>
     </row>
     <row r="1381">
       <c r="A1381" s="4" t="n">
-        <v>4066</v>
+        <v>3761</v>
       </c>
       <c r="B1381" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1381" s="4" t="inlineStr">
         <is>
-          <t>Marko</t>
+          <t>Serge</t>
         </is>
       </c>
       <c r="D1381" s="4" t="inlineStr">
         <is>
-          <t>Vukajlovic</t>
+          <t>Von Grünigen</t>
         </is>
       </c>
       <c r="E1381" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1381" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1381" s="4"/>
     </row>
     <row r="1382">
       <c r="A1382" s="4" t="n">
-        <v>3781</v>
+        <v>3768</v>
       </c>
       <c r="B1382" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1382" s="4" t="inlineStr">
         <is>
-          <t>Nemanja</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D1382" s="4" t="inlineStr">
         <is>
-          <t>Vukicevic</t>
+          <t>Von Roth</t>
         </is>
       </c>
       <c r="E1382" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1382" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1382" s="4"/>
     </row>
     <row r="1383">
       <c r="A1383" s="4" t="n">
-        <v>3786</v>
+        <v>3777</v>
       </c>
       <c r="B1383" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1383" s="4" t="inlineStr">
         <is>
-          <t>Kjetil</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D1383" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Vucicevic</t>
         </is>
       </c>
       <c r="E1383" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1383" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1383" s="4"/>
     </row>
     <row r="1384">
       <c r="A1384" s="4" t="n">
-        <v>3784</v>
+        <v>3778</v>
       </c>
       <c r="B1384" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1384" s="4" t="inlineStr">
         <is>
-          <t>Francine</t>
+          <t>Stefan</t>
         </is>
       </c>
       <c r="D1384" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Vukadinovic</t>
         </is>
       </c>
       <c r="E1384" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1384" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1384" s="4"/>
     </row>
     <row r="1385">
       <c r="A1385" s="4" t="n">
-        <v>3785</v>
+        <v>3779</v>
       </c>
       <c r="B1385" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1385" s="4" t="inlineStr">
         <is>
-          <t>Joëlle</t>
+          <t>Stefana</t>
         </is>
       </c>
       <c r="D1385" s="4" t="inlineStr">
         <is>
-          <t>Waber</t>
+          <t>Vukadinovic</t>
         </is>
       </c>
       <c r="E1385" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1385" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1385" s="4"/>
     </row>
     <row r="1386">
       <c r="A1386" s="4" t="n">
-        <v>3793</v>
+        <v>4069</v>
       </c>
       <c r="B1386" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1386" s="4" t="inlineStr">
         <is>
-          <t>Debora</t>
+          <t>Milos</t>
         </is>
       </c>
       <c r="D1386" s="4" t="inlineStr">
         <is>
-          <t>Wägli</t>
+          <t>Vukajlovic</t>
         </is>
       </c>
       <c r="E1386" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1386" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1386" s="4"/>
     </row>
     <row r="1387">
       <c r="A1387" s="4" t="n">
-        <v>3796</v>
+        <v>4066</v>
       </c>
       <c r="B1387" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1387" s="4" t="inlineStr">
         <is>
-          <t>Kevin</t>
+          <t>Marko</t>
         </is>
       </c>
       <c r="D1387" s="4" t="inlineStr">
         <is>
-          <t>Wagner</t>
+          <t>Vukajlovic</t>
         </is>
       </c>
       <c r="E1387" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1387" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1387" s="4"/>
     </row>
     <row r="1388">
       <c r="A1388" s="4" t="n">
-        <v>3797</v>
+        <v>3781</v>
       </c>
       <c r="B1388" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1388" s="4" t="inlineStr">
         <is>
-          <t>Mika</t>
+          <t>Nemanja</t>
         </is>
       </c>
       <c r="D1388" s="4" t="inlineStr">
         <is>
-          <t>Wagner</t>
+          <t>Vukicevic</t>
         </is>
       </c>
       <c r="E1388" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1388" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1388" s="4"/>
     </row>
     <row r="1389">
       <c r="A1389" s="4" t="n">
-        <v>3798</v>
+        <v>3784</v>
       </c>
       <c r="B1389" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1389" s="4" t="inlineStr">
         <is>
-          <t>Monika</t>
+          <t>Francine</t>
         </is>
       </c>
       <c r="D1389" s="4" t="inlineStr">
         <is>
-          <t>Wagner</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E1389" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1389" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1389" s="4"/>
     </row>
     <row r="1390">
       <c r="A1390" s="4" t="n">
-        <v>3799</v>
+        <v>3785</v>
       </c>
       <c r="B1390" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1390" s="4" t="inlineStr">
         <is>
-          <t>Tina</t>
+          <t>Joëlle</t>
         </is>
       </c>
       <c r="D1390" s="4" t="inlineStr">
         <is>
-          <t>Wagner</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E1390" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1390" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1390" s="4"/>
     </row>
     <row r="1391">
       <c r="A1391" s="4" t="n">
-        <v>3803</v>
+        <v>3786</v>
       </c>
       <c r="B1391" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1391" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Kjetil</t>
         </is>
       </c>
       <c r="D1391" s="4" t="inlineStr">
         <is>
-          <t>Wälchli</t>
+          <t>Waber</t>
         </is>
       </c>
       <c r="E1391" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1391" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1391" s="4"/>
     </row>
     <row r="1392">
       <c r="A1392" s="4" t="n">
-        <v>7425</v>
+        <v>3793</v>
       </c>
       <c r="B1392" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1392" s="4" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Debora</t>
         </is>
       </c>
       <c r="D1392" s="4" t="inlineStr">
         <is>
-          <t>Wandeler</t>
+          <t>Wägli</t>
         </is>
       </c>
       <c r="E1392" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1392" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1392" s="4"/>
     </row>
     <row r="1393">
       <c r="A1393" s="4" t="n">
-        <v>3814</v>
+        <v>3797</v>
       </c>
       <c r="B1393" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1393" s="4" t="inlineStr">
         <is>
-          <t>Liliane</t>
+          <t>Mika</t>
         </is>
       </c>
       <c r="D1393" s="4" t="inlineStr">
         <is>
-          <t>Wanner</t>
+          <t>Wagner</t>
         </is>
       </c>
       <c r="E1393" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1393" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1393" s="4"/>
     </row>
     <row r="1394">
       <c r="A1394" s="4" t="n">
-        <v>3823</v>
+        <v>3799</v>
       </c>
       <c r="B1394" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1394" s="4" t="inlineStr">
         <is>
-          <t>Kathrin</t>
+          <t>Tina</t>
         </is>
       </c>
       <c r="D1394" s="4" t="inlineStr">
         <is>
-          <t>Weber</t>
+          <t>Wagner</t>
         </is>
       </c>
       <c r="E1394" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1394" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1394" s="4"/>
     </row>
     <row r="1395">
       <c r="A1395" s="4" t="n">
-        <v>4060</v>
+        <v>3798</v>
       </c>
       <c r="B1395" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1395" s="4" t="inlineStr">
         <is>
-          <t>Christian</t>
+          <t>Monika</t>
         </is>
       </c>
       <c r="D1395" s="4" t="inlineStr">
         <is>
-          <t>Weber</t>
+          <t>Wagner</t>
         </is>
       </c>
       <c r="E1395" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1395" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1395" s="4"/>
     </row>
     <row r="1396">
       <c r="A1396" s="4" t="n">
-        <v>3830</v>
+        <v>3796</v>
       </c>
       <c r="B1396" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1396" s="4" t="inlineStr">
         <is>
-          <t>Lars</t>
+          <t>Kevin</t>
         </is>
       </c>
       <c r="D1396" s="4" t="inlineStr">
         <is>
-          <t>Weibel</t>
+          <t>Wagner</t>
         </is>
       </c>
       <c r="E1396" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1396" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1396" s="4"/>
     </row>
     <row r="1397">
       <c r="A1397" s="4" t="n">
-        <v>4695</v>
+        <v>3803</v>
       </c>
       <c r="B1397" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1397" s="4" t="inlineStr">
         <is>
-          <t>Kaya</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1397" s="4" t="inlineStr">
         <is>
-          <t>Weibel</t>
+          <t>Wälchli</t>
         </is>
       </c>
       <c r="E1397" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1397" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1397" s="4"/>
     </row>
     <row r="1398">
       <c r="A1398" s="4" t="n">
-        <v>7571</v>
+        <v>7425</v>
       </c>
       <c r="B1398" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1398" s="4" t="inlineStr">
         <is>
-          <t>Mia</t>
+          <t>Michel</t>
         </is>
       </c>
       <c r="D1398" s="4" t="inlineStr">
         <is>
-          <t>Weibel</t>
+          <t>Wandeler</t>
         </is>
       </c>
       <c r="E1398" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1398" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1398" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1398" s="4"/>
     </row>
     <row r="1399">
       <c r="A1399" s="4" t="n">
-        <v>3837</v>
+        <v>3814</v>
       </c>
       <c r="B1399" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1399" s="4" t="inlineStr">
         <is>
-          <t>Anne-Florence</t>
+          <t>Liliane</t>
         </is>
       </c>
       <c r="D1399" s="4" t="inlineStr">
         <is>
-          <t>Weissert</t>
+          <t>Wanner</t>
         </is>
       </c>
       <c r="E1399" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1399" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1399" s="4"/>
     </row>
     <row r="1400">
       <c r="A1400" s="4" t="n">
-        <v>3839</v>
+        <v>3823</v>
       </c>
       <c r="B1400" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1400" s="4" t="inlineStr">
         <is>
-          <t>Claudia</t>
+          <t>Kathrin</t>
         </is>
       </c>
       <c r="D1400" s="4" t="inlineStr">
         <is>
-          <t>Wenger</t>
+          <t>Weber</t>
         </is>
       </c>
       <c r="E1400" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1400" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1400" s="4"/>
     </row>
     <row r="1401">
       <c r="A1401" s="4" t="n">
-        <v>3859</v>
+        <v>4060</v>
       </c>
       <c r="B1401" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1401" s="4" t="inlineStr">
         <is>
-          <t>Sven</t>
+          <t>Christian</t>
         </is>
       </c>
       <c r="D1401" s="4" t="inlineStr">
         <is>
-          <t>Widmer</t>
+          <t>Weber</t>
         </is>
       </c>
       <c r="E1401" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1401" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1401" s="4"/>
     </row>
     <row r="1402">
       <c r="A1402" s="4" t="n">
-        <v>3857</v>
+        <v>4695</v>
       </c>
       <c r="B1402" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1402" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Kaya</t>
         </is>
       </c>
       <c r="D1402" s="4" t="inlineStr">
         <is>
-          <t>Widmer</t>
+          <t>Weibel</t>
         </is>
       </c>
       <c r="E1402" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1402" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1402" s="4"/>
     </row>
     <row r="1403">
       <c r="A1403" s="4" t="n">
-        <v>7486</v>
+        <v>7571</v>
       </c>
       <c r="B1403" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1403" s="4" t="inlineStr">
         <is>
-          <t>Nevio</t>
+          <t>Mia</t>
         </is>
       </c>
       <c r="D1403" s="4" t="inlineStr">
         <is>
-          <t>Will</t>
+          <t>Weibel</t>
         </is>
       </c>
       <c r="E1403" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1403" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1403" s="4"/>
+      <c r="G1403" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1404">
       <c r="A1404" s="4" t="n">
-        <v>4861</v>
+        <v>3830</v>
       </c>
       <c r="B1404" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1404" s="4" t="inlineStr">
         <is>
-          <t>Leonie Vanessa</t>
+          <t>Lars</t>
         </is>
       </c>
       <c r="D1404" s="4" t="inlineStr">
         <is>
-          <t>Will</t>
+          <t>Weibel</t>
         </is>
       </c>
       <c r="E1404" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1404" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1404" s="4"/>
     </row>
     <row r="1405">
       <c r="A1405" s="4" t="n">
-        <v>4865</v>
+        <v>3837</v>
       </c>
       <c r="B1405" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1405" s="4" t="inlineStr">
         <is>
-          <t>Justine</t>
+          <t>Anne-Florence</t>
         </is>
       </c>
       <c r="D1405" s="4" t="inlineStr">
         <is>
-          <t>Willié</t>
+          <t>Weissert</t>
         </is>
       </c>
       <c r="E1405" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1405" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1405" s="4"/>
     </row>
     <row r="1406">
       <c r="A1406" s="4" t="n">
-        <v>6684</v>
+        <v>3839</v>
       </c>
       <c r="B1406" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1406" s="4" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Claudia</t>
         </is>
       </c>
       <c r="D1406" s="4" t="inlineStr">
         <is>
-          <t>Winkelmann</t>
+          <t>Wenger</t>
         </is>
       </c>
       <c r="E1406" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1406" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1406" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1406" s="4"/>
     </row>
     <row r="1407">
       <c r="A1407" s="4" t="n">
-        <v>3877</v>
+        <v>3857</v>
       </c>
       <c r="B1407" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1407" s="4" t="inlineStr">
         <is>
-          <t>Nadia</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D1407" s="4" t="inlineStr">
         <is>
-          <t>Winkler</t>
+          <t>Widmer</t>
         </is>
       </c>
       <c r="E1407" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1407" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1407" s="4"/>
     </row>
     <row r="1408">
       <c r="A1408" s="4" t="n">
-        <v>7494</v>
+        <v>3859</v>
       </c>
       <c r="B1408" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1408" s="4" t="inlineStr">
         <is>
-          <t>Stefanie</t>
+          <t>Sven</t>
         </is>
       </c>
       <c r="D1408" s="4" t="inlineStr">
         <is>
-          <t>Witte</t>
+          <t>Widmer</t>
         </is>
       </c>
       <c r="E1408" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1408" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1408" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1408" s="4"/>
     </row>
     <row r="1409">
       <c r="A1409" s="4" t="n">
-        <v>3891</v>
+        <v>7486</v>
       </c>
       <c r="B1409" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1409" s="4" t="inlineStr">
         <is>
-          <t>Roger</t>
+          <t>Nevio</t>
         </is>
       </c>
       <c r="D1409" s="4" t="inlineStr">
         <is>
-          <t>Wittwer</t>
+          <t>Will</t>
         </is>
       </c>
       <c r="E1409" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1409" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1409" s="4"/>
     </row>
     <row r="1410">
       <c r="A1410" s="4" t="n">
-        <v>5161</v>
+        <v>4861</v>
       </c>
       <c r="B1410" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1410" s="4" t="inlineStr">
         <is>
-          <t>Markus</t>
+          <t>Leonie Vanessa</t>
         </is>
       </c>
       <c r="D1410" s="4" t="inlineStr">
         <is>
-          <t>Wittwer</t>
+          <t>Will</t>
         </is>
       </c>
       <c r="E1410" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1410" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1410" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1410" s="4"/>
     </row>
     <row r="1411">
       <c r="A1411" s="4" t="n">
-        <v>3889</v>
+        <v>4865</v>
       </c>
       <c r="B1411" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1411" s="4" t="inlineStr">
         <is>
-          <t>Marco</t>
+          <t>Justine</t>
         </is>
       </c>
       <c r="D1411" s="4" t="inlineStr">
         <is>
-          <t>Wittwer</t>
+          <t>Willié</t>
         </is>
       </c>
       <c r="E1411" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1411" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1411" s="4"/>
     </row>
     <row r="1412">
       <c r="A1412" s="4" t="n">
-        <v>5336</v>
+        <v>6684</v>
       </c>
       <c r="B1412" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1412" s="4" t="inlineStr">
         <is>
-          <t>Severin</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="D1412" s="4" t="inlineStr">
         <is>
-          <t>Wollenberg</t>
+          <t>Winkelmann</t>
         </is>
       </c>
       <c r="E1412" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1412" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1412" s="4"/>
+      <c r="G1412" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1413">
       <c r="A1413" s="4" t="n">
-        <v>3910</v>
+        <v>3877</v>
       </c>
       <c r="B1413" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1413" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Nadia</t>
         </is>
       </c>
       <c r="D1413" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>Winkler</t>
         </is>
       </c>
       <c r="E1413" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1413" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1413" s="4"/>
     </row>
     <row r="1414">
       <c r="A1414" s="4" t="n">
-        <v>4821</v>
+        <v>7494</v>
       </c>
       <c r="B1414" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1414" s="4" t="inlineStr">
         <is>
-          <t>René</t>
+          <t>Stefanie</t>
         </is>
       </c>
       <c r="D1414" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>Witte</t>
         </is>
       </c>
       <c r="E1414" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1414" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1414" s="4" t="inlineStr">
         <is>
           <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="4" t="n">
-        <v>3909</v>
+        <v>5161</v>
       </c>
       <c r="B1415" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1415" s="4" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Markus</t>
         </is>
       </c>
       <c r="D1415" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>Wittwer</t>
         </is>
       </c>
       <c r="E1415" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1415" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1415" s="4"/>
+      <c r="G1415" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1416">
       <c r="A1416" s="4" t="n">
-        <v>3914</v>
+        <v>3889</v>
       </c>
       <c r="B1416" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1416" s="4" t="inlineStr">
         <is>
-          <t>Timon</t>
+          <t>Marco</t>
         </is>
       </c>
       <c r="D1416" s="4" t="inlineStr">
         <is>
-          <t>Wüthrich</t>
+          <t>Wittwer</t>
         </is>
       </c>
       <c r="E1416" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1416" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1416" s="4"/>
     </row>
     <row r="1417">
       <c r="A1417" s="4" t="n">
-        <v>3922</v>
+        <v>3891</v>
       </c>
       <c r="B1417" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1417" s="4" t="inlineStr">
         <is>
-          <t>Raphael</t>
+          <t>Roger</t>
         </is>
       </c>
       <c r="D1417" s="4" t="inlineStr">
         <is>
-          <t>Wyss</t>
+          <t>Wittwer</t>
         </is>
       </c>
       <c r="E1417" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1417" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1417" s="4"/>
     </row>
     <row r="1418">
       <c r="A1418" s="4" t="n">
-        <v>4067</v>
+        <v>5336</v>
       </c>
       <c r="B1418" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1418" s="4" t="inlineStr">
         <is>
-          <t>Santo</t>
+          <t>Severin</t>
         </is>
       </c>
       <c r="D1418" s="4" t="inlineStr">
         <is>
-          <t>Xalfa</t>
+          <t>Wollenberg</t>
         </is>
       </c>
       <c r="E1418" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1418" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1418" s="4"/>
     </row>
     <row r="1419">
       <c r="A1419" s="4" t="n">
-        <v>3925</v>
+        <v>7582</v>
       </c>
       <c r="B1419" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1419" s="4" t="inlineStr">
         <is>
-          <t>Sai Long</t>
+          <t>Mia</t>
         </is>
       </c>
       <c r="D1419" s="4" t="inlineStr">
         <is>
-          <t>Yaw</t>
+          <t>Worreby</t>
         </is>
       </c>
       <c r="E1419" s="4" t="inlineStr">
         <is>
-          <t>Shorin-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1419" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1419" s="4"/>
+      <c r="G1419" s="4" t="inlineStr">
+        <is>
+          <t>Japan Karate Shoto Federation Switzerland</t>
+        </is>
+      </c>
     </row>
     <row r="1420">
       <c r="A1420" s="4" t="n">
-        <v>3929</v>
+        <v>3914</v>
       </c>
       <c r="B1420" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1420" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Timon</t>
         </is>
       </c>
       <c r="D1420" s="4" t="inlineStr">
         <is>
-          <t>Zaccaria</t>
+          <t>Wüthrich</t>
         </is>
       </c>
       <c r="E1420" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1420" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1420" s="4"/>
     </row>
     <row r="1421">
       <c r="A1421" s="4" t="n">
-        <v>5338</v>
+        <v>3909</v>
       </c>
       <c r="B1421" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1421" s="4" t="inlineStr">
         <is>
-          <t>Sabina</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="D1421" s="4" t="inlineStr">
         <is>
-          <t>Zala</t>
+          <t>Wüthrich</t>
         </is>
       </c>
       <c r="E1421" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1421" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1421" s="4"/>
     </row>
     <row r="1422">
       <c r="A1422" s="4" t="n">
-        <v>4007</v>
+        <v>3910</v>
       </c>
       <c r="B1422" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1422" s="4" t="inlineStr">
         <is>
-          <t>Nadia</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1422" s="4" t="inlineStr">
         <is>
-          <t>Zala</t>
+          <t>Wüthrich</t>
         </is>
       </c>
       <c r="E1422" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1422" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1422" s="4"/>
     </row>
     <row r="1423">
       <c r="A1423" s="4" t="n">
-        <v>4012</v>
+        <v>4821</v>
       </c>
       <c r="B1423" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1423" s="4" t="inlineStr">
         <is>
-          <t>Davide </t>
+          <t>René</t>
         </is>
       </c>
       <c r="D1423" s="4" t="inlineStr">
         <is>
-          <t>Zanolari</t>
+          <t>Wüthrich</t>
         </is>
       </c>
       <c r="E1423" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1423" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1423" s="4"/>
+      <c r="G1423" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1424">
       <c r="A1424" s="4" t="n">
-        <v>3941</v>
+        <v>3922</v>
       </c>
       <c r="B1424" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1424" s="4" t="inlineStr">
         <is>
-          <t>Evelyne</t>
+          <t>Raphael</t>
         </is>
       </c>
       <c r="D1424" s="4" t="inlineStr">
         <is>
-          <t>Zaugg</t>
+          <t>Wyss</t>
         </is>
       </c>
       <c r="E1424" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1424" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1424" s="4"/>
     </row>
     <row r="1425">
       <c r="A1425" s="4" t="n">
-        <v>4018</v>
+        <v>4067</v>
       </c>
       <c r="B1425" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1425" s="4" t="inlineStr">
         <is>
-          <t>Lara</t>
+          <t>Santo</t>
         </is>
       </c>
       <c r="D1425" s="4" t="inlineStr">
         <is>
-          <t>Zbinden</t>
+          <t>Xalfa</t>
         </is>
       </c>
       <c r="E1425" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1425" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1425" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1425" s="4"/>
     </row>
     <row r="1426">
       <c r="A1426" s="4" t="n">
-        <v>4017</v>
+        <v>3925</v>
       </c>
       <c r="B1426" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1426" s="4" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Sai Long</t>
         </is>
       </c>
       <c r="D1426" s="4" t="inlineStr">
         <is>
-          <t>Zbinden</t>
+          <t>Yaw</t>
         </is>
       </c>
       <c r="E1426" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Shorin-Ryu</t>
         </is>
       </c>
       <c r="F1426" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1426" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1426" s="4"/>
     </row>
     <row r="1427">
       <c r="A1427" s="4" t="n">
-        <v>3948</v>
+        <v>3929</v>
       </c>
       <c r="B1427" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1427" s="4" t="inlineStr">
         <is>
-          <t>Thomas</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D1427" s="4" t="inlineStr">
         <is>
-          <t>Zehnder Dr.</t>
+          <t>Zaccaria</t>
         </is>
       </c>
       <c r="E1427" s="4" t="inlineStr">
         <is>
-          <t>Wado-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1427" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1427" s="4"/>
     </row>
     <row r="1428">
       <c r="A1428" s="4" t="n">
-        <v>3959</v>
+        <v>4007</v>
       </c>
       <c r="B1428" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1428" s="4" t="inlineStr">
         <is>
-          <t>Vanessa</t>
+          <t>Nadia</t>
         </is>
       </c>
       <c r="D1428" s="4" t="inlineStr">
         <is>
-          <t>Ziegler</t>
+          <t>Zala</t>
         </is>
       </c>
       <c r="E1428" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1428" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1428" s="4"/>
     </row>
     <row r="1429">
       <c r="A1429" s="4" t="n">
-        <v>3961</v>
+        <v>5338</v>
       </c>
       <c r="B1429" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1429" s="4" t="inlineStr">
         <is>
-          <t>Patrick</t>
+          <t>Sabina</t>
         </is>
       </c>
       <c r="D1429" s="4" t="inlineStr">
         <is>
-          <t>Ziemer</t>
+          <t>Zala</t>
         </is>
       </c>
       <c r="E1429" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1429" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1429" s="4"/>
     </row>
     <row r="1430">
       <c r="A1430" s="4" t="n">
-        <v>3967</v>
+        <v>4012</v>
       </c>
       <c r="B1430" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1430" s="4" t="inlineStr">
         <is>
-          <t>Vreni</t>
+          <t>Davide </t>
         </is>
       </c>
       <c r="D1430" s="4" t="inlineStr">
         <is>
-          <t>Zimmermann</t>
+          <t>Zanolari</t>
         </is>
       </c>
       <c r="E1430" s="4" t="inlineStr">
         <is>
-          <t>Fudokan</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F1430" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1430" s="4"/>
     </row>
     <row r="1431">
       <c r="A1431" s="4" t="n">
-        <v>4826</v>
+        <v>3941</v>
       </c>
       <c r="B1431" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1431" s="4" t="inlineStr">
         <is>
-          <t>Errol</t>
+          <t>Evelyne</t>
         </is>
       </c>
       <c r="D1431" s="4" t="inlineStr">
         <is>
-          <t>Zimmermann</t>
+          <t>Zaugg</t>
         </is>
       </c>
       <c r="E1431" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1431" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1431" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G1431" s="4"/>
     </row>
     <row r="1432">
       <c r="A1432" s="4" t="n">
-        <v>4830</v>
+        <v>4018</v>
       </c>
       <c r="B1432" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1432" s="4" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Lara</t>
         </is>
       </c>
       <c r="D1432" s="4" t="inlineStr">
         <is>
-          <t>Zimmermann</t>
+          <t>Zbinden</t>
         </is>
       </c>
       <c r="E1432" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1432" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1432" s="4" t="inlineStr">
         <is>
           <t>Fudokan Karate-Do Schweiz</t>
         </is>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="4" t="n">
-        <v>3970</v>
+        <v>4017</v>
       </c>
       <c r="B1433" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1433" s="4" t="inlineStr">
         <is>
-          <t>Aila</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="D1433" s="4" t="inlineStr">
         <is>
-          <t>Zolic</t>
+          <t>Zbinden</t>
         </is>
       </c>
       <c r="E1433" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1433" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1433" s="4"/>
+      <c r="G1433" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1434">
       <c r="A1434" s="4" t="n">
-        <v>3973</v>
+        <v>3948</v>
       </c>
       <c r="B1434" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1434" s="4" t="inlineStr">
         <is>
-          <t>Alessio</t>
+          <t>Thomas</t>
         </is>
       </c>
       <c r="D1434" s="4" t="inlineStr">
         <is>
-          <t>Zolpi</t>
+          <t>Zehnder Dr.</t>
         </is>
       </c>
       <c r="E1434" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Wado-Ryu</t>
         </is>
       </c>
       <c r="F1434" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1434" s="4"/>
     </row>
     <row r="1435">
       <c r="A1435" s="4" t="n">
-        <v>3978</v>
+        <v>3959</v>
       </c>
       <c r="B1435" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1435" s="4" t="inlineStr">
         <is>
-          <t>Shay Dimo</t>
+          <t>Vanessa</t>
         </is>
       </c>
       <c r="D1435" s="4" t="inlineStr">
         <is>
-          <t>Zulauf</t>
+          <t>Ziegler</t>
         </is>
       </c>
       <c r="E1435" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1435" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1435" s="4"/>
     </row>
     <row r="1436">
       <c r="A1436" s="4" t="n">
-        <v>3980</v>
+        <v>3961</v>
       </c>
       <c r="B1436" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1436" s="4" t="inlineStr">
         <is>
-          <t>André</t>
+          <t>Patrick</t>
         </is>
       </c>
       <c r="D1436" s="4" t="inlineStr">
         <is>
-          <t>Zumbrunn</t>
+          <t>Ziemer</t>
         </is>
       </c>
       <c r="E1436" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1436" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1436" s="4"/>
     </row>
     <row r="1437">
       <c r="A1437" s="4" t="n">
-        <v>3983</v>
+        <v>3967</v>
       </c>
       <c r="B1437" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1437" s="4" t="inlineStr">
         <is>
-          <t>Sibylle</t>
+          <t>Vreni</t>
         </is>
       </c>
       <c r="D1437" s="4" t="inlineStr">
         <is>
-          <t>Zurbrügg</t>
+          <t>Zimmermann</t>
         </is>
       </c>
       <c r="E1437" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Fudokan</t>
         </is>
       </c>
       <c r="F1437" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1437" s="4"/>
     </row>
     <row r="1438">
       <c r="A1438" s="4" t="n">
-        <v>3986</v>
+        <v>4826</v>
       </c>
       <c r="B1438" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1438" s="4" t="inlineStr">
         <is>
-          <t>Hans-Ulrich</t>
+          <t>Errol</t>
         </is>
       </c>
       <c r="D1438" s="4" t="inlineStr">
         <is>
-          <t>Zurbuchen</t>
+          <t>Zimmermann</t>
         </is>
       </c>
       <c r="E1438" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1438" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1438" s="4"/>
+      <c r="G1438" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1439">
       <c r="A1439" s="4" t="n">
-        <v>3985</v>
+        <v>4830</v>
       </c>
       <c r="B1439" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1439" s="4" t="inlineStr">
         <is>
-          <t>Christine</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="D1439" s="4" t="inlineStr">
         <is>
-          <t>Zurbuchen</t>
+          <t>Zimmermann</t>
         </is>
       </c>
       <c r="E1439" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1439" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
-      <c r="G1439" s="4"/>
+      <c r="G1439" s="4" t="inlineStr">
+        <is>
+          <t>Fudokan Karate-Do Schweiz</t>
+        </is>
+      </c>
     </row>
     <row r="1440">
       <c r="A1440" s="4" t="n">
-        <v>3988</v>
+        <v>3970</v>
       </c>
       <c r="B1440" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1440" s="4" t="inlineStr">
         <is>
-          <t>Seline</t>
+          <t>Aila</t>
         </is>
       </c>
       <c r="D1440" s="4" t="inlineStr">
         <is>
-          <t>Zürcher</t>
+          <t>Zolic</t>
         </is>
       </c>
       <c r="E1440" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1440" s="4" t="inlineStr">
         <is>
           <t>SKA</t>
         </is>
       </c>
       <c r="G1440" s="4"/>
     </row>
     <row r="1441">
       <c r="A1441" s="4" t="n">
+        <v>3973</v>
+      </c>
+      <c r="B1441" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1441" s="4" t="inlineStr">
+        <is>
+          <t>Alessio</t>
+        </is>
+      </c>
+      <c r="D1441" s="4" t="inlineStr">
+        <is>
+          <t>Zolpi</t>
+        </is>
+      </c>
+      <c r="E1441" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1441" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1441" s="4"/>
+    </row>
+    <row r="1442">
+      <c r="A1442" s="4" t="n">
+        <v>3978</v>
+      </c>
+      <c r="B1442" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1442" s="4" t="inlineStr">
+        <is>
+          <t>Shay Dimo</t>
+        </is>
+      </c>
+      <c r="D1442" s="4" t="inlineStr">
+        <is>
+          <t>Zulauf</t>
+        </is>
+      </c>
+      <c r="E1442" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1442" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1442" s="4"/>
+    </row>
+    <row r="1443">
+      <c r="A1443" s="4" t="n">
+        <v>3980</v>
+      </c>
+      <c r="B1443" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1443" s="4" t="inlineStr">
+        <is>
+          <t>André</t>
+        </is>
+      </c>
+      <c r="D1443" s="4" t="inlineStr">
+        <is>
+          <t>Zumbrunn</t>
+        </is>
+      </c>
+      <c r="E1443" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1443" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1443" s="4"/>
+    </row>
+    <row r="1444">
+      <c r="A1444" s="4" t="n">
+        <v>3983</v>
+      </c>
+      <c r="B1444" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1444" s="4" t="inlineStr">
+        <is>
+          <t>Sibylle</t>
+        </is>
+      </c>
+      <c r="D1444" s="4" t="inlineStr">
+        <is>
+          <t>Zurbrügg</t>
+        </is>
+      </c>
+      <c r="E1444" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1444" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1444" s="4"/>
+    </row>
+    <row r="1445">
+      <c r="A1445" s="4" t="n">
+        <v>3985</v>
+      </c>
+      <c r="B1445" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1445" s="4" t="inlineStr">
+        <is>
+          <t>Christine</t>
+        </is>
+      </c>
+      <c r="D1445" s="4" t="inlineStr">
+        <is>
+          <t>Zurbuchen</t>
+        </is>
+      </c>
+      <c r="E1445" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1445" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1445" s="4"/>
+    </row>
+    <row r="1446">
+      <c r="A1446" s="4" t="n">
+        <v>3986</v>
+      </c>
+      <c r="B1446" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1446" s="4" t="inlineStr">
+        <is>
+          <t>Hans-Ulrich</t>
+        </is>
+      </c>
+      <c r="D1446" s="4" t="inlineStr">
+        <is>
+          <t>Zurbuchen</t>
+        </is>
+      </c>
+      <c r="E1446" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1446" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1446" s="4"/>
+    </row>
+    <row r="1447">
+      <c r="A1447" s="4" t="n">
+        <v>3988</v>
+      </c>
+      <c r="B1447" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1447" s="4" t="inlineStr">
+        <is>
+          <t>Seline</t>
+        </is>
+      </c>
+      <c r="D1447" s="4" t="inlineStr">
+        <is>
+          <t>Zürcher</t>
+        </is>
+      </c>
+      <c r="E1447" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1447" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1447" s="4"/>
+    </row>
+    <row r="1448">
+      <c r="A1448" s="4" t="n">
         <v>5162</v>
       </c>
-      <c r="B1441" s="4" t="n">
-[...2 lines deleted...]
-      <c r="C1441" s="4" t="inlineStr">
+      <c r="B1448" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="C1448" s="4" t="inlineStr">
         <is>
           <t>Eric</t>
         </is>
       </c>
-      <c r="D1441" s="4" t="inlineStr">
+      <c r="D1448" s="4" t="inlineStr">
         <is>
           <t>Zwinger</t>
         </is>
       </c>
-      <c r="E1441" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G1441" s="4" t="inlineStr">
+      <c r="E1448" s="4" t="inlineStr">
+        <is>
+          <t>Shotokan</t>
+        </is>
+      </c>
+      <c r="F1448" s="4" t="inlineStr">
+        <is>
+          <t>SKA</t>
+        </is>
+      </c>
+      <c r="G1448" s="4" t="inlineStr">
         <is>
           <t>Japan Karate Shoto Federation Switzerland</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>